--- v0 (2025-10-05)
+++ v1 (2026-01-29)
@@ -1,339 +1,400 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:firstLine="75"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00DD5681" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="75"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C316A9">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nodarbinātības valsts aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="003F1218" w:rsidRPr="00C316A9">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C316A9" w:rsidRPr="00C316A9" w:rsidRDefault="00C316A9" w:rsidP="00C316A9"/>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00DD5681" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00DD5681" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00430C31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>vārds, uzvārds)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD5681" w:rsidRDefault="00DD5681"/>
-    <w:p w:rsidR="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00862E73">
+    <w:p w:rsidR="008E2C6E" w:rsidRDefault="00D64FB1" w:rsidP="00862E73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IESNIEGUMS</w:t>
       </w:r>
       <w:r w:rsidR="0061304D">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="00862E73" w:rsidRDefault="00B410D1" w:rsidP="00862E73">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00862E73" w:rsidRDefault="00D64FB1" w:rsidP="00862E73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862E73">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>par obligātās veselības pārbaudes</w:t>
       </w:r>
       <w:r w:rsidR="008E2C6E">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00862E73">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> izmaksu kompensēšanu</w:t>
+        <w:t>izmaksu kompensēšanu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E2C6E" w:rsidRPr="00C316A9" w:rsidRDefault="008E2C6E" w:rsidP="00862E73">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D02BCB" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00862E73">
+    <w:p w:rsidR="00D02BCB" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00862E73">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00EB7D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ESF</w:t>
       </w:r>
-      <w:r w:rsidR="0019678F">
+      <w:r w:rsidR="0019678F" w:rsidRPr="00EB7D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plus </w:t>
       </w:r>
-      <w:r w:rsidR="003F1218" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="003F1218" w:rsidRPr="00EB7D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00EB7D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>projekts „</w:t>
       </w:r>
-      <w:r w:rsidR="003F1218" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="003F1218" w:rsidRPr="00EB7D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00936E3D" w:rsidRPr="008E2C6E">
+        <w:t xml:space="preserve">Pasākumi iekļaujošai </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1218" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>”)</w:t>
-      </w:r>
+        <w:t>nodarbinātībai</w:t>
+      </w:r>
+      <w:r w:rsidR="00936E3D" w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7D82" w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7D82" w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nr. 4.3.3.2/1/24/I/002</w:t>
+      </w:r>
+      <w:r w:rsidR="00936E3D" w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk204698678"/>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w:rsidR="00D02BCB" w:rsidRDefault="00D02BCB" w:rsidP="00D02BCB"/>
     <w:p w:rsidR="00862E73" w:rsidRPr="00D02BCB" w:rsidRDefault="00862E73" w:rsidP="00D02BCB"/>
-    <w:p w:rsidR="008B6411" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="002B660C">
+    <w:p w:rsidR="008B6411" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1" w:rsidP="002B660C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A911CD" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00DD5681" w:rsidRPr="008E2C6E">
         <w:rPr>
@@ -356,51 +417,79 @@
         <w:t>kompensēt</w:t>
       </w:r>
       <w:r w:rsidR="0035752C" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmaks</w:t>
       </w:r>
       <w:r w:rsidR="00AC525D" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="0035752C" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="0035752C" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>___.___ EUR apmērā</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="0035752C" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>__._</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="0035752C" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>__ EUR apmērā</w:t>
       </w:r>
       <w:r w:rsidR="0035752C" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C47B11" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
       <w:r w:rsidR="0035752C" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C0670E" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>obligāt</w:t>
       </w:r>
@@ -502,903 +591,889 @@
         </w:rPr>
         <w:t xml:space="preserve"> atbilstoši</w:t>
       </w:r>
       <w:r w:rsidR="00B82A6A" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegtajiem maksājum</w:t>
       </w:r>
       <w:r w:rsidR="00CE45C2" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
       <w:r w:rsidR="00B82A6A" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> pamatojošiem dokumentiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>62230</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6287770" cy="284480"/>
                 <wp:effectExtent l="10160" t="12700" r="7620" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6287770" cy="284480"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00AC6139" w:rsidRDefault="00B410D1">
+                          <w:p w:rsidR="00AC6139" w:rsidRDefault="00D64FB1">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>1. Informācija par klientu</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 4" o:spid="_x0000_s1025" type="#_x0000_t202" style="width:495.1pt;height:22.4pt;margin-top:4.9pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251659264" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00AC6139" w14:paraId="56A47230" w14:textId="77777777">
+                    <w:p w:rsidR="00AC6139" w14:paraId="1FA02175" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>1. Informācija par klientu</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="00E80CDE" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Vārds, uzvārds: ________________________________, p.k. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E80CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E80CDE" w:rsidRPr="008E2C6E" w:rsidRDefault="00E80CDE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3060"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t></w:t>
-[...90 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
-[...61 lines deleted...]
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00DD5681" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00D05218" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ālruņa numurs:__________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidR="00C37274" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00E80CDE" w:rsidRPr="008E2C6E" w:rsidRDefault="00E80CDE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD5681" w:rsidRDefault="00D64FB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3060"/>
+          <w:tab w:val="right" w:pos="8820"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">E-pasta adrese </w:t>
       </w:r>
       <w:r w:rsidR="00D05218" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00C37274" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00D05218" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00E80CDE" w:rsidRPr="008E2C6E" w:rsidRDefault="00E80CDE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3060"/>
+          <w:tab w:val="right" w:pos="8820"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Bankas nosaukums:___________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00C37274" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
       <w:r w:rsidR="004D0F12" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B82A6A" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00B82A6A" w:rsidRPr="00E80CDE" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Konta numurs: </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="00E80CDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D16EF7" w:rsidRPr="008E2C6E" w:rsidRDefault="00D16EF7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
+          <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6287770" cy="336550"/>
                 <wp:effectExtent l="10160" t="10160" r="7620" b="5715"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6287770" cy="336550"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00AC6139" w:rsidRPr="00B82A6A" w:rsidRDefault="00B410D1" w:rsidP="00B82A6A">
+                          <w:p w:rsidR="00AC6139" w:rsidRPr="00B82A6A" w:rsidRDefault="00D64FB1" w:rsidP="00B82A6A">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="2160"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>2. Informācija</w:t>
-[...5 lines deleted...]
-                              <w:t xml:space="preserve"> par darba devēju</w:t>
+                              <w:t>2. Informācija par darba devēju</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:495.1pt;height:26.5pt;margin-top:0.95pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251661312" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00AC6139" w:rsidRPr="00B82A6A" w:rsidP="00B82A6A" w14:paraId="596245A1" w14:textId="77777777">
+                    <w:p w:rsidR="00AC6139" w:rsidRPr="00B82A6A" w:rsidP="00B82A6A" w14:paraId="3B9ECAEA" w14:textId="77777777">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="2160"/>
                         </w:tabs>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>2. Informācija par darba devēju</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00DD5681" w:rsidP="004E67F9">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D53A8" w:rsidRPr="008E2C6E" w:rsidRDefault="001D53A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D53A8" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00D02BCB">
+    <w:p w:rsidR="001D53A8" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1" w:rsidP="00D02BCB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Darba devēja nosaukums, kurš izsniedzis </w:t>
+        <w:t xml:space="preserve">Darba devēja nosaukums, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kurš izsniedzis </w:t>
       </w:r>
       <w:r w:rsidR="00936E3D" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>bligātās veselības pārbaudes karti</w:t>
       </w:r>
       <w:r w:rsidR="00D02BCB" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> pirms darba tiesisko attiecību uzsākšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02BCB" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Pasākuma ietvaros __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D16EF7" w:rsidRPr="008E2C6E" w:rsidRDefault="00D16EF7" w:rsidP="00D02BCB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:ind w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
@@ -1418,539 +1493,420 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6274435" cy="309245"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00AC6139" w:rsidRDefault="00B410D1">
+                          <w:p w:rsidR="00AC6139" w:rsidRDefault="00D64FB1">
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">3. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Klienta apliecinājums</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:494.05pt;height:24.35pt;margin-top:4.15pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251663360" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00AC6139" w14:paraId="7620FF1C" w14:textId="77777777">
+                    <w:p w:rsidR="00AC6139" w14:paraId="5F7D9CF6" w14:textId="77777777">
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">3. </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>Klienta apliecinājums</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00DD5681" w:rsidP="008F41E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="8820"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D02BCB" w:rsidRPr="008E2C6E" w:rsidRDefault="00D02BCB" w:rsidP="00D02BCB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF59C5" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="004D0F12">
+    <w:p w:rsidR="00FF59C5" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1" w:rsidP="002230B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:hanging="11"/>
+        <w:ind w:left="1418" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Par </w:t>
-[...5 lines deleted...]
-        <w:t>obligāto veselības pārbaudi</w:t>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05218" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>esniegumu par</w:t>
+      </w:r>
+      <w:r w:rsidR="008107F5" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE45C2" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>izmaksu kompensēšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="008107F5" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B86EF6" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>esmu</w:t>
+      </w:r>
+      <w:r w:rsidR="008107F5" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniedzis </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1218" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> veiktie maksājumi veikt</w:t>
-[...71 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008107F5" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 darba dienu laikā </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83415" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no dienas, kad saņemts arodslimību ārsta atzinums</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF59C5" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00FF59C5">
+    <w:p w:rsidR="00D02BCB" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1" w:rsidP="002230B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="1418" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> iesniedzis </w:t>
+        <w:t xml:space="preserve">Esmu iepazinies ar nosacījumu, ka </w:t>
       </w:r>
       <w:r w:rsidR="003F1218" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Aģentūrā</w:t>
+        <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> kompensē izmaksas par obligāto veselības pārbaudi ne vairāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="00010671" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EUR apmērā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02BCB" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00FF59C5">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1" w:rsidP="002230B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="567" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Esmu iepazinies ar nosacījumu, ka </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> EUR apmērā.</w:t>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05218" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>esniegumā norādītā informācija ir patiesa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00B86EF6">
+    <w:p w:rsidR="003C2E36" w:rsidRDefault="00D64FB1" w:rsidP="002230B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="1418" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>esniegumā norādītā informācija ir patiesa</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apliecinu, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>maksājuma dokument</w:t>
       </w:r>
       <w:r w:rsidR="00D02BCB" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-        <w:t>.</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>obligāt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36C4E" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veselības pārbaud</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36C4E" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>es veikšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nav iesniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izdevumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D02BCB" w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>kompensēšanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E2C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no vairākiem publiskiem finansēšanas avotiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C2E36" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="003C2E36">
-[...9 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+    <w:p w:rsidR="00D02C17" w:rsidRPr="00043D94" w:rsidRDefault="00D02C17" w:rsidP="00D02C17">
+      <w:pPr>
+        <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...98 lines deleted...]
-      </w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
-[...12 lines deleted...]
-    <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00300E5B">
+    <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00D64FB1" w:rsidP="00300E5B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="0" w:right="-6" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
@@ -1965,1495 +1921,1492 @@
         </w:rPr>
         <w:t xml:space="preserve"> obligātās veselības pārbaudes izmaksu kompensācijai</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003F1218" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> veiks manu personas datu apstrādi, pamatojoties uz Bezdarbnieku un darba meklētāju atbalsta likumu, </w:t>
+        <w:t xml:space="preserve"> veiks manu pers</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Ministru kabineta 2011. gada 25. janvāra noteikumiem Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu orga</w:t>
+        <w:t>onas datu apstrādi, pamatojoties uz Bezdarbnieku un darba meklētāju atbalsta likumu, Ministru kabineta 2011. gada 25. janvāra noteikumiem Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un fin</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”, Ministru kabineta 2015.gada 24.februāra noteikumiem Nr.103 “Bezdarbnieka un darba meklētāja statusa piešķiršanas kārtība un statusa piešķiršanai nepieciešamie dokumenti” un </w:t>
+        <w:t xml:space="preserve">ansēšanas kārtību un pasākumu īstenotāju izvēles principiem”, Ministru kabineta 2015.gada 24.februāra noteikumiem Nr.103 “Bezdarbnieka un darba meklētāja statusa piešķiršanas kārtība un statusa piešķiršanai nepieciešamie dokumenti” un </w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Minis</w:t>
+        <w:t>Ministru kabineta 201</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tru kabineta 2017.gada 28.marta noteikumiem Nr.</w:t>
+        <w:t>7.gada 28.marta noteikumiem Nr.</w:t>
       </w:r>
       <w:r w:rsidR="007F2EEE" w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>72 “Bezdarbnieku uzskaites un reģistrēto vakanču informācijas sistēmas noteikumi”</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2C6E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
+    <w:p w:rsidR="00E2264C" w:rsidRPr="00AA1698" w:rsidRDefault="00D64FB1" w:rsidP="005701E2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1698">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-      </w:pPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-4098</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>7848</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6274435" cy="309245"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="14605"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6274435" cy="309245"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="C0C0C0"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00E2264C" w:rsidRPr="00AA1698" w:rsidRDefault="00D64FB1" w:rsidP="00E2264C">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00AA1698">
+                              <w:rPr>
+                                <w:b/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>5. Aģentūras pieņemtā lēmuma paziņošanas veid</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00D03D2C" w:rsidRPr="00AA1698">
+                              <w:rPr>
+                                <w:b/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>s</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00E2264C" w:rsidRDefault="00E2264C" w:rsidP="00E2264C"/>
+                          <w:p w:rsidR="00E2264C" w:rsidRDefault="00E2264C" w:rsidP="00E2264C"/>
+                          <w:p w:rsidR="00E2264C" w:rsidRDefault="00E2264C" w:rsidP="00E2264C"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1028" type="#_x0000_t202" style="width:494.05pt;height:24.35pt;margin-top:0.6pt;margin-left:-0.3pt;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:-251651072" fillcolor="silver">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00E2264C" w:rsidRPr="00AA1698" w:rsidP="00E2264C" w14:paraId="5008651E" w14:textId="77777777">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00AA1698">
+                        <w:rPr>
+                          <w:b/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>5. Aģentūras pieņemtā lēmuma paziņošanas veid</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00AA1698" w:rsidR="00D03D2C">
+                        <w:rPr>
+                          <w:b/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>s</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00E2264C" w:rsidP="00E2264C" w14:paraId="6D1C1679" w14:textId="77777777"/>
+                    <w:p w:rsidR="00E2264C" w:rsidP="00E2264C" w14:paraId="69971358" w14:textId="77777777"/>
+                    <w:p w:rsidR="00E2264C" w:rsidP="00E2264C" w14:paraId="63CE0CAE" w14:textId="77777777"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00AA1698">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00524A9A">
+    <w:p w:rsidR="003E697A" w:rsidRPr="006239B9" w:rsidRDefault="003E697A" w:rsidP="00031BC9">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005701E2" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00031BC9">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006239B9">
+        <w:t xml:space="preserve">5.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja ir aktivizēta oficiālā elektroniskā adrese (e-adrese), lēmums tiks nosūtīts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>uz e-adresi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2264C" w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00742362" w:rsidRPr="006239B9" w:rsidRDefault="00742362" w:rsidP="00031BC9">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00031BC9" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00031BC9">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006239B9">
+        <w:t xml:space="preserve">5.2. Ja nav aktivizēta e-adrese, lēmumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96507" w:rsidRPr="006239B9">
+        <w:t>vēlos saņemt</w:t>
+      </w:r>
+      <w:r w:rsidR="003E697A" w:rsidRPr="006239B9">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96507" w:rsidRPr="006239B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00524A9A" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00031BC9">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A300A" w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>izvēlas tikai vienu no piedāvātajiem variantiem un</w:t>
+      </w:r>
+      <w:r w:rsidR="003A300A" w:rsidRPr="006239B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>vajadzīgo atzīmēt ar “X”):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931668" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00931668">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="709"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
-          <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Par </w:t>
-[...38 lines deleted...]
-        <w:t>t ar “X”):</w:t>
+        <w:t>uz e-pastu, parakstītu ar drošu elektronisko parakstu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C58E0" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00E412FA">
+    <w:p w:rsidR="00E45673" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00524A9A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ierakstītā vēstulē uz deklarēt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D36C4E" w:rsidRPr="008E2C6E">
+        <w:t xml:space="preserve">personīgi ierodoties Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03D2C" w:rsidRPr="006239B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ās</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E2C6E">
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dzīvesvietas adresi;</w:t>
+        <w:t xml:space="preserve"> filiā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lē;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00524A9A">
-[...26 lines deleted...]
-    <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00524A9A">
+    <w:p w:rsidR="00E45673" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00E45673">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">personīgi ierodoties attiecīgajā </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F1218" w:rsidRPr="008E2C6E">
+        <w:t>uz deklarētās dzīvesvietas adresi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00524A9A" w:rsidRPr="006239B9" w:rsidRDefault="00524A9A" w:rsidP="00E45673">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Aģentūras</w:t>
-[...6 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00524A9A" w:rsidRPr="008E2C6E" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
+    <w:p w:rsidR="00524A9A" w:rsidRPr="006239B9" w:rsidRDefault="00524A9A" w:rsidP="00524A9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B5D4B" w:rsidRPr="008E2C6E" w:rsidRDefault="000B5D4B" w:rsidP="000B5D4B">
+    <w:p w:rsidR="000B5D4B" w:rsidRPr="006239B9" w:rsidRDefault="000B5D4B" w:rsidP="000B5D4B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B97593" w:rsidRDefault="00B410D1" w:rsidP="00D16EF7">
+    <w:p w:rsidR="00B97593" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00D16EF7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Pielikumā</w:t>
       </w:r>
-      <w:r w:rsidR="00D36C4E" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00D36C4E" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00D16EF7" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00D16EF7" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003159D6" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="003159D6" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Obligātās veselības pārbaude</w:t>
       </w:r>
-      <w:r w:rsidR="006B46EF" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="006B46EF" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="003159D6" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="003159D6" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> kartes </w:t>
       </w:r>
-      <w:r w:rsidR="00C40158" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00C40158" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">kopija </w:t>
       </w:r>
-      <w:r w:rsidR="003159D6" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="003159D6" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>maksājum</w:t>
       </w:r>
-      <w:r w:rsidR="00F333A4" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00F333A4" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00D36C4E" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00D36C4E" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D239E" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="004D239E" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>apliecino</w:t>
       </w:r>
-      <w:r w:rsidR="00897EC7" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00897EC7" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
-      <w:r w:rsidR="00D5566B">
+      <w:r w:rsidR="00D5566B" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokument</w:t>
       </w:r>
-      <w:r w:rsidR="00D5566B">
+      <w:r w:rsidR="00D5566B" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">u kopijas </w:t>
       </w:r>
-      <w:r w:rsidR="00897EC7" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00897EC7" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E11583" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00E11583" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>par obligātās veselības pārbaudes veikšanu</w:t>
       </w:r>
-      <w:r w:rsidR="00E11583" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="00E11583" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001D53A8" w:rsidRPr="008E2C6E">
+      <w:r w:rsidR="001D53A8" w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>uz</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E2C6E">
+      <w:r w:rsidRPr="006239B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ___lp.</w:t>
+        <w:t xml:space="preserve"> _</w:t>
+      </w:r>
+      <w:r w:rsidR="003D760D" w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>__lp.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00DD5681" w:rsidP="00D16EF7">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="006239B9" w:rsidRDefault="00DD5681" w:rsidP="00D16EF7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4597"/>
         <w:gridCol w:w="4778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00465411">
+      <w:tr w:rsidR="00122FD1">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE6615" w:rsidRPr="008E2C6E" w:rsidRDefault="00DE6615">
+          <w:p w:rsidR="00DE6615" w:rsidRPr="006239B9" w:rsidRDefault="00DE6615">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+          <w:p w:rsidR="00DD5681" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2C6E">
+            <w:r w:rsidRPr="006239B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE6615" w:rsidRPr="008E2C6E" w:rsidRDefault="00DE6615" w:rsidP="00CD5C0B">
+          <w:p w:rsidR="00DE6615" w:rsidRPr="006239B9" w:rsidRDefault="00DE6615" w:rsidP="00CD5C0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+          <w:p w:rsidR="00DD5681" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2C6E">
+            <w:r w:rsidRPr="006239B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>____________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00465411">
+      <w:tr w:rsidR="00122FD1">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1">
+          <w:p w:rsidR="00DD5681" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2C6E">
+            <w:r w:rsidRPr="006239B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>(datums – dd.mm.gggg.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00B410D1" w:rsidP="00CA6037">
+          <w:p w:rsidR="00DD5681" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="00CA6037">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-43" w:hanging="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008E2C6E">
+            <w:r w:rsidRPr="006239B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D05218" w:rsidRPr="008E2C6E">
+            <w:r w:rsidR="00D05218" w:rsidRPr="006239B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00CA6037" w:rsidRPr="008E2C6E">
+            <w:r w:rsidR="00CA6037" w:rsidRPr="006239B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">klienta </w:t>
             </w:r>
-            <w:r w:rsidR="00D05218" w:rsidRPr="008E2C6E">
+            <w:r w:rsidR="00D05218" w:rsidRPr="006239B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
               </w:rPr>
               <w:t>paraksts, tā atšifrējums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DD5681" w:rsidRPr="008E2C6E" w:rsidRDefault="00DD5681">
+    <w:p w:rsidR="00DD5681" w:rsidRPr="006239B9" w:rsidRDefault="00DD5681">
       <w:pPr>
         <w:ind w:right="-6"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C0670E" w:rsidRPr="008E2C6E" w:rsidRDefault="00C0670E" w:rsidP="00C12487">
+    <w:p w:rsidR="00C0670E" w:rsidRPr="006239B9" w:rsidRDefault="00C0670E" w:rsidP="00CA6037">
       <w:pPr>
         <w:ind w:right="-6" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-          <w:iCs/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA6037" w:rsidRPr="008E2C6E" w:rsidRDefault="00CA6037" w:rsidP="00C12487">
-[...225 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidR="00C0670E" w:rsidRPr="006239B9" w:rsidSect="00C37274">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="851" w:bottom="426" w:left="1134" w:header="709" w:footer="1020" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B410D1" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00D64FB1" w:rsidRDefault="00D64FB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B410D1" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00D64FB1" w:rsidRDefault="00D64FB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AC6139" w:rsidRDefault="00AC6139">
+  <w:p w:rsidR="00AC6139" w:rsidRDefault="00AC6139" w:rsidP="00293A14">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00AC6139" w:rsidRPr="001B7249" w:rsidRDefault="00D64FB1" w:rsidP="00C37274">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="001B7249">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>KRG_4.2.24_8.pielikums_</w:t>
+    </w:r>
+    <w:r w:rsidR="001B7249" w:rsidRPr="001B7249">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="001B7249">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.versija</w:t>
+    </w:r>
+    <w:r w:rsidR="001B7249" w:rsidRPr="00F72A53">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 16.01.2026.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F72A53">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="00F72A53">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="001B7249">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AC6139" w:rsidRDefault="00AC6139" w:rsidP="00293A14">
+  <w:p w:rsidR="00AC6139" w:rsidRPr="00F72A53" w:rsidRDefault="00D64FB1" w:rsidP="00AE0AFA">
     <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...10 lines deleted...]
-    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...3 lines deleted...]
-    <w:r w:rsidRPr="00AC694C">
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="001B7249">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>.versija</w:t>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>KRG_4.2.2</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="001B7249">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r>
-[...42 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="001B7249">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>KRG_4.2.2</w:t>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>_</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="001B7249">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>8</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="001B7249">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>_</w:t>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.pielikums_</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001B7249" w:rsidRPr="001B7249">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
+        <w:szCs w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="001B7249">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...1 lines deleted...]
-      <w:t>.pielikums_</w:t>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.versija</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00F72A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:t>1</w:t>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001B7249" w:rsidRPr="00F72A53">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="20"/>
-[...17 lines deleted...]
-        <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>19.01.2024.</w:t>
-[...12 lines deleted...]
-      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:t xml:space="preserve"> 16.01.2026.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B410D1" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00D64FB1" w:rsidRDefault="00D64FB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B410D1" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00D64FB1" w:rsidRDefault="00D64FB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00B410D1" w:rsidRDefault="00B410D1"/>
+    <w:p w:rsidR="00D64FB1" w:rsidRDefault="00D64FB1"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00AC6139" w:rsidRPr="009A4114" w:rsidRDefault="00B410D1">
+    <w:p w:rsidR="00AC6139" w:rsidRPr="009A4114" w:rsidRDefault="00D64FB1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE45C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Iesniegumu iesniedz filiālē, kurā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">klients </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE45C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>ir reģistrēts.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w:rsidR="009769D2" w:rsidRPr="006239B9" w:rsidRDefault="00D64FB1" w:rsidP="009769D2">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C26ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00C26ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003425D1" w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Atsauci uz projektu n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epiemēro Līgumiem, kas slēgti </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk151044723"/>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Komisijas 2013. gada 18. decembra Regulas (ES) Nr.1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē ietvaros.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="006239B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AC6139" w:rsidRDefault="00AC6139">
-[...9 lines deleted...]
-  <w:p w:rsidR="00AC6139" w:rsidRDefault="00B410D1">
+  <w:p w:rsidR="00AC6139" w:rsidRDefault="00D64FB1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AC6139" w:rsidRDefault="00AC6139">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06FD4E15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A8C7520"/>
-    <w:lvl w:ilvl="0" w:tplc="79DEDF58">
+    <w:lvl w:ilvl="0" w:tplc="BC22D93A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E4D42C12" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1BCE377E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3D4AADBA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35684B7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3A9E4644" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77DE0204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0654FD3C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="CE2269CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8DA22884" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E4D8E804" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C0982118" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8D7404F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2102BA26" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="5D9CA9D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E710DB78" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F612D614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07EF7A8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2092DB6C"/>
-    <w:lvl w:ilvl="0" w:tplc="ADEA8B96">
+    <w:lvl w:ilvl="0" w:tplc="63EE010C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93A6BE30" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67A6B2C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B7129D9A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B5029DB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="824E64C0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6CE299C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8222B8AE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0B564E54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66228278" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="756AE622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BF4E85F2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66009250" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19A2B91E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="752ECEB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4372C3FA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E84C4B5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08695580"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E408C44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3536,147 +3489,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AD36567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC1EC248"/>
-    <w:lvl w:ilvl="0" w:tplc="A06E17AA">
+    <w:lvl w:ilvl="0" w:tplc="FF9E0966">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53E4A110" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E57EA3E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7E0AB9F2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="AA983054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="264EE0D2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6FDA5F7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95F082C8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="B2F290D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92181016" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F4B2D4F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8BE2FC72" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CFA8121E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45729696" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="4C408794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77A09CD6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D9DC85D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E6D1F2C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C646704"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3765,147 +3718,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EDF2313"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73AE42AC"/>
-    <w:lvl w:ilvl="0" w:tplc="EFFEA6B0">
+    <w:lvl w:ilvl="0" w:tplc="A1ACE89E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="225EC586" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71D6C2F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="489C157E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="EA706A5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F6083EFE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15D4CE26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0B762F64" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="178801AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9272B524" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="8BB6445A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9D60E24C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9EEE7E62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38CEC330" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1B62D0A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A760B84A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0D747154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12F612DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1A20C130"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4104,126 +4057,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15A521B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA56D072"/>
-    <w:lvl w:ilvl="0" w:tplc="8268549A">
+    <w:lvl w:ilvl="0" w:tplc="1F02F292">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1C74EBBE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="884428CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9EBE900A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18802644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4E86BEC8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88A6EB60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7EC02B70" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50902252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="ADF8A64A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2B34D76E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FAAC3AE2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="599048CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="513E0C26" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2A4CEBBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63F8A7F6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3C4E056A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BBC33C9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4505,147 +4458,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F540DE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A9809CE"/>
-    <w:lvl w:ilvl="0" w:tplc="DF78BBEA">
+    <w:lvl w:ilvl="0" w:tplc="923C92B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="741A9158" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="EBFA9630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86224784" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="383CD5BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFEA7B26" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D9C038AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="032634A4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="512216AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C0028A26" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="09FC853C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5FB2C65A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B204E184" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E6A4BC4A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0032BCEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FEBC1822" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FB708156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20D83A6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0E3C5CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4726,51 +4679,51 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21572EC6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="310E710C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
@@ -4935,346 +4888,346 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23EF539F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E0E12A2"/>
-    <w:lvl w:ilvl="0" w:tplc="EC925352">
+    <w:lvl w:ilvl="0" w:tplc="FD4851F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EAFC7C3A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2368BF02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="620A8E24" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5160572E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5FEEAB54" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0158FFEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56706A32" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E8E66540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6106BC54" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="CC06BE6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7974E4C2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17EE631E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64162516" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0E8A24F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1D5EF1E0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0E5E7BE0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="247A287B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9129F18"/>
-    <w:lvl w:ilvl="0" w:tplc="3618B34A">
+    <w:lvl w:ilvl="0" w:tplc="9A7866D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CC60359C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2910D0CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24FADCC8" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="EF68016C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="806E8C4E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F8B4BD5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="040229EA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E2D00BEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43E2BB56" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56BE1A22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80E2E052" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="09D2FD3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="413AA4D6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="821CEBAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="381ACBD8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="03CCE718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C045208"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3D4E6BE"/>
-    <w:lvl w:ilvl="0" w:tplc="7A9A0840">
+    <w:lvl w:ilvl="0" w:tplc="EE082658">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DAD81214" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6D4EB9EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F7F4FC20" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FB1E482C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="254AECF4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24645866" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E26E2DFC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AF7CDF22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7C74F496" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C734CB0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C80277FA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38A44D68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="348C365C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FA3EB3CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D1426C44" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="090C64CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CC8262C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D4660C4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5360,681 +5313,681 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6403" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CF27CB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFBECA66"/>
-    <w:lvl w:ilvl="0" w:tplc="5BCC3872">
+    <w:lvl w:ilvl="0" w:tplc="143CA7E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B6D0E49E">
+    <w:lvl w:ilvl="1" w:tplc="9F0E5662">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0E72ABF6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="546ABD82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85D24A72" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D09CA62C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8626E13C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7670482A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47501AB6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E79CF570" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F6C44A46" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="885A7EF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BF26A2E6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2340A82E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D4DA4E16" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A0042006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E9C4331"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="019AA9BE"/>
-    <w:lvl w:ilvl="0" w:tplc="00D40D54">
+    <w:lvl w:ilvl="0" w:tplc="A8C89F92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B86A2DFC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="560A2D14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="811A2AEA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C8E8F7F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AC86FC6C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5F9A1454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="886AB2E2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18FE2060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2C44B7BA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48C87B3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F0FA4694" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A10CD8B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1FDEF71C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92CC34B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A86472DE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34C6D888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308D3EEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B59477C4"/>
-    <w:lvl w:ilvl="0" w:tplc="65781594">
+    <w:lvl w:ilvl="0" w:tplc="6C4C2652">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18D27A10" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="614038F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="428C7036" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D8A0EAE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5B846F46" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="532AF834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3E6C2FCC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9C40B1F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0F2A44B0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C1AA3586" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9B801AE6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A0EC120A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2FD6B234" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7F0C7CB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E37A431A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E0245964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30CC4043"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DB64030"/>
-    <w:lvl w:ilvl="0" w:tplc="A5B82AA2">
+    <w:lvl w:ilvl="0" w:tplc="470AC4AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CDF48452" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9488CD5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A67424A6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="09CAE9EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="691A7FFA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C0E6F3BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22465C7E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28F0EBEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C69CC620" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="239ECAD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4B125FCE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="460EFF98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F8C2B738" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="374488B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8124A0A8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C9E8857A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30F85ACF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63DEA99E"/>
-    <w:lvl w:ilvl="0" w:tplc="FF224FC6">
+    <w:lvl w:ilvl="0" w:tplc="ED929A84">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D8B2E2EA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="587CDEE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BD842C7C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6F36D13E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F07C8D96" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DBCA557C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45D690FC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0F2A20E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AB52DB5C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C81C503E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F6C8E7F2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D772C230" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D0BE953A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39FE550E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62723CCA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="4D12FF64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36BD275C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6D877AE"/>
-    <w:lvl w:ilvl="0" w:tplc="8BA0FC74">
+    <w:lvl w:ilvl="0" w:tplc="7E1A1AA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B6649282" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FE886FB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32D0D50A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="DAB4B438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9A485A40" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4E22C1B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BFBC33EE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D6C6ECCA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A6C45AEC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="AC026F06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="922872EC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D84EBCE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="629671B2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BDE0B890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49B89954" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FA148E26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E9705E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41D02A76"/>
-    <w:lvl w:ilvl="0" w:tplc="800E147C">
+    <w:lvl w:ilvl="0" w:tplc="3EC8E7AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5D608A38" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FF68D98C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17D838D2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71A8DD8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60364D30" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17B610BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87CC19D4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="772C6BE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5E94C93E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2C169BD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C9FE88D0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91A62C28" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FD1CE908" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8A4271E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9F5C2CB8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A07C2A0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AFE65B2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E40A03A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -6125,613 +6078,613 @@
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CBF2ACB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B9ED668"/>
-    <w:lvl w:ilvl="0" w:tplc="F2FC697A">
+    <w:lvl w:ilvl="0" w:tplc="C9347D2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2138" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F9E21888" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="CB644EE0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2858" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8CC25E26" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48F2DBEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3578" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5BBA7B2E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CF3A72F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4298" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2BD01A88" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11681398" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5018" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14B0EA98" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F2DCA68A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5738" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53067A94" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68482B46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6458" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E078E2FA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="9B64E7C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7178" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3E5CA5D2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3A985AD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7898" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="409A25F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3C62102"/>
-    <w:lvl w:ilvl="0" w:tplc="1F6CDDE8">
+    <w:lvl w:ilvl="0" w:tplc="C65EAB1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CC24FB2E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2D3A7222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C934872A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="06D0AB48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="EC7AA186" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76368CA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3AB6A694" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90F0D416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E7647424" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FD36B364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28269A7C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="BA82B868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17D23190" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E3E460A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C22EDE4A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F326C02C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AAF5D7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33A6EB36"/>
-    <w:lvl w:ilvl="0" w:tplc="F49A55BE">
+    <w:lvl w:ilvl="0" w:tplc="C046E8A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F5F0AFB2" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="527E3708" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EB32701E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="914A6CB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92240680" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21B80008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C25CE7F8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8FBED912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DA906C2C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1ED67ED0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5454" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2F3EB366" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5C22F174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FE28E736" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A8E260D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8F9488CE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D534DCF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AD80812"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8E296A2"/>
-    <w:lvl w:ilvl="0" w:tplc="E02ED0C4">
+    <w:lvl w:ilvl="0" w:tplc="94089DA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9C2CF01E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F6D02930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53625316" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6A20CAFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DE2CF4BA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="685AAC90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3AB0F298" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A838D7F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="753021EE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="156E8B4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31D4F2BC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="AB7891AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CE52AD04" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52ACFCC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E03ABEE4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="EBC81706" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C0644C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C4CC61E"/>
-    <w:lvl w:ilvl="0" w:tplc="83B2BC98">
+    <w:lvl w:ilvl="0" w:tplc="572831C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8924BBCE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="8702D58C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5BD8F322" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1A0244A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29086B4A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="AA9252B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5E1244C6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C7661664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DC264FB8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="656402D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="AD648C14" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="7C4AAE98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="692AD064" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8F86810A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="09EC1446" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="EB303246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CAA62CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F28C7420"/>
-    <w:lvl w:ilvl="0" w:tplc="EC005FFE">
+    <w:lvl w:ilvl="0" w:tplc="53D6C0A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="069E2572" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A4420FB6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0FE418AE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="00C261E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="547A4DDA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5F546FEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F2E849FC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87600E4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BD527FE6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75AA7B86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="07FA64B0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5FB05ADE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16C2957E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8C923406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71AC6438" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2C10C6D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51D3410A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47C25468"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -6931,73 +6884,73 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59654C06"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="29507140"/>
+    <w:tmpl w:val="2C120972"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="792" w:hanging="432"/>
+        <w:ind w:left="574" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
-        <w:sz w:val="32"/>
-        <w:szCs w:val="32"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
@@ -7024,643 +6977,643 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A7A40F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A606760"/>
-    <w:lvl w:ilvl="0" w:tplc="9CD053B8">
+    <w:lvl w:ilvl="0" w:tplc="D520E22E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17F8D514" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A52621A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="09F2CBB2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27B83A06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11380F94" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5A48E792" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E5847F1C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73E6B6C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B70E1554" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="DC381212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B61611FC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9D8ECC74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70ECA448" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F95E2492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="001A3A34" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="4002F7CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CDF2F74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BF08A42"/>
-    <w:lvl w:ilvl="0" w:tplc="20525B04">
+    <w:lvl w:ilvl="0" w:tplc="9902540E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2138" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1452D2E8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F8A693D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2858" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A260C07C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="000E5DB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3578" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F80C75A4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B0C2A7FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4298" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7D8A86F4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="CAEC50A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5018" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A19C6640" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E6A6ED78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5738" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0AA472B2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D6146DB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6458" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99E220D2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0BE6E520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7178" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6AF22C70" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7BFCD658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7898" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CED33A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E2076FA"/>
-    <w:lvl w:ilvl="0" w:tplc="545A89FA">
+    <w:lvl w:ilvl="0" w:tplc="3CA03FE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B6DA4D2A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9C561442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D2EC2A92" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78E67DB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7FC8A968" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62A48BF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86ACD9E0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8EDAC11E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="07744086" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2F0EA29C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BCAE187C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A71E9FE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B18E1FA6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AC42EAF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9F8C6D9E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="EC0C1344" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63172E72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FFA41E8"/>
-    <w:lvl w:ilvl="0" w:tplc="7D3A79E4">
+    <w:lvl w:ilvl="0" w:tplc="21BC9B92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B7B88500" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C8AAD6DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BFF22784" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="4A4EE24A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2946" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39EED9FA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D7C2B0DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3666" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E5906178" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6B44ABD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4386" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C2F49096" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="129C2B0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7062BFF6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B97C6114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F4AC2614" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BED45508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46FEE518" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A2EA735A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7266" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66150479"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="77DEEAA8"/>
-    <w:lvl w:ilvl="0" w:tplc="AFBC57F0">
+    <w:lvl w:ilvl="0" w:tplc="30DCE842">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E9365D9A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A926AB62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5EEE4506" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="468E3246" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="494C6D58" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="02C6BB46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46023D7A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="261EDB06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FBE2D0F2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="00B2F806" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8B941032" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9A2AB774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="929862A8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="645A4156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6360BC34" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D4126468" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66F75CC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F5A2DBE"/>
-    <w:lvl w:ilvl="0" w:tplc="05D074AE">
+    <w:lvl w:ilvl="0" w:tplc="678CEDE8">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9C642C8E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6C9C2A4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94565508" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9C944624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7DD039D6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="456804AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42CE654A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="422AAE36" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4B40684A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F390A5B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5458442E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DAC09BA8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12FE0602" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E6F0164C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D8BA147E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E94494B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69D434CF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F2455A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -7856,441 +7809,441 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5409" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C52BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7DA86C6"/>
-    <w:lvl w:ilvl="0" w:tplc="5F140C08">
+    <w:lvl w:ilvl="0" w:tplc="F7F622C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FD042F02" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43D46CC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="ABE628C8" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8ECA3FEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0B6CA91C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78F8280A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0352B09A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7E285DD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B4B2A4FC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="AFEED132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D1BEDB9A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F2E018E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3B9AED80" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7BD87E14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FA72B4C8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45C64646" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76D63C02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CCA7BEA"/>
-    <w:lvl w:ilvl="0" w:tplc="88105632">
+    <w:lvl w:ilvl="0" w:tplc="51E67A3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22DA7B84" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="EEC82EFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12F494F2">
+    <w:lvl w:ilvl="2" w:tplc="8A882F82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7B201462" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1D7A44BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3DB26170" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FB9EAA50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9ACE3D76" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="614E5E1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5454" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57548D4C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93522BE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="492C7756" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3EA81618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ACFA6282" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="200E29AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76ED391E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8E479FE"/>
-    <w:lvl w:ilvl="0" w:tplc="0D281564">
+    <w:lvl w:ilvl="0" w:tplc="6F5A2ABC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25CAF984" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FBBAB914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E646CC70">
+    <w:lvl w:ilvl="2" w:tplc="CF8487F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5E9E2776" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2D8A8456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50FC3664" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="727A5614" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0040D7DA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A4340D5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5454" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4D8ED09C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B554E5D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="659ECD7E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="571EA11E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1AEAFBFA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64A4547A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1008C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07B2A250"/>
-    <w:lvl w:ilvl="0" w:tplc="AB848E4A">
+    <w:lvl w:ilvl="0" w:tplc="49362D60">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2940FBB0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="252EB308" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="370E6756" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F10E4C72" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B6B48A34" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="321267BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77DCA21A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1C0E9BFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52E22296" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39A0396A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42DC71AC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0B98240E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66A06956" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8392EF20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A8F66238" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40289A62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E747979"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F274FD30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -8544,381 +8497,447 @@
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E67F9"/>
     <w:rsid w:val="00000EA4"/>
     <w:rsid w:val="0000508A"/>
     <w:rsid w:val="00010671"/>
     <w:rsid w:val="00011805"/>
     <w:rsid w:val="000258BC"/>
     <w:rsid w:val="000258D5"/>
+    <w:rsid w:val="00031BC9"/>
     <w:rsid w:val="00036895"/>
+    <w:rsid w:val="00043D94"/>
     <w:rsid w:val="000523CA"/>
     <w:rsid w:val="0005590E"/>
     <w:rsid w:val="00057FAD"/>
     <w:rsid w:val="000655AD"/>
     <w:rsid w:val="000766E9"/>
     <w:rsid w:val="000B5D4B"/>
     <w:rsid w:val="000B6C67"/>
     <w:rsid w:val="000B7EC7"/>
     <w:rsid w:val="000F3896"/>
     <w:rsid w:val="001022CE"/>
     <w:rsid w:val="00105B0F"/>
+    <w:rsid w:val="00122FD1"/>
     <w:rsid w:val="00127F16"/>
     <w:rsid w:val="001335CD"/>
     <w:rsid w:val="001455AF"/>
     <w:rsid w:val="00151413"/>
     <w:rsid w:val="00151B79"/>
     <w:rsid w:val="001625AA"/>
     <w:rsid w:val="001630FB"/>
     <w:rsid w:val="00163584"/>
     <w:rsid w:val="00164AC7"/>
     <w:rsid w:val="0019678F"/>
     <w:rsid w:val="001A785F"/>
+    <w:rsid w:val="001A7ABF"/>
+    <w:rsid w:val="001B0FA0"/>
     <w:rsid w:val="001B1158"/>
+    <w:rsid w:val="001B709B"/>
+    <w:rsid w:val="001B7249"/>
     <w:rsid w:val="001C004B"/>
     <w:rsid w:val="001C16A1"/>
     <w:rsid w:val="001D53A8"/>
     <w:rsid w:val="001D587B"/>
     <w:rsid w:val="001E3BEA"/>
     <w:rsid w:val="001F1A9F"/>
     <w:rsid w:val="00215C4D"/>
+    <w:rsid w:val="002230B5"/>
     <w:rsid w:val="00226A8C"/>
     <w:rsid w:val="00234826"/>
     <w:rsid w:val="00241183"/>
     <w:rsid w:val="0024277A"/>
     <w:rsid w:val="00246B16"/>
+    <w:rsid w:val="00256C0D"/>
     <w:rsid w:val="002726BF"/>
+    <w:rsid w:val="00280236"/>
     <w:rsid w:val="00281AF6"/>
     <w:rsid w:val="002826F7"/>
+    <w:rsid w:val="00291C65"/>
     <w:rsid w:val="00293A14"/>
     <w:rsid w:val="002A0164"/>
+    <w:rsid w:val="002B3F9F"/>
     <w:rsid w:val="002B660C"/>
+    <w:rsid w:val="002B7E5F"/>
     <w:rsid w:val="002C5614"/>
+    <w:rsid w:val="002D3485"/>
     <w:rsid w:val="002D7C66"/>
     <w:rsid w:val="002F0BDB"/>
     <w:rsid w:val="002F2D5F"/>
     <w:rsid w:val="002F2FAE"/>
     <w:rsid w:val="002F68ED"/>
     <w:rsid w:val="00300E5B"/>
     <w:rsid w:val="00306BF1"/>
     <w:rsid w:val="00311950"/>
     <w:rsid w:val="003159D6"/>
     <w:rsid w:val="0033354B"/>
     <w:rsid w:val="00333C55"/>
     <w:rsid w:val="00341B84"/>
+    <w:rsid w:val="003425D1"/>
     <w:rsid w:val="00347076"/>
+    <w:rsid w:val="00356EE3"/>
     <w:rsid w:val="0035752C"/>
     <w:rsid w:val="00370BE8"/>
     <w:rsid w:val="0037683C"/>
     <w:rsid w:val="003A300A"/>
     <w:rsid w:val="003A7AD5"/>
+    <w:rsid w:val="003B149B"/>
     <w:rsid w:val="003B1E97"/>
     <w:rsid w:val="003C2AC3"/>
     <w:rsid w:val="003C2E36"/>
     <w:rsid w:val="003D1C67"/>
+    <w:rsid w:val="003D760D"/>
+    <w:rsid w:val="003E697A"/>
     <w:rsid w:val="003F0392"/>
     <w:rsid w:val="003F1218"/>
     <w:rsid w:val="00413B3A"/>
     <w:rsid w:val="00430C31"/>
     <w:rsid w:val="00443400"/>
     <w:rsid w:val="00445AB3"/>
     <w:rsid w:val="004518BD"/>
     <w:rsid w:val="004636F5"/>
-    <w:rsid w:val="00465411"/>
     <w:rsid w:val="00491D88"/>
     <w:rsid w:val="00493F44"/>
     <w:rsid w:val="004A40A5"/>
     <w:rsid w:val="004B55B0"/>
     <w:rsid w:val="004C5F99"/>
     <w:rsid w:val="004D0F12"/>
     <w:rsid w:val="004D239E"/>
     <w:rsid w:val="004D6893"/>
     <w:rsid w:val="004E67F9"/>
     <w:rsid w:val="00524A9A"/>
     <w:rsid w:val="00526A1C"/>
+    <w:rsid w:val="0053591B"/>
+    <w:rsid w:val="005438B6"/>
     <w:rsid w:val="0054566B"/>
     <w:rsid w:val="0056121B"/>
+    <w:rsid w:val="005701E2"/>
     <w:rsid w:val="00575E4C"/>
     <w:rsid w:val="00576648"/>
+    <w:rsid w:val="00577302"/>
     <w:rsid w:val="00594670"/>
     <w:rsid w:val="005A45A8"/>
     <w:rsid w:val="005A4EBC"/>
     <w:rsid w:val="005C62D1"/>
     <w:rsid w:val="005D768D"/>
     <w:rsid w:val="00601CD7"/>
     <w:rsid w:val="0061304D"/>
+    <w:rsid w:val="006239B9"/>
     <w:rsid w:val="00634CE0"/>
+    <w:rsid w:val="00634ED2"/>
     <w:rsid w:val="006418B8"/>
+    <w:rsid w:val="006451D0"/>
     <w:rsid w:val="00646E0B"/>
     <w:rsid w:val="00660591"/>
+    <w:rsid w:val="0067078C"/>
     <w:rsid w:val="00671484"/>
     <w:rsid w:val="00687BCD"/>
+    <w:rsid w:val="006A0D72"/>
+    <w:rsid w:val="006A21B1"/>
     <w:rsid w:val="006A4677"/>
     <w:rsid w:val="006A5271"/>
     <w:rsid w:val="006A6DCC"/>
+    <w:rsid w:val="006B1ECB"/>
     <w:rsid w:val="006B46EF"/>
     <w:rsid w:val="006C406F"/>
     <w:rsid w:val="006D0B74"/>
     <w:rsid w:val="006D68B8"/>
     <w:rsid w:val="006E164E"/>
     <w:rsid w:val="006E758A"/>
     <w:rsid w:val="006F23E2"/>
     <w:rsid w:val="006F429F"/>
     <w:rsid w:val="00713F00"/>
     <w:rsid w:val="007154EF"/>
     <w:rsid w:val="007248A5"/>
     <w:rsid w:val="00727D21"/>
     <w:rsid w:val="00735AA7"/>
+    <w:rsid w:val="00736D03"/>
+    <w:rsid w:val="00741C9B"/>
+    <w:rsid w:val="00742362"/>
     <w:rsid w:val="00751632"/>
     <w:rsid w:val="00755A4C"/>
     <w:rsid w:val="0076136B"/>
     <w:rsid w:val="00777AD3"/>
     <w:rsid w:val="00792CAA"/>
     <w:rsid w:val="0079585C"/>
     <w:rsid w:val="00795DC4"/>
     <w:rsid w:val="007A1FF5"/>
     <w:rsid w:val="007A61B0"/>
     <w:rsid w:val="007B16DB"/>
     <w:rsid w:val="007B610B"/>
     <w:rsid w:val="007C4CB7"/>
     <w:rsid w:val="007C58E0"/>
+    <w:rsid w:val="007C7220"/>
     <w:rsid w:val="007F2EEE"/>
     <w:rsid w:val="00800ACC"/>
     <w:rsid w:val="00803791"/>
     <w:rsid w:val="008107F5"/>
     <w:rsid w:val="0081108D"/>
     <w:rsid w:val="008150FD"/>
     <w:rsid w:val="00831BB7"/>
     <w:rsid w:val="0083440B"/>
     <w:rsid w:val="008353B2"/>
     <w:rsid w:val="00853EB2"/>
     <w:rsid w:val="00856ABF"/>
     <w:rsid w:val="00857016"/>
     <w:rsid w:val="00862E73"/>
+    <w:rsid w:val="00864A3B"/>
+    <w:rsid w:val="00864B0A"/>
     <w:rsid w:val="00864C5D"/>
+    <w:rsid w:val="00870413"/>
     <w:rsid w:val="00870EF4"/>
     <w:rsid w:val="00877F38"/>
     <w:rsid w:val="008802F6"/>
     <w:rsid w:val="00881E0E"/>
     <w:rsid w:val="00882E4D"/>
     <w:rsid w:val="00890D54"/>
     <w:rsid w:val="00891E9D"/>
     <w:rsid w:val="008930F9"/>
     <w:rsid w:val="008949CD"/>
     <w:rsid w:val="00897EC7"/>
     <w:rsid w:val="008A1ABD"/>
     <w:rsid w:val="008A7134"/>
     <w:rsid w:val="008B56B3"/>
     <w:rsid w:val="008B6411"/>
     <w:rsid w:val="008C4D68"/>
     <w:rsid w:val="008E2C6E"/>
     <w:rsid w:val="008E324C"/>
     <w:rsid w:val="008F41E7"/>
     <w:rsid w:val="009207DC"/>
     <w:rsid w:val="00924B54"/>
     <w:rsid w:val="009273A0"/>
+    <w:rsid w:val="00931668"/>
     <w:rsid w:val="0093390D"/>
     <w:rsid w:val="00936E3D"/>
     <w:rsid w:val="00963612"/>
     <w:rsid w:val="00963CD4"/>
+    <w:rsid w:val="009669A8"/>
     <w:rsid w:val="00973C4E"/>
+    <w:rsid w:val="009769D2"/>
+    <w:rsid w:val="00983F8E"/>
+    <w:rsid w:val="00985F25"/>
     <w:rsid w:val="009909BE"/>
     <w:rsid w:val="00993099"/>
     <w:rsid w:val="00995560"/>
     <w:rsid w:val="00996A4C"/>
     <w:rsid w:val="00997460"/>
     <w:rsid w:val="009A4114"/>
     <w:rsid w:val="009A6832"/>
     <w:rsid w:val="009B07E1"/>
     <w:rsid w:val="009B4790"/>
     <w:rsid w:val="009E374E"/>
     <w:rsid w:val="009E7AF6"/>
     <w:rsid w:val="009F3D80"/>
     <w:rsid w:val="009F736C"/>
     <w:rsid w:val="00A03F36"/>
     <w:rsid w:val="00A2240D"/>
     <w:rsid w:val="00A25A1C"/>
     <w:rsid w:val="00A44C26"/>
     <w:rsid w:val="00A54BF1"/>
     <w:rsid w:val="00A60BF7"/>
     <w:rsid w:val="00A7018A"/>
     <w:rsid w:val="00A71DFB"/>
     <w:rsid w:val="00A72BF5"/>
     <w:rsid w:val="00A8077D"/>
     <w:rsid w:val="00A837D8"/>
     <w:rsid w:val="00A85454"/>
     <w:rsid w:val="00A911CD"/>
+    <w:rsid w:val="00AA1698"/>
     <w:rsid w:val="00AC424B"/>
     <w:rsid w:val="00AC525D"/>
     <w:rsid w:val="00AC6139"/>
     <w:rsid w:val="00AC694C"/>
     <w:rsid w:val="00AE0AFA"/>
     <w:rsid w:val="00AE2812"/>
     <w:rsid w:val="00AF67E8"/>
     <w:rsid w:val="00AF7D7F"/>
+    <w:rsid w:val="00B11745"/>
     <w:rsid w:val="00B1194E"/>
     <w:rsid w:val="00B1339B"/>
     <w:rsid w:val="00B16902"/>
     <w:rsid w:val="00B17C11"/>
-    <w:rsid w:val="00B410D1"/>
     <w:rsid w:val="00B422F8"/>
     <w:rsid w:val="00B45897"/>
     <w:rsid w:val="00B51ADA"/>
+    <w:rsid w:val="00B51DDF"/>
+    <w:rsid w:val="00B56480"/>
     <w:rsid w:val="00B6761E"/>
     <w:rsid w:val="00B72638"/>
     <w:rsid w:val="00B731E4"/>
     <w:rsid w:val="00B82A6A"/>
     <w:rsid w:val="00B86EF6"/>
+    <w:rsid w:val="00B96507"/>
     <w:rsid w:val="00B97593"/>
     <w:rsid w:val="00BA4CE1"/>
     <w:rsid w:val="00BA678D"/>
     <w:rsid w:val="00BA6E31"/>
     <w:rsid w:val="00BC228A"/>
     <w:rsid w:val="00BC26EC"/>
     <w:rsid w:val="00BD7C39"/>
     <w:rsid w:val="00BF298F"/>
     <w:rsid w:val="00C04DF5"/>
     <w:rsid w:val="00C0670E"/>
     <w:rsid w:val="00C12168"/>
     <w:rsid w:val="00C12487"/>
     <w:rsid w:val="00C164B2"/>
     <w:rsid w:val="00C224F0"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C266AA"/>
+    <w:rsid w:val="00C26ADF"/>
     <w:rsid w:val="00C27FA4"/>
     <w:rsid w:val="00C316A9"/>
     <w:rsid w:val="00C37274"/>
     <w:rsid w:val="00C377B9"/>
     <w:rsid w:val="00C40158"/>
     <w:rsid w:val="00C40FA2"/>
     <w:rsid w:val="00C47B11"/>
     <w:rsid w:val="00C500AD"/>
     <w:rsid w:val="00C57D2D"/>
     <w:rsid w:val="00C74117"/>
+    <w:rsid w:val="00C76580"/>
     <w:rsid w:val="00C76BFF"/>
     <w:rsid w:val="00C814C1"/>
+    <w:rsid w:val="00C83111"/>
     <w:rsid w:val="00C83415"/>
     <w:rsid w:val="00C838BF"/>
+    <w:rsid w:val="00C902C7"/>
     <w:rsid w:val="00C95437"/>
     <w:rsid w:val="00CA6037"/>
     <w:rsid w:val="00CA76E3"/>
     <w:rsid w:val="00CB3EE4"/>
     <w:rsid w:val="00CB4A69"/>
-    <w:rsid w:val="00CB6AB3"/>
     <w:rsid w:val="00CD50BA"/>
     <w:rsid w:val="00CD5C0B"/>
     <w:rsid w:val="00CE3597"/>
     <w:rsid w:val="00CE45C2"/>
     <w:rsid w:val="00CF255F"/>
     <w:rsid w:val="00CF2B42"/>
     <w:rsid w:val="00CF7411"/>
     <w:rsid w:val="00D02027"/>
     <w:rsid w:val="00D02BCB"/>
+    <w:rsid w:val="00D02C17"/>
+    <w:rsid w:val="00D03D2C"/>
     <w:rsid w:val="00D0481A"/>
     <w:rsid w:val="00D05218"/>
     <w:rsid w:val="00D16EF7"/>
+    <w:rsid w:val="00D24143"/>
+    <w:rsid w:val="00D25164"/>
     <w:rsid w:val="00D36C4E"/>
     <w:rsid w:val="00D5566B"/>
+    <w:rsid w:val="00D64FB1"/>
     <w:rsid w:val="00D655E3"/>
     <w:rsid w:val="00D66BC8"/>
     <w:rsid w:val="00D67908"/>
     <w:rsid w:val="00D800A8"/>
     <w:rsid w:val="00D94075"/>
     <w:rsid w:val="00D956D6"/>
     <w:rsid w:val="00DA4F3A"/>
     <w:rsid w:val="00DB4954"/>
     <w:rsid w:val="00DD5681"/>
     <w:rsid w:val="00DD7D28"/>
     <w:rsid w:val="00DE0741"/>
     <w:rsid w:val="00DE6615"/>
+    <w:rsid w:val="00DF3701"/>
     <w:rsid w:val="00DF4612"/>
     <w:rsid w:val="00E0170F"/>
     <w:rsid w:val="00E11583"/>
     <w:rsid w:val="00E14703"/>
     <w:rsid w:val="00E14BBB"/>
     <w:rsid w:val="00E14FEF"/>
+    <w:rsid w:val="00E1559C"/>
     <w:rsid w:val="00E22327"/>
+    <w:rsid w:val="00E2264C"/>
     <w:rsid w:val="00E24D95"/>
+    <w:rsid w:val="00E34B74"/>
     <w:rsid w:val="00E35DEB"/>
     <w:rsid w:val="00E412FA"/>
+    <w:rsid w:val="00E45673"/>
     <w:rsid w:val="00E72F73"/>
     <w:rsid w:val="00E762BD"/>
+    <w:rsid w:val="00E80CDE"/>
     <w:rsid w:val="00E9522C"/>
     <w:rsid w:val="00E9611B"/>
     <w:rsid w:val="00EA095A"/>
     <w:rsid w:val="00EA1149"/>
+    <w:rsid w:val="00EA2FFD"/>
     <w:rsid w:val="00EA3765"/>
     <w:rsid w:val="00EA5385"/>
     <w:rsid w:val="00EB752D"/>
+    <w:rsid w:val="00EB7D82"/>
     <w:rsid w:val="00EC05A9"/>
     <w:rsid w:val="00ED3B21"/>
     <w:rsid w:val="00ED5636"/>
     <w:rsid w:val="00EF0798"/>
+    <w:rsid w:val="00EF12FE"/>
     <w:rsid w:val="00EF2AC2"/>
     <w:rsid w:val="00F02716"/>
     <w:rsid w:val="00F04CBE"/>
+    <w:rsid w:val="00F10BC5"/>
     <w:rsid w:val="00F22BA4"/>
     <w:rsid w:val="00F27B2D"/>
     <w:rsid w:val="00F333A4"/>
     <w:rsid w:val="00F431B9"/>
     <w:rsid w:val="00F43ACA"/>
     <w:rsid w:val="00F45A26"/>
     <w:rsid w:val="00F470ED"/>
+    <w:rsid w:val="00F562AA"/>
     <w:rsid w:val="00F56D93"/>
+    <w:rsid w:val="00F72A53"/>
     <w:rsid w:val="00F73CC9"/>
     <w:rsid w:val="00F75B7F"/>
     <w:rsid w:val="00F81F3F"/>
     <w:rsid w:val="00F84253"/>
     <w:rsid w:val="00F9126E"/>
     <w:rsid w:val="00F93C3D"/>
     <w:rsid w:val="00F94BAD"/>
+    <w:rsid w:val="00FA14CF"/>
     <w:rsid w:val="00FC71FB"/>
     <w:rsid w:val="00FD7B87"/>
     <w:rsid w:val="00FE10FF"/>
     <w:rsid w:val="00FF1A95"/>
     <w:rsid w:val="00FF2737"/>
     <w:rsid w:val="00FF54BC"/>
     <w:rsid w:val="00FF59C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -8944,52 +8963,56 @@
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:uiPriority="99"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:uiPriority="99"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9555,55 +9578,58 @@
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00D655E3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A03F36"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9862,50 +9888,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -10032,147 +10071,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EF6AE40-0403-486B-B968-633443D589D9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A76C2C27-509F-4E47-99E0-0869B9633E0E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B823806F-5785-4B15-9789-1353BA37DBD2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{420F6732-AA36-4AA3-8D39-03E62AC349D8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{152D43B8-2352-44E5-9EB5-8E13DF2BB910}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2008</Words>
-  <Characters>1145</Characters>
+  <Words>1886</Words>
+  <Characters>1076</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Nodarbinātības valsts aģentūras</vt:lpstr>
       <vt:lpstr>Nodarbinātības valsts aģentūras</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3147</CharactersWithSpaces>
+  <CharactersWithSpaces>2957</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nodarbinātības valsts aģentūras</dc:title>
   <dc:creator>eval</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IsSysUpdate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="RegNr">
     <vt:lpwstr>222</vt:lpwstr>