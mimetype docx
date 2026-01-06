--- v0 (2025-10-07)
+++ v1 (2026-01-06)
@@ -1,2831 +1,1839 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00AF13F0" w:rsidRPr="00F07A69" w:rsidRDefault="00AF13F0" w:rsidP="00AF13F0">
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:i/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590267">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Informatīv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ās</w:t>
       </w:r>
       <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Septembrī)</w:t>
+        <w:t>Janvārī)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRPr="00F07A69" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14977" w:type="dxa"/>
+        <w:tblInd w:w="-792" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2300"/>
+        <w:gridCol w:w="3595"/>
+        <w:gridCol w:w="5672"/>
+        <w:gridCol w:w="3410"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidTr="00F56132">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054691F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Datums un laiks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054691F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Temats</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054691F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Sniegtā informācija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054691F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Norises vietas adrese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidTr="00F56132">
+        <w:trPr>
+          <w:trHeight w:val="1460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="000401AC" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000401AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15.01.2025. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D65607">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>09:00-10:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7E7D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="002F7E7D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E40B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības, pienākumi; Sadarbība ar NVA darba meklēšanas procesā; Individuālais darba meklēšanas plāns; Darba meklējumu dienasgrāmata; NVA atbalsta pasākumi; E-apmācība, e-pakalpojumi; CV un vakanču portāla izmantošanas iespējas; Darba meklēšanas iespējas; Darba meklēšana Eiropas Savienībā/Eiropas Ekonomikas Zonā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="00B21A9F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B21A9F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stacijas iela 44, Ludza</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B21A9F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. stāvs, Zāle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 405. kab.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidRDefault="0054239D" w:rsidP="00F56132"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0054239D" w:rsidTr="00F56132">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="000401AC" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000401AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29.01.2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>plkst. 13:00-14:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7E7D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> attālināti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="002F7E7D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E40B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības, pienākumi; Sadarbība ar NVA darba meklēšanas procesā; Individuālais darba meklēšanas plāns; Darba meklējumu dienasgrāmata; NVA atbalsta pasākumi; E-apmācība, e-pakalpojumi; CV un vakanču portāla izmantošanas iespējas; Darba meklēšanas iespējas; Darba meklēšana Eiropas Savienībā/Eiropas Ekonomikas Zonā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Attālināti Zoom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
+    <w:p w:rsidR="0054239D" w:rsidRPr="00F07A69" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590267">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Informatīv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590267">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dien</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Februārī)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14977" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2300"/>
         <w:gridCol w:w="3595"/>
         <w:gridCol w:w="5672"/>
         <w:gridCol w:w="3410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidTr="00574370">
+      <w:tr w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datums un laiks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Temats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF13F0" w:rsidRPr="00E341A6" w:rsidTr="00574370">
+      <w:tr w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="1460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="00F06A23" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F06A23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12.02.2025. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D65607">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>09:00-10:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7E7D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informatīvā diena</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="002F7E7D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E40B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības, pienākumi; Sadarbība ar NVA darba meklēšanas procesā; Individuālais darba meklēšanas plāns; Darba meklējumu dienasgrāmata; NVA atbalsta pasākumi; E-apmācība, e-pakalpojumi; CV un vakanču portāla izmantošanas iespējas; Darba meklēšanas iespējas; Darba meklēšana Eiropas Savienībā/Eiropas Ekonomikas Zonā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="00B21A9F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B21A9F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stacijas iela 44, Ludza</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">plkst. </w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B21A9F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. stāvs, Zāle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>09:00-10:00</w:t>
-[...144 lines deleted...]
-              </w:rPr>
               <w:t>, 405. kab.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="00E341A6" w:rsidRDefault="00AF13F0" w:rsidP="00574370"/>
+          <w:p w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidRDefault="0054239D" w:rsidP="00F56132"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF13F0" w:rsidRPr="00E341A6" w:rsidTr="00574370">
+      <w:tr w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="00F06A23" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F06A23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26.02.2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>25.09.2025.</w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> plkst. 10:00-11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7E7D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...35 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> attālināti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="002F7E7D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E40B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības, pienākumi; Sadarbība ar NVA darba meklēšanas procesā; Individuālais darba meklēšanas plāns; Darba meklējumu dienasgrāmata; NVA atbalsta pasākumi; E-apmācība, e-pakalpojumi; CV un vakanču portāla izmantošanas iespējas; Darba meklēšanas iespējas; Darba meklēšana Eiropas Savienībā/Eiropas Ekonomikas Zonā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...263 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Attālināti Zoom</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
-[...34 lines deleted...]
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00AF13F0"/>
-    <w:p w:rsidR="00AF13F0" w:rsidRPr="00F07A69" w:rsidRDefault="00AF13F0" w:rsidP="00AF13F0">
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
       <w:pPr>
         <w:ind w:right="-514"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00025E42" w:rsidRDefault="00025E42" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:left="4320" w:right="-514" w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054239D" w:rsidRPr="00CD41B1" w:rsidRDefault="0054239D" w:rsidP="0054239D">
+      <w:pPr>
+        <w:ind w:left="4320" w:right="-514" w:firstLine="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00590267">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Informatīv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ās</w:t>
       </w:r>
       <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Oktobrī)</w:t>
-[...13 lines deleted...]
-        <w:tab/>
+        <w:t>Martā)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14977" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2300"/>
         <w:gridCol w:w="3595"/>
         <w:gridCol w:w="5672"/>
         <w:gridCol w:w="3410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidTr="00574370">
+      <w:tr w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datums un laiks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Temats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF13F0" w:rsidRPr="00E341A6" w:rsidTr="00574370">
+      <w:tr w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="1460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="00F06A23" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F06A23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19.03.2025. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D65607">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>09</w:t>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>09:00-10:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7E7D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Informatīvā diena</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="002F7E7D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E40B1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības, pienākumi; Sadarbība ar NVA darba meklēšanas procesā; Individuālais darba meklēšanas plāns; Darba meklējumu dienasgrāmata; NVA atbalsta pasākumi; E-apmācība, e-pakalpojumi; CV un vakanču portāla izmantošanas iespējas; Darba meklēšanas iespējas; Darba meklēšana Eiropas Savienībā/Eiropas Ekonomikas Zonā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0054239D" w:rsidRPr="00B21A9F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B21A9F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stacijas iela 44, Ludza</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">plkst. </w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B21A9F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. stāvs, Zāle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>09:00-10:00</w:t>
-[...144 lines deleted...]
-              </w:rPr>
               <w:t>, 405. kab.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="00E341A6" w:rsidRDefault="00AF13F0" w:rsidP="00574370"/>
+          <w:p w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidRDefault="0054239D" w:rsidP="00F56132"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF13F0" w:rsidRPr="00E341A6" w:rsidTr="00574370">
-[...167 lines deleted...]
-      <w:tr w:rsidR="00AF13F0" w:rsidTr="00574370">
+      <w:tr w:rsidR="0054239D" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="00F06A23" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F06A23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26.03.2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30.10.2025.</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:t>plkst. 13:00-14:00</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F7E7D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="002F7E7D" w:rsidRDefault="00AF13F0" w:rsidP="00AF13F0">
+              <w:t xml:space="preserve"> attālināti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRPr="002F7E7D" w:rsidRDefault="0054239D" w:rsidP="0054239D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="0054691F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRPr="0054691F" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E40B1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības, pienākumi; Sadarbība ar NVA darba meklēšanas procesā; Individuālais darba meklēšanas plāns; Darba meklējumu dienasgrāmata; NVA atbalsta pasākumi; E-apmācība, e-pakalpojumi; CV un vakanču portāla izmantošanas iespējas; Darba meklēšanas iespējas; Darba meklēšana Eiropas Savienībā/Eiropas Ekonomikas Zonā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF13F0" w:rsidRPr="00B21A9F" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
-[...15 lines deleted...]
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...59 lines deleted...]
-          <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00574370">
+              <w:t>Attālināti Zoom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF13F0" w:rsidRPr="00892AAF" w:rsidRDefault="00AF13F0" w:rsidP="00AF13F0">
-[...1184 lines deleted...]
-    <w:p w:rsidR="00AF13F0" w:rsidRPr="00085ABF" w:rsidRDefault="00AF13F0" w:rsidP="00AF13F0">
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
+    <w:p w:rsidR="0054239D" w:rsidRPr="00085ABF" w:rsidRDefault="0054239D" w:rsidP="0054239D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5021">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Plašāku informāciju varat iegūt pie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>karjeras konsultantes Svetlanas Kračus</w:t>
       </w:r>
       <w:r w:rsidRPr="00E60D0C">
@@ -2836,57 +1844,58 @@
         <w:t>, tālr.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C22AE0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>25685274</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF13F0" w:rsidRDefault="00AF13F0" w:rsidP="00AF13F0"/>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="0030680F" w:rsidSect="00543B68">
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
+    <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
+    <w:p w:rsidR="008414FA" w:rsidRDefault="008414FA"/>
+    <w:sectPr w:rsidR="008414FA" w:rsidSect="0054239D">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1138" w:bottom="567" w:left="1699" w:header="706" w:footer="706" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -3060,93 +2069,94 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AF13F0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AF13F0"/>
+    <w:rsidRoot w:val="0054239D"/>
+    <w:rsid w:val="00025E42"/>
+    <w:rsid w:val="0054239D"/>
+    <w:rsid w:val="008414FA"/>
+    <w:rsid w:val="00D224BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lv-LV"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...1 lines deleted...]
-  <w14:docId w14:val="20E87AC0"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="514C0A1D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{36B30B1D-B0BF-4373-A435-D9EAE2A2DC6B}"/>
+  <w15:docId w15:val="{B243C8B6-CE0C-4EA0-A2DF-A5B83D0998A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3491,94 +2501,95 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AF13F0"/>
+    <w:rsid w:val="0054239D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="lv-LV"/>
+      <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -3619,119 +2630,85 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -3843,54 +2820,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3056</Words>
-  <Characters>1743</Characters>
+  <Words>446</Words>
+  <Characters>2546</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4790</CharactersWithSpaces>
+  <CharactersWithSpaces>2987</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Svetlana Kračus</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>