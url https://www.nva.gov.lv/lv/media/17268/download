--- v1 (2026-01-06)
+++ v2 (2026-01-27)
@@ -218,51 +218,67 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="1460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0054239D" w:rsidRPr="000401AC" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000401AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">15.01.2025. </w:t>
+              <w:t>15.01.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00173D01">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000401AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65607">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>09:00-10:00</w:t>
             </w:r>
           </w:p>
@@ -422,51 +438,67 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0054239D" w:rsidRPr="000401AC" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000401AC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>29.01.2025.</w:t>
+              <w:t>29.01.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00173D01">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000401AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>plkst. 13:00-14:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -780,51 +812,67 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="1460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0054239D" w:rsidRPr="00F06A23" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F06A23">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">12.02.2025. </w:t>
+              <w:t>12.02.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00173D01">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F06A23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65607">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>09:00-10:00</w:t>
             </w:r>
           </w:p>
@@ -978,51 +1026,67 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0054239D" w:rsidRPr="00F06A23" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F06A23">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>26.02.2025.</w:t>
+              <w:t>26.02.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00173D01">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F06A23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> plkst. 10:00-11:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1233,52 +1297,50 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00025E42" w:rsidRDefault="00025E42" w:rsidP="0054239D">
       <w:pPr>
         <w:ind w:left="4320" w:right="-514" w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0054239D" w:rsidRPr="00CD41B1" w:rsidRDefault="0054239D" w:rsidP="0054239D">
       <w:pPr>
         <w:ind w:left="4320" w:right="-514" w:firstLine="720"/>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Informatīv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ās</w:t>
       </w:r>
       <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r>
@@ -1409,51 +1471,67 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0054239D" w:rsidRPr="00E341A6" w:rsidTr="00F56132">
         <w:trPr>
           <w:trHeight w:val="1460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0054239D" w:rsidRPr="00F06A23" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F06A23">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">19.03.2025. </w:t>
+              <w:t>19.03.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00173D01">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F06A23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65607">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>09:00-10:00</w:t>
             </w:r>
           </w:p>
@@ -1622,51 +1700,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0054239D" w:rsidRPr="00F06A23" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F06A23">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>26.03.2025.</w:t>
+              <w:t>26.03.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00173D01">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00F06A23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="00F56132">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>plkst. 13:00-14:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1870,51 +1966,51 @@
     <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
     <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
     <w:p w:rsidR="0054239D" w:rsidRDefault="0054239D" w:rsidP="0054239D"/>
     <w:p w:rsidR="008414FA" w:rsidRDefault="008414FA"/>
     <w:sectPr w:rsidR="008414FA" w:rsidSect="0054239D">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="1138" w:bottom="567" w:left="1699" w:header="706" w:footer="706" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2071,78 +2167,79 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0054239D"/>
     <w:rsid w:val="00025E42"/>
+    <w:rsid w:val="00173D01"/>
     <w:rsid w:val="0054239D"/>
     <w:rsid w:val="008414FA"/>
     <w:rsid w:val="00D224BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="514C0A1D"/>
+  <w14:docId w14:val="0A5012E8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B243C8B6-CE0C-4EA0-A2DF-A5B83D0998A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>