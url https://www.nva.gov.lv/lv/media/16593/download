--- v0 (2025-10-07)
+++ v1 (2025-11-04)
@@ -153,56 +153,56 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRDefault="00813A52" w:rsidP="00410802">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2025. </w:t>
       </w:r>
       <w:r w:rsidR="00563E37">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">gada </w:t>
       </w:r>
-      <w:r w:rsidR="0084397D">
+      <w:r w:rsidR="003369BB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>oktobrī</w:t>
+        <w:t>novembrī, decembrī.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14977" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -290,67 +290,71 @@
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00410802" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk211349897"/>
           </w:p>
           <w:p w:rsidR="00410802" w:rsidRPr="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00563E37">
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0084397D">
-              <w:t>5</w:t>
+            <w:r w:rsidR="003369BB">
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00563E37">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0084397D">
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003369BB">
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00563E37">
               <w:t>.2025</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00563E37" w:rsidRPr="0054691F" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00563E37">
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00563E37">
               <w:t>00</w:t>
@@ -402,52 +406,50 @@
                 </w:tcPr>
                 <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                     <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5456"/>
             </w:tblGrid>
@@ -577,50 +579,356 @@
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:rPr>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                     <w:t xml:space="preserve">106.telpa </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="003369BB" w:rsidTr="003369BB">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003369BB" w:rsidRPr="003369BB" w:rsidRDefault="003369BB" w:rsidP="003369BB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003369BB">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003369BB">
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003369BB">
+              <w:t>.2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003369BB" w:rsidRPr="0054691F" w:rsidRDefault="003369BB" w:rsidP="003369BB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003369BB">
+              <w:t>10:00 -1</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="003369BB">
+              <w:t>1:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3379"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="003369BB" w:rsidTr="00763C7C">
+              <w:trPr>
+                <w:trHeight w:val="247"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                    <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="003369BB" w:rsidRPr="00E341A6" w:rsidRDefault="003369BB" w:rsidP="003369BB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="5456"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="003369BB" w:rsidTr="00763C7C">
+              <w:trPr>
+                <w:trHeight w:val="661"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                    <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="003369BB" w:rsidRPr="003369BB" w:rsidRDefault="003369BB" w:rsidP="003369BB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:jc w:val="center"/>
+              <w:tblBorders>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1577"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="003369BB" w:rsidTr="00763C7C">
+              <w:trPr>
+                <w:trHeight w:val="523"/>
+                <w:jc w:val="center"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Klātienē </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Jūrmalas KAC </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Viestura iela 6 </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003369BB" w:rsidRDefault="003369BB" w:rsidP="00763C7C">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">106.telpa </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="003369BB" w:rsidRPr="00E341A6" w:rsidRDefault="003369BB" w:rsidP="003369BB">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802"/>
     <w:p w:rsidR="006C6F96" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Plašāku informāciju varat iegūt pie </w:t>
       </w:r>
       <w:r w:rsidR="00563E37">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Jūrmalas filiāles vadītājas : Rita Orlova, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
@@ -667,58 +975,58 @@
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00563E37" w:rsidRPr="00E23B85">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>Rita.Orlova@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00410802"/>
     <w:sectPr w:rsidR="00563E37" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006C3EBB" w:rsidRDefault="006C3EBB" w:rsidP="00410802">
+    <w:p w:rsidR="00347007" w:rsidRDefault="00347007" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006C3EBB" w:rsidRDefault="006C3EBB" w:rsidP="00410802">
+    <w:p w:rsidR="00347007" w:rsidRDefault="00347007" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -740,131 +1048,133 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006C3EBB" w:rsidRDefault="006C3EBB" w:rsidP="00410802">
+    <w:p w:rsidR="00347007" w:rsidRDefault="00347007" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006C3EBB" w:rsidRDefault="006C3EBB" w:rsidP="00410802">
+    <w:p w:rsidR="00347007" w:rsidRDefault="00347007" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="000A6D37"/>
+    <w:rsid w:val="003369BB"/>
+    <w:rsid w:val="00347007"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="004D1375"/>
     <w:rsid w:val="005113C9"/>
     <w:rsid w:val="00563E37"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="006C3EBB"/>
     <w:rsid w:val="00813A52"/>
     <w:rsid w:val="0084397D"/>
     <w:rsid w:val="00944DD8"/>
     <w:rsid w:val="00A71D08"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00BD4898"/>
     <w:rsid w:val="00CA4263"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00FE5FA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="31F191A3"/>
+  <w14:docId w14:val="097E8CAF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1634,69 +1944,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>501</Words>
-  <Characters>287</Characters>
+  <Words>777</Words>
+  <Characters>443</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>787</CharactersWithSpaces>
+  <CharactersWithSpaces>1218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Līga Dūrēja</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>