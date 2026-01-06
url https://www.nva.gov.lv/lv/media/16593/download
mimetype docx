--- v1 (2025-11-04)
+++ v2 (2026-01-06)
@@ -105,830 +105,462 @@
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00813A52" w:rsidRDefault="00410802" w:rsidP="00813A52">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Informatīv</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C41F58">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ās</w:t>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C41F58">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>as</w:t>
+        <w:t>u</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRDefault="00813A52" w:rsidP="00410802">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2025. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00563E37">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41F58">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">gada </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003369BB">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>novembrī, decembrī.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00563E37">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00C41F58">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>janvārī</w:t>
+      </w:r>
+      <w:r w:rsidR="003369BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14977" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2300"/>
         <w:gridCol w:w="3595"/>
         <w:gridCol w:w="5672"/>
         <w:gridCol w:w="3410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00410802" w:rsidTr="004B7A79">
+      <w:tr w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00410802" w:rsidRPr="0054691F" w:rsidRDefault="00410802" w:rsidP="004B7A79">
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054691F">
+            <w:r w:rsidRPr="00C41F58">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datums un laiks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00410802" w:rsidRPr="0054691F" w:rsidRDefault="00410802" w:rsidP="004B7A79">
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054691F">
+            <w:r w:rsidRPr="00C41F58">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Temats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00410802" w:rsidRPr="0054691F" w:rsidRDefault="00410802" w:rsidP="004B7A79">
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054691F">
+            <w:r w:rsidRPr="00C41F58">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00410802" w:rsidRPr="0054691F" w:rsidRDefault="00410802" w:rsidP="004B7A79">
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0054691F">
+            <w:r w:rsidRPr="00C41F58">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00410802" w:rsidTr="004B7A79">
+      <w:tr w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+          <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk211349897"/>
           </w:p>
-          <w:p w:rsidR="00410802" w:rsidRPr="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00C41F58" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00563E37">
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00C41F58">
+              <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="003369BB">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00563E37">
+            <w:r w:rsidR="00563E37" w:rsidRPr="00C41F58">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0084397D">
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00C41F58">
+              <w:t>01</w:t>
             </w:r>
-            <w:r w:rsidR="003369BB">
-              <w:t>1</w:t>
+            <w:r w:rsidR="00563E37" w:rsidRPr="00C41F58">
+              <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563E37">
-              <w:t>.2025</w:t>
+            <w:r w:rsidRPr="00C41F58">
+              <w:t>6</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00563E37" w:rsidRPr="00C41F58">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00563E37" w:rsidRPr="0054691F" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+          <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00563E37">
-[...18 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidRPr="00C41F58">
+              <w:t>10:00 -11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+          <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3379"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00563E37">
+            <w:tr w:rsidR="00563E37" w:rsidRPr="00C41F58">
               <w:trPr>
                 <w:trHeight w:val="247"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                 </w:tcPr>
-                <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+                <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...3 lines deleted...]
-                    </w:rPr>
+                  <w:r w:rsidRPr="00C41F58">
                     <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="004B7A79">
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+          <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5456"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00563E37">
+            <w:tr w:rsidR="00563E37" w:rsidRPr="00C41F58">
               <w:trPr>
                 <w:trHeight w:val="661"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                 </w:tcPr>
-                <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+                <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:jc w:val="both"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...3 lines deleted...]
-                    </w:rPr>
+                  <w:r w:rsidRPr="00C41F58">
                     <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00410802" w:rsidRPr="0054691F" w:rsidRDefault="00410802" w:rsidP="004B7A79">
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+          <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:jc w:val="center"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="1577"/>
+              <w:gridCol w:w="1636"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00563E37" w:rsidTr="00563E37">
+            <w:tr w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidTr="00563E37">
               <w:trPr>
                 <w:trHeight w:val="523"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                 </w:tcPr>
-                <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+                <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...7 lines deleted...]
-                    <w:t xml:space="preserve">Klātienē </w:t>
+                  <w:r w:rsidRPr="00C41F58">
+                    <w:t xml:space="preserve"> Klātienē </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+                <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...3 lines deleted...]
-                    </w:rPr>
+                  <w:r w:rsidRPr="00C41F58">
                     <w:t xml:space="preserve">Jūrmalas KAC </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+                <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...3 lines deleted...]
-                    </w:rPr>
+                  <w:r w:rsidRPr="00C41F58">
                     <w:t xml:space="preserve">Viestura iela 6 </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00563E37">
+                <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...3 lines deleted...]
-                    </w:rPr>
+                  <w:r w:rsidRPr="00C41F58">
                     <w:t xml:space="preserve">106.telpa </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="004B7A79">
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="003369BB" w:rsidTr="003369BB">
-[...303 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802"/>
     <w:p w:rsidR="006C6F96" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Plašāku informāciju varat iegūt pie </w:t>
       </w:r>
       <w:r w:rsidR="00563E37">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Jūrmalas filiāles vadītājas : Rita Orlova, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
@@ -960,73 +592,76 @@
       </w:r>
       <w:r w:rsidRPr="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>-pasts</w:t>
       </w:r>
       <w:r w:rsidR="00563E37">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00563E37" w:rsidRPr="00E23B85">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>Rita.Orlova@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00410802"/>
+    <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00410802">
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
     <w:sectPr w:rsidR="00563E37" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00347007" w:rsidRDefault="00347007" w:rsidP="00410802">
+    <w:p w:rsidR="00756AF0" w:rsidRDefault="00756AF0" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00347007" w:rsidRDefault="00347007" w:rsidP="00410802">
+    <w:p w:rsidR="00756AF0" w:rsidRDefault="00756AF0" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -1048,133 +683,135 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00347007" w:rsidRDefault="00347007" w:rsidP="00410802">
+    <w:p w:rsidR="00756AF0" w:rsidRDefault="00756AF0" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00347007" w:rsidRDefault="00347007" w:rsidP="00410802">
+    <w:p w:rsidR="00756AF0" w:rsidRDefault="00756AF0" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="003369BB"/>
     <w:rsid w:val="00347007"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="004D1375"/>
     <w:rsid w:val="005113C9"/>
     <w:rsid w:val="00563E37"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="006C3EBB"/>
+    <w:rsid w:val="00756AF0"/>
     <w:rsid w:val="00813A52"/>
     <w:rsid w:val="0084397D"/>
     <w:rsid w:val="00944DD8"/>
     <w:rsid w:val="00A71D08"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00BD4898"/>
+    <w:rsid w:val="00C41F58"/>
     <w:rsid w:val="00CA4263"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00FE5FA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="097E8CAF"/>
+  <w14:docId w14:val="3A6470A5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1944,69 +1581,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>777</Words>
-  <Characters>443</Characters>
+  <Words>501</Words>
+  <Characters>286</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>2</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1218</CharactersWithSpaces>
+  <CharactersWithSpaces>786</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Līga Dūrēja</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>