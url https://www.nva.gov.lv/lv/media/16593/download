--- v2 (2026-01-06)
+++ v3 (2026-01-27)
@@ -167,63 +167,70 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00C41F58">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00563E37">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">gada </w:t>
       </w:r>
-      <w:r w:rsidR="00C41F58">
+      <w:r w:rsidR="006D51F1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>janvārī</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003369BB">
+        <w:t>februārī</w:t>
+      </w:r>
+      <w:r w:rsidR="00A150EF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="006D51F1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>martā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14977" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -308,69 +315,73 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C41F58">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk211349897"/>
-          </w:p>
-          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00C41F58" w:rsidP="00563E37">
+            <w:bookmarkStart w:id="1" w:name="_Hlk219819191"/>
+          </w:p>
+          <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C41F58">
-              <w:t>20</w:t>
+            <w:r>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="00563E37" w:rsidRPr="00C41F58">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C41F58">
-              <w:t>01</w:t>
+            <w:r w:rsidR="00C41F58" w:rsidRPr="00C41F58">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00563E37" w:rsidRPr="00C41F58">
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C41F58">
+            <w:r w:rsidR="00C41F58" w:rsidRPr="00C41F58">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00563E37" w:rsidRPr="00C41F58">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C41F58">
               <w:t>10:00 -11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
@@ -390,50 +401,52 @@
             </w:tblGrid>
             <w:tr w:rsidR="00563E37" w:rsidRPr="00C41F58">
               <w:trPr>
                 <w:trHeight w:val="247"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00C41F58">
                     <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5456"/>
             </w:tblGrid>
@@ -516,51 +529,291 @@
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00C41F58">
                     <w:t xml:space="preserve">Viestura iela 6 </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00563E37" w:rsidRPr="00C41F58" w:rsidRDefault="00563E37" w:rsidP="00563E37">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00C41F58">
                     <w:t xml:space="preserve">106.telpa </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00410802" w:rsidRPr="00C41F58" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidTr="00A150EF">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="008A2302">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="008A2302">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C41F58">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="008A2302">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C41F58">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="008A2302">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C41F58">
+              <w:t>.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="008A2302">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C41F58">
+              <w:t>10:00 -11:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3379"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidTr="006B6867">
+              <w:trPr>
+                <w:trHeight w:val="247"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C41F58">
+                    <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="00A150EF">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="5456"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidTr="006B6867">
+              <w:trPr>
+                <w:trHeight w:val="661"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C41F58">
+                    <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="00A150EF">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:jc w:val="center"/>
+              <w:tblBorders>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+              </w:tblBorders>
+              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1636"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidTr="006B6867">
+              <w:trPr>
+                <w:trHeight w:val="523"/>
+                <w:jc w:val="center"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C41F58">
+                    <w:t xml:space="preserve"> Klātienē </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C41F58">
+                    <w:t xml:space="preserve">Jūrmalas KAC </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C41F58">
+                    <w:t xml:space="preserve">Viestura iela 6 </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="006B6867">
+                  <w:pPr>
+                    <w:pStyle w:val="Default"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C41F58">
+                    <w:t xml:space="preserve">106.telpa </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00A150EF" w:rsidRPr="00C41F58" w:rsidRDefault="00A150EF" w:rsidP="00A150EF">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802"/>
     <w:p w:rsidR="006C6F96" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Plašāku informāciju varat iegūt pie </w:t>
       </w:r>
       <w:r w:rsidR="00563E37">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Jūrmalas filiāles vadītājas : Rita Orlova, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
@@ -592,76 +845,73 @@
       </w:r>
       <w:r w:rsidRPr="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>-pasts</w:t>
       </w:r>
       <w:r w:rsidR="00563E37">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00563E37" w:rsidRPr="00E23B85">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>Rita.Orlova@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00410802">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00563E37" w:rsidRDefault="00563E37" w:rsidP="00410802"/>
     <w:sectPr w:rsidR="00563E37" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00756AF0" w:rsidRDefault="00756AF0" w:rsidP="00410802">
+    <w:p w:rsidR="007F0475" w:rsidRDefault="007F0475" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00756AF0" w:rsidRDefault="00756AF0" w:rsidP="00410802">
+    <w:p w:rsidR="007F0475" w:rsidRDefault="007F0475" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -683,135 +933,140 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00756AF0" w:rsidRDefault="00756AF0" w:rsidP="00410802">
+    <w:p w:rsidR="007F0475" w:rsidRDefault="007F0475" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00756AF0" w:rsidRDefault="00756AF0" w:rsidP="00410802">
+    <w:p w:rsidR="007F0475" w:rsidRDefault="007F0475" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="003369BB"/>
     <w:rsid w:val="00347007"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="004D1375"/>
     <w:rsid w:val="005113C9"/>
     <w:rsid w:val="00563E37"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="006C3EBB"/>
+    <w:rsid w:val="006D51F1"/>
+    <w:rsid w:val="006E059B"/>
     <w:rsid w:val="00756AF0"/>
+    <w:rsid w:val="007F0475"/>
     <w:rsid w:val="00813A52"/>
     <w:rsid w:val="0084397D"/>
+    <w:rsid w:val="008A2302"/>
     <w:rsid w:val="00944DD8"/>
+    <w:rsid w:val="00A150EF"/>
     <w:rsid w:val="00A71D08"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00BD4898"/>
     <w:rsid w:val="00C41F58"/>
     <w:rsid w:val="00CA4263"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00FE5FA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3A6470A5"/>
+  <w14:docId w14:val="2C7DEDA1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1581,69 +1836,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>501</Words>
-  <Characters>286</Characters>
+  <Words>775</Words>
+  <Characters>442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>786</CharactersWithSpaces>
+  <CharactersWithSpaces>1215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Līga Dūrēja</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>