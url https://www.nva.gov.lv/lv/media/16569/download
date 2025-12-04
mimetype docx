--- v0 (2025-10-07)
+++ v1 (2025-12-04)
@@ -71,111 +71,138 @@
       <w:r w:rsidR="00C40BB5" w:rsidRPr="00962C80">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> filiāle</w:t>
       </w:r>
       <w:r w:rsidR="00A044FC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D659B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0077716E" w:rsidRPr="0077716E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">aicina apmeklēt </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00C40BB5" w:rsidP="001141C9">
+    <w:p w:rsidR="00EC344C" w:rsidRDefault="00C40BB5" w:rsidP="001141C9">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00590267" w:rsidRPr="00590267">
+    </w:p>
+    <w:p w:rsidR="00A044FC" w:rsidRDefault="00590267" w:rsidP="001141C9">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590267">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Informatīv</w:t>
       </w:r>
       <w:r w:rsidR="004D659B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ās</w:t>
       </w:r>
-      <w:r w:rsidR="00590267" w:rsidRPr="00590267">
+      <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r w:rsidR="004D659B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C40BB5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00991810" w:rsidRPr="00991810">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Janvārī  2026.g.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC344C" w:rsidRPr="00A044FC" w:rsidRDefault="00EC344C" w:rsidP="00991810">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14508" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1751"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="8930"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidTr="001B74B2">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
@@ -251,68 +278,62 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00111A75" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00111A75" w:rsidRDefault="001141C9" w:rsidP="00A044FC">
+          <w:p w:rsidR="00111A75" w:rsidRDefault="00991810" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>09.10</w:t>
-[...5 lines deleted...]
-              <w:t>.2025</w:t>
+              <w:t>08.01.2026</w:t>
             </w:r>
             <w:r w:rsidR="00111A75" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 10:00 - 11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00111A75" w:rsidRPr="00A044FC" w:rsidRDefault="00111A75" w:rsidP="00111A75">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -365,65 +386,59 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Liepāja, Graudu iela 50, 219.kabinets</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="001141C9" w:rsidP="00A044FC">
+          <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00991810" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>14.10</w:t>
-[...5 lines deleted...]
-              <w:t>.2025</w:t>
+              <w:t>20.01.2026</w:t>
             </w:r>
             <w:r w:rsidR="00A044FC" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r w:rsidR="00FD3F26">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00A044FC" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00 - 1</w:t>
             </w:r>
             <w:r w:rsidR="00FD3F26">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
@@ -643,82 +658,100 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="000B6078">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andris Segliņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD3F26" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1753"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD3F26" w:rsidRDefault="001141C9" w:rsidP="00A044FC">
+          <w:p w:rsidR="00FD3F26" w:rsidRDefault="00991810" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>23.10</w:t>
-[...5 lines deleted...]
-              <w:t>.2025</w:t>
+              <w:t>22.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD3F26" w:rsidRDefault="00FD3F26" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>10.00-11.00</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6C1E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>00-11</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF6C1E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FD3F26" w:rsidRPr="00A044FC" w:rsidRDefault="00FD3F26" w:rsidP="00FD3F26">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD3F26" w:rsidRPr="00A044FC" w:rsidRDefault="00FD3F26" w:rsidP="00FD3F26">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -755,187 +788,132 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FD3F26" w:rsidRPr="00A044FC" w:rsidRDefault="00FD3F26" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Liepāja, Graudu iela 50, 219.kabinets</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidTr="001141C9">
-[...54 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00A044FC" w:rsidP="00A044FC"/>
-    <w:p w:rsidR="001141C9" w:rsidRPr="00A044FC" w:rsidRDefault="001141C9" w:rsidP="001141C9">
+    <w:p w:rsidR="00991810" w:rsidRPr="00A044FC" w:rsidRDefault="00991810" w:rsidP="00991810">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A044FC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Plašāku informāciju varat iegūt pie karjeras konsultantes Inetas Gvozdas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A044FC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A044FC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>tālr. 25685852</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00A044FC" w:rsidP="00A044FC"/>
     <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00A044FC" w:rsidP="00A044FC">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00A044FC" w:rsidP="00A044FC">
       <w:pPr>
         <w:ind w:left="759"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRDefault="00AB1E7D" w:rsidP="00AB1E7D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AB1E7D" w:rsidSect="00A044FC">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D36B94" w:rsidRDefault="00D36B94">
+    <w:p w:rsidR="00B02269" w:rsidRDefault="00B02269">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D36B94" w:rsidRDefault="00D36B94">
+    <w:p w:rsidR="00B02269" w:rsidRDefault="00B02269">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1072,58 +1050,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D36B94" w:rsidRDefault="00D36B94">
+    <w:p w:rsidR="00B02269" w:rsidRDefault="00B02269">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D36B94" w:rsidRDefault="00D36B94">
+    <w:p w:rsidR="00B02269" w:rsidRDefault="00B02269">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="002C7474" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="0099774B" w:rsidRDefault="0099774B" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
@@ -1136,173 +1114,173 @@
       <w:ind w:left="9360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DD43946"/>
     <w:lvl w:ilvl="0" w:tplc="9D5C6CD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="759"/>
+          <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
-        <w:ind w:left="759" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DA242E5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="1325"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1325" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="957E767E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="2045"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2045" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="33D27BE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="2765"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="11B00100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="3485"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="DC66C8C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="4205"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4205" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="14928720" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="4925"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4925" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="436CDB4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="5645"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5645" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F99A5248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="6365"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6365" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -1346,218 +1324,227 @@
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002E3EEE"/>
     <w:rsid w:val="002E5596"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0030162D"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00330B4B"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="0033664A"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003F7AE0"/>
+    <w:rsid w:val="00405E41"/>
     <w:rsid w:val="00433DB0"/>
+    <w:rsid w:val="00453C27"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="00505EF4"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005657B2"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="005E07AB"/>
     <w:rsid w:val="00613524"/>
     <w:rsid w:val="00642B81"/>
     <w:rsid w:val="00652022"/>
     <w:rsid w:val="00664C57"/>
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="0067047C"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E287A"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="00737568"/>
+    <w:rsid w:val="00754DBB"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007A44B5"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="009033DB"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
+    <w:rsid w:val="00991810"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A044FC"/>
     <w:rsid w:val="00A045F7"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00AA25AE"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00AF78BC"/>
+    <w:rsid w:val="00B006A0"/>
+    <w:rsid w:val="00B02269"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BB54BD"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
+    <w:rsid w:val="00BF6C1E"/>
     <w:rsid w:val="00C24114"/>
     <w:rsid w:val="00C40BB5"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C653C3"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CB70B7"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D3192B"/>
     <w:rsid w:val="00D36A2A"/>
     <w:rsid w:val="00D36B94"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00DB2D57"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DC1DF4"/>
     <w:rsid w:val="00DC6BAC"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E0238C"/>
+    <w:rsid w:val="00E16769"/>
     <w:rsid w:val="00E24C67"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00EC1FE4"/>
+    <w:rsid w:val="00EC344C"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00ED4BBE"/>
     <w:rsid w:val="00EE4B01"/>
     <w:rsid w:val="00EF261F"/>
     <w:rsid w:val="00F44B4F"/>
     <w:rsid w:val="00F4780D"/>
     <w:rsid w:val="00F47B23"/>
     <w:rsid w:val="00F51C66"/>
     <w:rsid w:val="00F96CA6"/>
     <w:rsid w:val="00FA06F8"/>
     <w:rsid w:val="00FA19B4"/>
     <w:rsid w:val="00FC217A"/>
     <w:rsid w:val="00FD3F26"/>
     <w:rsid w:val="00FD4253"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0CAC916C"/>
+  <w14:docId w14:val="56714FB7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2328,74 +2315,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1103</Words>
-  <Characters>630</Characters>
+  <Words>1112</Words>
+  <Characters>634</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1730</CharactersWithSpaces>
+  <CharactersWithSpaces>1743</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>