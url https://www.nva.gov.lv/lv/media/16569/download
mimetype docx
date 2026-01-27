--- v1 (2025-12-04)
+++ v2 (2026-01-27)
@@ -142,57 +142,65 @@
         <w:t>ās</w:t>
       </w:r>
       <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r w:rsidR="004D659B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="00C40BB5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00991810" w:rsidRPr="00991810">
+      <w:r w:rsidR="00496622">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Janvārī  2026.g.</w:t>
+        <w:t>Februārī</w:t>
+      </w:r>
+      <w:r w:rsidR="00991810" w:rsidRPr="00991810">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026.g.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC344C" w:rsidRPr="00A044FC" w:rsidRDefault="00EC344C" w:rsidP="00991810">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14508" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -278,62 +286,68 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00111A75" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00111A75" w:rsidRDefault="00991810" w:rsidP="00A044FC">
+          <w:p w:rsidR="00111A75" w:rsidRDefault="00496622" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>08.01.2026</w:t>
+              <w:t>05.02</w:t>
+            </w:r>
+            <w:r w:rsidR="00991810">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2026</w:t>
             </w:r>
             <w:r w:rsidR="00111A75" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 10:00 - 11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00111A75" w:rsidRPr="00A044FC" w:rsidRDefault="00111A75" w:rsidP="00111A75">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -386,59 +400,65 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Liepāja, Graudu iela 50, 219.kabinets</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00991810" w:rsidP="00A044FC">
+          <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00496622" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>20.01.2026</w:t>
+              <w:t>17.02</w:t>
+            </w:r>
+            <w:r w:rsidR="00991810">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2026</w:t>
             </w:r>
             <w:r w:rsidR="00A044FC" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r w:rsidR="00FD3F26">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00A044FC" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00 - 1</w:t>
             </w:r>
             <w:r w:rsidR="00FD3F26">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
@@ -658,62 +678,68 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="000B6078">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andris Segliņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD3F26" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1753"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD3F26" w:rsidRDefault="00991810" w:rsidP="00A044FC">
+          <w:p w:rsidR="00FD3F26" w:rsidRDefault="00496622" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>22.01.2026</w:t>
+              <w:t>19.02</w:t>
+            </w:r>
+            <w:r w:rsidR="00991810">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD3F26" w:rsidRDefault="00FD3F26" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00BF6C1E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -819,101 +845,100 @@
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A044FC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Plašāku informāciju varat iegūt pie karjeras konsultantes Inetas Gvozdas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A044FC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A044FC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>tālr. 25685852</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-    <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00A044FC" w:rsidP="00A044FC">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
+    <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00A044FC" w:rsidP="00A044FC"/>
+    <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00A044FC" w:rsidP="00A044FC"/>
     <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00A044FC" w:rsidP="00A044FC">
       <w:pPr>
         <w:ind w:left="759"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRDefault="00AB1E7D" w:rsidP="00AB1E7D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AB1E7D" w:rsidSect="00A044FC">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B02269" w:rsidRDefault="00B02269">
+    <w:p w:rsidR="00117CAD" w:rsidRDefault="00117CAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B02269" w:rsidRDefault="00B02269">
+    <w:p w:rsidR="00117CAD" w:rsidRDefault="00117CAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1050,58 +1075,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B02269" w:rsidRDefault="00B02269">
+    <w:p w:rsidR="00117CAD" w:rsidRDefault="00117CAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B02269" w:rsidRDefault="00B02269">
+    <w:p w:rsidR="00117CAD" w:rsidRDefault="00117CAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="002C7474" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="0099774B" w:rsidRDefault="0099774B" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
@@ -1289,92 +1314,94 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00062885"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00066D9A"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000B6078"/>
     <w:rsid w:val="000C2786"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="00111A75"/>
     <w:rsid w:val="001141C9"/>
+    <w:rsid w:val="00117CAD"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="0025255A"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002E3EEE"/>
     <w:rsid w:val="002E5596"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0030162D"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00330B4B"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="0033664A"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003F7AE0"/>
     <w:rsid w:val="00405E41"/>
     <w:rsid w:val="00433DB0"/>
     <w:rsid w:val="00453C27"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
+    <w:rsid w:val="00496622"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="00505EF4"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005657B2"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="005E07AB"/>
     <w:rsid w:val="00613524"/>
     <w:rsid w:val="00642B81"/>
     <w:rsid w:val="00652022"/>
     <w:rsid w:val="00664C57"/>
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="0067047C"/>
     <w:rsid w:val="006740D0"/>
@@ -1420,67 +1447,69 @@
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A044FC"/>
     <w:rsid w:val="00A045F7"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00AA25AE"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00AF78BC"/>
     <w:rsid w:val="00B006A0"/>
     <w:rsid w:val="00B02269"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
+    <w:rsid w:val="00B96B18"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BB54BD"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00BF6C1E"/>
     <w:rsid w:val="00C24114"/>
     <w:rsid w:val="00C40BB5"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C653C3"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CB70B7"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
+    <w:rsid w:val="00CF71D0"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D3192B"/>
     <w:rsid w:val="00D36A2A"/>
     <w:rsid w:val="00D36B94"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00DB2D57"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DC1DF4"/>
     <w:rsid w:val="00DC6BAC"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E0238C"/>
     <w:rsid w:val="00E16769"/>
     <w:rsid w:val="00E24C67"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC344C"/>
     <w:rsid w:val="00EC3B69"/>
@@ -1500,51 +1529,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="56714FB7"/>
+  <w14:docId w14:val="7FF6E091"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>