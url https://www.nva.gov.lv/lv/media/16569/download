--- v2 (2026-01-27)
+++ v3 (2026-03-11)
@@ -142,65 +142,65 @@
         <w:t>ās</w:t>
       </w:r>
       <w:r w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r w:rsidR="004D659B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="00C40BB5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00496622">
+      <w:r w:rsidR="00E2647F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Februārī</w:t>
+        <w:t xml:space="preserve">Martā </w:t>
       </w:r>
       <w:r w:rsidR="00991810" w:rsidRPr="00991810">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026.g.</w:t>
+        <w:t>2026.g.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC344C" w:rsidRPr="00A044FC" w:rsidRDefault="00EC344C" w:rsidP="00991810">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14508" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -297,51 +297,57 @@
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00111A75" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00111A75" w:rsidRDefault="00496622" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>05.02</w:t>
+              <w:t>05.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2647F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00991810">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2026</w:t>
             </w:r>
             <w:r w:rsidR="00111A75" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 10:00 - 11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00111A75" w:rsidRPr="00A044FC" w:rsidRDefault="00111A75" w:rsidP="00111A75">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -400,59 +406,59 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Liepāja, Graudu iela 50, 219.kabinets</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00496622" w:rsidP="00A044FC">
+          <w:p w:rsidR="00A044FC" w:rsidRPr="00A044FC" w:rsidRDefault="00E2647F" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>17.02</w:t>
+              <w:t>12.03</w:t>
             </w:r>
             <w:r w:rsidR="00991810">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2026</w:t>
             </w:r>
             <w:r w:rsidR="00A044FC" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r w:rsidR="00FD3F26">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00A044FC" w:rsidRPr="00A044FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00 - 1</w:t>
             </w:r>
@@ -689,51 +695,57 @@
               <w:t>Andris Segliņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD3F26" w:rsidRPr="00A044FC" w:rsidTr="000B6078">
         <w:trPr>
           <w:trHeight w:val="1753"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00FD3F26" w:rsidRDefault="00496622" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>19.02</w:t>
+              <w:t>19.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E2647F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00991810">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD3F26" w:rsidRDefault="00FD3F26" w:rsidP="00A044FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00BF6C1E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -887,58 +899,58 @@
     <w:p w:rsidR="00AB1E7D" w:rsidRDefault="00AB1E7D" w:rsidP="00AB1E7D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AB1E7D" w:rsidSect="00A044FC">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00117CAD" w:rsidRDefault="00117CAD">
+    <w:p w:rsidR="00B51995" w:rsidRDefault="00B51995">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00117CAD" w:rsidRDefault="00117CAD">
+    <w:p w:rsidR="00B51995" w:rsidRDefault="00B51995">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1075,58 +1087,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00117CAD" w:rsidRDefault="00117CAD">
+    <w:p w:rsidR="00B51995" w:rsidRDefault="00B51995">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00117CAD" w:rsidRDefault="00117CAD">
+    <w:p w:rsidR="00B51995" w:rsidRDefault="00B51995">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="002C7474" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="0099774B" w:rsidRDefault="0099774B" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
@@ -1319,50 +1331,51 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00062885"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00066D9A"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000B6078"/>
     <w:rsid w:val="000C2786"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="00111A75"/>
     <w:rsid w:val="001141C9"/>
     <w:rsid w:val="00117CAD"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
+    <w:rsid w:val="00194962"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="0025255A"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002E3EEE"/>
     <w:rsid w:val="002E5596"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0030162D"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00330B4B"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="0033664A"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
@@ -1405,175 +1418,178 @@
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="0067047C"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E287A"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="00754DBB"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007A44B5"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008A26C6"/>
+    <w:rsid w:val="008A3ED3"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="009033DB"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="00991810"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A044FC"/>
     <w:rsid w:val="00A045F7"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00AA25AE"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00AF78BC"/>
     <w:rsid w:val="00B006A0"/>
     <w:rsid w:val="00B02269"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
+    <w:rsid w:val="00B51995"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00B96B18"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BB54BD"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00BF6C1E"/>
     <w:rsid w:val="00C24114"/>
     <w:rsid w:val="00C40BB5"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C653C3"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CB70B7"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF71D0"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D3192B"/>
     <w:rsid w:val="00D36A2A"/>
     <w:rsid w:val="00D36B94"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00DB2D57"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DC1DF4"/>
     <w:rsid w:val="00DC6BAC"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E0238C"/>
     <w:rsid w:val="00E16769"/>
     <w:rsid w:val="00E24C67"/>
+    <w:rsid w:val="00E2647F"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC344C"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00ED4BBE"/>
     <w:rsid w:val="00EE4B01"/>
     <w:rsid w:val="00EF261F"/>
     <w:rsid w:val="00F44B4F"/>
     <w:rsid w:val="00F4780D"/>
     <w:rsid w:val="00F47B23"/>
     <w:rsid w:val="00F51C66"/>
     <w:rsid w:val="00F96CA6"/>
     <w:rsid w:val="00FA06F8"/>
     <w:rsid w:val="00FA19B4"/>
     <w:rsid w:val="00FC217A"/>
     <w:rsid w:val="00FD3F26"/>
     <w:rsid w:val="00FD4253"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7FF6E091"/>
+  <w14:docId w14:val="339D17F9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2343,75 +2359,75 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>634</Characters>
+  <Pages>1</Pages>
+  <Words>1110</Words>
+  <Characters>633</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1743</CharactersWithSpaces>
+  <CharactersWithSpaces>1740</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>