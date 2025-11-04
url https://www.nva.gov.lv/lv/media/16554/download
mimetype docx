--- v0 (2025-10-07)
+++ v1 (2025-11-04)
@@ -278,188 +278,176 @@
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D36F52" w:rsidTr="00D36F52">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00805D58" w:rsidRDefault="00805D58" w:rsidP="00805D58">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00D36F52" w:rsidRDefault="00D36F52" w:rsidP="00D25B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>29.09.2025.</w:t>
+              <w:t>29.10.2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>06.10.2025.</w:t>
+              <w:t>05.11.2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>29.10.2025.</w:t>
+              <w:t>20.11.2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D50C3" w:rsidRDefault="003D50C3" w:rsidP="003D50C3">
+          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D36F52" w:rsidRPr="00D36F52" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
+          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00D25B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*B</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
               <w:t>ezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*S</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
@@ -635,58 +623,58 @@
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B66C49" w:rsidSect="00555340">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F2656A" w:rsidRDefault="00F2656A">
+    <w:p w:rsidR="00613459" w:rsidRDefault="00613459">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F2656A" w:rsidRDefault="00F2656A">
+    <w:p w:rsidR="00613459" w:rsidRDefault="00613459">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -905,58 +893,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F2656A" w:rsidRDefault="00F2656A">
+    <w:p w:rsidR="00613459" w:rsidRDefault="00613459">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F2656A" w:rsidRDefault="00F2656A">
+    <w:p w:rsidR="00613459" w:rsidRDefault="00613459">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00453D89" w:rsidRDefault="00453D89">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="00073AD7" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -1262,50 +1250,51 @@
     <w:rsid w:val="003F7AE0"/>
     <w:rsid w:val="00427AA6"/>
     <w:rsid w:val="00433DB0"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004A5EFA"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4313"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="004E2818"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
+    <w:rsid w:val="00613459"/>
     <w:rsid w:val="00613524"/>
     <w:rsid w:val="006216F0"/>
     <w:rsid w:val="00642B81"/>
     <w:rsid w:val="00652022"/>
     <w:rsid w:val="00664C57"/>
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="00675C06"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="006E4B91"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="007A2FD9"/>
@@ -1316,50 +1305,51 @@
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008A4EFE"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00950DDD"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
+    <w:rsid w:val="00A258FC"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00AD62A2"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B47127"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00B859C2"/>
     <w:rsid w:val="00B913E9"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD2878"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BD3FD4"/>
     <w:rsid w:val="00BD5C8A"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
@@ -1410,50 +1400,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7315781B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1920,50 +1911,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="782113317">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="982585007">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1196775501">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1443572591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -2259,74 +2263,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>552</Words>
+  <Words>551</Words>
   <Characters>315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>866</CharactersWithSpaces>
+  <CharactersWithSpaces>865</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>