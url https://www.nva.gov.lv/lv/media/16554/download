--- v1 (2025-11-04)
+++ v2 (2025-12-04)
@@ -286,159 +286,123 @@
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00805D58" w:rsidRDefault="00805D58" w:rsidP="00805D58">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRDefault="00D36F52" w:rsidP="00D25B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
+          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>29.10.2025.</w:t>
+              <w:t>01.12.2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
+          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
+          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
+          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
+          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>05.11.2025.</w:t>
+              <w:t>17.12.2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
+          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRDefault="00A258FC" w:rsidP="00A258FC">
-[...35 lines deleted...]
-          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00D25B16">
+          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00CD0C2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*B</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
               <w:t>ezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
@@ -623,58 +587,58 @@
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B66C49" w:rsidSect="00555340">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00613459" w:rsidRDefault="00613459">
+    <w:p w:rsidR="001928A7" w:rsidRDefault="001928A7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00613459" w:rsidRDefault="00613459">
+    <w:p w:rsidR="001928A7" w:rsidRDefault="001928A7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -893,58 +857,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00613459" w:rsidRDefault="00613459">
+    <w:p w:rsidR="001928A7" w:rsidRDefault="001928A7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00613459" w:rsidRDefault="00613459">
+    <w:p w:rsidR="001928A7" w:rsidRDefault="001928A7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00453D89" w:rsidRDefault="00453D89">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="00073AD7" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -1195,50 +1159,51 @@
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00073AD7"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000A69D2"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="001001A5"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="00186C9A"/>
+    <w:rsid w:val="001928A7"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E1816"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="002560BB"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00342D25"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="003541B2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
@@ -1338,50 +1303,51 @@
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B47127"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00B859C2"/>
     <w:rsid w:val="00B913E9"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD2878"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BD3FD4"/>
     <w:rsid w:val="00BD5C8A"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C103ED"/>
     <w:rsid w:val="00C31652"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CA4DC8"/>
     <w:rsid w:val="00CB0AB0"/>
     <w:rsid w:val="00CB36C3"/>
+    <w:rsid w:val="00CD0C2E"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D25B16"/>
     <w:rsid w:val="00D34D77"/>
     <w:rsid w:val="00D36F52"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00DA576C"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E15EBD"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E31EA0"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00E90883"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00ED4BBE"/>
@@ -1400,51 +1366,50 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7315781B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1924,50 +1889,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="982585007">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1063260306">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1196775501">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1443572591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -2263,74 +2241,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>551</Words>
-  <Characters>315</Characters>
+  <Words>531</Words>
+  <Characters>304</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>865</CharactersWithSpaces>
+  <CharactersWithSpaces>834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>