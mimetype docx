--- v2 (2025-12-04)
+++ v3 (2026-01-06)
@@ -286,123 +286,123 @@
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00805D58" w:rsidRDefault="00805D58" w:rsidP="00805D58">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRDefault="00D36F52" w:rsidP="00D25B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
+          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>01.12.2025.</w:t>
+              <w:t>06.01.2026.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
+          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
+          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
+          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
+          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>17.12.2025.</w:t>
+              <w:t>20.01.2026.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD0C2E" w:rsidRDefault="00CD0C2E" w:rsidP="00CD0C2E">
+          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00CD0C2E">
+          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00675F39">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*B</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
               <w:t>ezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
@@ -587,58 +587,58 @@
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B66C49" w:rsidSect="00555340">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001928A7" w:rsidRDefault="001928A7">
+    <w:p w:rsidR="000C7F16" w:rsidRDefault="000C7F16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001928A7" w:rsidRDefault="001928A7">
+    <w:p w:rsidR="000C7F16" w:rsidRDefault="000C7F16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -857,58 +857,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001928A7" w:rsidRDefault="001928A7">
+    <w:p w:rsidR="000C7F16" w:rsidRDefault="000C7F16">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001928A7" w:rsidRDefault="001928A7">
+    <w:p w:rsidR="000C7F16" w:rsidRDefault="000C7F16">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00453D89" w:rsidRDefault="00453D89">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="00073AD7" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -1151,50 +1151,51 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00073AD7"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000A69D2"/>
+    <w:rsid w:val="000C7F16"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="001001A5"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="00186C9A"/>
     <w:rsid w:val="001928A7"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E1816"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="002560BB"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
@@ -1224,50 +1225,51 @@
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4313"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="004E2818"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="00613459"/>
     <w:rsid w:val="00613524"/>
     <w:rsid w:val="006216F0"/>
     <w:rsid w:val="00642B81"/>
     <w:rsid w:val="00652022"/>
     <w:rsid w:val="00664C57"/>
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="00675C06"/>
+    <w:rsid w:val="00675F39"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="006E4B91"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007C19AF"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="00805D58"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008A4EFE"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="00912314"/>
@@ -1902,50 +1904,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1063260306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1086730680">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1196775501">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1443572591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>