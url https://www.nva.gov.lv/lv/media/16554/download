--- v3 (2026-01-06)
+++ v4 (2026-01-27)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00AB1E7D" w:rsidRPr="00B66C49" w:rsidRDefault="00AB1E7D" w:rsidP="00B66C49">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A04EB7" w:rsidRPr="00B66C49" w:rsidRDefault="00A04EB7" w:rsidP="00A04EB7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRPr="00E341A6" w:rsidRDefault="00073AD7" w:rsidP="006C3942">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1155"/>
           <w:tab w:val="center" w:pos="4153"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00133E6B">
@@ -286,123 +286,123 @@
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00805D58" w:rsidRDefault="00805D58" w:rsidP="00805D58">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRDefault="00D36F52" w:rsidP="00D25B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
+          <w:p w:rsidR="00A94411" w:rsidRDefault="00A94411" w:rsidP="00A94411">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>06.01.2026.</w:t>
+              <w:t>02.02.2026.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
+          <w:p w:rsidR="00A94411" w:rsidRDefault="00A94411" w:rsidP="00A94411">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
+          <w:p w:rsidR="00A94411" w:rsidRDefault="00A94411" w:rsidP="00A94411">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
+          <w:p w:rsidR="00A94411" w:rsidRDefault="00A94411" w:rsidP="00A94411">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
+          <w:p w:rsidR="00A94411" w:rsidRDefault="00A94411" w:rsidP="00A94411">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>20.01.2026.</w:t>
+              <w:t>18.02.2026.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00675F39" w:rsidRDefault="00675F39" w:rsidP="00675F39">
+          <w:p w:rsidR="00A94411" w:rsidRDefault="00A94411" w:rsidP="00A94411">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00-11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00675F39">
+          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00A94411">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*B</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
               <w:t>ezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
@@ -415,59 +415,51 @@
               <w:t>*S</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
               <w:t>adarbība ar Aģentūras darba meklēšanas procesā, tai skaitā, individuālais darba meklēšanas plāns, darba meklējumu dienasgrāmata;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
               <w:t>Aģentūras atbalsta, apmācību (tai skaitā e-apmācību) un nodarbinātības pasākumi;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
-              <w:t xml:space="preserve">CV un vakanču portāls </w:t>
-[...7 lines deleted...]
-              <w:t>, tā praktiskā izmantošana;</w:t>
+              <w:t>CV un vakanču portāls cvvp.nva.gov.lv, tā praktiskā izmantošana;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*D</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
               <w:t>arba meklēšanas iespējas (Latvijā, Eiropas Savienībā un Eiropas Ekonomikas Zonā).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00E341A6" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00D36F52" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
@@ -585,148 +577,148 @@
         <w:ind w:left="759" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B66C49" w:rsidSect="00555340">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000C7F16" w:rsidRDefault="000C7F16">
+    <w:p w:rsidR="00C104B1" w:rsidRDefault="00C104B1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000C7F16" w:rsidRDefault="000C7F16">
+    <w:p w:rsidR="00C104B1" w:rsidRDefault="00C104B1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00453D89" w:rsidRDefault="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00CF096D" w:rsidRPr="00433DB0" w:rsidRDefault="00073AD7" w:rsidP="00CF096D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00433DB0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>KRG_4.2.12_Konkurētspējas paaugstināšanas pasākumi_5</w:t>
     </w:r>
     <w:r w:rsidR="002705AB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
@@ -776,51 +768,51 @@
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00433DB0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00982875" w:rsidRDefault="00982875">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="007A2FD9" w:rsidRDefault="007A2FD9" w:rsidP="00555340">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="007A2FD9" w:rsidRDefault="007A2FD9" w:rsidP="00555340">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00453D89" w:rsidRDefault="00073AD7" w:rsidP="00453D89">
@@ -855,80 +847,80 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000C7F16" w:rsidRDefault="000C7F16">
+    <w:p w:rsidR="00C104B1" w:rsidRDefault="00C104B1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000C7F16" w:rsidRDefault="000C7F16">
+    <w:p w:rsidR="00C104B1" w:rsidRDefault="00C104B1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00453D89" w:rsidRDefault="00453D89">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="00073AD7" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="5715000" cy="981075"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="LV_ID_EU_logo_ansamblis_ESF_BW"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="LV_ID_EU_logo_ansamblis_ESF_BW"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -947,75 +939,75 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5715000" cy="981075"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="0099774B" w:rsidRDefault="0099774B" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="007A2FD9" w:rsidRPr="007A2FD9" w:rsidRDefault="007A2FD9" w:rsidP="007A2FD9">
     <w:pPr>
       <w:ind w:left="9360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DD43946"/>
     <w:lvl w:ilvl="0" w:tplc="6C264C52">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="59881E8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1119,70 +1111,71 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3AD8C82A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="109"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00073AD7"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000A69D2"/>
     <w:rsid w:val="000C7F16"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="001001A5"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="00186C9A"/>
     <w:rsid w:val="001928A7"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E1816"/>
@@ -1275,74 +1268,76 @@
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00950DDD"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A258FC"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
+    <w:rsid w:val="00A94411"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00AD62A2"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B47127"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00B859C2"/>
     <w:rsid w:val="00B913E9"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD2878"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BD3FD4"/>
     <w:rsid w:val="00BD5C8A"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C103ED"/>
+    <w:rsid w:val="00C104B1"/>
     <w:rsid w:val="00C31652"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CA4DC8"/>
     <w:rsid w:val="00CB0AB0"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CD0C2E"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D25B16"/>
     <w:rsid w:val="00D34D77"/>
     <w:rsid w:val="00D36F52"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00DA576C"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E15EBD"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E31EA0"/>
     <w:rsid w:val="00E341A6"/>
@@ -1366,127 +1361,130 @@
     <w:rsid w:val="00FC217A"/>
     <w:rsid w:val="00FD4253"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0808339C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1659,50 +1657,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -1850,51 +1852,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00BE1884"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000A69D2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="631057973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="782113317">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1931,50 +1933,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1196775501">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1443572591">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1845048227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 