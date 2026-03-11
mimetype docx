--- v4 (2026-01-27)
+++ v5 (2026-03-11)
@@ -286,123 +286,126 @@
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00805D58" w:rsidRDefault="00805D58" w:rsidP="00805D58">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D36F52" w:rsidRDefault="00D36F52" w:rsidP="00D25B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A94411" w:rsidRDefault="00A94411" w:rsidP="00A94411">
-[...71 lines deleted...]
-          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00A94411">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1793"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00F90E6E" w:rsidTr="00F90E6E">
+              <w:trPr>
+                <w:trHeight w:val="900"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1793" w:type="dxa"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w:rsidR="00F90E6E" w:rsidRDefault="00F90E6E" w:rsidP="00F90E6E">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>02.03.2026.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00F90E6E" w:rsidTr="00F90E6E">
+              <w:trPr>
+                <w:trHeight w:val="900"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1793" w:type="dxa"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w:rsidR="00F90E6E" w:rsidRDefault="00F90E6E" w:rsidP="00F90E6E">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>16.03.2026.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00F90E6E" w:rsidTr="00F90E6E">
+              <w:trPr>
+                <w:trHeight w:val="900"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1793" w:type="dxa"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w:rsidR="00F90E6E" w:rsidRDefault="00F90E6E" w:rsidP="00F90E6E">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>31.03.2026.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00A258FC" w:rsidRPr="0054691F" w:rsidRDefault="00A258FC" w:rsidP="00F90E6E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D36F52" w:rsidRPr="00186C9A" w:rsidRDefault="00D36F52" w:rsidP="00D36F52">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>*B</w:t>
             </w:r>
             <w:r w:rsidRPr="00186C9A">
               <w:t>ezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
@@ -579,120 +582,120 @@
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B66C49" w:rsidSect="00555340">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C104B1" w:rsidRDefault="00C104B1">
+    <w:p w:rsidR="009317CE" w:rsidRDefault="009317CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C104B1" w:rsidRDefault="00C104B1">
+    <w:p w:rsidR="009317CE" w:rsidRDefault="009317CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00453D89" w:rsidRDefault="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -849,58 +852,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C104B1" w:rsidRDefault="00C104B1">
+    <w:p w:rsidR="009317CE" w:rsidRDefault="009317CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C104B1" w:rsidRDefault="00C104B1">
+    <w:p w:rsidR="009317CE" w:rsidRDefault="009317CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00453D89" w:rsidRDefault="00453D89">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="00073AD7" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -1112,51 +1115,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3AD8C82A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="109"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
@@ -1247,50 +1250,51 @@
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="006E4B91"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007C19AF"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="00805D58"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008A4EFE"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
+    <w:rsid w:val="009317CE"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00950DDD"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A258FC"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00A94411"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
@@ -1334,157 +1338,160 @@
     <w:rsid w:val="00DA576C"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E15EBD"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E31EA0"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00E90883"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00ED4BBE"/>
     <w:rsid w:val="00EE4B01"/>
     <w:rsid w:val="00EF261F"/>
     <w:rsid w:val="00F15424"/>
     <w:rsid w:val="00F2656A"/>
     <w:rsid w:val="00F4780D"/>
     <w:rsid w:val="00F47B23"/>
     <w:rsid w:val="00F51C66"/>
     <w:rsid w:val="00F75599"/>
+    <w:rsid w:val="00F90E6E"/>
     <w:rsid w:val="00F96CA6"/>
     <w:rsid w:val="00FA06F8"/>
     <w:rsid w:val="00FC217A"/>
     <w:rsid w:val="00FD4253"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0808339C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1854,50 +1861,63 @@
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00BE1884"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000A69D2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="215362939">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="631057973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="782113317">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -2271,74 +2291,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>531</Words>
-  <Characters>304</Characters>
+  <Words>517</Words>
+  <Characters>295</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>834</CharactersWithSpaces>
+  <CharactersWithSpaces>811</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>