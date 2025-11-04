--- v0 (2025-10-07)
+++ v1 (2025-11-04)
@@ -402,72 +402,84 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Norises vieta un atbildīgais darbinieks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B55D1" w:rsidRPr="00F5629E" w14:paraId="7481F828" w14:textId="77777777" w:rsidTr="00C804F7">
         <w:trPr>
           <w:trHeight w:val="995"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="373B4831" w14:textId="40581E35" w:rsidR="004B55D1" w:rsidRDefault="000746BC" w:rsidP="004B55D1">
+          <w:p w14:paraId="373B4831" w14:textId="4714507C" w:rsidR="004B55D1" w:rsidRDefault="009C51B2" w:rsidP="004B55D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk107565835"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>15.10</w:t>
+              <w:t>28</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="000746BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.10</w:t>
             </w:r>
             <w:r w:rsidR="004B55D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.2025.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C7EBFF5" w14:textId="5250C922" w:rsidR="004B55D1" w:rsidRPr="00F5629E" w:rsidRDefault="004B55D1" w:rsidP="004B55D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -1328,52 +1340,52 @@
       <w:tr w:rsidR="007B68E0" w:rsidRPr="00F5629E" w14:paraId="263F925F" w14:textId="77777777" w:rsidTr="005E5527">
         <w:trPr>
           <w:trHeight w:val="1159"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34EB146F" w14:textId="6BF41A54" w:rsidR="007B68E0" w:rsidRPr="00F5629E" w:rsidRDefault="001F0E39" w:rsidP="007B68E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk107565984"/>
-            <w:bookmarkStart w:id="2" w:name="_Hlk135482455"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk107565984"/>
+            <w:bookmarkStart w:id="3" w:name="_Hlk135482455"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000746BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -2246,52 +2258,50 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="001F0E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidR="007B68E0" w:rsidRPr="00F5629E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.2024.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EEB18F2" w14:textId="405C0359" w:rsidR="007B68E0" w:rsidRDefault="007B68E0" w:rsidP="007B68E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F5629E">
               <w:rPr>
@@ -2410,52 +2420,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E0E9192" w14:textId="77777777" w:rsidR="007B68E0" w:rsidRPr="00F5629E" w:rsidRDefault="007B68E0" w:rsidP="007B68E0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
     <w:p w14:paraId="60F14FA3" w14:textId="77777777" w:rsidR="007A6E41" w:rsidRDefault="007A6E41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FC806FD" w14:textId="24BF7B7E" w:rsidR="000B65D4" w:rsidRPr="000B65D4" w:rsidRDefault="000B65D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B65D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -2635,61 +2645,61 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>@nva.gov.lv</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000B65D4" w:rsidRPr="000B65D4" w:rsidSect="007B68E0">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="709" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51676F46" w14:textId="77777777" w:rsidR="00504713" w:rsidRDefault="00504713" w:rsidP="00D527E7">
+    <w:p w14:paraId="46F8CCFA" w14:textId="77777777" w:rsidR="00C46F20" w:rsidRDefault="00C46F20" w:rsidP="00D527E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="011DD0D2" w14:textId="77777777" w:rsidR="00504713" w:rsidRDefault="00504713" w:rsidP="00D527E7">
+    <w:p w14:paraId="0DF9DB53" w14:textId="77777777" w:rsidR="00C46F20" w:rsidRDefault="00C46F20" w:rsidP="00D527E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2720,101 +2730,101 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="22907C3E" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRDefault="00504713" w:rsidP="00555340">
+  <w:p w14:paraId="22907C3E" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRDefault="00C46F20" w:rsidP="00555340">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1BFB08CE" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRDefault="00504713" w:rsidP="00555340">
+  <w:p w14:paraId="1BFB08CE" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRDefault="00C46F20" w:rsidP="00555340">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63F6A405" w14:textId="77777777" w:rsidR="00504713" w:rsidRDefault="00504713" w:rsidP="00D527E7">
+    <w:p w14:paraId="6F1293CC" w14:textId="77777777" w:rsidR="00C46F20" w:rsidRDefault="00C46F20" w:rsidP="00D527E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="637EB817" w14:textId="77777777" w:rsidR="00504713" w:rsidRDefault="00504713" w:rsidP="00D527E7">
+    <w:p w14:paraId="0B33BE1F" w14:textId="77777777" w:rsidR="00C46F20" w:rsidRDefault="00C46F20" w:rsidP="00D527E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="7986A246" w14:textId="3E878177" w:rsidR="002C7474" w:rsidRDefault="00504713" w:rsidP="00EC1FE4">
+  <w:p w14:paraId="7986A246" w14:textId="3E878177" w:rsidR="002C7474" w:rsidRDefault="00C46F20" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DD43946"/>
     <w:lvl w:ilvl="0" w:tplc="0426000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
@@ -2929,51 +2939,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="71"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D542EB"/>
     <w:rsid w:val="00020AAD"/>
     <w:rsid w:val="000538FE"/>
     <w:rsid w:val="000746BC"/>
     <w:rsid w:val="00090E8E"/>
@@ -2999,61 +3009,63 @@
     <w:rsid w:val="004B55D1"/>
     <w:rsid w:val="00504713"/>
     <w:rsid w:val="00515E53"/>
     <w:rsid w:val="005B3694"/>
     <w:rsid w:val="005E343C"/>
     <w:rsid w:val="005E5527"/>
     <w:rsid w:val="005F7A37"/>
     <w:rsid w:val="006176B9"/>
     <w:rsid w:val="006803BE"/>
     <w:rsid w:val="006A3A36"/>
     <w:rsid w:val="006C4F83"/>
     <w:rsid w:val="006D5C9A"/>
     <w:rsid w:val="006D7BD8"/>
     <w:rsid w:val="00701D09"/>
     <w:rsid w:val="00722C06"/>
     <w:rsid w:val="00747E46"/>
     <w:rsid w:val="007633AD"/>
     <w:rsid w:val="007A10EE"/>
     <w:rsid w:val="007A6E41"/>
     <w:rsid w:val="007B68E0"/>
     <w:rsid w:val="007C2A19"/>
     <w:rsid w:val="007C7891"/>
     <w:rsid w:val="008B5EC2"/>
     <w:rsid w:val="00933190"/>
     <w:rsid w:val="009B264C"/>
+    <w:rsid w:val="009C51B2"/>
     <w:rsid w:val="009C7DC5"/>
     <w:rsid w:val="00A31616"/>
     <w:rsid w:val="00AC167F"/>
     <w:rsid w:val="00AC2A38"/>
     <w:rsid w:val="00AE770A"/>
     <w:rsid w:val="00B30A10"/>
     <w:rsid w:val="00B4414E"/>
     <w:rsid w:val="00B73C93"/>
     <w:rsid w:val="00B91890"/>
     <w:rsid w:val="00BD2A8B"/>
     <w:rsid w:val="00C224DE"/>
+    <w:rsid w:val="00C46F20"/>
     <w:rsid w:val="00C57366"/>
     <w:rsid w:val="00C719F8"/>
     <w:rsid w:val="00CD265A"/>
     <w:rsid w:val="00D25C7C"/>
     <w:rsid w:val="00D25D2D"/>
     <w:rsid w:val="00D26253"/>
     <w:rsid w:val="00D4737A"/>
     <w:rsid w:val="00D527E7"/>
     <w:rsid w:val="00D542EB"/>
     <w:rsid w:val="00D942FD"/>
     <w:rsid w:val="00DB2DA8"/>
     <w:rsid w:val="00E564AC"/>
     <w:rsid w:val="00E73655"/>
     <w:rsid w:val="00E85B1A"/>
     <w:rsid w:val="00E94022"/>
     <w:rsid w:val="00E94A84"/>
     <w:rsid w:val="00EC2D2E"/>
     <w:rsid w:val="00F5629E"/>
     <w:rsid w:val="00F87AF6"/>
     <w:rsid w:val="00F9344E"/>
     <w:rsid w:val="00FC4F17"/>
     <w:rsid w:val="00FF42AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>