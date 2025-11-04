--- v0 (2025-10-07)
+++ v1 (2025-11-04)
@@ -11,50 +11,52 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1155"/>
           <w:tab w:val="center" w:pos="4153"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00133E6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nodarbinātības valsts aģentūras</w:t>
       </w:r>
       <w:r w:rsidR="008115B6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Talsu</w:t>
       </w:r>
       <w:r w:rsidRPr="00962C80">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> filiāle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -121,60 +123,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00303CCA" w:rsidRDefault="00303CCA" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14977" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -261,53 +253,62 @@
           </w:tcPr>
           <w:p w:rsidR="00410802" w:rsidRPr="0054691F" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E29A2" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E29A2" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
-[...1 lines deleted...]
-              <w:t>07.08.2025</w:t>
+          <w:p w:rsidR="007E29A2" w:rsidRDefault="006D3775" w:rsidP="008115B6">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="009A156E">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.10.</w:t>
+            </w:r>
+            <w:r w:rsidR="007E29A2">
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007E29A2" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
             <w:r>
               <w:t>Plkst.15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E29A2" w:rsidRPr="00CB0448" w:rsidRDefault="007E29A2" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00CB0448">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
@@ -328,53 +329,53 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>attālināti</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007E29A2" w:rsidRDefault="007E29A2" w:rsidP="007E29A2">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Zoom.us platformā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
-[...1 lines deleted...]
-              <w:t>14.08.</w:t>
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="009A156E" w:rsidP="008115B6">
+            <w:r>
+              <w:t>08.10.</w:t>
             </w:r>
             <w:r w:rsidR="008115B6" w:rsidRPr="00E74D32">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="008115B6">
               <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
@@ -405,54 +406,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="00E341A6" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
             <w:r>
-              <w:t>27.08</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009A156E">
+              <w:t>4.10.</w:t>
             </w:r>
             <w:r w:rsidR="008115B6" w:rsidRPr="00E74D32">
-              <w:t>.202</w:t>
+              <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="008115B6">
               <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -488,51 +492,57 @@
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
             <w:r>
-              <w:t>05.09.</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="009A156E">
+              <w:t>3.11</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008115B6" w:rsidRPr="00E74D32">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="008115B6">
               <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
@@ -540,95 +550,98 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB0448">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="008115B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932206">
-              <w:t xml:space="preserve">Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; </w:t>
+              <w:t xml:space="preserve">Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba </w:t>
             </w:r>
             <w:r w:rsidRPr="00932206">
               <w:lastRenderedPageBreak/>
-              <w:t>NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+              <w:t>meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E29A2" w:rsidRDefault="007E29A2" w:rsidP="007E29A2">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>attālināti</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="007E29A2" w:rsidP="007E29A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Zoom.us platformā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
-[...1 lines deleted...]
-              <w:t>11.09.</w:t>
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="009A156E" w:rsidP="008115B6">
+            <w:r>
+              <w:t>07.11</w:t>
+            </w:r>
+            <w:r w:rsidR="007E29A2">
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008115B6" w:rsidRPr="00E74D32">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="008115B6">
               <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.1</w:t>
             </w:r>
             <w:r w:rsidR="007E29A2">
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00E74D32">
               <w:t>.00</w:t>
             </w:r>
@@ -673,51 +686,57 @@
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="007E29A2" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
             <w:r>
-              <w:t>26.09.</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009A156E">
+              <w:t>1.11</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008115B6" w:rsidRPr="00E74D32">
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="008115B6">
               <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.1</w:t>
             </w:r>
             <w:r>
               <w:t>0.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -749,55 +768,308 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932206">
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="009A156E" w:rsidTr="004B7A79">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="00E74D32" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:r>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74D32">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:r w:rsidRPr="00E74D32">
+              <w:t>plkst.1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="00CB0448" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB0448">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="0054691F" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932206">
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>attālināti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Zoom.us platformā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A156E" w:rsidTr="004B7A79">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="00E74D32" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.12.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74D32">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:r w:rsidRPr="00E74D32">
+              <w:t>plkst.1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="00CB0448" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB0448">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="0054691F" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932206">
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A156E" w:rsidTr="004B7A79">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="00E74D32" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.12.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74D32">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:r w:rsidRPr="00E74D32">
+              <w:t>plkst.1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="00CB0448" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB0448">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRPr="0054691F" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932206">
+              <w:t xml:space="preserve">Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00932206">
+              <w:lastRenderedPageBreak/>
+              <w:t>NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802"/>
     <w:p w:rsidR="008115B6" w:rsidRPr="00657C61" w:rsidRDefault="008115B6" w:rsidP="008115B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00657C61">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Plašāku informāciju varat iegūt pie atbildīgā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00657C61">
@@ -880,73 +1152,73 @@
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="008115B6" w:rsidRPr="008115B6" w:rsidRDefault="008115B6" w:rsidP="008115B6">
       <w:pPr>
         <w:ind w:left="759"/>
       </w:pPr>
       <w:r w:rsidRPr="008115B6">
         <w:t>Vineta Irbe-T:</w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>24422752</w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vineta.Irbe@nva.gov.lv</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C6F96" w:rsidRDefault="00004B64" w:rsidP="008115B6"/>
+    <w:p w:rsidR="006C6F96" w:rsidRDefault="00A6075C" w:rsidP="008115B6"/>
     <w:sectPr w:rsidR="006C6F96" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00004B64" w:rsidRDefault="00004B64" w:rsidP="00410802">
+    <w:p w:rsidR="00A6075C" w:rsidRDefault="00A6075C" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00004B64" w:rsidRDefault="00004B64" w:rsidP="00410802">
+    <w:p w:rsidR="00A6075C" w:rsidRDefault="00A6075C" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -979,58 +1251,58 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00004B64" w:rsidRDefault="00004B64" w:rsidP="00410802">
+    <w:p w:rsidR="00A6075C" w:rsidRDefault="00A6075C" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00004B64" w:rsidRDefault="00004B64" w:rsidP="00410802">
+    <w:p w:rsidR="00A6075C" w:rsidRDefault="00A6075C" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DD43946"/>
     <w:lvl w:ilvl="0" w:tplc="08B43628">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
@@ -1173,81 +1445,84 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="00004B64"/>
     <w:rsid w:val="000862C0"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="00303CCA"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="00685C74"/>
+    <w:rsid w:val="006D3775"/>
     <w:rsid w:val="007E29A2"/>
     <w:rsid w:val="008115B6"/>
+    <w:rsid w:val="009A156E"/>
     <w:rsid w:val="009B5DEA"/>
+    <w:rsid w:val="00A6075C"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00F15678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="55E932BD"/>
+  <w14:docId w14:val="46F8BFDB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2005,71 +2280,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1043</Characters>
+  <Pages>3</Pages>
+  <Words>2568</Words>
+  <Characters>1465</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2867</CharactersWithSpaces>
+  <CharactersWithSpaces>4025</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Līga Dūrēja</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>