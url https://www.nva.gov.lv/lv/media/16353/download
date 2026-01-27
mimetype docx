--- v1 (2025-11-04)
+++ v2 (2026-01-27)
@@ -11,52 +11,50 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1155"/>
           <w:tab w:val="center" w:pos="4153"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00133E6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nodarbinātības valsts aģentūras</w:t>
       </w:r>
       <w:r w:rsidR="008115B6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Talsu</w:t>
       </w:r>
       <w:r w:rsidRPr="00962C80">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> filiāle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -123,50 +121,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00303CCA" w:rsidRDefault="00303CCA" w:rsidP="00410802">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14977" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -245,143 +253,61 @@
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00410802" w:rsidRPr="0054691F" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E29A2" w:rsidTr="004B7A79">
-[...74 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="009A156E" w:rsidP="008115B6">
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="008115B6">
             <w:r>
-              <w:t>08.10.</w:t>
-[...5 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>09.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00CB0448">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
@@ -404,62 +330,53 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="00E341A6" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="008115B6">
             <w:r>
-              <w:t>2</w:t>
-[...8 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>16.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -490,164 +407,144 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
+          <w:p w:rsidR="003132BA" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="003132BA">
             <w:r>
-              <w:t>0</w:t>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>16.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
-              <w:t>plkst.10.00</w:t>
+              <w:t>plkst.1</w:t>
+            </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74D32">
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB0448">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="008115B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932206">
-              <w:t xml:space="preserve">Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba </w:t>
-[...3 lines deleted...]
-              <w:t>meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E29A2" w:rsidRDefault="007E29A2" w:rsidP="007E29A2">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>attālināti</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="007E29A2" w:rsidP="007E29A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Zoom.us platformā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="009A156E" w:rsidP="008115B6">
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="008115B6">
             <w:r>
-              <w:t>07.11</w:t>
-[...8 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>30.01.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.1</w:t>
             </w:r>
             <w:r w:rsidR="007E29A2">
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00E74D32">
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
@@ -655,416 +552,166 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB0448">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="008115B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932206">
-              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+              <w:t xml:space="preserve">Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00932206">
+              <w:lastRenderedPageBreak/>
+              <w:t>NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="007E29A2" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="007E29A2" w:rsidP="008115B6">
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="008115B6">
             <w:r>
-              <w:t>2</w:t>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>13.02.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.1</w:t>
             </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>3</w:t>
+            </w:r>
             <w:r>
-              <w:t>0.00</w:t>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="008115B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB0448">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="008115B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932206">
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
-[...86 lines deleted...]
-          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
+          <w:p w:rsidR="003132BA" w:rsidRDefault="003132BA" w:rsidP="003132BA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>attālināti</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A156E" w:rsidRDefault="009A156E" w:rsidP="009A156E">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="003132BA" w:rsidP="003132BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Zoom.us platformā</w:t>
             </w:r>
-          </w:p>
-[...162 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802"/>
     <w:p w:rsidR="008115B6" w:rsidRPr="00657C61" w:rsidRDefault="008115B6" w:rsidP="008115B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00657C61">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Plašāku informāciju varat iegūt pie atbildīgā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1152,93 +799,93 @@
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="008115B6" w:rsidRPr="008115B6" w:rsidRDefault="008115B6" w:rsidP="008115B6">
       <w:pPr>
         <w:ind w:left="759"/>
       </w:pPr>
       <w:r w:rsidRPr="008115B6">
         <w:t>Vineta Irbe-T:</w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>24422752</w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vineta.Irbe@nva.gov.lv</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C6F96" w:rsidRDefault="00A6075C" w:rsidP="008115B6"/>
+    <w:p w:rsidR="006C6F96" w:rsidRDefault="001F18D5" w:rsidP="008115B6"/>
     <w:sectPr w:rsidR="006C6F96" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A6075C" w:rsidRDefault="00A6075C" w:rsidP="00410802">
+    <w:p w:rsidR="001F18D5" w:rsidRDefault="001F18D5" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A6075C" w:rsidRDefault="00A6075C" w:rsidP="00410802">
+    <w:p w:rsidR="001F18D5" w:rsidRDefault="001F18D5" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1251,58 +898,58 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A6075C" w:rsidRDefault="00A6075C" w:rsidP="00410802">
+    <w:p w:rsidR="001F18D5" w:rsidRDefault="001F18D5" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A6075C" w:rsidRDefault="00A6075C" w:rsidP="00410802">
+    <w:p w:rsidR="001F18D5" w:rsidRDefault="001F18D5" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DD43946"/>
     <w:lvl w:ilvl="0" w:tplc="08B43628">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
@@ -1442,87 +1089,86 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="00004B64"/>
     <w:rsid w:val="000862C0"/>
     <w:rsid w:val="000A6D37"/>
+    <w:rsid w:val="001F18D5"/>
     <w:rsid w:val="00303CCA"/>
+    <w:rsid w:val="003132BA"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="00685C74"/>
-    <w:rsid w:val="006D3775"/>
     <w:rsid w:val="007E29A2"/>
     <w:rsid w:val="008115B6"/>
-    <w:rsid w:val="009A156E"/>
     <w:rsid w:val="009B5DEA"/>
-    <w:rsid w:val="00A6075C"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00F15678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="46F8BFDB"/>
+  <w14:docId w14:val="34356BBC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2280,71 +1926,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1465</Characters>
+  <Pages>2</Pages>
+  <Words>1581</Words>
+  <Characters>902</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4025</CharactersWithSpaces>
+  <CharactersWithSpaces>2479</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Līga Dūrēja</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>