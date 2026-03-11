--- v2 (2026-01-27)
+++ v3 (2026-03-11)
@@ -261,53 +261,56 @@
           </w:tcPr>
           <w:p w:rsidR="00410802" w:rsidRPr="0054691F" w:rsidRDefault="00410802" w:rsidP="004B7A79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="008115B6">
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="00584FD6" w:rsidP="008115B6">
             <w:r>
-              <w:t>09.01.2026</w:t>
+              <w:t>06.02.</w:t>
+            </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00CB0448">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
@@ -332,128 +335,163 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="00E341A6" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="008115B6">
             <w:r>
-              <w:t>16.01.2026</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00584FD6">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00584FD6">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
-              <w:t>plkst.10.00</w:t>
+              <w:t>plkst.</w:t>
+            </w:r>
+            <w:r w:rsidR="00584FD6">
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E74D32">
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB0448">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="008115B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932206">
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="00303CCA">
+          <w:p w:rsidR="00584FD6" w:rsidRDefault="00584FD6" w:rsidP="00584FD6">
             <w:pPr>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>attālināti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00584FD6" w:rsidP="00584FD6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
+              <w:t>Zoom.us platformā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003132BA" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="003132BA">
+          <w:p w:rsidR="003132BA" w:rsidRPr="00E74D32" w:rsidRDefault="00584FD6" w:rsidP="003132BA">
             <w:r>
-              <w:t>16.01.2026</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.1</w:t>
             </w:r>
             <w:r w:rsidR="003132BA">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E74D32">
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
@@ -469,82 +507,83 @@
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="008115B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932206">
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E29A2" w:rsidRDefault="007E29A2" w:rsidP="007E29A2">
+          <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00584FD6" w:rsidP="007E29A2">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>attālināti</w:t>
-[...10 lines deleted...]
-              <w:t>Zoom.us platformā</w:t>
+              <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="008115B6">
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="00584FD6" w:rsidP="008115B6">
             <w:r>
-              <w:t>30.01.2026</w:t>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.1</w:t>
             </w:r>
             <w:r w:rsidR="007E29A2">
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00E74D32">
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
@@ -586,53 +625,62 @@
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="007E29A2" w:rsidP="00303CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008115B6" w:rsidTr="004B7A79">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="003132BA" w:rsidP="008115B6">
+          <w:p w:rsidR="008115B6" w:rsidRPr="00E74D32" w:rsidRDefault="00584FD6" w:rsidP="008115B6">
             <w:r>
-              <w:t>13.02.2026</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003132BA">
+              <w:t>.2026</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="008115B6" w:rsidP="008115B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E74D32">
               <w:t>plkst.1</w:t>
             </w:r>
             <w:r w:rsidR="003132BA">
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
@@ -648,67 +696,59 @@
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00303CCA" w:rsidP="008115B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932206">
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003132BA" w:rsidRDefault="003132BA" w:rsidP="003132BA">
+          <w:p w:rsidR="008115B6" w:rsidRPr="0054691F" w:rsidRDefault="00584FD6" w:rsidP="003132BA">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>attālināti</w:t>
-[...10 lines deleted...]
-              <w:t>Zoom.us platformā</w:t>
+              <w:t>Krišjāņa Valdemāra iela 2a, Talsi</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00410802" w:rsidRPr="00E341A6" w:rsidRDefault="00410802" w:rsidP="00410802"/>
     <w:p w:rsidR="008115B6" w:rsidRPr="00657C61" w:rsidRDefault="008115B6" w:rsidP="008115B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00657C61">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Plašāku informāciju varat iegūt pie atbildīgā</w:t>
       </w:r>
@@ -799,51 +839,51 @@
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="008115B6" w:rsidRPr="008115B6" w:rsidRDefault="008115B6" w:rsidP="008115B6">
       <w:pPr>
         <w:ind w:left="759"/>
       </w:pPr>
       <w:r w:rsidRPr="008115B6">
         <w:t>Vineta Irbe-T:</w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>24422752</w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008115B6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vineta.Irbe@nva.gov.lv</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C6F96" w:rsidRDefault="001F18D5" w:rsidP="008115B6"/>
+    <w:p w:rsidR="006C6F96" w:rsidRDefault="00E9705B" w:rsidP="008115B6"/>
     <w:sectPr w:rsidR="006C6F96" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="001F18D5" w:rsidRDefault="001F18D5" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="001F18D5" w:rsidRDefault="001F18D5" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -1093,82 +1133,83 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="00004B64"/>
     <w:rsid w:val="000862C0"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="001F18D5"/>
     <w:rsid w:val="00303CCA"/>
     <w:rsid w:val="003132BA"/>
     <w:rsid w:val="00410802"/>
+    <w:rsid w:val="00584FD6"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="007E29A2"/>
     <w:rsid w:val="008115B6"/>
     <w:rsid w:val="009B5DEA"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00F15678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="34356BBC"/>
+  <w14:docId w14:val="7E4589A0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1927,70 +1968,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1581</Words>
-  <Characters>902</Characters>
+  <Words>1584</Words>
+  <Characters>904</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2479</CharactersWithSpaces>
+  <CharactersWithSpaces>2484</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Līga Dūrēja</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>