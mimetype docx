--- v0 (2025-10-07)
+++ v1 (2026-01-27)
@@ -18,191 +18,189 @@
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="006F462E" w:rsidRPr="00806FB4" w:rsidRDefault="00545BB1" w:rsidP="00410089">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B21EFF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Informatīvās dienas</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14977" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2300"/>
         <w:gridCol w:w="3136"/>
         <w:gridCol w:w="7088"/>
         <w:gridCol w:w="2453"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F93559" w:rsidRPr="006F462E" w:rsidTr="00184696">
+      <w:tr w:rsidR="00283551" w:rsidRPr="006F462E" w:rsidTr="00184696">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F93559" w:rsidRPr="00074454" w:rsidRDefault="00F93559" w:rsidP="00184696">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F93559" w:rsidRDefault="00F93559" w:rsidP="00184696"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3136" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F93559" w:rsidRPr="00C051B2" w:rsidRDefault="00F93559" w:rsidP="00184696"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93559" w:rsidRPr="00F93559" w:rsidRDefault="00806FB4" w:rsidP="00184696">
+          <w:p w:rsidR="00F93559" w:rsidRPr="00F93559" w:rsidRDefault="00283551" w:rsidP="00184696">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Oktobris</w:t>
+              <w:t>Februāris</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2453" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F93559" w:rsidRPr="006F462E" w:rsidRDefault="00F93559" w:rsidP="00184696">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93559" w:rsidRPr="00E70867" w:rsidTr="00184696">
+      <w:tr w:rsidR="00283551" w:rsidRPr="00E70867" w:rsidTr="00184696">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F93559" w:rsidRDefault="00F93559" w:rsidP="00184696">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F93559" w:rsidRDefault="00410089" w:rsidP="00184696">
+          <w:p w:rsidR="00F93559" w:rsidRDefault="00283551" w:rsidP="00184696">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>09.10</w:t>
+              <w:t>12.02.2026</w:t>
             </w:r>
             <w:r w:rsidR="00F93559" w:rsidRPr="00396DD7">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>.2025.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005859DE" w:rsidRPr="00396DD7" w:rsidRDefault="005859DE" w:rsidP="00184696">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F93559" w:rsidRDefault="00F93559" w:rsidP="00184696">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE06CE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst. 10:00- 11:00</w:t>
@@ -303,186 +301,168 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Mazā zāle (2</w:t>
             </w:r>
             <w:r w:rsidR="00F04318">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> stāvs) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00396DD7" w:rsidRPr="006F462E" w:rsidTr="004D0F5D">
+      <w:tr w:rsidR="00283551" w:rsidRPr="006F462E" w:rsidTr="004D0F5D">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00396DD7" w:rsidRPr="00074454" w:rsidRDefault="00396DD7" w:rsidP="004D0F5D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00396DD7" w:rsidRDefault="00396DD7" w:rsidP="004D0F5D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3136" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00396DD7" w:rsidRPr="00C051B2" w:rsidRDefault="00396DD7" w:rsidP="004D0F5D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00396DD7" w:rsidRPr="00F93559" w:rsidRDefault="00806FB4" w:rsidP="004D0F5D">
+          <w:p w:rsidR="00396DD7" w:rsidRPr="00F93559" w:rsidRDefault="00283551" w:rsidP="004D0F5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Novembris</w:t>
+              <w:t xml:space="preserve">Marts </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2453" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00396DD7" w:rsidRDefault="00396DD7" w:rsidP="004D0F5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00396DD7" w:rsidRPr="006F462E" w:rsidRDefault="00396DD7" w:rsidP="004D0F5D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00396DD7" w:rsidRPr="00E70867" w:rsidTr="004D0F5D">
+      <w:tr w:rsidR="00283551" w:rsidRPr="00E70867" w:rsidTr="004D0F5D">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00396DD7" w:rsidRDefault="00396DD7" w:rsidP="004D0F5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00396DD7" w:rsidRDefault="007D1081" w:rsidP="004D0F5D">
+          <w:p w:rsidR="00396DD7" w:rsidRDefault="00283551" w:rsidP="004D0F5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00410089">
+              <w:t>12.03.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00396DD7" w:rsidRPr="00396DD7">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3.11</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>2025.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005859DE" w:rsidRPr="00396DD7" w:rsidRDefault="005859DE" w:rsidP="004D0F5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00396DD7" w:rsidRDefault="00396DD7" w:rsidP="004D0F5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE06CE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst. 10:00- 11:00</w:t>
@@ -573,178 +553,160 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Mazā zāle (2</w:t>
             </w:r>
             <w:r w:rsidR="00F04318">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> stāvs) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806FB4" w:rsidRPr="006F462E" w:rsidTr="00044175">
+      <w:tr w:rsidR="00283551" w:rsidRPr="006F462E" w:rsidTr="00044175">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00806FB4" w:rsidRPr="00074454" w:rsidRDefault="00806FB4" w:rsidP="00044175">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00806FB4" w:rsidRDefault="00806FB4" w:rsidP="00044175"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3136" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00806FB4" w:rsidRPr="00C051B2" w:rsidRDefault="00806FB4" w:rsidP="00044175"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00806FB4" w:rsidRPr="00F93559" w:rsidRDefault="00806FB4" w:rsidP="00044175">
+          <w:p w:rsidR="00806FB4" w:rsidRPr="00F93559" w:rsidRDefault="00283551" w:rsidP="00044175">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Decembris</w:t>
+              <w:t>Aprīlis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2453" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00806FB4" w:rsidRPr="006F462E" w:rsidRDefault="00806FB4" w:rsidP="00044175">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806FB4" w:rsidRPr="007D1081" w:rsidTr="00044175">
+      <w:tr w:rsidR="00283551" w:rsidRPr="007D1081" w:rsidTr="00044175">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00806FB4" w:rsidRDefault="00806FB4" w:rsidP="00044175">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00806FB4" w:rsidRDefault="00806FB4" w:rsidP="00044175">
+          <w:p w:rsidR="00806FB4" w:rsidRDefault="00283551" w:rsidP="00044175">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>11.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00410089">
+              <w:t>16.04.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00806FB4" w:rsidRPr="00396DD7">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>2025.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00806FB4" w:rsidRPr="00396DD7" w:rsidRDefault="00806FB4" w:rsidP="00044175">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00806FB4" w:rsidRDefault="00806FB4" w:rsidP="00044175">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE06CE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst. 10:00- 11:00</w:t>
@@ -1008,50 +970,52 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Gorsvāne</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Ābele, mob. tālr. 26191569</w:t>
       </w:r>
       <w:r w:rsidR="007D1081">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="007D1081">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D1081">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D1081">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
@@ -1086,78 +1050,78 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Santa Hemminga, mob. tālr. 25685251</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00181DF5" w:rsidRPr="00F04318" w:rsidSect="00806FB4">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1418" w:right="1440" w:bottom="142" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00454A2C" w:rsidRDefault="00454A2C" w:rsidP="00DA461A">
+    <w:p w:rsidR="002D56FF" w:rsidRDefault="002D56FF" w:rsidP="00DA461A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00454A2C" w:rsidRDefault="00454A2C" w:rsidP="00DA461A">
+    <w:p w:rsidR="002D56FF" w:rsidRDefault="002D56FF" w:rsidP="00DA461A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1189,58 +1153,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00806FB4" w:rsidRDefault="00806FB4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00806FB4" w:rsidRDefault="00806FB4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00454A2C" w:rsidRDefault="00454A2C" w:rsidP="00DA461A">
+    <w:p w:rsidR="002D56FF" w:rsidRDefault="002D56FF" w:rsidP="00DA461A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00454A2C" w:rsidRDefault="00454A2C" w:rsidP="00DA461A">
+    <w:p w:rsidR="002D56FF" w:rsidRDefault="002D56FF" w:rsidP="00DA461A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00806FB4" w:rsidRDefault="00806FB4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DA461A" w:rsidRPr="00806FB4" w:rsidRDefault="00DA461A" w:rsidP="00DA461A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1155"/>
         <w:tab w:val="center" w:pos="4153"/>
@@ -1485,85 +1449,87 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="87"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00937362"/>
     <w:rsid w:val="00074454"/>
     <w:rsid w:val="00091354"/>
     <w:rsid w:val="000B3B94"/>
     <w:rsid w:val="000F05F9"/>
     <w:rsid w:val="00112731"/>
     <w:rsid w:val="001131EA"/>
     <w:rsid w:val="00176871"/>
     <w:rsid w:val="001804B2"/>
     <w:rsid w:val="00181DF5"/>
     <w:rsid w:val="001904EC"/>
     <w:rsid w:val="0026505F"/>
+    <w:rsid w:val="00283551"/>
     <w:rsid w:val="002C2ED3"/>
     <w:rsid w:val="002D2E44"/>
+    <w:rsid w:val="002D56FF"/>
     <w:rsid w:val="00340168"/>
     <w:rsid w:val="0037491F"/>
     <w:rsid w:val="00396DD7"/>
     <w:rsid w:val="003C3E4F"/>
     <w:rsid w:val="00405A0E"/>
     <w:rsid w:val="00410089"/>
     <w:rsid w:val="004304F7"/>
     <w:rsid w:val="00454A2C"/>
     <w:rsid w:val="004E2285"/>
     <w:rsid w:val="00545BB1"/>
     <w:rsid w:val="005644EC"/>
     <w:rsid w:val="005761B5"/>
     <w:rsid w:val="005859DE"/>
     <w:rsid w:val="005D2DF1"/>
     <w:rsid w:val="006E7B1B"/>
     <w:rsid w:val="006F462E"/>
     <w:rsid w:val="00740D5D"/>
     <w:rsid w:val="007B1CA2"/>
     <w:rsid w:val="007D1081"/>
     <w:rsid w:val="00806FB4"/>
     <w:rsid w:val="008668B3"/>
     <w:rsid w:val="008D0336"/>
     <w:rsid w:val="00937362"/>
     <w:rsid w:val="009B7116"/>
     <w:rsid w:val="00A1354E"/>
@@ -1607,51 +1573,51 @@
     <w:rsid w:val="00FE5D82"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2829AFB6"/>
+  <w14:docId w14:val="124121C9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE5BE7FE-0445-464E-96DF-CC91BE141D34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2478,70 +2444,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>984</Words>
-  <Characters>562</Characters>
+  <Words>982</Words>
+  <Characters>560</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1543</CharactersWithSpaces>
+  <CharactersWithSpaces>1539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Saulcerite Briede</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>