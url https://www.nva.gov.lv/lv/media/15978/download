--- v0 (2025-10-07)
+++ v1 (2025-11-04)
@@ -247,67 +247,73 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidTr="00A90E7C">
         <w:trPr>
           <w:trHeight w:val="1464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005A3306" w:rsidRDefault="00604819" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
+            <w:r w:rsidR="00087861">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3306">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r w:rsidR="004006B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>7</w:t>
-[...11 lines deleted...]
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00087861">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">.2025. </w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00-1</w:t>
             </w:r>
@@ -323,67 +329,73 @@
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRPr="006A1E5D" w:rsidRDefault="00D73343" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="00087861">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r w:rsidR="004006B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
-[...9 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidR="00087861">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2025.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10.00-11.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
@@ -470,58 +482,58 @@
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0014429D" w:rsidRDefault="0014429D" w:rsidP="00410802">
+    <w:p w:rsidR="00503D37" w:rsidRDefault="00503D37" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0014429D" w:rsidRDefault="0014429D" w:rsidP="00410802">
+    <w:p w:rsidR="00503D37" w:rsidRDefault="00503D37" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -564,58 +576,58 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0014429D" w:rsidRDefault="0014429D" w:rsidP="00410802">
+    <w:p w:rsidR="00503D37" w:rsidRDefault="00503D37" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0014429D" w:rsidRDefault="0014429D" w:rsidP="00410802">
+    <w:p w:rsidR="00503D37" w:rsidRDefault="00503D37" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE8287D2"/>
     <w:lvl w:ilvl="0" w:tplc="F23EFE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
@@ -753,92 +765,94 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
+    <w:rsid w:val="00087861"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="0014429D"/>
     <w:rsid w:val="001C1683"/>
     <w:rsid w:val="004006B1"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="004F4B37"/>
+    <w:rsid w:val="00503D37"/>
     <w:rsid w:val="005A3306"/>
     <w:rsid w:val="00604819"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="006F7073"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00B52B1F"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00D5704F"/>
     <w:rsid w:val="00D73343"/>
     <w:rsid w:val="00EB3C01"/>
     <w:rsid w:val="00FD0740"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A7B2A5B"/>
+  <w14:docId w14:val="78126FA4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>