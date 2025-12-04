--- v1 (2025-11-04)
+++ v2 (2025-12-04)
@@ -247,158 +247,150 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidTr="00A90E7C">
         <w:trPr>
           <w:trHeight w:val="1464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005A3306" w:rsidRDefault="00604819" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00087861">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="009C0FFD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="004006B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00087861">
-[...3 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="009C0FFD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">.2025. </w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00-1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005A3306" w:rsidRPr="006A1E5D" w:rsidRDefault="00D73343" w:rsidP="00A90E7C">
+          <w:p w:rsidR="005A3306" w:rsidRPr="006A1E5D" w:rsidRDefault="009C0FFD" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="004006B1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00087861">
-[...24 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2025.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10.00-11.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
@@ -467,73 +459,75 @@
       <w:r w:rsidRPr="00823EF8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">tālr. </w:t>
       </w:r>
       <w:r w:rsidRPr="00823EF8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>25685286</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00503D37" w:rsidRDefault="00503D37" w:rsidP="00410802">
+    <w:p w:rsidR="00192E31" w:rsidRDefault="00192E31" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00503D37" w:rsidRDefault="00503D37" w:rsidP="00410802">
+    <w:p w:rsidR="00192E31" w:rsidRDefault="00192E31" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -576,58 +570,58 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00503D37" w:rsidRDefault="00503D37" w:rsidP="00410802">
+    <w:p w:rsidR="00192E31" w:rsidRDefault="00192E31" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00503D37" w:rsidRDefault="00503D37" w:rsidP="00410802">
+    <w:p w:rsidR="00192E31" w:rsidRDefault="00192E31" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE8287D2"/>
     <w:lvl w:ilvl="0" w:tplc="F23EFE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
@@ -768,91 +762,93 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="00087861"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="0014429D"/>
+    <w:rsid w:val="00192E31"/>
     <w:rsid w:val="001C1683"/>
     <w:rsid w:val="004006B1"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="004F4B37"/>
     <w:rsid w:val="00503D37"/>
     <w:rsid w:val="005A3306"/>
     <w:rsid w:val="00604819"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="006F7073"/>
+    <w:rsid w:val="009C0FFD"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00B52B1F"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00D5704F"/>
     <w:rsid w:val="00D73343"/>
     <w:rsid w:val="00EB3C01"/>
     <w:rsid w:val="00FD0740"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="78126FA4"/>
+  <w14:docId w14:val="16AAE4D5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>