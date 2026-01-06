--- v2 (2025-12-04)
+++ v3 (2026-01-06)
@@ -234,168 +234,174 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C051B2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidTr="00A90E7C">
         <w:trPr>
           <w:trHeight w:val="1464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3306" w:rsidRDefault="00604819" w:rsidP="00A90E7C">
+          <w:p w:rsidR="005A3306" w:rsidRDefault="002F4791" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>0</w:t>
-[...5 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="004006B1">
-[...9 lines deleted...]
-              <w:t>2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>01</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">.2025. </w:t>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3306">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00-1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005A3306" w:rsidRPr="006A1E5D" w:rsidRDefault="009C0FFD" w:rsidP="00A90E7C">
+          <w:p w:rsidR="005A3306" w:rsidRPr="006A1E5D" w:rsidRDefault="002F4791" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>28</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="004006B1">
-[...4 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>01</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>.2025.</w:t>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10.00-11.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
@@ -476,58 +482,58 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00192E31" w:rsidRDefault="00192E31" w:rsidP="00410802">
+    <w:p w:rsidR="002E174A" w:rsidRDefault="002E174A" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00192E31" w:rsidRDefault="00192E31" w:rsidP="00410802">
+    <w:p w:rsidR="002E174A" w:rsidRDefault="002E174A" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -570,58 +576,58 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00192E31" w:rsidRDefault="00192E31" w:rsidP="00410802">
+    <w:p w:rsidR="002E174A" w:rsidRDefault="002E174A" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00192E31" w:rsidRDefault="00192E31" w:rsidP="00410802">
+    <w:p w:rsidR="002E174A" w:rsidRDefault="002E174A" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE8287D2"/>
     <w:lvl w:ilvl="0" w:tplc="F23EFE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
@@ -764,91 +770,93 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="00087861"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="0014429D"/>
     <w:rsid w:val="00192E31"/>
     <w:rsid w:val="001C1683"/>
+    <w:rsid w:val="002E174A"/>
+    <w:rsid w:val="002F4791"/>
     <w:rsid w:val="004006B1"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="004F4B37"/>
     <w:rsid w:val="00503D37"/>
     <w:rsid w:val="005A3306"/>
     <w:rsid w:val="00604819"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="006F7073"/>
     <w:rsid w:val="009C0FFD"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00B52B1F"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00D5704F"/>
     <w:rsid w:val="00D73343"/>
     <w:rsid w:val="00EB3C01"/>
     <w:rsid w:val="00FD0740"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="16AAE4D5"/>
+  <w14:docId w14:val="40B418F9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>