--- v3 (2026-01-06)
+++ v4 (2026-01-27)
@@ -245,63 +245,75 @@
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidTr="00A90E7C">
         <w:trPr>
           <w:trHeight w:val="1464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005A3306" w:rsidRDefault="002F4791" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F41AED">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>01</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00F41AED">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -327,64 +339,78 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRPr="006A1E5D" w:rsidRDefault="002F4791" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F41AED">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>01</w:t>
-            </w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00F41AED">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006A1E5D">
               <w:rPr>
@@ -465,95 +491,93 @@
       <w:r w:rsidRPr="00823EF8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">tālr. </w:t>
       </w:r>
       <w:r w:rsidRPr="00823EF8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>25685286</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002E174A" w:rsidRDefault="002E174A" w:rsidP="00410802">
+    <w:p w:rsidR="007776BE" w:rsidRDefault="007776BE" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002E174A" w:rsidRDefault="002E174A" w:rsidP="00410802">
+    <w:p w:rsidR="007776BE" w:rsidRDefault="007776BE" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -576,58 +600,58 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002E174A" w:rsidRDefault="002E174A" w:rsidP="00410802">
+    <w:p w:rsidR="007776BE" w:rsidRDefault="007776BE" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002E174A" w:rsidRDefault="002E174A" w:rsidP="00410802">
+    <w:p w:rsidR="007776BE" w:rsidRDefault="007776BE" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE8287D2"/>
     <w:lvl w:ilvl="0" w:tplc="F23EFE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
@@ -780,83 +804,85 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="00087861"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="0014429D"/>
     <w:rsid w:val="00192E31"/>
     <w:rsid w:val="001C1683"/>
     <w:rsid w:val="002E174A"/>
     <w:rsid w:val="002F4791"/>
     <w:rsid w:val="004006B1"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="004F4B37"/>
     <w:rsid w:val="00503D37"/>
     <w:rsid w:val="005A3306"/>
     <w:rsid w:val="00604819"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="006F7073"/>
+    <w:rsid w:val="007776BE"/>
     <w:rsid w:val="009C0FFD"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00B52B1F"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00D5704F"/>
     <w:rsid w:val="00D73343"/>
     <w:rsid w:val="00EB3C01"/>
+    <w:rsid w:val="00F41AED"/>
     <w:rsid w:val="00FD0740"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="40B418F9"/>
+  <w14:docId w14:val="35F16335"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>