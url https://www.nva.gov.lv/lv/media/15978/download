--- v4 (2026-01-27)
+++ v5 (2026-03-11)
@@ -247,73 +247,73 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidTr="00A90E7C">
         <w:trPr>
           <w:trHeight w:val="1464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="005A3306" w:rsidRDefault="002F4791" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00F41AED">
-[...3 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00CA5C68">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00F41AED">
-[...3 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00CA5C68">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -328,96 +328,90 @@
                 <w:b/>
               </w:rPr>
               <w:t>:00-1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="00AD1800">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005A3306" w:rsidRPr="006A1E5D" w:rsidRDefault="002F4791" w:rsidP="00A90E7C">
+          <w:p w:rsidR="005A3306" w:rsidRPr="006A1E5D" w:rsidRDefault="00CA5C68" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>31</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:r w:rsidR="002F4791">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>0</w:t>
-[...5 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="002F4791">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="005A3306" w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005A3306" w:rsidRPr="00C051B2" w:rsidRDefault="005A3306" w:rsidP="00A90E7C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006A1E5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10.00-11.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -506,58 +500,58 @@
     </w:p>
     <w:p w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidRDefault="00410802" w:rsidP="00410802">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00410802" w:rsidRPr="00B66C49" w:rsidSect="00410802">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007776BE" w:rsidRDefault="007776BE" w:rsidP="00410802">
+    <w:p w:rsidR="00A91917" w:rsidRDefault="00A91917" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007776BE" w:rsidRDefault="007776BE" w:rsidP="00410802">
+    <w:p w:rsidR="00A91917" w:rsidRDefault="00A91917" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -600,58 +594,58 @@
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00410802" w:rsidRDefault="00410802" w:rsidP="00410802">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007776BE" w:rsidRDefault="007776BE" w:rsidP="00410802">
+    <w:p w:rsidR="00A91917" w:rsidRDefault="00A91917" w:rsidP="00410802">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007776BE" w:rsidRDefault="007776BE" w:rsidP="00410802">
+    <w:p w:rsidR="00A91917" w:rsidRDefault="00A91917" w:rsidP="00410802">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE8287D2"/>
     <w:lvl w:ilvl="0" w:tplc="F23EFE56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="759"/>
         </w:tabs>
         <w:ind w:left="759" w:hanging="360"/>
       </w:pPr>
@@ -806,83 +800,85 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00410802"/>
     <w:rsid w:val="00087861"/>
     <w:rsid w:val="000A6D37"/>
     <w:rsid w:val="0014429D"/>
     <w:rsid w:val="00192E31"/>
     <w:rsid w:val="001C1683"/>
     <w:rsid w:val="002E174A"/>
     <w:rsid w:val="002F4791"/>
     <w:rsid w:val="004006B1"/>
     <w:rsid w:val="00410802"/>
     <w:rsid w:val="004F4B37"/>
     <w:rsid w:val="00503D37"/>
     <w:rsid w:val="005A3306"/>
     <w:rsid w:val="00604819"/>
     <w:rsid w:val="00685C74"/>
     <w:rsid w:val="006F7073"/>
     <w:rsid w:val="007776BE"/>
     <w:rsid w:val="009C0FFD"/>
+    <w:rsid w:val="00A91917"/>
     <w:rsid w:val="00B37444"/>
     <w:rsid w:val="00B52B1F"/>
+    <w:rsid w:val="00CA5C68"/>
     <w:rsid w:val="00D313C2"/>
     <w:rsid w:val="00D5704F"/>
     <w:rsid w:val="00D73343"/>
     <w:rsid w:val="00EB3C01"/>
     <w:rsid w:val="00F41AED"/>
     <w:rsid w:val="00FD0740"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="35F16335"/>
+  <w14:docId w14:val="55928FFD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E30A8D89-5289-49FA-A40D-044C5A644A17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>