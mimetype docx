--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,5438 +1,5549 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item5.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="008F5F1C" w:rsidRPr="00812B8C" w:rsidRDefault="006D2E4E" w:rsidP="00B276F5">
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3680A301" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk42952435"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk41554098"/>
       <w:bookmarkStart w:id="2" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...6 lines deleted...]
-          <w:kern w:val="0"/>
+        <w:t>1. pielikums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="7FFA23B8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pielikums</w:t>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Nodarbinātības valsts aģentūras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3A393930" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
-[...11 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00154E8A">
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>04.11.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000A5289">
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rīkojumam Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="005A4C01" w:rsidRDefault="006D2E4E" w:rsidP="007202AD">
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1.1-1/264</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="4053BD48" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007202AD">
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Nodarbinātības valsts aģentūras</w:t>
       </w:r>
-      <w:r w:rsidRPr="007202AD">
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> organizēt</w:t>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="009E2675">
+        <w:t xml:space="preserve"> organizēto apmācību pasākumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>īstenotāju izvēles pastāvīg</w:t>
-[...43 lines deleted...]
-    <w:p w:rsidR="00DD62D6" w:rsidRPr="00124FA6" w:rsidRDefault="006D2E4E" w:rsidP="007202AD">
+        <w:t>īstenotāju izvēles pastāvīgo komisiju nolikums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="67913AA3" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="right" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...17 lines deleted...]
-    <w:p w:rsidR="00047E03" w:rsidRPr="00781659" w:rsidRDefault="006D2E4E" w:rsidP="009931B0">
+        <w:t>I. Vispārīgie noteikumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="498363FE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...125 lines deleted...]
-    <w:p w:rsidR="00047E03" w:rsidRPr="004F4831" w:rsidRDefault="006D2E4E" w:rsidP="004F4831">
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nodarbinātības valsts aģentūras (turpmāk – Aģentūra) organizētās profesionālās apmācības, modulārās profesionālās tālākizglītības moduļu vai moduļu kopu, neformālās izglītības ieguves, augstākās izglītības iestādes studiju moduļa vai studiju kursu un transportlīdzekļu un traktortehnikas vadītāju apmācības (turpmāk – Pasākumi) īstenotāju izvēli veic ar Aģentūras rīkojumu noteiktas komisijas (turpmāk – Komisija).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="509FECE0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00781659">
-[...26 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisija veic Pasākumu īstenotāju − izglītības iestāžu, komersantu un apmācību veicēju (turpmāk − Izglītības iestāde) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izvēli atbilstoši</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A0CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00781659">
-[...42 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="003A0CF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2011. gada 25. janvāra noteikum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A0CF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” (turpmāk – MK noteikumi Nr. 75)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šī nolikuma II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00781659">
-[...96 lines deleted...]
-    <w:p w:rsidR="00CB2FDD" w:rsidRPr="00781659" w:rsidRDefault="006D2E4E" w:rsidP="004F4831">
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un IV. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sadaļā noteiktajam un atbilstošā Pasākuma apmācības īstenotāju izvēles kārtības prasībām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="224F32E8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="5360A67A" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>II. Komisijas struktūra un darba organizācija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3DDF7900" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="4131D74E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00047E03" w:rsidRPr="00781659" w:rsidRDefault="006D2E4E" w:rsidP="009931B0">
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas locekļi ir valsts amatpersonas un darbojas, ievērojot likumā „Par interešu konflikta novēršanu valsts amatpersonu darbībā” noteikto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="301DB12A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00391235" w:rsidRPr="00781659" w:rsidRDefault="006D2E4E" w:rsidP="009931B0">
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisijas darbu vada Komisijas priekšsēdētājs. Komisijas priekšsēdētāja prombūtnes laikā Komisijas priekšsēdētāja pienākumus pilda Komisijas priekšsēdētāja vietnieks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="7E226C53" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00391235" w:rsidRPr="00781659" w:rsidRDefault="006D2E4E" w:rsidP="009931B0">
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas sēdes protokolētājs ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1149A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Nodarbinātības pasākumu departamenta AF projekta "Prasmju pilnveide pieaugušajiem"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vecākais eksperts, kurš vienlaikus ir Komisijas loceklis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="09A2A4B7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00391235" w:rsidRPr="00781659" w:rsidRDefault="006D2E4E" w:rsidP="009931B0">
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisija ir lemttiesīga, ja tās sēdē piedalās ne mazāk kā trīs Komisijas locekļi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un, ja tajā piedalās Komisijas priekšsēdētājs vai tā vietnieks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3F95BDFF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00781659">
-[...32 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisija organizē Pasākumu īstenotāju izvēli, organizējot izsludinājumus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>lai nodrošinātu Pasākumu īstenošanu atbilstoši</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="6EA6BE58" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ekonomikas ministrijas komisijas noteiktajam mācību piedāvājumam (turpmāk – Profesiju un Programmu saraksts);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="0DE12697" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>darba devēja vai darba devēju organizācijas pieprasījumam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="002371E3" w:rsidP="002E0BAF" w14:paraId="119222A2" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>bezdarbnieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE61A1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00047E03" w:rsidRPr="006D1E54" w:rsidRDefault="006D2E4E" w:rsidP="0038632A">
+      <w:r>
+        <w:t>meklētāja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE61A1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai bezdarba riskam pakļautas personas (turpmāk – klients)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pieprasījumam</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ja</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE61A1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izvēlētajā administratīvajā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>teritorijā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nav</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE61A1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>attiecīga piedāvājuma</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00EE61A1" w:rsidP="002E0BAF" w14:paraId="2E476809" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="046EEA2E" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pasākumu īstenotāju izvēles process </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="2E1A9013" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="007B7CFC" w:rsidP="002E0BAF" w14:paraId="4C15E691" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
-[...14 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Komisijas</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00781659">
-[...62 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t>priekšsēdētājs</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sasauc</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Komisijas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sēdi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, lai lemtu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>izsludinājuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>publicēšanu</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="007B7CFC" w:rsidP="002E0BAF" w14:paraId="7F3B3551" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>vēlāk</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>kā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>desmit</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dienu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>laikā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pēc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Profesiju</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Programmu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>saraksta</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>izmaiņu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>apstiprināšanas</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="007B7CFC" w:rsidP="002E0BAF" w14:paraId="1D79732B" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne vēlāk kā </w:t>
+      </w:r>
+      <w:r>
+        <w:t>piecu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dienu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>laikā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pēc</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve">DVS Lietvaris </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>reģistrēta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darba devēja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E355F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>vai darba devēju organizācijas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieprasījuma</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, ja šajā pieprasījumā nav norādīts konkrēts Pasākuma īstenotājs</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00625BDF">
-[...293 lines deleted...]
-    <w:p w:rsidR="00781659" w:rsidRDefault="006D2E4E" w:rsidP="009931B0">
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="5743ED25" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00781659">
-[...61 lines deleted...]
-    <w:p w:rsidR="008F5F1C" w:rsidRPr="008F5F1C" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisija lemjot par izsludinājuma publicēšanu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisijas sēdē:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="63ED8AF1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...1 lines deleted...]
-        <w:ind w:left="766" w:hanging="482"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F5F1C">
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>lai nodrošinātu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9179A" w:rsidRPr="00F9179A">
+        <w:t xml:space="preserve"> nosaka izsludinājuma priekšmetu – izglītības programmas, t.sk. apmācību kuponu vērtības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, izmantojot KRG 4.2.14.2. “Apmācība ar kupona metodi” vai 4.2.14.3 Bezdarba riskam pakļauto personu apmācība ar kuponu metodi (Mūžizglītība) procesa atbilstošo pielikumu;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F9179A" w:rsidRPr="008F5F1C">
-[...85 lines deleted...]
-    <w:p w:rsidR="006053FA" w:rsidRPr="008F5F1C" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="2AF82BF9" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...1 lines deleted...]
-        <w:ind w:left="766" w:hanging="482"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F5F1C">
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šī nolikuma </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. apakšpunktā minētaj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gadījum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kad darba devējs vai darba devēju organizācija pieprasa Pasākumu organizēt izglītības programmā, kura nav iekļauta Profesiju un Programmu sarakstā, aprēķina pieprasītās izglītības programmas apmācības kupona vērtību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">lai nodrošinātu </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00436EE9" w:rsidRPr="008F5F1C">
+        <w:t xml:space="preserve">atbilstoši MK noteikumu Nr. 75 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pasākumu </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008F5F1C">
+        <w:t>, 43.1., 45., 46. un 46.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>īstenošanu atbilstoši darba devēja</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F82FB0" w:rsidRPr="008F5F1C">
+        <w:t xml:space="preserve"> punktā noteiktajam, atbilstoši Labklājības ministrijas apstiprinātajai vienības izmaksu metodikai “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika mācību un stipendijas izmaksām”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai darba devēju organizācijas</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008F5F1C">
+        <w:t>un atbilstoši Ministru kabineta 2007. gada 2. oktobra noteikumos Nr. 655 „Noteikumi par profesionālās izglītības programmu īstenošanas izmaksu minimumu uz vienu izglītojamo” noteiktiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pieprasījumam izglītības programmā, kas nav iekļauta </w:t>
-[...111 lines deleted...]
-    <w:p w:rsidR="00F9179A" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+        <w:t>izglītības tematiskās jomas, izglītības programmu grupas un izglītības programmu izmaksu minimāliem koeficientiem profesionālo apmācību programmu īstenošanā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="0DBBC2EE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...1 lines deleted...]
-        <w:ind w:left="766" w:hanging="482"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F6095">
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...80 lines deleted...]
-    <w:p w:rsidR="006053FA" w:rsidRPr="00611B48" w:rsidRDefault="006D2E4E">
+        <w:t>apstiprina tehniskā piedāvājuma veidlapu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="7731E545" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...1 lines deleted...]
-        <w:ind w:left="766" w:hanging="482"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...156 lines deleted...]
-    <w:p w:rsidR="007A54D6" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+        <w:t>nosaka pieteikuma iesniegšanas periodu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="50358CD7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...1 lines deleted...]
-        <w:ind w:left="766" w:hanging="482"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>aprēķin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ātās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apmācību kupona vērtību 9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. apakšpunktā minētaj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00407B8E">
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ne vēlāk kā </w:t>
-[...1227 lines deleted...]
-    <w:p w:rsidR="004B68BB" w:rsidRPr="00140359" w:rsidRDefault="006D2E4E" w:rsidP="004C01A3">
+        <w:t>saskaņo ar Aģentūras Finanšu vadības departamentu un saskaņojumu pievieno Komisijas sēdes protokolam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3168E8DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Nosūtot uzaicinājumu, tam pievieno:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008C06F9" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+        <w:t>Publicējot izsludinājumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, tam pievieno:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="20B9B762" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...1 lines deleted...]
-        <w:ind w:left="766" w:hanging="482"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Izglītības iestādes</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009572BB">
+        <w:t xml:space="preserve"> Izglītības iestādes apliecinājuma veidlapu, izmantojot KRG 4.2.14.2. “Apmācība ar kupona metodi” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai 4.2.14.3 Bezdarba riskam pakļauto personu apmācība ar kuponu metodi (Mūžizglītība) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...58 lines deleted...]
-    <w:p w:rsidR="00DE5BFB" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+        <w:t>procesa atbilstošo pielikumu – apmācību programmu Īstenošanas nosacījumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="0FBCE952" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...8 lines deleted...]
-      <w:r>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Izglītības iestādes</w:t>
-[...185 lines deleted...]
-    <w:p w:rsidR="009572BB" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+        <w:t xml:space="preserve"> Izglītības iestādes pieteikuma veidlapu, izmantojot KRG 4.2.14.2. “Apmācība ar kupona metodi” procesa 29. pielikumu “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pieteikums dalībai izsludinājumā”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="5D4FA38A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...20 lines deleted...]
-        <w:t>2.</w:t>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> KRG 4.2.14.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>“Apmācība ar kupona metodi” procesa 30. pielikumu “Vides pieejamības pašnovērtējuma anketa”, kas izstrādāta saskaņā ar Ministru kabineta 2019. gada 12. marta rīkojumu Nr. 113 “Par Plānu pieejamas vides veidošanai Latvijā 2019. - 2021. gadam” Izglītības iestādes norādītās apmācību īstenošanas vietas (ēkas) atbilstības vides pieejamībai personām ar invaliditāti novērtēšanai (piemērojams profesionālās apmācības īstenotāju izvēlei)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="5341BA2D" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>tehniskā piedāvājuma veidlapu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="1B903069" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>izglītības programmu, t.sk. apmācību kuponu vērtību sarakstu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="059DDA61" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atbilstošā Pasākuma apmācības īstenotāju izvēles kārtību</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009071D3">
-[...188 lines deleted...]
-      <w:r w:rsidR="00611B48">
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(Rīkojuma 2., 3., 4., 5., 6., 7., 8., 9., 10</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pielikums);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="13CF717D" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>informatīvo dokumentu “Aģentūras rekvizīti”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00B01314" w:rsidP="002E0BAF" w14:paraId="18418F5F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
-[...151 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas priekšsēdētājs vienas darba dienas laikā pēc 9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>puktā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minētās Komisijas sēdes, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00436EE9" w:rsidRPr="00A513E0">
-[...48 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, t.sk. 10. punktā uzskaitīto,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aģentūras Attīstības un analītikas departamenta Attīstības un stratēģiskās komunikācijas nodaļai publicēšanai Aģentūras mājaslapā un pārbaud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00436EE9" w:rsidRPr="00A513E0">
-[...160 lines deleted...]
-    <w:p w:rsidR="00833B4C" w:rsidRPr="00105922" w:rsidRDefault="006D2E4E" w:rsidP="009931B0">
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publicētās informācijas atbilstību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="2625E384" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009931B0">
-[...5 lines deleted...]
-      <w:r w:rsidR="00ED46A9" w:rsidRPr="009931B0">
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisijas priekšsēdētājs piecu darba dienu laikā pēc izsludinājumā noteiktā pieteikšanās perioda noslēguma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009931B0">
-[...89 lines deleted...]
-      <w:r w:rsidR="00CB2FDD" w:rsidRPr="009931B0">
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sasauc Komisijas sēdi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, lai atvērtu saņemtos pieteikumus un uzsāktu pieteikumu vērtēšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00047E03" w:rsidRPr="009A1C42" w:rsidRDefault="006D2E4E" w:rsidP="009A1C42">
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="1695F4AE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk52527239"/>
-[...109 lines deleted...]
-    <w:p w:rsidR="00C547F4" w:rsidRDefault="006D2E4E" w:rsidP="009931B0">
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisijas priekšsēdētājs iepazīstina Komisijas locekļus ar pretendentu sarakstu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="11D873C2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk55474945"/>
-[...19 lines deleted...]
-      <w:r w:rsidR="00407B8E" w:rsidRPr="009931B0">
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas priekšsēdētājs un Komisijas locekļi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pirms </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentu iesniegto pieteikumu vērtēšana</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
-[...73 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uzsākšanas paraksta apliecinājumu (turpmāk – Rīkojuma 11. pielikums) par interešu konflikta neesamību. Ja Komisijas loceklis ir personīgi ieinteresēts kāda no iesniegtajiem Pretendenta pieteikumiem izskatīšanā, viņš par to informē pārējos Komisijas locekļus, paraksta apliecinājumu (Rīkojuma 11. pielikuma II. variantu) un nepiedalās šī Pretendenta vērtēšanā. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas sēdes protokolā norāda par Komisijas locekļa nepiedalīšanos attiecīgā pretendenta izvēlē. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00287F52" w:rsidP="002E0BAF" w14:paraId="37DD83F6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vērtējot pieteikumu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Komisija konstatē, ka pieteikumā ietvertā vai pretendenta iesniegtā informācija vai dokuments ir neskaidrs vai nepilnīgs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1149A">
+        <w:rPr>
+          <w:strike/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir nepieciešama papildu informācija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, un </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>novēršāmais</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trūkums negroza piedāvājuma būtību,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Komisija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodrošinot vienlīdzīgu attieksmi pret visiem pretendentiem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 darba dienu laikā, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par to informē pretendentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, nosūtot vēstuli no DVS Lietvaris,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un pieprasa, lai pretendents izskaidro vai papildina minēto informāciju vai dokumentu, vai iesniedz trūkstošo dokumentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 darba dienu laikā no informācijas pieprasīšanas brīža. Ja vēstulē noteiktajā termiņā pretendents neiesniedz pieprasīto informāciju, pretendenta pieteikumu no dalības tālākā vērtēšanā izslēdz. Komisijai ir tiesības pieprasīt informāciju par pretendenta atbilstību no kompetentajām valsts institūcijām. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="481C4DD5" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009931B0">
-[...6 lines deleted...]
-    <w:p w:rsidR="005E4AA7" w:rsidRPr="008E18C1" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisija lēmumu pieņem, balstoties uz:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="00E2B994" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...135 lines deleted...]
-    <w:p w:rsidR="00306FD0" w:rsidRDefault="006D2E4E" w:rsidP="0075765D">
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta pieteikumā un tā pielikumos norādīto informāciju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="14F60409" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="00140359" w:rsidRPr="00140359" w:rsidRDefault="006D2E4E">
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>EIS e-izziņu apakšsistēmā (www.eis.gov.lv) reģistrēto informāciju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3D0599A0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00E27AC4" w:rsidRPr="00F36FA3" w:rsidRDefault="006D2E4E" w:rsidP="00E27AC4">
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>saraksti ar pretendentu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="1AE351A0" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iepriekšējo un esošo sadarbību ar pretendentu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="1DBF35A7" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>informāciju, kura pieejama publiskajās datubāzes, citu institūciju datubāzes, kā arī pieprasot informāciju no kompetentajām valsts institūcijām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="4B7A08EE" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>bezdarbnieku uzskaites un reģistrēto vakanču informācijas sistēmas (turpmāk – BURVIS) pieejamo informāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="23B57452" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a tehnisku iemeslu dēļ (nav iespējams saņemt Elektroniskās iepirkumu sistēmas (turpmāk – EIS) e-izziņas, nedarbojas publiskās datu bāzes vai reģistri u.c. gadījumos) nav iespējams izvērtēt pretendenta atbilstību normatīvo aktu prasībām un tiek kavēts noteiktais Komisijas sasaukšanas termiņš, Komisijas sēdi pārceļ. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ārceltās Komisijas sēdes protokola</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pielikumā pievieno izdruku vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ekrānizdruku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no mājas lapas, kas apliecina Komisijas pārcelšanas iemeslus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="033C29D0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
-[...25 lines deleted...]
-      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="23" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas sēdes protokola sagatavošana, reģistrēšana un parakstīšana: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="361CB0A2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...24 lines deleted...]
-      <w:pPr>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>protokolu sagatavo ne vēlāk kā trīs darba dienu laikā pēc Komisijas sēdes dienas, protokolā ieraksta sēdes norises datumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un tā sagatavošanai izmanto DVS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietvaris </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pieejamās sagataves;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="05B106CE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...99 lines deleted...]
-      <w:r w:rsidR="00B471C1" w:rsidRPr="00B471C1">
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sagatavotajam protokolam DVS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (sadaļā “Datnes”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B471C1" w:rsidRPr="00A513E0">
-[...38 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakšsadaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Datnes informācijai”) pievieno:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="735ED00B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisijas locekļu apliecinājumus (Rīkojuma 11. pielikums);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="17603394" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kopēju EIS izziņu par visiem pretendentiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="60A778B9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>par tiem pretendentiem, kuri neatbilst apmācību īstenotāju izvēles kārtību (Rīkojuma 2., 3., 4., 5., 6., 7., 8., 9., 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pielikums) noteiktajām prasībām </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pievieno </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>publisko datu bāžu vai reģistru izdrukas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="13CF47BF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Protokolu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DVS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņo Komisijas locekļi, kas piedalījās Komisijas sēdē. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protokolu DVS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lietvaris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar elektronisko parakstu p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>araksta Komisijas priekšsēdētājs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, viņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prombūtnes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>laikā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Komisijas priekšsēdētāja vietnieks, un protokolētājs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Protokola sagatavotājs DVS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uzdevumos norāda parakstīšanas termiņu un paraksta veidu “e-Paraksts”, ievērojot to, ka dokuments automātiski reģistrējas pēc pēdējā paraksta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="004F41C6" w:rsidP="002E0BAF" w14:paraId="12002B81" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F41C6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisija pēc pretendenta un tā pieteikuma atbilstības pārbaudes MK noteikumiem Nr. 75 u.c. normatīvo aktu prasībām pieņem lēmumu par pretendenta pieteikuma pasākuma īstenošanai “izslēgšanu”, “atbalstīšanu”,  “neatbalstīšanu” vai “pagarināšanu”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="2B91A16C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija konstatē, ka lēmuma pieņemšanai par pretendenta iekļaušanu vai atteikumu iekļaut izglītības piedāvājumu sarakstā nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir tiesīga </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pagarin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>āt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>lēmuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izdošanas termiņu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz laiku ne ilgāk kā 1 mēnesis,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, uzrādot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iemesl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u pagarinājuma nepieciešamībai un pretendenta tiesības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098773A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>lēmumu pārsūdzēt Administratīvajā rajona tiesā viena mēneša</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098773A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>laikā no šī lēmuma paziņošanas dienas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00D1149A" w:rsidP="002E0BAF" w14:paraId="0CEA707F" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lēmumu sagatavo ne vēlāk kā  piecu darba dienu laikā pēc Komisijas sēdes dienas un tā sagatavošanai izmanto DVS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieejamās sagataves. Lēmumus reģistrē DVS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lēmuma reģistrā un sasaista ar attiecīgo pretendenta pieteikumu un pieteikuma precizējumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="002371E3" w:rsidP="002E0BAF" w14:paraId="18EA7DD3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="76E9B847" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pasākumu īstenotāju izvēles process individuāla izsludinājuma gadījumā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="7F4F7792" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="007B7CFC" w:rsidP="002E0BAF" w14:paraId="26AB1EF1" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Komisijas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>priekšsēdētājs</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sasauc</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Komisijas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sēdi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, lai lemtu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>individuāla uzaicinājuma nosūtīšanu</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="0DCEC39E" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne vēlāk kā </w:t>
+      </w:r>
+      <w:r>
+        <w:t>piecu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dienu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>laikā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pēc</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve">DVS Lietvaris </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>reģistrēta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>iesnieguma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>Pasākuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>īstenotāju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>izvēli</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:t>saņemšanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004131C5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>darba devēja vai darba devēju organizācija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s, ja šajā pieprasījumā ir norādīts konkrēts Pasākuma īstenotājs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="007B7CFC" w:rsidP="002E0BAF" w14:paraId="5033437D" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne vēlāk kā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>piecu darba dienu laikā pēc DVS Lietvaris reģistrēta iesnieguma Aģentūrā par Pasākuma īstenotāju izvēli saņemšanas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no klienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, kur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir saņēm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apmācību kuponu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izvēl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ējies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izglītības piedāvājumu, kurš nav iekļauts Aģentūras izglītības piedāvājumu sarakstā, attiecīgajā administratīvajā teritorijā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00336012" w:rsidP="002E0BAF" w14:paraId="59B0EA00" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja Komisija pirms uzaicinājuma nosūtīšanas konstatē, ka </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pasākuma īstenotājs, kas norādīts 21. punktā minētajos gadījumos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neatbilst kādai no MK noteikumos Nr. 75 noteiktajām prasībām un Komisijas turpmākā darbību veikšana Pasākuma īstenotāja izvēles procesā nav lietderīga, Komisija, pamatojoties uz konstatēto faktu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atsaka </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ientam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai darba devējam vai darba devēju organizācijai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uzsākt izsludinājuma organizēšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="730DE8CC" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">Komisija lemjot par izsludinājuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01314">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>uzaicinājuma nosūtīšanu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisijas sēdē:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="77A8E267" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nosaka izsludinājuma priekšmetu – izglītības programmas, t.sk. apmācību kuponu vērtības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, izmantojot KRG 4.2.14.2. “Apmācība ar kupona metodi” vai 4.2.14.3 Bezdarba riskam pakļauto personu apmācība ar kuponu metodi (Mūžizglītība) procesa atbilstošo pielikumu;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="250272D8" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šī nolikuma </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. apakšpunktā minētaj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gadījum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kad darba devējs vai darba devēju organizācija pieprasa Pasākumu organizēt izglītības programmā, kura nav iekļauta Profesiju un Programmu sarakstā, aprēķina pieprasītās izglītības programmas apmācības kupona vērtību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbilstoši MK noteikumu Nr. 75 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 43.1., 45., 46. un 46.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> punktā noteiktajam, atbilstoši Labklājības ministrijas apstiprinātajai vienības izmaksu metodikai “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika mācību un stipendijas izmaksām”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>un atbilstoši Ministru kabineta 2007. gada 2. oktobra noteikumos Nr. 655 „Noteikumi par profesionālās izglītības programmu īstenošanas izmaksu minimumu uz vienu izglītojamo” noteiktiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>izglītības tematiskās jomas, izglītības programmu grupas un izglītības programmu izmaksu minimāliem koeficientiem profesionālo apmācību programmu īstenošanā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="69FC91D2" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>apstiprina tehniskā piedāvājuma veidlapu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="19731ED3" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>nosaka pieteikuma iesniegšanas periodu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="70724FF4" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>aprēķin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ātās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apmācību kupona vērtību 9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. apakšpunktā minētaj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadījum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>saskaņo ar Aģentūras Finanšu vadības departamentu un saskaņojumu pievieno Komisijas sēdes protokolam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00336012" w:rsidP="002E0BAF" w14:paraId="6C723288" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Komisijas priekšsēdētājs vienas darba dienas laikā pēc 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>puktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336012">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minētās Komisijas sēdes, no DVS Lietvaris nosūta individuālu uzaicinājumu dalībai izsludinājumā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="74098503" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Nosūtot uzaicinājumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, tam pievieno:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="2C40BCCD" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Izglītības iestādes apliecinājuma veidlapu, izmantojot KRG 4.2.14.2. “Apmācība ar kupona metodi” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai 4.2.14.3 Bezdarba riskam pakļauto personu apmācība ar kuponu metodi (Mūžizglītība) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>procesa atbilstošo pielikumu – apmācību programmu Īstenošanas nosacījumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="4A97CFED" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Izglītības iestādes pieteikuma veidlapu, izmantojot KRG 4.2.14.2. “Apmācība ar kupona metodi” procesa 29. pielikumu “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pieteikums dalībai izsludinājumā”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3D108D91" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> KRG 4.2.14.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>“Apmācība ar kupona metodi” procesa 30. pielikumu “Vides pieejamības pašnovērtējuma anketa”, kas izstrādāta saskaņā ar Ministru kabineta 2019. gada 12. marta rīkojumu Nr. 113 “Par Plānu pieejamas vides veidošanai Latvijā 2019. - 2021. gadam” Izglītības iestādes norādītās apmācību īstenošanas vietas (ēkas) atbilstības vides pieejamībai personām ar invaliditāti novērtēšanai (piemērojams profesionālās apmācības īstenotāju izvēlei)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3F13BEAE" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>tehniskā piedāvājuma veidlapu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="7386EC3B" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>izglītības programmu, t.sk. apmācību kuponu vērtību sarakstu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="1A21772A" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atbilstošā Pasākuma apmācības īstenotāju izvēles kārtību</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(Rīkojuma 2., 3., 4., 5., 6., 7., 8., 9., 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pielikums);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="10E5571C" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>informatīvo dokumentu “Aģentūras rekvizīti”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="494B8046" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas priekšsēdētājs piecu darba dienu laikā pēc </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>uzaicinājumā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteiktā pieteikšanās perioda noslēguma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sasauc Komisijas sēdi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, lai atvērtu saņemto pieteikumu un uzsāktu pieteikuma vērtēšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="7084D29F" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas priekšsēdētājs </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>informē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Komisijas locekļus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ar pretendent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="32910BC2" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisijas priekšsēdētājs un Komisijas locekļi Komisijas sēdē, kurā tiek uzsākta pretendent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieteikumu vērtēšana, pirms vērtēšanas uzsākšanas paraksta apliecinājumu (turpmāk – Rīkojuma 11. pielikums) par interešu konflikta neesamību. Ja Komisijas loceklis ir personīgi ieinteresēts Pretendenta pieteikum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izskatīšanā, viņš par to informē pārējos Komisijas locekļus, paraksta apliecinājumu (Rīkojuma 11. pielikuma II. variantu) un nepiedalās šī Pretendenta vērtēšanā. Komisijas sēdes protokolā norāda par Komisijas locekļa nepiedalīšanos attiecīgā pretendenta izvēlē. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00287F52" w:rsidP="002E0BAF" w14:paraId="017CDDD5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vērtējot pieteikumu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Komisija konstatē, ka pieteikumā ietvertā vai pretendenta iesniegtā informācija vai dokuments ir neskaidrs vai nepilnīgs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai ir nepieciešama papildu informācija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, un </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>novēršāmais</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trūkums negroza piedāvājuma būtību,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Komisija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 darba dienu laikā, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par to informē pretendentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, nosūtot vēstuli no DVS Lietvaris,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un pieprasa, lai pretendents izskaidro vai papildina minēto informāciju vai dokumentu, vai iesniedz trūkstošo dokumentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 darba dienu laikā no informācijas pieprasīšanas brīža. Ja vēstulē noteiktajā termiņā pretendents neiesniedz pieprasīto informāciju, pretendenta pieteikumu no dalības tālākā vērtēšanā izslēdz. Komisijai ir tiesības pieprasīt informāciju par pretendenta atbilstību no kompetentajām valsts institūcijām. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="2E56EB61" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisija lēmumu pieņem, balstoties uz:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="5790A827" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta pieteikumā un tā pielikumos norādīto informāciju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="638FC32F" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>EIS e-izziņu apakšsistēmā (www.eis.gov.lv) reģistrēto informāciju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="1D3FD085" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>saraksti ar pretendentu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="342F4E1E" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iepriekšējo un esošo sadarbību ar pretendentu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="15D49989" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>informāciju, kura pieejama publiskajās datubāzes, citu institūciju datubāzes, kā arī pieprasot informāciju no kompetentajām valsts institūcijām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="1812DEEF" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>BURVIS pieejamo informāciju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="26FF3936" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a tehnisku iemeslu dēļ (nav iespējams saņemt Elektroniskās iepirkumu sistēmas (turpmāk – EIS) e-izziņas, nedarbojas publiskās datu bāzes vai reģistri u.c. gadījumos) nav iespējams izvērtēt pretendenta atbilstību normatīvo aktu prasībām un tiek kavēts noteiktais Komisijas sasaukšanas termiņš, Komisijas sēdi pārceļ. Pārceltās Komisijas sēdes protokola</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pielikumā pievieno izdruku vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ekrānizdruku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287F52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no mājas lapas, kas apliecina Komisijas pārcelšanas iemeslus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="2842A3E9" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="23" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas sēdes protokola sagatavošana, reģistrēšana un parakstīšana: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="1F96EC93" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">protokolu sagatavo ne vēlāk kā </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vienas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā pēc Komisijas sēdes dienas, protokolā ieraksta sēdes norises datumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un tā sagatavošanai izmanto DVS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieejamās sagataves;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="7BFE8F74" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sagatavotajam protokolam DVS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (sadaļā “Datnes”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>apakšsadaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Datnes informācijai”) pievieno:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="6FD23CFD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisijas locekļu apliecinājumus (Rīkojuma 11. pielikums);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="6F7AACD2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kopēju EIS izziņu par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="5044D851" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>publisko datu bāžu vai reģistru izdrukas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ja p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neatbilst apmācību īstenotāju izvēles kārtību (Rīkojuma 2., 3., 4., 5., 6., 7., 8., 9., 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pielikums) noteiktajām prasībām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="7C2B8825" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="23" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Protokolu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DVS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņo Komisijas locekļi, kas piedalījās Komisijas sēdē. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protokolu DVS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lietvaris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar elektronisko parakstu p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>araksta Komisijas priekšsēdētājs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, viņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prombūtnes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>laikā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Komisijas priekšsēdētāja vietnieks, un protokolētājs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Protokola sagatavotājs DVS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uzdevumos norāda parakstīšanas termiņu un paraksta veidu “e-Paraksts”, ievērojot to, ka dokuments automātiski reģistrējas pēc pēdējā paraksta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="004F41C6" w:rsidP="002E0BAF" w14:paraId="2D12E2C9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F41C6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisija pēc pretendenta un tā pieteikuma atbilstības pārbaudes MK noteikumiem Nr. 75 u.c. normatīvo aktu prasībām pieņem lēmumu par pretendenta pieteikuma pasākuma īstenošanai “izslēgšanu”, “atbalstīšanu”,  “neatbalstīšanu” vai “pagarināšanu”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="48930FDC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E69B7">
-[...11 lines deleted...]
-      <w:r w:rsidR="00391235">
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija konstatē, ka lēmuma pieņemšanai par pretendenta iekļaušanu vai atteikumu iekļaut izglītības piedāvājumu sarakstā nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB0B7E">
-[...9 lines deleted...]
-        <w:t>9</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir tiesīga </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pagarin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>āt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>lēmuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izdošanas termiņu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz laiku ne ilgāk kā 1 mēnesis,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot pretendentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uzrādot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915CF6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iemesl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u pagarinājuma nepieciešamībai un pretendenta tiesības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098773A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>lēmumu pārsūdzēt Administratīvajā rajona tiesā viena mēneša</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098773A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>laikā no šī lēmuma paziņošanas dienas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00625BDF">
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00E90E7D" w:rsidP="002E0BAF" w14:paraId="4CD458C4" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lēmumu sagatavo ne vēlāk kā  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>divu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba dienu laikā pēc Komisijas sēdes dienas un tā sagatavošanai izmanto DVS</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...39 lines deleted...]
-      <w:r w:rsidR="00625BDF">
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieejamās sagataves. Lēmumus reģistrē DVS</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E69B7">
-[...96 lines deleted...]
-    <w:p w:rsidR="00A01A62" w:rsidRDefault="00A01A62" w:rsidP="009931B0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Lietvaris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lēmuma reģistrā un sasaista ar attiecīgo pretendenta pieteikumu un pieteikuma precizējumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="002371E3" w:rsidP="002E0BAF" w14:paraId="095E3BFC" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="7F2FF1C8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="6D5B918C" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Noslēguma jautājumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidP="002E0BAF" w14:paraId="6CEB867E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="22937980" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="0EA8E25E" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Atbalstītos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izglītības </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iestāžu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>piedāvājumus iekļauj Aģentūras izglītības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iestāžu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājumu sarakstā piecu darba dienu laikā no lēmuma stāšanās spēkā dienas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="0000F2D7" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Komisija uztur:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="3F70C88B" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aktuālu Aģentūras izglītības piedāvājuma sarakstu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūtot informāciju Aģentūras Attīstības un analītikas departamenta Attīstības un stratēģiskās komunikācijas nodaļai publicēšanai Aģentūras mājaslapā un pārbaudot publicētās informācijas atbilstību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0BAF" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="64CA5D4E" w14:textId="77777777">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF64BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pasākumu īstenošanai apstiprinātos Izglītības iestāžu piedāvājumus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>BURVIS.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="005F2532" w:rsidRPr="00CF64BF" w:rsidP="002E0BAF" w14:paraId="750FF25B" w14:textId="35999FBD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C24B2" w:rsidRDefault="006C24B2" w:rsidP="00DF12F8">
-[...52 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidSect="004104A1">
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1133" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B276F5" w:rsidRDefault="006D2E4E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00B276F5" w14:paraId="2F413510" w14:textId="50BF9795">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007A046C">
+    <w:r w:rsidR="00927160">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B276F5" w:rsidRPr="00F36FA3" w:rsidRDefault="00B276F5">
+  <w:p w:rsidR="00B276F5" w:rsidRPr="00F36FA3" w14:paraId="739D65AD" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00B276F5" w:rsidRDefault="006D2E4E">
+  <w:p w:rsidR="00B276F5" w14:paraId="785286E5" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B276F5" w:rsidRDefault="006D2E4E">
+  <w:p w:rsidR="00B276F5" w14:paraId="110DF282" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00981BA1" w:rsidRDefault="006D2E4E">
+  <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B276F5" w:rsidRPr="00F21B35" w:rsidRDefault="006D2E4E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00B276F5" w:rsidRPr="002E0BAF" w14:paraId="0E39A797" w14:textId="77777777">
     <w:pPr>
       <w:rPr>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="nl-NL"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F21B35">
+    <w:r w:rsidRPr="002E0BAF">
       <w:rPr>
-        <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="nl-NL"/>
       </w:rPr>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00981BA1" w:rsidRDefault="006D2E4E">
+  <w:p w:rsidR="00B276F5" w:rsidRPr="002E0BAF" w14:paraId="54DF0FF7" w14:textId="77777777">
+    <w:pPr>
+      <w:rPr>
+        <w:lang w:val="nl-NL"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="002E0BAF">
+      <w:rPr>
+        <w:lang w:val="nl-NL"/>
+      </w:rPr>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00BB4427" w:rsidRPr="002E0BAF" w14:paraId="0C7454D8" w14:textId="77777777">
+    <w:pPr>
+      <w:rPr>
+        <w:lang w:val="nl-NL"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="002E0BAF">
+      <w:rPr>
+        <w:lang w:val="nl-NL"/>
+      </w:rPr>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2CEA0AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0D925048"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -5474,140 +5585,140 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="2B9E7D1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="810AF308"/>
-    <w:lvl w:ilvl="0" w:tplc="DF20748E">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="05DE9596" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45BA8612" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="00FE4D66" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CCF6B86C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9EF83BAA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5EAC64B2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62909E58" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3F842E94" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="2EC74366"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -5649,51 +5760,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="3E092854"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -5738,229 +5849,229 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="4D3F341C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2C0B016"/>
-    <w:lvl w:ilvl="0" w:tplc="F8F2F688">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4FC0CFA2" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F5486336" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95686164" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A23C6080" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99886FEC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="377ACAC0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AF246B64" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5E7E90CC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="53EE0D4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="592424EC"/>
-    <w:lvl w:ilvl="0" w:tplc="0554B4CC">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86F034F4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CD6A0B2C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F632A7EC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="ACD4E812" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B97A3752" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A80080C6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B5BA29FC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1A2A40D6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="54440AEB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="84A8BF6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -6034,51 +6145,177 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="5D08586D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0DE8FDE8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1713" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="614F6313"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="591C236A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
@@ -6167,87 +6404,296 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="6A453289"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A44DDD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="735B339F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36A0ED3E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="755212C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="87C2915C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2040" w:hanging="480"/>
+        <w:ind w:left="2749" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="3981" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6288,224 +6734,256 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="7B356F02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6BF05438"/>
-    <w:lvl w:ilvl="0" w:tplc="A68830DE">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0AF22DDA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="915CD92A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D262AB42" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7EBC82EA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CC16EE36" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3B467642" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2DA0CF86" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FF006EB4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00697843"/>
     <w:rsid w:val="00003776"/>
     <w:rsid w:val="00003D52"/>
     <w:rsid w:val="00005CEA"/>
     <w:rsid w:val="00006B49"/>
     <w:rsid w:val="00015E32"/>
     <w:rsid w:val="00015E90"/>
     <w:rsid w:val="0002079B"/>
     <w:rsid w:val="000237AF"/>
     <w:rsid w:val="00023990"/>
     <w:rsid w:val="0002707E"/>
     <w:rsid w:val="00032CEB"/>
     <w:rsid w:val="0003324B"/>
     <w:rsid w:val="000340BF"/>
     <w:rsid w:val="000341D5"/>
     <w:rsid w:val="00035BDB"/>
     <w:rsid w:val="00036328"/>
     <w:rsid w:val="00044F8D"/>
     <w:rsid w:val="000457CE"/>
     <w:rsid w:val="00046B75"/>
     <w:rsid w:val="00047D28"/>
     <w:rsid w:val="00047E03"/>
     <w:rsid w:val="000512B1"/>
+    <w:rsid w:val="00051CF8"/>
+    <w:rsid w:val="00052235"/>
     <w:rsid w:val="000539DC"/>
     <w:rsid w:val="00054AB2"/>
     <w:rsid w:val="000603F8"/>
     <w:rsid w:val="000639E1"/>
     <w:rsid w:val="00063BAF"/>
     <w:rsid w:val="00063E79"/>
     <w:rsid w:val="000661BB"/>
     <w:rsid w:val="000701E0"/>
     <w:rsid w:val="00070B1A"/>
     <w:rsid w:val="000721DB"/>
     <w:rsid w:val="0007417C"/>
     <w:rsid w:val="000900CE"/>
     <w:rsid w:val="000921A8"/>
     <w:rsid w:val="000953A8"/>
     <w:rsid w:val="00096E02"/>
     <w:rsid w:val="000A06AE"/>
     <w:rsid w:val="000A5289"/>
     <w:rsid w:val="000A62D1"/>
     <w:rsid w:val="000A6F62"/>
     <w:rsid w:val="000B00AF"/>
     <w:rsid w:val="000B0FE0"/>
     <w:rsid w:val="000B24FF"/>
     <w:rsid w:val="000B42CF"/>
     <w:rsid w:val="000B455E"/>
     <w:rsid w:val="000B4A9C"/>
@@ -6522,382 +7000,412 @@
     <w:rsid w:val="000E3AB4"/>
     <w:rsid w:val="000E4968"/>
     <w:rsid w:val="000E6163"/>
     <w:rsid w:val="000E662B"/>
     <w:rsid w:val="000E6B47"/>
     <w:rsid w:val="000F2A76"/>
     <w:rsid w:val="000F3587"/>
     <w:rsid w:val="000F3D00"/>
     <w:rsid w:val="000F4C04"/>
     <w:rsid w:val="000F6435"/>
     <w:rsid w:val="00101B80"/>
     <w:rsid w:val="00104B08"/>
     <w:rsid w:val="00105922"/>
     <w:rsid w:val="00110728"/>
     <w:rsid w:val="00111102"/>
     <w:rsid w:val="00111C48"/>
     <w:rsid w:val="00113985"/>
     <w:rsid w:val="001165D2"/>
     <w:rsid w:val="00120872"/>
     <w:rsid w:val="00121527"/>
     <w:rsid w:val="00121F20"/>
     <w:rsid w:val="00124FA6"/>
     <w:rsid w:val="001324FD"/>
     <w:rsid w:val="00133F93"/>
     <w:rsid w:val="00140359"/>
+    <w:rsid w:val="00141378"/>
     <w:rsid w:val="00141871"/>
     <w:rsid w:val="0014461E"/>
     <w:rsid w:val="00145572"/>
     <w:rsid w:val="001469EE"/>
     <w:rsid w:val="0014737E"/>
     <w:rsid w:val="0014751F"/>
     <w:rsid w:val="00150DE6"/>
     <w:rsid w:val="00151CEF"/>
     <w:rsid w:val="00152CEA"/>
     <w:rsid w:val="001533A1"/>
     <w:rsid w:val="00154A3D"/>
     <w:rsid w:val="00154E8A"/>
     <w:rsid w:val="00155065"/>
     <w:rsid w:val="001612B1"/>
     <w:rsid w:val="00161B5C"/>
     <w:rsid w:val="00162F16"/>
     <w:rsid w:val="00164A26"/>
     <w:rsid w:val="00164A41"/>
     <w:rsid w:val="0017109B"/>
     <w:rsid w:val="00171304"/>
     <w:rsid w:val="00171428"/>
     <w:rsid w:val="0017539D"/>
     <w:rsid w:val="00176B65"/>
     <w:rsid w:val="00182B89"/>
     <w:rsid w:val="0018407B"/>
     <w:rsid w:val="00184324"/>
     <w:rsid w:val="001906C3"/>
     <w:rsid w:val="00192718"/>
     <w:rsid w:val="00192A3C"/>
     <w:rsid w:val="001934AD"/>
     <w:rsid w:val="00195047"/>
     <w:rsid w:val="001A03C6"/>
     <w:rsid w:val="001A11DC"/>
     <w:rsid w:val="001B3506"/>
+    <w:rsid w:val="001B4CED"/>
     <w:rsid w:val="001B4F5B"/>
     <w:rsid w:val="001B5495"/>
     <w:rsid w:val="001C19D8"/>
     <w:rsid w:val="001C3FA3"/>
     <w:rsid w:val="001C5B9E"/>
     <w:rsid w:val="001C68D8"/>
     <w:rsid w:val="001D2C4D"/>
     <w:rsid w:val="001D2F5D"/>
     <w:rsid w:val="001D4840"/>
     <w:rsid w:val="001D616C"/>
     <w:rsid w:val="001D626F"/>
     <w:rsid w:val="001D6806"/>
     <w:rsid w:val="001E11D2"/>
     <w:rsid w:val="001E2172"/>
     <w:rsid w:val="001E3AA8"/>
     <w:rsid w:val="001E3B4C"/>
     <w:rsid w:val="001E3FA3"/>
     <w:rsid w:val="001F048C"/>
     <w:rsid w:val="001F1675"/>
     <w:rsid w:val="001F1744"/>
     <w:rsid w:val="001F2547"/>
     <w:rsid w:val="001F6095"/>
     <w:rsid w:val="00202365"/>
     <w:rsid w:val="00203B2A"/>
     <w:rsid w:val="00203BBC"/>
     <w:rsid w:val="002052BD"/>
     <w:rsid w:val="00206100"/>
     <w:rsid w:val="0020616F"/>
     <w:rsid w:val="00207333"/>
     <w:rsid w:val="002164A4"/>
     <w:rsid w:val="002164F7"/>
     <w:rsid w:val="00221901"/>
     <w:rsid w:val="00221977"/>
     <w:rsid w:val="002222A7"/>
+    <w:rsid w:val="00222AB8"/>
     <w:rsid w:val="0022444E"/>
     <w:rsid w:val="00224BB3"/>
     <w:rsid w:val="00225B41"/>
     <w:rsid w:val="00226FC4"/>
     <w:rsid w:val="00227DF3"/>
     <w:rsid w:val="002302CB"/>
     <w:rsid w:val="002339CC"/>
     <w:rsid w:val="00235085"/>
     <w:rsid w:val="00235505"/>
+    <w:rsid w:val="002371E3"/>
     <w:rsid w:val="00240053"/>
     <w:rsid w:val="002438FE"/>
     <w:rsid w:val="002440AD"/>
+    <w:rsid w:val="00244998"/>
     <w:rsid w:val="0024679E"/>
+    <w:rsid w:val="002471FF"/>
     <w:rsid w:val="00251AB0"/>
     <w:rsid w:val="0025200B"/>
     <w:rsid w:val="002523B0"/>
     <w:rsid w:val="00252832"/>
     <w:rsid w:val="00256C3A"/>
     <w:rsid w:val="00257143"/>
     <w:rsid w:val="00257B32"/>
     <w:rsid w:val="00257FF2"/>
     <w:rsid w:val="002602E5"/>
     <w:rsid w:val="00270EF5"/>
     <w:rsid w:val="00275837"/>
     <w:rsid w:val="002819CB"/>
     <w:rsid w:val="0028285E"/>
     <w:rsid w:val="00283851"/>
     <w:rsid w:val="00283AAD"/>
     <w:rsid w:val="002843FB"/>
     <w:rsid w:val="00284CF0"/>
     <w:rsid w:val="002860E7"/>
     <w:rsid w:val="00286680"/>
+    <w:rsid w:val="00286759"/>
     <w:rsid w:val="00286DFC"/>
+    <w:rsid w:val="00287F52"/>
     <w:rsid w:val="00297F62"/>
     <w:rsid w:val="002A0016"/>
     <w:rsid w:val="002A0BB4"/>
+    <w:rsid w:val="002A0CF6"/>
     <w:rsid w:val="002B0771"/>
     <w:rsid w:val="002B0E68"/>
     <w:rsid w:val="002B2F98"/>
     <w:rsid w:val="002B356E"/>
     <w:rsid w:val="002B5631"/>
     <w:rsid w:val="002C1767"/>
     <w:rsid w:val="002C1C71"/>
     <w:rsid w:val="002C4401"/>
     <w:rsid w:val="002C6C38"/>
     <w:rsid w:val="002C6DC2"/>
     <w:rsid w:val="002C7075"/>
     <w:rsid w:val="002D0BC8"/>
     <w:rsid w:val="002D4099"/>
     <w:rsid w:val="002D72D1"/>
     <w:rsid w:val="002D772D"/>
+    <w:rsid w:val="002E0BAF"/>
     <w:rsid w:val="002E648F"/>
     <w:rsid w:val="002E7DC9"/>
     <w:rsid w:val="002F0991"/>
     <w:rsid w:val="002F108F"/>
     <w:rsid w:val="002F57D8"/>
     <w:rsid w:val="00300B8B"/>
     <w:rsid w:val="00302495"/>
     <w:rsid w:val="00302C9E"/>
     <w:rsid w:val="00305F0A"/>
     <w:rsid w:val="00306FD0"/>
     <w:rsid w:val="003108FF"/>
     <w:rsid w:val="003119BB"/>
     <w:rsid w:val="0031206A"/>
     <w:rsid w:val="003146CA"/>
     <w:rsid w:val="00315422"/>
     <w:rsid w:val="00315BBE"/>
     <w:rsid w:val="003168C9"/>
     <w:rsid w:val="00320308"/>
     <w:rsid w:val="00320F8E"/>
     <w:rsid w:val="00321BB4"/>
     <w:rsid w:val="003240FF"/>
     <w:rsid w:val="0032648F"/>
     <w:rsid w:val="00326B0A"/>
     <w:rsid w:val="003347F3"/>
     <w:rsid w:val="00334AB6"/>
+    <w:rsid w:val="00336012"/>
     <w:rsid w:val="00341359"/>
     <w:rsid w:val="00341A1B"/>
     <w:rsid w:val="00347744"/>
     <w:rsid w:val="003503A1"/>
     <w:rsid w:val="003511DB"/>
     <w:rsid w:val="00352BD8"/>
     <w:rsid w:val="00353005"/>
     <w:rsid w:val="003544B6"/>
     <w:rsid w:val="00354E3F"/>
     <w:rsid w:val="00357706"/>
     <w:rsid w:val="0036111E"/>
     <w:rsid w:val="003615C5"/>
     <w:rsid w:val="00363E12"/>
     <w:rsid w:val="0036575D"/>
     <w:rsid w:val="00365BB2"/>
     <w:rsid w:val="00366998"/>
     <w:rsid w:val="0037250D"/>
     <w:rsid w:val="00373B9F"/>
     <w:rsid w:val="0037421B"/>
     <w:rsid w:val="003752AA"/>
     <w:rsid w:val="00376FE8"/>
     <w:rsid w:val="0038098D"/>
     <w:rsid w:val="00382780"/>
     <w:rsid w:val="0038381C"/>
     <w:rsid w:val="00385B80"/>
     <w:rsid w:val="00386299"/>
     <w:rsid w:val="0038632A"/>
     <w:rsid w:val="00390C39"/>
     <w:rsid w:val="00391235"/>
     <w:rsid w:val="00392AF0"/>
     <w:rsid w:val="003936EC"/>
     <w:rsid w:val="003947A7"/>
+    <w:rsid w:val="00394986"/>
+    <w:rsid w:val="003952D9"/>
     <w:rsid w:val="003A015E"/>
+    <w:rsid w:val="003A0CF4"/>
     <w:rsid w:val="003A1A53"/>
     <w:rsid w:val="003A3EB1"/>
     <w:rsid w:val="003A42BD"/>
     <w:rsid w:val="003A4539"/>
     <w:rsid w:val="003A5420"/>
     <w:rsid w:val="003A5BCD"/>
     <w:rsid w:val="003B00A1"/>
     <w:rsid w:val="003B0278"/>
     <w:rsid w:val="003B19FB"/>
+    <w:rsid w:val="003B1D1C"/>
     <w:rsid w:val="003B32E2"/>
     <w:rsid w:val="003B3E21"/>
     <w:rsid w:val="003B4339"/>
     <w:rsid w:val="003B46AF"/>
     <w:rsid w:val="003B4EEF"/>
     <w:rsid w:val="003B70A1"/>
     <w:rsid w:val="003C15EA"/>
     <w:rsid w:val="003C178D"/>
     <w:rsid w:val="003C2424"/>
+    <w:rsid w:val="003C29B3"/>
     <w:rsid w:val="003C2B38"/>
     <w:rsid w:val="003C3111"/>
     <w:rsid w:val="003C5A36"/>
     <w:rsid w:val="003C6B2D"/>
     <w:rsid w:val="003D2180"/>
     <w:rsid w:val="003D33E8"/>
     <w:rsid w:val="003D79D7"/>
     <w:rsid w:val="003E090F"/>
     <w:rsid w:val="003E20B3"/>
     <w:rsid w:val="003E2753"/>
     <w:rsid w:val="003E3AD7"/>
     <w:rsid w:val="003E60C8"/>
     <w:rsid w:val="003E69B7"/>
     <w:rsid w:val="003F317C"/>
     <w:rsid w:val="00401BF1"/>
     <w:rsid w:val="004056ED"/>
     <w:rsid w:val="00406C19"/>
     <w:rsid w:val="00407B8E"/>
+    <w:rsid w:val="004104A1"/>
     <w:rsid w:val="00412179"/>
     <w:rsid w:val="0041225B"/>
+    <w:rsid w:val="004131C5"/>
     <w:rsid w:val="00414D19"/>
     <w:rsid w:val="00415735"/>
+    <w:rsid w:val="00416B27"/>
     <w:rsid w:val="00417E42"/>
     <w:rsid w:val="0042242A"/>
     <w:rsid w:val="00423E90"/>
     <w:rsid w:val="00423E9B"/>
     <w:rsid w:val="00425755"/>
     <w:rsid w:val="0043193B"/>
     <w:rsid w:val="00433B01"/>
     <w:rsid w:val="00433B85"/>
     <w:rsid w:val="004344C0"/>
     <w:rsid w:val="00436EE9"/>
     <w:rsid w:val="00437C83"/>
     <w:rsid w:val="00437F19"/>
     <w:rsid w:val="00440C5E"/>
     <w:rsid w:val="004424B0"/>
+    <w:rsid w:val="00442C5F"/>
     <w:rsid w:val="0044411F"/>
     <w:rsid w:val="004446C3"/>
     <w:rsid w:val="00445290"/>
     <w:rsid w:val="00445D55"/>
+    <w:rsid w:val="00446C54"/>
     <w:rsid w:val="00450433"/>
     <w:rsid w:val="0045124C"/>
     <w:rsid w:val="00452014"/>
     <w:rsid w:val="00455173"/>
     <w:rsid w:val="00463DBC"/>
     <w:rsid w:val="0046598E"/>
     <w:rsid w:val="00465ADA"/>
     <w:rsid w:val="004663CD"/>
     <w:rsid w:val="00467EA4"/>
     <w:rsid w:val="00471217"/>
     <w:rsid w:val="00471451"/>
     <w:rsid w:val="004724F4"/>
     <w:rsid w:val="00481EA0"/>
     <w:rsid w:val="004825DC"/>
     <w:rsid w:val="00483B29"/>
+    <w:rsid w:val="00483CB8"/>
+    <w:rsid w:val="0048409F"/>
     <w:rsid w:val="004864BF"/>
     <w:rsid w:val="00486C3A"/>
     <w:rsid w:val="00487D42"/>
     <w:rsid w:val="00490E44"/>
     <w:rsid w:val="0049466E"/>
     <w:rsid w:val="00495350"/>
     <w:rsid w:val="00497A81"/>
     <w:rsid w:val="00497ACC"/>
     <w:rsid w:val="004A51A4"/>
     <w:rsid w:val="004A53A8"/>
     <w:rsid w:val="004B317E"/>
     <w:rsid w:val="004B61C3"/>
     <w:rsid w:val="004B68BB"/>
     <w:rsid w:val="004C01A3"/>
     <w:rsid w:val="004C0FC4"/>
+    <w:rsid w:val="004D06C3"/>
     <w:rsid w:val="004D22BC"/>
     <w:rsid w:val="004D4181"/>
     <w:rsid w:val="004D41D8"/>
     <w:rsid w:val="004D530F"/>
     <w:rsid w:val="004D5B6C"/>
     <w:rsid w:val="004E3E9A"/>
     <w:rsid w:val="004E5336"/>
     <w:rsid w:val="004E69C2"/>
     <w:rsid w:val="004F028E"/>
     <w:rsid w:val="004F11B4"/>
     <w:rsid w:val="004F150A"/>
     <w:rsid w:val="004F1AAD"/>
     <w:rsid w:val="004F3281"/>
     <w:rsid w:val="004F3452"/>
+    <w:rsid w:val="004F41C6"/>
     <w:rsid w:val="004F4831"/>
     <w:rsid w:val="004F57F0"/>
     <w:rsid w:val="004F6C9C"/>
     <w:rsid w:val="004F7749"/>
     <w:rsid w:val="0050236A"/>
     <w:rsid w:val="00503BFC"/>
     <w:rsid w:val="005045D0"/>
     <w:rsid w:val="00505325"/>
     <w:rsid w:val="005056C6"/>
     <w:rsid w:val="005074CD"/>
     <w:rsid w:val="00512D72"/>
+    <w:rsid w:val="005150DD"/>
     <w:rsid w:val="0052138B"/>
     <w:rsid w:val="005257C7"/>
+    <w:rsid w:val="00525C36"/>
     <w:rsid w:val="005278C6"/>
     <w:rsid w:val="005301A3"/>
+    <w:rsid w:val="005306BF"/>
     <w:rsid w:val="005308E7"/>
     <w:rsid w:val="00530987"/>
     <w:rsid w:val="00530A6E"/>
     <w:rsid w:val="0053249E"/>
+    <w:rsid w:val="00537D6B"/>
     <w:rsid w:val="0054113B"/>
     <w:rsid w:val="00542153"/>
     <w:rsid w:val="00543549"/>
     <w:rsid w:val="0054616B"/>
     <w:rsid w:val="0055011D"/>
     <w:rsid w:val="00551ED7"/>
     <w:rsid w:val="005543AC"/>
     <w:rsid w:val="0055711E"/>
     <w:rsid w:val="005614D0"/>
     <w:rsid w:val="005623D9"/>
     <w:rsid w:val="0056395C"/>
     <w:rsid w:val="00563F12"/>
     <w:rsid w:val="005644D0"/>
     <w:rsid w:val="00564943"/>
     <w:rsid w:val="0056583C"/>
     <w:rsid w:val="00566013"/>
     <w:rsid w:val="005724AB"/>
     <w:rsid w:val="0057257A"/>
     <w:rsid w:val="00575143"/>
     <w:rsid w:val="00575592"/>
     <w:rsid w:val="0057580E"/>
     <w:rsid w:val="0057733C"/>
     <w:rsid w:val="00580AD9"/>
     <w:rsid w:val="00581434"/>
     <w:rsid w:val="0058346C"/>
     <w:rsid w:val="005846E1"/>
     <w:rsid w:val="00587142"/>
     <w:rsid w:val="00591C81"/>
     <w:rsid w:val="00591EDF"/>
     <w:rsid w:val="00591EF5"/>
     <w:rsid w:val="00593084"/>
     <w:rsid w:val="005930EE"/>
     <w:rsid w:val="005956D7"/>
     <w:rsid w:val="005A2DCF"/>
+    <w:rsid w:val="005A3B8A"/>
     <w:rsid w:val="005A4C01"/>
     <w:rsid w:val="005B2770"/>
     <w:rsid w:val="005B63A6"/>
     <w:rsid w:val="005C3297"/>
     <w:rsid w:val="005C40EC"/>
     <w:rsid w:val="005C4141"/>
     <w:rsid w:val="005C41BF"/>
     <w:rsid w:val="005C6DA4"/>
     <w:rsid w:val="005C778E"/>
     <w:rsid w:val="005D07CA"/>
     <w:rsid w:val="005D5516"/>
     <w:rsid w:val="005D7CDB"/>
     <w:rsid w:val="005E1023"/>
     <w:rsid w:val="005E4AA7"/>
     <w:rsid w:val="005E5A55"/>
     <w:rsid w:val="005E6278"/>
     <w:rsid w:val="005E688B"/>
     <w:rsid w:val="005E6D5E"/>
     <w:rsid w:val="005E6FA1"/>
     <w:rsid w:val="005F0C6F"/>
     <w:rsid w:val="005F2532"/>
     <w:rsid w:val="005F3098"/>
     <w:rsid w:val="005F650D"/>
     <w:rsid w:val="005F7444"/>
     <w:rsid w:val="00601B22"/>
@@ -6914,815 +7422,839 @@
     <w:rsid w:val="00614A72"/>
     <w:rsid w:val="006155A6"/>
     <w:rsid w:val="00616608"/>
     <w:rsid w:val="00620A34"/>
     <w:rsid w:val="00620D93"/>
     <w:rsid w:val="0062375F"/>
     <w:rsid w:val="0062381B"/>
     <w:rsid w:val="00625BDF"/>
     <w:rsid w:val="00626051"/>
     <w:rsid w:val="00634CAC"/>
     <w:rsid w:val="00640793"/>
     <w:rsid w:val="00640EFC"/>
     <w:rsid w:val="00643CCE"/>
     <w:rsid w:val="006458CE"/>
     <w:rsid w:val="006461D2"/>
     <w:rsid w:val="00647794"/>
     <w:rsid w:val="006503FB"/>
     <w:rsid w:val="00651D98"/>
     <w:rsid w:val="00652E01"/>
     <w:rsid w:val="00654700"/>
     <w:rsid w:val="00662D97"/>
     <w:rsid w:val="00664995"/>
     <w:rsid w:val="006706C8"/>
     <w:rsid w:val="00671202"/>
     <w:rsid w:val="00671AFB"/>
+    <w:rsid w:val="00672444"/>
     <w:rsid w:val="006743C0"/>
     <w:rsid w:val="006744B1"/>
     <w:rsid w:val="00674D19"/>
     <w:rsid w:val="00675295"/>
     <w:rsid w:val="00676D8C"/>
     <w:rsid w:val="00677928"/>
     <w:rsid w:val="00677CA6"/>
     <w:rsid w:val="00686092"/>
     <w:rsid w:val="0068661E"/>
     <w:rsid w:val="00694506"/>
     <w:rsid w:val="00694849"/>
     <w:rsid w:val="00696821"/>
     <w:rsid w:val="00697843"/>
     <w:rsid w:val="0069799D"/>
     <w:rsid w:val="006A136F"/>
     <w:rsid w:val="006A162E"/>
     <w:rsid w:val="006A1B44"/>
     <w:rsid w:val="006A39C2"/>
     <w:rsid w:val="006A41F3"/>
     <w:rsid w:val="006A4DFD"/>
     <w:rsid w:val="006A549F"/>
     <w:rsid w:val="006A55C9"/>
     <w:rsid w:val="006A5B9E"/>
     <w:rsid w:val="006A730F"/>
     <w:rsid w:val="006A7AA6"/>
     <w:rsid w:val="006B32D0"/>
     <w:rsid w:val="006B6C46"/>
     <w:rsid w:val="006C24B2"/>
     <w:rsid w:val="006C5FD7"/>
     <w:rsid w:val="006D1575"/>
     <w:rsid w:val="006D1DEF"/>
     <w:rsid w:val="006D1E54"/>
     <w:rsid w:val="006D2B95"/>
-    <w:rsid w:val="006D2E4E"/>
     <w:rsid w:val="006D518B"/>
     <w:rsid w:val="006D5E78"/>
     <w:rsid w:val="006D6702"/>
     <w:rsid w:val="006E642A"/>
     <w:rsid w:val="006F2AE6"/>
     <w:rsid w:val="006F515B"/>
     <w:rsid w:val="006F53D8"/>
     <w:rsid w:val="006F5B5B"/>
     <w:rsid w:val="006F6A54"/>
     <w:rsid w:val="006F7BFD"/>
     <w:rsid w:val="007006F8"/>
     <w:rsid w:val="00700DC9"/>
     <w:rsid w:val="00704F6B"/>
     <w:rsid w:val="00706E28"/>
     <w:rsid w:val="007109C9"/>
     <w:rsid w:val="00713A73"/>
     <w:rsid w:val="00716D9C"/>
     <w:rsid w:val="00717865"/>
     <w:rsid w:val="00717E13"/>
     <w:rsid w:val="007202AD"/>
+    <w:rsid w:val="00720509"/>
     <w:rsid w:val="00721CB2"/>
     <w:rsid w:val="00722F88"/>
     <w:rsid w:val="00725964"/>
     <w:rsid w:val="00725A67"/>
     <w:rsid w:val="00726458"/>
     <w:rsid w:val="007338B0"/>
     <w:rsid w:val="007352B7"/>
     <w:rsid w:val="00735A05"/>
     <w:rsid w:val="00735B12"/>
     <w:rsid w:val="00744C4C"/>
+    <w:rsid w:val="00745092"/>
     <w:rsid w:val="007456B4"/>
     <w:rsid w:val="00751F85"/>
     <w:rsid w:val="0075765D"/>
     <w:rsid w:val="00757BAD"/>
     <w:rsid w:val="00760FBB"/>
     <w:rsid w:val="007610FB"/>
     <w:rsid w:val="00761B2C"/>
     <w:rsid w:val="0076264C"/>
     <w:rsid w:val="00765369"/>
     <w:rsid w:val="0076678A"/>
     <w:rsid w:val="0076698E"/>
     <w:rsid w:val="007711ED"/>
     <w:rsid w:val="00771FE2"/>
     <w:rsid w:val="00777A11"/>
     <w:rsid w:val="00780AA2"/>
     <w:rsid w:val="00781659"/>
     <w:rsid w:val="00781B1C"/>
     <w:rsid w:val="00784653"/>
     <w:rsid w:val="00785A1D"/>
     <w:rsid w:val="00786357"/>
     <w:rsid w:val="00790F03"/>
     <w:rsid w:val="00790F28"/>
     <w:rsid w:val="007913A3"/>
     <w:rsid w:val="0079163D"/>
     <w:rsid w:val="00791D90"/>
     <w:rsid w:val="00796189"/>
     <w:rsid w:val="007965D4"/>
-    <w:rsid w:val="007A046C"/>
     <w:rsid w:val="007A19BE"/>
     <w:rsid w:val="007A2D7F"/>
+    <w:rsid w:val="007A324E"/>
     <w:rsid w:val="007A3AFB"/>
     <w:rsid w:val="007A54D6"/>
     <w:rsid w:val="007A5C66"/>
     <w:rsid w:val="007A6201"/>
     <w:rsid w:val="007B09E1"/>
     <w:rsid w:val="007B2D73"/>
     <w:rsid w:val="007B3DDC"/>
     <w:rsid w:val="007B3EDC"/>
+    <w:rsid w:val="007B4C54"/>
     <w:rsid w:val="007B6DFD"/>
     <w:rsid w:val="007B75BD"/>
+    <w:rsid w:val="007B7CFC"/>
     <w:rsid w:val="007C00E0"/>
     <w:rsid w:val="007C1857"/>
     <w:rsid w:val="007D1E9C"/>
     <w:rsid w:val="007D3FAE"/>
     <w:rsid w:val="007D6197"/>
     <w:rsid w:val="007D74CC"/>
     <w:rsid w:val="007E04DE"/>
     <w:rsid w:val="007E1067"/>
     <w:rsid w:val="007E1C28"/>
     <w:rsid w:val="007E6857"/>
     <w:rsid w:val="007F17C0"/>
     <w:rsid w:val="007F6585"/>
     <w:rsid w:val="007F6D11"/>
     <w:rsid w:val="007F70B1"/>
     <w:rsid w:val="007F73EB"/>
     <w:rsid w:val="00801EDA"/>
+    <w:rsid w:val="00802644"/>
     <w:rsid w:val="008027DD"/>
     <w:rsid w:val="008042B2"/>
+    <w:rsid w:val="00804475"/>
     <w:rsid w:val="00804F45"/>
     <w:rsid w:val="0080595A"/>
     <w:rsid w:val="00806A07"/>
     <w:rsid w:val="00807C24"/>
     <w:rsid w:val="00810850"/>
     <w:rsid w:val="00811076"/>
     <w:rsid w:val="00812758"/>
     <w:rsid w:val="00812B8C"/>
     <w:rsid w:val="00812EA9"/>
+    <w:rsid w:val="008130BF"/>
     <w:rsid w:val="008167CE"/>
     <w:rsid w:val="00816E75"/>
     <w:rsid w:val="008208A3"/>
     <w:rsid w:val="008248DC"/>
     <w:rsid w:val="00824A4A"/>
     <w:rsid w:val="008255E7"/>
     <w:rsid w:val="00830128"/>
     <w:rsid w:val="0083206B"/>
     <w:rsid w:val="00832BD6"/>
     <w:rsid w:val="00832F03"/>
     <w:rsid w:val="0083379F"/>
     <w:rsid w:val="00833B4C"/>
     <w:rsid w:val="00834646"/>
     <w:rsid w:val="008364B8"/>
     <w:rsid w:val="00837A8D"/>
     <w:rsid w:val="008405B5"/>
     <w:rsid w:val="008417E8"/>
     <w:rsid w:val="00841ED4"/>
     <w:rsid w:val="0084511C"/>
     <w:rsid w:val="00846790"/>
     <w:rsid w:val="00846F13"/>
     <w:rsid w:val="00847103"/>
     <w:rsid w:val="008519B9"/>
     <w:rsid w:val="00852536"/>
     <w:rsid w:val="00853730"/>
     <w:rsid w:val="0085543C"/>
     <w:rsid w:val="00855F8D"/>
+    <w:rsid w:val="008600A1"/>
     <w:rsid w:val="0086068D"/>
     <w:rsid w:val="00860A1E"/>
     <w:rsid w:val="00861241"/>
     <w:rsid w:val="00862062"/>
     <w:rsid w:val="0086354C"/>
+    <w:rsid w:val="008646C5"/>
     <w:rsid w:val="00864C74"/>
     <w:rsid w:val="00865786"/>
     <w:rsid w:val="00865FAF"/>
     <w:rsid w:val="008664D8"/>
     <w:rsid w:val="008675AB"/>
     <w:rsid w:val="0087228E"/>
     <w:rsid w:val="008735C6"/>
     <w:rsid w:val="00875B49"/>
     <w:rsid w:val="0088096A"/>
     <w:rsid w:val="00880AB1"/>
     <w:rsid w:val="0088117E"/>
     <w:rsid w:val="0088137B"/>
     <w:rsid w:val="00881891"/>
     <w:rsid w:val="00883CCE"/>
     <w:rsid w:val="00887AF7"/>
     <w:rsid w:val="00887D77"/>
     <w:rsid w:val="008921E6"/>
     <w:rsid w:val="0089233F"/>
     <w:rsid w:val="00894271"/>
     <w:rsid w:val="00894745"/>
     <w:rsid w:val="00894B76"/>
     <w:rsid w:val="0089613D"/>
     <w:rsid w:val="00897236"/>
     <w:rsid w:val="008979C2"/>
     <w:rsid w:val="00897EEE"/>
     <w:rsid w:val="008A3FCD"/>
     <w:rsid w:val="008A537B"/>
     <w:rsid w:val="008A5912"/>
     <w:rsid w:val="008A5AE9"/>
     <w:rsid w:val="008A73F6"/>
     <w:rsid w:val="008B02BD"/>
     <w:rsid w:val="008B1476"/>
     <w:rsid w:val="008B270A"/>
     <w:rsid w:val="008B5DFF"/>
     <w:rsid w:val="008B6238"/>
     <w:rsid w:val="008B6349"/>
     <w:rsid w:val="008C0357"/>
     <w:rsid w:val="008C06F9"/>
     <w:rsid w:val="008C0910"/>
     <w:rsid w:val="008C103F"/>
     <w:rsid w:val="008C2D04"/>
     <w:rsid w:val="008C2EBF"/>
     <w:rsid w:val="008C7B9B"/>
     <w:rsid w:val="008D2BFC"/>
     <w:rsid w:val="008D371A"/>
     <w:rsid w:val="008E0157"/>
     <w:rsid w:val="008E0D5D"/>
     <w:rsid w:val="008E1233"/>
     <w:rsid w:val="008E18C1"/>
     <w:rsid w:val="008E2435"/>
+    <w:rsid w:val="008E5521"/>
     <w:rsid w:val="008E7479"/>
     <w:rsid w:val="008F0B71"/>
     <w:rsid w:val="008F1EF9"/>
     <w:rsid w:val="008F200A"/>
     <w:rsid w:val="008F39C2"/>
     <w:rsid w:val="008F5F1C"/>
     <w:rsid w:val="008F769D"/>
     <w:rsid w:val="009014B1"/>
     <w:rsid w:val="00901C76"/>
     <w:rsid w:val="00901E7B"/>
     <w:rsid w:val="009071D3"/>
     <w:rsid w:val="00911E5E"/>
     <w:rsid w:val="009120DE"/>
     <w:rsid w:val="00912C4D"/>
     <w:rsid w:val="00912EE0"/>
     <w:rsid w:val="00913495"/>
     <w:rsid w:val="00914552"/>
     <w:rsid w:val="00915227"/>
+    <w:rsid w:val="00915CF6"/>
     <w:rsid w:val="00920EB5"/>
     <w:rsid w:val="00921C13"/>
     <w:rsid w:val="00923804"/>
     <w:rsid w:val="0092650E"/>
     <w:rsid w:val="00926E00"/>
+    <w:rsid w:val="00927160"/>
     <w:rsid w:val="00927A2D"/>
     <w:rsid w:val="00932AB0"/>
     <w:rsid w:val="0093378E"/>
     <w:rsid w:val="00933C97"/>
     <w:rsid w:val="009347D8"/>
     <w:rsid w:val="0093570E"/>
     <w:rsid w:val="00935D43"/>
     <w:rsid w:val="009401D7"/>
     <w:rsid w:val="009501C0"/>
     <w:rsid w:val="009524E2"/>
     <w:rsid w:val="009525FD"/>
     <w:rsid w:val="0095679E"/>
     <w:rsid w:val="009572BB"/>
     <w:rsid w:val="00960C6C"/>
     <w:rsid w:val="00964847"/>
     <w:rsid w:val="00965B3B"/>
     <w:rsid w:val="009669D7"/>
     <w:rsid w:val="00966DD1"/>
     <w:rsid w:val="009712B7"/>
     <w:rsid w:val="0097206F"/>
     <w:rsid w:val="00972D82"/>
     <w:rsid w:val="00980E35"/>
-    <w:rsid w:val="00981BA1"/>
     <w:rsid w:val="009863EB"/>
     <w:rsid w:val="009874F4"/>
+    <w:rsid w:val="0098773A"/>
     <w:rsid w:val="00990947"/>
     <w:rsid w:val="00991104"/>
     <w:rsid w:val="0099243F"/>
     <w:rsid w:val="00992B1D"/>
     <w:rsid w:val="009931B0"/>
     <w:rsid w:val="009931FC"/>
     <w:rsid w:val="009935E4"/>
     <w:rsid w:val="009950B6"/>
     <w:rsid w:val="00997668"/>
     <w:rsid w:val="009A1C42"/>
     <w:rsid w:val="009A3DAA"/>
     <w:rsid w:val="009A4E8D"/>
     <w:rsid w:val="009A6DA4"/>
     <w:rsid w:val="009A7E66"/>
     <w:rsid w:val="009B062D"/>
     <w:rsid w:val="009B2BB7"/>
     <w:rsid w:val="009B5E8A"/>
     <w:rsid w:val="009B705F"/>
     <w:rsid w:val="009B7B0F"/>
     <w:rsid w:val="009C0600"/>
     <w:rsid w:val="009C0A4E"/>
     <w:rsid w:val="009C14CF"/>
     <w:rsid w:val="009C1D50"/>
     <w:rsid w:val="009C457C"/>
     <w:rsid w:val="009C4CB9"/>
     <w:rsid w:val="009C5BBC"/>
     <w:rsid w:val="009C633D"/>
+    <w:rsid w:val="009D10FD"/>
     <w:rsid w:val="009D2EB3"/>
     <w:rsid w:val="009E2675"/>
     <w:rsid w:val="009E4652"/>
     <w:rsid w:val="009E46E9"/>
     <w:rsid w:val="009E551D"/>
     <w:rsid w:val="009E7EAD"/>
     <w:rsid w:val="009F1456"/>
     <w:rsid w:val="009F185D"/>
     <w:rsid w:val="009F538E"/>
     <w:rsid w:val="009F6442"/>
     <w:rsid w:val="00A01095"/>
     <w:rsid w:val="00A01A62"/>
     <w:rsid w:val="00A0219A"/>
     <w:rsid w:val="00A030F2"/>
     <w:rsid w:val="00A0317F"/>
     <w:rsid w:val="00A04515"/>
     <w:rsid w:val="00A04801"/>
     <w:rsid w:val="00A10417"/>
     <w:rsid w:val="00A13531"/>
     <w:rsid w:val="00A139B5"/>
     <w:rsid w:val="00A14984"/>
     <w:rsid w:val="00A161A1"/>
     <w:rsid w:val="00A204DB"/>
     <w:rsid w:val="00A20E15"/>
     <w:rsid w:val="00A21423"/>
     <w:rsid w:val="00A26FE8"/>
     <w:rsid w:val="00A33147"/>
     <w:rsid w:val="00A33924"/>
     <w:rsid w:val="00A34CBA"/>
     <w:rsid w:val="00A379A7"/>
     <w:rsid w:val="00A40B58"/>
     <w:rsid w:val="00A4482A"/>
     <w:rsid w:val="00A46517"/>
     <w:rsid w:val="00A513E0"/>
     <w:rsid w:val="00A51722"/>
     <w:rsid w:val="00A5269E"/>
     <w:rsid w:val="00A53326"/>
     <w:rsid w:val="00A53DD0"/>
     <w:rsid w:val="00A53F54"/>
     <w:rsid w:val="00A54D59"/>
+    <w:rsid w:val="00A56EB7"/>
     <w:rsid w:val="00A57E24"/>
     <w:rsid w:val="00A613A8"/>
     <w:rsid w:val="00A61F0A"/>
     <w:rsid w:val="00A63AAA"/>
     <w:rsid w:val="00A65967"/>
     <w:rsid w:val="00A673F3"/>
     <w:rsid w:val="00A71E97"/>
     <w:rsid w:val="00A72C7B"/>
     <w:rsid w:val="00A7458E"/>
     <w:rsid w:val="00A76254"/>
     <w:rsid w:val="00A80FBF"/>
     <w:rsid w:val="00A82348"/>
     <w:rsid w:val="00A837C2"/>
     <w:rsid w:val="00A851C8"/>
     <w:rsid w:val="00A9057F"/>
     <w:rsid w:val="00A93713"/>
     <w:rsid w:val="00A951CC"/>
     <w:rsid w:val="00A96B93"/>
     <w:rsid w:val="00A976D3"/>
     <w:rsid w:val="00A979A2"/>
     <w:rsid w:val="00AA0C37"/>
     <w:rsid w:val="00AA61D3"/>
     <w:rsid w:val="00AA661A"/>
     <w:rsid w:val="00AB381A"/>
     <w:rsid w:val="00AB492D"/>
     <w:rsid w:val="00AB65C2"/>
     <w:rsid w:val="00AB75ED"/>
     <w:rsid w:val="00AC06AD"/>
     <w:rsid w:val="00AC181B"/>
     <w:rsid w:val="00AC4D91"/>
     <w:rsid w:val="00AC58CB"/>
     <w:rsid w:val="00AC6544"/>
     <w:rsid w:val="00AD03E9"/>
     <w:rsid w:val="00AD08FF"/>
     <w:rsid w:val="00AD0BCF"/>
     <w:rsid w:val="00AD15ED"/>
     <w:rsid w:val="00AD1CD0"/>
     <w:rsid w:val="00AE291B"/>
     <w:rsid w:val="00AE2D5A"/>
     <w:rsid w:val="00AE4C3E"/>
     <w:rsid w:val="00AE5A9F"/>
     <w:rsid w:val="00AF69C2"/>
+    <w:rsid w:val="00B01314"/>
     <w:rsid w:val="00B0133D"/>
     <w:rsid w:val="00B03065"/>
     <w:rsid w:val="00B0369C"/>
     <w:rsid w:val="00B04E52"/>
     <w:rsid w:val="00B059D1"/>
     <w:rsid w:val="00B05E10"/>
     <w:rsid w:val="00B121AA"/>
     <w:rsid w:val="00B1472C"/>
     <w:rsid w:val="00B207F8"/>
     <w:rsid w:val="00B215B6"/>
     <w:rsid w:val="00B23EAB"/>
     <w:rsid w:val="00B23FE6"/>
     <w:rsid w:val="00B24C91"/>
     <w:rsid w:val="00B276F5"/>
     <w:rsid w:val="00B30153"/>
     <w:rsid w:val="00B306A6"/>
     <w:rsid w:val="00B31367"/>
     <w:rsid w:val="00B345BB"/>
     <w:rsid w:val="00B35359"/>
     <w:rsid w:val="00B4164A"/>
     <w:rsid w:val="00B41AD5"/>
     <w:rsid w:val="00B4703B"/>
     <w:rsid w:val="00B471C1"/>
     <w:rsid w:val="00B477A6"/>
     <w:rsid w:val="00B513A1"/>
     <w:rsid w:val="00B5378B"/>
     <w:rsid w:val="00B57EDC"/>
     <w:rsid w:val="00B60517"/>
     <w:rsid w:val="00B608B4"/>
     <w:rsid w:val="00B62BAA"/>
     <w:rsid w:val="00B63B9B"/>
     <w:rsid w:val="00B65C56"/>
     <w:rsid w:val="00B7254E"/>
     <w:rsid w:val="00B76AF9"/>
     <w:rsid w:val="00B82FE4"/>
     <w:rsid w:val="00B86BD2"/>
     <w:rsid w:val="00B90E0D"/>
     <w:rsid w:val="00B94FDF"/>
     <w:rsid w:val="00B967F6"/>
     <w:rsid w:val="00B97651"/>
     <w:rsid w:val="00BA0D2D"/>
     <w:rsid w:val="00BA2020"/>
     <w:rsid w:val="00BA5729"/>
     <w:rsid w:val="00BA5A04"/>
     <w:rsid w:val="00BA5C7D"/>
     <w:rsid w:val="00BB0ACA"/>
+    <w:rsid w:val="00BB4427"/>
     <w:rsid w:val="00BB5014"/>
     <w:rsid w:val="00BB5265"/>
     <w:rsid w:val="00BB7166"/>
     <w:rsid w:val="00BB720F"/>
     <w:rsid w:val="00BC0641"/>
     <w:rsid w:val="00BC1C0E"/>
     <w:rsid w:val="00BC25B2"/>
     <w:rsid w:val="00BD0145"/>
     <w:rsid w:val="00BD0352"/>
     <w:rsid w:val="00BD099E"/>
     <w:rsid w:val="00BD3CE5"/>
     <w:rsid w:val="00BD5C5C"/>
     <w:rsid w:val="00BE1C7E"/>
     <w:rsid w:val="00BE2397"/>
     <w:rsid w:val="00BE2C41"/>
     <w:rsid w:val="00BE5DBE"/>
     <w:rsid w:val="00BF116F"/>
     <w:rsid w:val="00BF2F51"/>
     <w:rsid w:val="00BF5C20"/>
     <w:rsid w:val="00BF62A2"/>
     <w:rsid w:val="00C02C2D"/>
     <w:rsid w:val="00C030F9"/>
     <w:rsid w:val="00C04C43"/>
     <w:rsid w:val="00C06F34"/>
     <w:rsid w:val="00C06F61"/>
     <w:rsid w:val="00C11A38"/>
     <w:rsid w:val="00C12CCD"/>
     <w:rsid w:val="00C13235"/>
     <w:rsid w:val="00C13D38"/>
     <w:rsid w:val="00C16930"/>
     <w:rsid w:val="00C2024A"/>
     <w:rsid w:val="00C22480"/>
     <w:rsid w:val="00C23F5F"/>
     <w:rsid w:val="00C24C9D"/>
     <w:rsid w:val="00C26EE6"/>
     <w:rsid w:val="00C2715E"/>
     <w:rsid w:val="00C2742D"/>
     <w:rsid w:val="00C2796C"/>
     <w:rsid w:val="00C32903"/>
     <w:rsid w:val="00C3296C"/>
     <w:rsid w:val="00C330BC"/>
     <w:rsid w:val="00C36966"/>
     <w:rsid w:val="00C42029"/>
+    <w:rsid w:val="00C45EFC"/>
     <w:rsid w:val="00C46CB5"/>
     <w:rsid w:val="00C5076E"/>
     <w:rsid w:val="00C547F4"/>
     <w:rsid w:val="00C5609A"/>
     <w:rsid w:val="00C6319A"/>
     <w:rsid w:val="00C67DFB"/>
     <w:rsid w:val="00C703C6"/>
     <w:rsid w:val="00C70A4C"/>
+    <w:rsid w:val="00C71102"/>
     <w:rsid w:val="00C775E3"/>
     <w:rsid w:val="00C77BA5"/>
     <w:rsid w:val="00C80C8F"/>
     <w:rsid w:val="00C80DB5"/>
     <w:rsid w:val="00C81F90"/>
     <w:rsid w:val="00C84B14"/>
     <w:rsid w:val="00C8524A"/>
     <w:rsid w:val="00C85832"/>
     <w:rsid w:val="00C859AF"/>
     <w:rsid w:val="00C8681D"/>
     <w:rsid w:val="00C86F13"/>
     <w:rsid w:val="00C91AD6"/>
     <w:rsid w:val="00C92319"/>
+    <w:rsid w:val="00C92723"/>
     <w:rsid w:val="00C978BB"/>
     <w:rsid w:val="00CA21B5"/>
     <w:rsid w:val="00CA4FBE"/>
     <w:rsid w:val="00CA6065"/>
     <w:rsid w:val="00CB2FDD"/>
     <w:rsid w:val="00CB32F9"/>
     <w:rsid w:val="00CB7663"/>
     <w:rsid w:val="00CC2E60"/>
+    <w:rsid w:val="00CC3C7B"/>
     <w:rsid w:val="00CC5A36"/>
     <w:rsid w:val="00CC7114"/>
+    <w:rsid w:val="00CD20F0"/>
     <w:rsid w:val="00CD5DA6"/>
     <w:rsid w:val="00CE4098"/>
+    <w:rsid w:val="00CE4845"/>
     <w:rsid w:val="00CE4E0C"/>
     <w:rsid w:val="00CE67B0"/>
     <w:rsid w:val="00CF009D"/>
     <w:rsid w:val="00CF1F11"/>
     <w:rsid w:val="00CF2724"/>
     <w:rsid w:val="00CF3192"/>
+    <w:rsid w:val="00CF64BF"/>
     <w:rsid w:val="00CF6650"/>
     <w:rsid w:val="00CF6AB3"/>
     <w:rsid w:val="00CF7746"/>
     <w:rsid w:val="00D01634"/>
     <w:rsid w:val="00D04CCA"/>
     <w:rsid w:val="00D07BBC"/>
     <w:rsid w:val="00D1033E"/>
     <w:rsid w:val="00D107CC"/>
+    <w:rsid w:val="00D1149A"/>
     <w:rsid w:val="00D125C8"/>
     <w:rsid w:val="00D13DA6"/>
     <w:rsid w:val="00D165B9"/>
     <w:rsid w:val="00D17E49"/>
     <w:rsid w:val="00D20B7E"/>
     <w:rsid w:val="00D23010"/>
     <w:rsid w:val="00D234EC"/>
     <w:rsid w:val="00D241F8"/>
     <w:rsid w:val="00D265A8"/>
     <w:rsid w:val="00D26F10"/>
     <w:rsid w:val="00D30015"/>
     <w:rsid w:val="00D3035D"/>
     <w:rsid w:val="00D32130"/>
     <w:rsid w:val="00D33655"/>
     <w:rsid w:val="00D33780"/>
     <w:rsid w:val="00D36529"/>
     <w:rsid w:val="00D36C0A"/>
     <w:rsid w:val="00D36E69"/>
+    <w:rsid w:val="00D37F5D"/>
     <w:rsid w:val="00D40352"/>
     <w:rsid w:val="00D40C95"/>
     <w:rsid w:val="00D42812"/>
     <w:rsid w:val="00D473AF"/>
     <w:rsid w:val="00D51570"/>
+    <w:rsid w:val="00D530D1"/>
     <w:rsid w:val="00D54FB3"/>
     <w:rsid w:val="00D55679"/>
     <w:rsid w:val="00D61A7E"/>
     <w:rsid w:val="00D62AF4"/>
     <w:rsid w:val="00D667CA"/>
     <w:rsid w:val="00D702DD"/>
     <w:rsid w:val="00D704C8"/>
     <w:rsid w:val="00D717A2"/>
     <w:rsid w:val="00D71990"/>
     <w:rsid w:val="00D71EBF"/>
     <w:rsid w:val="00D73CBC"/>
     <w:rsid w:val="00D76E12"/>
     <w:rsid w:val="00D7709D"/>
     <w:rsid w:val="00D80110"/>
     <w:rsid w:val="00D80C40"/>
     <w:rsid w:val="00D8108E"/>
+    <w:rsid w:val="00D81963"/>
     <w:rsid w:val="00D82A74"/>
     <w:rsid w:val="00D84D4F"/>
     <w:rsid w:val="00D854FE"/>
     <w:rsid w:val="00D85D3F"/>
     <w:rsid w:val="00D926A4"/>
     <w:rsid w:val="00D926B3"/>
     <w:rsid w:val="00D94123"/>
     <w:rsid w:val="00DA0FF8"/>
     <w:rsid w:val="00DA1AEF"/>
     <w:rsid w:val="00DA1D0F"/>
     <w:rsid w:val="00DA3040"/>
+    <w:rsid w:val="00DA32F5"/>
     <w:rsid w:val="00DB1E21"/>
     <w:rsid w:val="00DC2AF8"/>
     <w:rsid w:val="00DC3107"/>
     <w:rsid w:val="00DC3849"/>
     <w:rsid w:val="00DC4CB5"/>
     <w:rsid w:val="00DC5FB9"/>
     <w:rsid w:val="00DC7669"/>
     <w:rsid w:val="00DD62D6"/>
     <w:rsid w:val="00DD72F2"/>
     <w:rsid w:val="00DE0B26"/>
     <w:rsid w:val="00DE138C"/>
     <w:rsid w:val="00DE1CA6"/>
     <w:rsid w:val="00DE29C9"/>
     <w:rsid w:val="00DE2BE6"/>
     <w:rsid w:val="00DE351B"/>
     <w:rsid w:val="00DE3831"/>
     <w:rsid w:val="00DE43C2"/>
     <w:rsid w:val="00DE5BFB"/>
     <w:rsid w:val="00DF098C"/>
     <w:rsid w:val="00DF12F8"/>
+    <w:rsid w:val="00DF1595"/>
     <w:rsid w:val="00DF186F"/>
     <w:rsid w:val="00DF4264"/>
     <w:rsid w:val="00DF42BD"/>
     <w:rsid w:val="00DF4AD2"/>
     <w:rsid w:val="00DF6B05"/>
     <w:rsid w:val="00DF6D90"/>
     <w:rsid w:val="00DF73D7"/>
     <w:rsid w:val="00E01067"/>
     <w:rsid w:val="00E07533"/>
     <w:rsid w:val="00E13A5A"/>
     <w:rsid w:val="00E13E62"/>
     <w:rsid w:val="00E14DC7"/>
     <w:rsid w:val="00E26656"/>
     <w:rsid w:val="00E26B09"/>
     <w:rsid w:val="00E27AC4"/>
     <w:rsid w:val="00E30806"/>
+    <w:rsid w:val="00E355F6"/>
     <w:rsid w:val="00E3740B"/>
     <w:rsid w:val="00E44BB9"/>
     <w:rsid w:val="00E46655"/>
     <w:rsid w:val="00E47CFD"/>
     <w:rsid w:val="00E53642"/>
     <w:rsid w:val="00E57722"/>
     <w:rsid w:val="00E5773C"/>
     <w:rsid w:val="00E6272D"/>
     <w:rsid w:val="00E648C7"/>
     <w:rsid w:val="00E64F7F"/>
     <w:rsid w:val="00E65B0E"/>
     <w:rsid w:val="00E6685D"/>
     <w:rsid w:val="00E702A8"/>
     <w:rsid w:val="00E71811"/>
     <w:rsid w:val="00E71A95"/>
     <w:rsid w:val="00E71BEA"/>
     <w:rsid w:val="00E818F5"/>
     <w:rsid w:val="00E8362D"/>
     <w:rsid w:val="00E83ECA"/>
     <w:rsid w:val="00E84221"/>
     <w:rsid w:val="00E85D60"/>
     <w:rsid w:val="00E863F3"/>
     <w:rsid w:val="00E9035C"/>
     <w:rsid w:val="00E90DF6"/>
+    <w:rsid w:val="00E90E7D"/>
     <w:rsid w:val="00E924BD"/>
     <w:rsid w:val="00E93522"/>
     <w:rsid w:val="00E937A3"/>
     <w:rsid w:val="00E946BB"/>
     <w:rsid w:val="00EA5F74"/>
     <w:rsid w:val="00EA75CE"/>
     <w:rsid w:val="00EB0413"/>
     <w:rsid w:val="00EB33AA"/>
     <w:rsid w:val="00EB50AC"/>
     <w:rsid w:val="00EB5157"/>
     <w:rsid w:val="00EB56B3"/>
     <w:rsid w:val="00EB64B4"/>
     <w:rsid w:val="00EB710F"/>
     <w:rsid w:val="00EC0036"/>
     <w:rsid w:val="00EC0394"/>
     <w:rsid w:val="00EC0F36"/>
     <w:rsid w:val="00EC1B68"/>
     <w:rsid w:val="00EC4D75"/>
+    <w:rsid w:val="00EC6BAE"/>
     <w:rsid w:val="00ED2713"/>
+    <w:rsid w:val="00ED41DB"/>
     <w:rsid w:val="00ED46A9"/>
     <w:rsid w:val="00ED4BD8"/>
     <w:rsid w:val="00ED5281"/>
     <w:rsid w:val="00ED53C2"/>
     <w:rsid w:val="00ED5933"/>
     <w:rsid w:val="00EE0FCD"/>
     <w:rsid w:val="00EE1C87"/>
     <w:rsid w:val="00EE3D02"/>
+    <w:rsid w:val="00EE61A1"/>
     <w:rsid w:val="00EE6694"/>
     <w:rsid w:val="00EE7996"/>
     <w:rsid w:val="00EF26B9"/>
     <w:rsid w:val="00EF2725"/>
     <w:rsid w:val="00EF39FE"/>
+    <w:rsid w:val="00EF3EE8"/>
     <w:rsid w:val="00EF3F61"/>
     <w:rsid w:val="00EF7477"/>
     <w:rsid w:val="00F02469"/>
     <w:rsid w:val="00F02A98"/>
     <w:rsid w:val="00F0310E"/>
     <w:rsid w:val="00F06557"/>
     <w:rsid w:val="00F0782F"/>
     <w:rsid w:val="00F11393"/>
     <w:rsid w:val="00F119F7"/>
     <w:rsid w:val="00F12554"/>
     <w:rsid w:val="00F13B47"/>
     <w:rsid w:val="00F15C1D"/>
     <w:rsid w:val="00F15C79"/>
     <w:rsid w:val="00F215BD"/>
     <w:rsid w:val="00F21B35"/>
     <w:rsid w:val="00F22869"/>
     <w:rsid w:val="00F2296B"/>
+    <w:rsid w:val="00F23BD4"/>
     <w:rsid w:val="00F2557F"/>
+    <w:rsid w:val="00F27F0D"/>
     <w:rsid w:val="00F307E8"/>
     <w:rsid w:val="00F34056"/>
     <w:rsid w:val="00F35B75"/>
     <w:rsid w:val="00F36BC3"/>
     <w:rsid w:val="00F36FA3"/>
     <w:rsid w:val="00F430A0"/>
     <w:rsid w:val="00F430B6"/>
     <w:rsid w:val="00F45692"/>
     <w:rsid w:val="00F567A3"/>
     <w:rsid w:val="00F620ED"/>
     <w:rsid w:val="00F634E0"/>
     <w:rsid w:val="00F641CE"/>
     <w:rsid w:val="00F6647C"/>
     <w:rsid w:val="00F6693D"/>
     <w:rsid w:val="00F67BDC"/>
     <w:rsid w:val="00F71C31"/>
+    <w:rsid w:val="00F740C8"/>
     <w:rsid w:val="00F74493"/>
     <w:rsid w:val="00F7536D"/>
     <w:rsid w:val="00F762CC"/>
     <w:rsid w:val="00F77F9A"/>
     <w:rsid w:val="00F82A4E"/>
     <w:rsid w:val="00F82FB0"/>
     <w:rsid w:val="00F8489E"/>
     <w:rsid w:val="00F84A76"/>
     <w:rsid w:val="00F9179A"/>
     <w:rsid w:val="00F917C3"/>
     <w:rsid w:val="00F919D6"/>
     <w:rsid w:val="00F91B57"/>
     <w:rsid w:val="00F92F80"/>
     <w:rsid w:val="00F93146"/>
     <w:rsid w:val="00F94166"/>
     <w:rsid w:val="00F95415"/>
     <w:rsid w:val="00FA07F5"/>
     <w:rsid w:val="00FA2228"/>
+    <w:rsid w:val="00FA6215"/>
     <w:rsid w:val="00FB0B7E"/>
     <w:rsid w:val="00FB518F"/>
     <w:rsid w:val="00FB7575"/>
     <w:rsid w:val="00FB757D"/>
     <w:rsid w:val="00FB7A47"/>
     <w:rsid w:val="00FC4278"/>
     <w:rsid w:val="00FC692E"/>
     <w:rsid w:val="00FC6C8A"/>
     <w:rsid w:val="00FD006A"/>
     <w:rsid w:val="00FD02BF"/>
     <w:rsid w:val="00FD0581"/>
     <w:rsid w:val="00FD1C18"/>
     <w:rsid w:val="00FD24FE"/>
     <w:rsid w:val="00FD2B5B"/>
     <w:rsid w:val="00FD3256"/>
     <w:rsid w:val="00FD359C"/>
+    <w:rsid w:val="00FD3E04"/>
     <w:rsid w:val="00FD7771"/>
     <w:rsid w:val="00FE0E99"/>
     <w:rsid w:val="00FE0E9B"/>
     <w:rsid w:val="00FE36C5"/>
     <w:rsid w:val="00FE52D9"/>
     <w:rsid w:val="00FF2737"/>
     <w:rsid w:val="00FF2FFB"/>
+    <w:rsid w:val="00FF5599"/>
     <w:rsid w:val="00FF7C88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1CC4C7EE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{506DC4C6-327B-48DD-971D-864ACD531568}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7858,51 +8390,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -8050,50 +8582,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005A4C01"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="002523B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -8228,51 +8764,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D74CC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007D74CC"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E5773C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E5773C"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00151CEF"/>
     <w:pPr>
@@ -8380,73 +8916,72 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00833B4C"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002523B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
+    <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00140359"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\file-itd-01.lm.local\NVAShare\Sadarbibas_izvertesana" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8700,102 +9235,79 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>RelatedItemsNewEditForm</Edit>
   <New>RelatedItemsNewEditForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100385BFBF87896214B9C4D01EAA747C93C" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f96ba53e2e339d4f0c333e9442add6c6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c378985b-df90-45bd-bb96-a7893d9f901f" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a03a883dd4d1bdc0e0b61b3f1213b1c" ns2:_="" ns3:_="">
     <xsd:import namespace="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c378985b-df90-45bd-bb96-a7893d9f901f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -8922,145 +9434,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">2152</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId>1516</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">false</IsSysUpdate>
+    <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52E3FBF7-3F97-4056-A010-63C3AE593E9F}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C1C9FED-7A75-485C-A0C2-FFAEC4805833}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{112C4689-0844-40E2-B6C4-EE475E160141}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB077F1C-8739-46C9-870B-D15A35D949B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52E3FBF7-3F97-4056-A010-63C3AE593E9F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C168C3C1-AE9A-4AF3-A9D3-0E49E5D6C590}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5002A41-115C-4F91-83B8-94273933C4AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3086</Characters>
+  <Pages>6</Pages>
+  <Words>12368</Words>
+  <Characters>7050</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8484</CharactersWithSpaces>
+  <CharactersWithSpaces>19380</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pavels Belisovs</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100385BFBF87896214B9C4D01EAA747C93C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>