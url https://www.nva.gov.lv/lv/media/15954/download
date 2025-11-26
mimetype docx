--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,585 +1,590 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item5.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="00E02202" w:rsidRDefault="003D4C66" w:rsidP="001746BA">
+    <w:p w:rsidR="00E02202" w:rsidRPr="009520E2" w:rsidP="001746BA" w14:paraId="47BE024F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="009520E2">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4.pielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E02202" w:rsidRDefault="003D4C66" w:rsidP="001746BA">
+    <w:p w:rsidR="00E02202" w:rsidRPr="009520E2" w:rsidP="001746BA" w14:paraId="5F6B782C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009520E2">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E02202" w:rsidRPr="00A455BB" w:rsidRDefault="003D4C66" w:rsidP="001746BA">
+    <w:p w:rsidR="005B763C" w:rsidRPr="009520E2" w:rsidP="005B763C" w14:paraId="38EE2A45" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk205551309"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk206426078"/>
+      <w:r w:rsidRPr="009520E2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>04.11.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009520E2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rīkojumam Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009520E2">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1.1-1/264</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00E02202" w:rsidRPr="009520E2" w:rsidP="001746BA" w14:paraId="23D85D54" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB3034">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00880EF7" w:rsidRPr="0069374C" w:rsidRDefault="00880EF7" w:rsidP="001746BA">
+    <w:p w:rsidR="00880EF7" w:rsidRPr="0069374C" w:rsidP="001746BA" w14:paraId="3E812533" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F80364" w:rsidRDefault="003D4C66" w:rsidP="00567F42">
+    <w:p w:rsidR="00F80364" w:rsidP="00567F42" w14:paraId="7B7CEC84" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk125641137"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk125641137"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Valsts valodas</w:t>
       </w:r>
-      <w:r w:rsidR="008B5263" w:rsidRPr="008B5263">
+      <w:r w:rsidRPr="008B5263" w:rsidR="008B5263">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C605C9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izglītības</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00C605C9" w:rsidRPr="008B5263">
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="008B5263" w:rsidR="00C605C9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B5263" w:rsidRPr="008B5263">
+      <w:r w:rsidRPr="008B5263" w:rsidR="008B5263">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">programmu </w:t>
       </w:r>
       <w:r w:rsidR="00357203">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenotāju </w:t>
       </w:r>
       <w:r w:rsidRPr="00D962F3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izvēles kārtība</w:t>
       </w:r>
-      <w:r w:rsidR="008E5270" w:rsidRPr="00D962F3">
+      <w:r w:rsidRPr="00D962F3" w:rsidR="008E5270">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B66FE1" w:rsidRDefault="003D4C66" w:rsidP="0093331E">
+    <w:p w:rsidR="00B66FE1" w:rsidP="0093331E" w14:paraId="028A7FBD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3632E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Prasības PIEDĀVĀJUMA NOFORMĒJUM</w:t>
       </w:r>
       <w:r w:rsidR="00172335">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>AM</w:t>
       </w:r>
       <w:r w:rsidRPr="00B3632E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> UN IESNIEGŠAN</w:t>
       </w:r>
       <w:r w:rsidR="00172335">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>AI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00181EE4" w:rsidRDefault="00181EE4" w:rsidP="001746BA">
+    <w:p w:rsidR="00181EE4" w:rsidP="001746BA" w14:paraId="16532BD6" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00181EE4" w:rsidRDefault="003D4C66" w:rsidP="001746BA">
+    <w:p w:rsidR="00181EE4" w:rsidP="001746BA" w14:paraId="0FC570BD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Piedāvājumu sagatavo un iesniedz saskaņā ar šajā kārtībā </w:t>
-[...5 lines deleted...]
-        <w:t>izvirzītajām prasībām.</w:t>
+        <w:t>Piedāvājumu sagatavo un iesniedz saskaņā ar šajā kārtībā izvirzītajām prasībām.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00181EE4" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00181EE4" w:rsidP="00A455BB" w14:paraId="2482AB6C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestāde (turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="00F65C24">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents) iesniedz Nodarbinātības valsts aģentūrai (turpmāk – Aģentūra) piedāvājumu iesūt</w:t>
       </w:r>
       <w:r w:rsidR="008619D8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008619D8" w:rsidRPr="00181EE4">
+      <w:r w:rsidRPr="00181EE4" w:rsidR="008619D8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">parakstītu </w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ar drošu elektronisko parakstu uz </w:t>
       </w:r>
       <w:r w:rsidR="001A3534">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aģentūras oficiālo</w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00264DA6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001A3534">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>e-</w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>adresi, ievērojot, ka maksimālais pieļauj</w:t>
+        <w:t>adresi, ievērojot, ka maksimālais pieļaujamais apjoms</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3534">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>amais apjoms</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001A3534">
+        <w:t xml:space="preserve"> sūtot un saņemot dokumentus ar e-parakstu</w:t>
+      </w:r>
+      <w:r w:rsidR="0056584A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sūtot un saņemot dokumentus ar e-parakstu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0056584A">
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00745E28">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>MB. Piedāvājum</w:t>
+      </w:r>
+      <w:r w:rsidR="00204199">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D477DE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, k</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57AF1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="00D477DE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saņemt</w:t>
+      </w:r>
+      <w:r w:rsidR="00204199">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D477DE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00181EE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēc uzaicinājumā norādītā iesniegšanas termiņa</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD344A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ir </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">50 </w:t>
+        <w:t xml:space="preserve"> neti</w:t>
+      </w:r>
+      <w:r w:rsidR="00607387">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>MB. Piedāvājum</w:t>
+        <w:t>k vērtēt</w:t>
       </w:r>
       <w:r w:rsidR="00204199">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00D477DE">
-[...28 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00181EE4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pēc uzaicinājumā norādītā iesniegšanas termiņa</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A262D0" w:rsidRPr="00B91169" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00A262D0" w:rsidRPr="00B91169" w:rsidP="00A455BB" w14:paraId="43F720E1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B91169">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais piedāvājums jāsagatavo MS Excel formātā, atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidR="00F32192" w:rsidRPr="00B91169">
+      <w:r w:rsidRPr="00B91169" w:rsidR="00F32192">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras izstrādātajai </w:t>
       </w:r>
       <w:r w:rsidRPr="00B91169">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>tehniskā pied</w:t>
-[...5 lines deleted...]
-        <w:t>āvājuma veidlapai.</w:t>
+        <w:t>tehniskā piedāvājuma veidlapai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5DD2" w:rsidRPr="009F7342" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00CC5DD2" w:rsidRPr="009F7342" w:rsidP="00A455BB" w14:paraId="7AB53EFC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED32AB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -587,76 +592,76 @@
       </w:r>
       <w:r w:rsidR="00204199">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED32AB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00204199">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED32AB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0431" w:rsidRPr="00ED32AB">
+      <w:r w:rsidRPr="00ED32AB" w:rsidR="00FE0431">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED32AB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īpašums un netiek atdoti atpakaļ </w:t>
       </w:r>
       <w:r w:rsidR="00F65C24">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED32AB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91A25" w:rsidRPr="00E959A7" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00F91A25" w:rsidRPr="00E959A7" w:rsidP="00A455BB" w14:paraId="163E554B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5DD2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -692,220 +697,353 @@
         </w:rPr>
         <w:t>gada 4.</w:t>
       </w:r>
       <w:r w:rsidR="00D41BE9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E269E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>septembra noteikumu Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00916627">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E269E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>558 „Dokumentu izstrād</w:t>
-[...5 lines deleted...]
-        <w:t>āšanas un noformēšanas kārtība” prasībām</w:t>
+        <w:t>558 „Dokumentu izstrādāšanas un noformēšanas kārtība” prasībām</w:t>
       </w:r>
       <w:r w:rsidRPr="00E959A7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7406" w:rsidRPr="00334C84" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00EA7406" w:rsidRPr="00334C84" w:rsidP="00A455BB" w14:paraId="705AC894" w14:textId="42915826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00334C84">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendenta piedāvājuma dokumentus paraksta </w:t>
       </w:r>
       <w:r w:rsidR="00F65C24">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00334C84">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu pārstāvēt tiesīga vai </w:t>
       </w:r>
       <w:r w:rsidR="008619D8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00334C84">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta pilnvarota persona. Personas, kuras paraksta </w:t>
       </w:r>
-      <w:r w:rsidR="00F34BA2" w:rsidRPr="00334C84">
+      <w:r w:rsidRPr="00334C84" w:rsidR="00F34BA2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pieteikumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00334C84">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>, pārstāvības tiesībām ir jābūt nostiprinātām atbilstoši normatīvajos</w:t>
+        <w:t>, pārstāvības tiesībām ir jābūt nostiprinātām atbilstoši normatīvajos aktos noteiktajam regulējumam.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84" w:rsidR="00027C2B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00334C84">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> aktos noteiktajam regulējumam.</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Ja piedāvājumā iekļauto dokumentāciju paraksta pilnvarota persona, piedāvājumam pievieno </w:t>
+      </w:r>
+      <w:r w:rsidR="005241CE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta</w:t>
       </w:r>
       <w:r w:rsidRPr="00334C84">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ja piedāvājumā iekļauto dokumentāciju paraksta pilnvarota persona, piedāvājumam pievieno </w:t>
+        <w:t xml:space="preserve"> paraksta tiesīgās personas izdotu pilnvaru vai normatīvajos aktos noteiktā kārtībā apliecinātu pilnvarojuma kopiju. Ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00F65C24">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334C84">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendents ir personu apvienība, tad pieteikumu paraksta visi </w:t>
       </w:r>
       <w:r w:rsidR="005241CE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pretendenta</w:t>
+        <w:t xml:space="preserve">personu </w:t>
       </w:r>
       <w:r w:rsidRPr="00334C84">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> paraksta tiesīgās personas izdotu pilnvaru vai normatīvajos aktos noteiktā kārtībā apliecinātu pilnvarojuma kopiju. Ja </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>apvienības locekļi, kā arī norāda personu apvienības pilnvaroto pārstāvi, kurš pārstāvēs apvienības intereses, kā arī katras personas atbildības apjomu</w:t>
       </w:r>
-      <w:r w:rsidR="00436930" w:rsidRPr="00334C84">
+      <w:r w:rsidRPr="00334C84" w:rsidR="00436930">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="005B763C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk205551351"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>iesniedzis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>pieteikumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>kurš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>nav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>parakstīts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>drošu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>elektronisko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>parakstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B763C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar Aģentūras rīkojumu apstiprināta apmācību īstenotāju izvēles pastāvīgā komisija (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="005B763C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisija) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk210902844"/>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>nosaka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>saprātīgu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>termiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>trūkum</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85A7E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A85A7E">
+        <w:t>novēršanai</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="005B763C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00B01E4C" w:rsidRPr="00B01E4C" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00B01E4C" w:rsidRPr="00B01E4C" w:rsidP="00A455BB" w14:paraId="65CDC7A8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01E4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pirms izsludinājumā noteiktā </w:t>
-[...5 lines deleted...]
-        <w:t>piedāvājuma</w:t>
+        <w:t>Pirms izsludinājumā noteiktā piedāvājuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00B01E4C">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B01E4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="007622D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00B01E4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -917,429 +1055,417 @@
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00B01E4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">aziņojums par grozījumiem piedāvājumā sagatavojams, noformējams un iesniedzams tāpat kā piedāvājums (atbilstoši šīs kārtības prasībām) un </w:t>
       </w:r>
       <w:r w:rsidR="00D06BD6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tajā</w:t>
       </w:r>
       <w:r w:rsidR="005519C9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B01E4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>ir jābūt norādei, k</w:t>
-[...5 lines deleted...]
-        <w:t>a tie ir sākotnējā piedāvājuma grozījumi.</w:t>
+        <w:t>ir jābūt norādei, ka tie ir sākotnējā piedāvājuma grozījumi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B01E4C" w:rsidRPr="00B01E4C" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00B01E4C" w:rsidRPr="00B01E4C" w:rsidP="00A455BB" w14:paraId="22715578" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01E4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc piedāvājumu iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="00F65C24">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00B01E4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents savu piedāvājumu grozīt nevar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A0174" w:rsidRPr="005A0174" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="005A0174" w:rsidRPr="005A0174" w:rsidP="00A455BB" w14:paraId="70E8A379" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A0174">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms izsludinājumā noteiktā piedāvājuma iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="00F65C24">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A0174">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>retendents ir tiesīgs atsaukt iesniegto piedāvājumu, raks</w:t>
+        <w:t xml:space="preserve">retendents ir tiesīgs atsaukt iesniegto piedāvājumu, rakstveidā par to paziņojot Aģentūrai. Piedāvājuma atsaukšana nav grozāma un tā izbeidz turpmāku </w:t>
+      </w:r>
+      <w:r w:rsidR="00941FAD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A0174">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">tveidā par to paziņojot Aģentūrai. Piedāvājuma atsaukšana nav grozāma un tā izbeidz turpmāku </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>retendenta līdzdalību šajā izsludinājumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E1CE8" w:rsidRPr="00D668FC" w:rsidRDefault="001E1CE8" w:rsidP="005E67C0">
+    <w:p w:rsidR="001E1CE8" w:rsidRPr="00D668FC" w:rsidP="005E67C0" w14:paraId="27D452B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00106AF3" w:rsidRPr="00024AE8" w:rsidRDefault="003D4C66" w:rsidP="00B91169">
+    <w:p w:rsidR="00106AF3" w:rsidRPr="00024AE8" w:rsidP="00B91169" w14:paraId="177616C4" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r w:rsidR="006B730B" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="006B730B">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001746BA" w:rsidRPr="00024AE8">
+      <w:r w:rsidRPr="00024AE8" w:rsidR="001746BA">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PRETENDENTA ATLASES dokumenti</w:t>
       </w:r>
       <w:r w:rsidR="001746BA">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kritēriji </w:t>
       </w:r>
-      <w:r w:rsidR="001746BA" w:rsidRPr="005A7205">
+      <w:r w:rsidRPr="005A7205" w:rsidR="001746BA">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PRETENDENTA </w:t>
       </w:r>
       <w:r w:rsidR="001746BA">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vērtēšanai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F80364" w:rsidRPr="0099480E" w:rsidRDefault="00F80364" w:rsidP="00B91169">
+    <w:p w:rsidR="00F80364" w:rsidRPr="0099480E" w:rsidP="00B91169" w14:paraId="28542057" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F80364" w:rsidRPr="0099480E" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00F80364" w:rsidRPr="0099480E" w:rsidP="00A455BB" w14:paraId="3E6979DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pretendent</w:t>
       </w:r>
       <w:r w:rsidR="00607387">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieteikum</w:t>
       </w:r>
-      <w:r w:rsidR="00DF6407" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00DF6407">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F53BD6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Valsts valodas </w:t>
       </w:r>
-      <w:r w:rsidR="00F8421B" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00F8421B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izglītības </w:t>
       </w:r>
-      <w:r w:rsidR="00E07C3F" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00E07C3F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>programmu</w:t>
       </w:r>
       <w:r w:rsidR="00B91169">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B91169" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00B91169">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="00B91169">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00B91169" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00B91169">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>asākums)</w:t>
       </w:r>
-      <w:r w:rsidR="00E07C3F" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00E07C3F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanai </w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00A46C2A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00A46C2A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ehnisko </w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>piedāvājumu iesniedz, izmantojot Aģentūras mājaslapā ww</w:t>
       </w:r>
-      <w:r w:rsidR="003F4FA5" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="003F4FA5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>w.nva.gov.lv → sadaļ</w:t>
       </w:r>
-      <w:r w:rsidR="00DF6407" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00DF6407">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r w:rsidR="003F4FA5" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="003F4FA5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> „Izsludinājumi</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
-      <w:r w:rsidR="00952C56" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00952C56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ievietot</w:t>
       </w:r>
       <w:r w:rsidR="00952C56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ās</w:t>
       </w:r>
-      <w:r w:rsidR="00952C56" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00952C56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F94407">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izsludinājuma </w:t>
       </w:r>
-      <w:r w:rsidR="00952C56" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00952C56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>veidlap</w:t>
       </w:r>
       <w:r w:rsidR="00952C56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D0194" w:rsidRPr="0099480E" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="009D0194" w:rsidRPr="0099480E" w:rsidP="00A455BB" w14:paraId="6F748EA3" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai novērtētu </w:t>
       </w:r>
@@ -1349,72 +1475,72 @@
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00952C56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kompetenci un atbilstību </w:t>
       </w:r>
       <w:r w:rsidR="00C54D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>asākuma ī</w:t>
+        <w:t xml:space="preserve">asākuma īstenošanai, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A45CE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">stenošanai, </w:t>
-[...5 lines deleted...]
-        <w:t>p</w:t>
+        <w:t xml:space="preserve">retendentam </w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>retendentam jāiesniedz šādi dokumenti:</w:t>
+        <w:t>jāiesniedz šādi dokumenti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F54949" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00F54949" w:rsidP="00A455BB" w14:paraId="6590F960" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
@@ -1426,142 +1552,141 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00433B87">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dalībai izsludinājumā</w:t>
       </w:r>
       <w:r w:rsidR="00FF5B7F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – pieteikums)</w:t>
       </w:r>
       <w:r w:rsidR="00F32192">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F54949" w:rsidRPr="00F54949" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00F54949" w:rsidRPr="00F54949" w:rsidP="00A455BB" w14:paraId="05BBC2F4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecinājums par </w:t>
       </w:r>
-      <w:r w:rsidR="00EE1B31" w:rsidRPr="00F54949">
+      <w:r w:rsidRPr="00F54949" w:rsidR="00EE1B31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">valsts valodas izglītības </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk532312376"/>
-      <w:r w:rsidR="00EE1B31" w:rsidRPr="00F54949">
+      <w:bookmarkStart w:id="6" w:name="_Hlk532312376"/>
+      <w:r w:rsidRPr="00F54949" w:rsidR="00EE1B31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>programmu īstenošanas nosacījum</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
-      <w:r w:rsidR="00EE1B31" w:rsidRPr="00106AF3">
+      <w:r w:rsidRPr="00106AF3" w:rsidR="00EE1B31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00106AF3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>evērošanu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="00F269E1" w:rsidRPr="00106AF3">
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00106AF3" w:rsidR="00F269E1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5DD2" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00CC5DD2" w:rsidP="00A455BB" w14:paraId="0F32AD69" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk532312391"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk532312391"/>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>tehniskais piedāvājums</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00EF3B44">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, kur tiek iekļauta informācija tikai par tādām</w:t>
       </w:r>
       <w:r w:rsidR="009C4719">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> teorētisko nodarbību</w:t>
       </w:r>
       <w:r w:rsidR="00EF3B44">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="009C4719">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00EF3B44">
@@ -1579,101 +1704,109 @@
       <w:r w:rsidR="00EF3B44">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> līdz kuram tās ir aktuālas, izņemot, ja a</w:t>
       </w:r>
       <w:r w:rsidR="009C4719">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00EF3B44">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību īstenošanas vietas adrese ir pretendenta īpašumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F2265F" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00F2265F" w:rsidP="00A455BB" w14:paraId="26335369" w14:textId="4AD5BD6A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izglītības </w:t>
       </w:r>
-      <w:r w:rsidR="00CC5DD2" w:rsidRPr="001E269E">
+      <w:r w:rsidRPr="001E269E" w:rsidR="00CC5DD2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>programmas satura apraksts</w:t>
       </w:r>
       <w:r w:rsidR="00916627">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Hlk206417369"/>
+      <w:r w:rsidR="000E325A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidRPr="002C2BDE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>iegūstamās prasmes</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00FA028C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004547B8" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="004547B8" w:rsidP="00A455BB" w14:paraId="1A13BAD0" w14:textId="3F847E60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B84E8B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">administratīvās teritorijas pašvaldības </w:t>
       </w:r>
       <w:r>
@@ -1702,655 +1835,637 @@
       </w:r>
       <w:r w:rsidRPr="00C07F9E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> programmu īstenošanai </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">attiecīgajā </w:t>
       </w:r>
       <w:r w:rsidRPr="00C07F9E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pašvaldības administratīvajā teritorijā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (attiecināms</w:t>
       </w:r>
-      <w:r w:rsidR="00533232" w:rsidRPr="00533232">
-[...2 lines deleted...]
-      <w:r w:rsidR="00533232" w:rsidRPr="00533232">
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>no 2023.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00533232" w:rsidRPr="00533232">
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 1.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5275">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>jūnija</w:t>
       </w:r>
+      <w:r w:rsidR="000E325A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, ja </w:t>
       </w:r>
       <w:r w:rsidR="00253E76">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">retendents nav </w:t>
-[...5 lines deleted...]
-        <w:t>akreditēts).</w:t>
+        <w:t>retendents nav akreditēts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F54949" w:rsidRPr="0099480E" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00F54949" w:rsidRPr="0099480E" w:rsidP="00A455BB" w14:paraId="01F284F9" w14:textId="1776D722">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> lemj par tādu </w:t>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija lemj par tādu </w:t>
       </w:r>
       <w:r w:rsidR="00C54D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="009D0194" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu apstiprināšanu </w:t>
       </w:r>
       <w:r w:rsidR="00C54D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="006226CB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>asākuma</w:t>
       </w:r>
-      <w:r w:rsidR="006226CB" w:rsidRPr="0099480E">
-[...5 lines deleted...]
-      <w:r w:rsidR="009D0194" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="006226CB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenošanai, </w:t>
       </w:r>
       <w:r w:rsidR="00954FF4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kas</w:t>
       </w:r>
-      <w:r w:rsidR="00954FF4" w:rsidRPr="0099480E">
-[...5 lines deleted...]
-      <w:r w:rsidR="009D0194" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="00954FF4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbilst </w:t>
       </w:r>
-      <w:r w:rsidR="002613F0" w:rsidRPr="009E5730">
+      <w:r w:rsidRPr="009E5730" w:rsidR="002613F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ministru kabineta 2011.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002613F0" w:rsidRPr="009E5730">
+      <w:r w:rsidRPr="009E5730" w:rsidR="002613F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 25.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002613F0" w:rsidRPr="009E5730">
+      <w:r w:rsidRPr="009E5730" w:rsidR="002613F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>janvāra noteikumu Nr.75 „Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” 15.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002613F0" w:rsidRPr="009E5730">
+      <w:r w:rsidRPr="009E5730" w:rsidR="002613F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā minētajiem pasākumu īstenotāju izvēles </w:t>
       </w:r>
-      <w:r w:rsidR="00607387" w:rsidRPr="00867F05">
+      <w:r w:rsidRPr="00867F05" w:rsidR="00607387">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>prasībām</w:t>
       </w:r>
       <w:r w:rsidR="00607387">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un šādiem nosacījumiem</w:t>
       </w:r>
-      <w:r w:rsidR="009D0194" w:rsidRPr="0099480E">
+      <w:r w:rsidRPr="0099480E" w:rsidR="009D0194">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F54949" w:rsidRPr="00F54949" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00F54949" w:rsidRPr="00F54949" w:rsidP="00A455BB" w14:paraId="4FE3FBE7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pretendents </w:t>
       </w:r>
-      <w:r w:rsidR="004C2746" w:rsidRPr="00142073">
+      <w:r w:rsidRPr="00142073" w:rsidR="004C2746">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ir reģistrēts Izglītības iestāžu reģistrā</w:t>
       </w:r>
-      <w:r w:rsidR="004C2746" w:rsidRPr="00F54949">
+      <w:r w:rsidRPr="00F54949" w:rsidR="004C2746">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A90242" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00A90242" w:rsidP="00A455BB" w14:paraId="7843B6A4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="000560FB" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="000560FB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta </w:t>
       </w:r>
       <w:r w:rsidR="00195561">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00837BB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanai piesaistītajam </w:t>
       </w:r>
-      <w:r w:rsidR="000560FB" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="000560FB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>personālam ir konkrētās programmas īstenošana</w:t>
       </w:r>
-      <w:r w:rsidR="000560FB" w:rsidRPr="00195561">
+      <w:r w:rsidRPr="00195561" w:rsidR="000560FB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">i atbilstoša izglītība un profesionālā pieredze, kā arī </w:t>
       </w:r>
-      <w:r w:rsidR="00C54D15" w:rsidRPr="00195561">
+      <w:r w:rsidRPr="00195561" w:rsidR="00C54D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="009D0194" w:rsidRPr="00195561">
+      <w:r w:rsidRPr="00195561" w:rsidR="009D0194">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents katrā </w:t>
       </w:r>
-      <w:r w:rsidR="00C54D15" w:rsidRPr="00106AF3">
+      <w:r w:rsidRPr="00106AF3" w:rsidR="00C54D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="009D0194" w:rsidRPr="00106AF3">
+      <w:r w:rsidRPr="00106AF3" w:rsidR="009D0194">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>asāk</w:t>
       </w:r>
-      <w:r w:rsidR="009D0194" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="009D0194">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uma īstenošanas vietā nodrošina atbilstošu materiāli tehnisko bāzi, kas nepieciešama konkrētās programmas </w:t>
       </w:r>
-      <w:r w:rsidR="000560FB" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="000560FB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>īstenošanai</w:t>
       </w:r>
-      <w:r w:rsidR="009D0194" w:rsidRPr="00195561">
+      <w:r w:rsidRPr="00195561" w:rsidR="009D0194">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00883A0F" w:rsidRPr="003748D9" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00883A0F" w:rsidRPr="003748D9" w:rsidP="00A455BB" w14:paraId="58C2ADBC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākums</w:t>
       </w:r>
-      <w:r w:rsidR="00A90242" w:rsidRPr="00A35B8D">
+      <w:r w:rsidRPr="00A35B8D" w:rsidR="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiek īstenot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00A90242" w:rsidRPr="00A35B8D">
+      <w:r w:rsidRPr="00A35B8D" w:rsidR="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Latvijas Republikas terit</w:t>
       </w:r>
-      <w:r w:rsidR="00A90242" w:rsidRPr="006354C7">
+      <w:r w:rsidRPr="006354C7" w:rsidR="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>orijā, un izglītības programmas teorētiskās daļas īstenošanas vietas adreses ir reģistrētas Izglītības iestāžu reģistrā</w:t>
       </w:r>
       <w:r w:rsidR="004F70D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0302F" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00C0302F" w:rsidP="00A455BB" w14:paraId="3F8FDE63" w14:textId="27EBB7E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pēc pretendenta īstenotās neformālās izglītības programmas valsts valodas apguvei pabeigšanas noslēguma pārbaudī</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA33EB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>jumus Valsts izglītības satura centrā pēdējā gada laikā sekmīgi nokārtojuši ne mazāk kā 60 % no pretendenta apmā</w:t>
+        <w:t xml:space="preserve">jumus Valsts izglītības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E1D57" w:rsidR="004E1D57">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>attīstības aģentūr</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1D57">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ā </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(turpmāk</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD55C3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VIAA) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA33EB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>cīto personu skaita, ja pretendents atkārtoti plāno īstenot neformālo izglītības programmu valsts valodas apguvei</w:t>
+        <w:t>pēdējā gada laikā sekmīgi nokārtojuši ne mazāk kā 60 % no pretendenta apmācīto personu skaita, ja pretendents atkārtoti plāno īstenot neformālo izglītības programmu valsts valodas apguvei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0302F" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00C0302F" w:rsidP="00A455BB" w14:paraId="0D5354AF" w14:textId="66543454">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta piedāvājums </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk95299954"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk95299954"/>
       <w:r w:rsidR="004F70D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pēdēj</w:t>
       </w:r>
       <w:r w:rsidR="00142152">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="004F70D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00142152">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">divu </w:t>
       </w:r>
       <w:r w:rsidR="004F70D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gad</w:t>
       </w:r>
       <w:r w:rsidR="00142152">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="004F70D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā </w:t>
       </w:r>
-      <w:r w:rsidR="004F70D7" w:rsidRPr="002D11F2">
+      <w:r w:rsidRPr="002D11F2" w:rsidR="004F70D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="004F70D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>etika</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="004F70D7" w:rsidRPr="002D11F2">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="004F70D7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">svītrots no </w:t>
       </w:r>
       <w:r w:rsidR="00CF76A9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras </w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Valsts valodas izglītības piedāvājumu saraksta</w:t>
       </w:r>
       <w:r w:rsidR="00CF76A9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (turpmāk - </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF76A9" w:rsidRPr="00B27B3D">
+        <w:t xml:space="preserve"> (turpmāk </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD55C3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF76A9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B27B3D" w:rsidR="00CF76A9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izglītības piedāvājumu sarakst</w:t>
       </w:r>
       <w:r w:rsidR="00CF76A9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00846DA9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pretendents</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
@@ -2367,717 +2482,686 @@
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidR="00846DA9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendenta</w:t>
       </w:r>
       <w:r w:rsidRPr="00B27B3D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> piedāvājums svītrots no izglītības piedāvājumu saraksta</w:t>
       </w:r>
       <w:r w:rsidR="00C13953">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00410829" w:rsidRPr="00F54949" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00410829" w:rsidRPr="00F54949" w:rsidP="00A455BB" w14:paraId="50E47372" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003272F9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pretendenta piedāvājums nav iekļauts a</w:t>
-[...5 lines deleted...]
-        <w:t>ktuālajā izglītības piedāvājumu sarakstā</w:t>
+        <w:t>pretendenta piedāvājums nav iekļauts aktuālajā izglītības piedāvājumu sarakstā</w:t>
       </w:r>
       <w:r w:rsidR="00C13953">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F03054" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00F03054" w:rsidP="00A455BB" w14:paraId="672DCD41" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk46388483"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk46388483"/>
       <w:r w:rsidRPr="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
-      <w:r w:rsidR="00C54D15" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="00C54D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00EB01A4" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="00EB01A4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu </w:t>
       </w:r>
       <w:r w:rsidRPr="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">neattiecas neviens no </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00F54949">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Publisko iepirkumu likuma</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="p39.1" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00A46C2A" w:rsidRPr="00F54949">
+      <w:hyperlink r:id="rId9" w:anchor="p39.1" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00F54949" w:rsidR="00A46C2A">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>42.</w:t>
         </w:r>
         <w:r w:rsidR="006B4F63">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00A46C2A" w:rsidRPr="00F54949">
+        <w:r w:rsidRPr="00F54949" w:rsidR="00A46C2A">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>panta</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>otrās</w:t>
       </w:r>
-      <w:r w:rsidR="00FE28D0" w:rsidRPr="00F54949">
+      <w:r w:rsidRPr="00F54949" w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">daļas </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="00F54949">
+      <w:r w:rsidRPr="00F54949" w:rsidR="00A46C2A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. un </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="00F54949">
+      <w:r w:rsidRPr="00F54949" w:rsidR="00A46C2A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā minētajiem izslēgšanas noteikumiem un ir ievēroti </w:t>
       </w:r>
-      <w:r w:rsidR="00AE3B0D" w:rsidRPr="00AE3B0D">
+      <w:r w:rsidRPr="00AE3B0D" w:rsidR="00AE3B0D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Publisko iepirkumu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F54949">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">likuma </w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="00A46C2A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>42.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">panta </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ceturtās</w:t>
       </w:r>
-      <w:r w:rsidR="00FE28D0" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>daļ</w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as 2.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā</w:t>
       </w:r>
       <w:r w:rsidRPr="00A90242">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktie termiņi</w:t>
       </w:r>
-      <w:r w:rsidR="008A45CE" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="008A45CE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
-      <w:r w:rsidR="00382DD8" w:rsidRPr="00A90242">
-[...5 lines deleted...]
-      <w:r w:rsidR="008A45CE" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="00382DD8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A90242" w:rsidR="008A45CE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00382DD8" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="00382DD8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentam dienā, kad pieņemts lēmums par iespējamu līgum</w:t>
       </w:r>
       <w:r w:rsidR="009510CA">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00382DD8" w:rsidRPr="00A90242">
+      <w:r w:rsidRPr="00A90242" w:rsidR="00382DD8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, </w:t>
       </w:r>
-      <w:r w:rsidR="00382DD8" w:rsidRPr="00106AF3">
+      <w:r w:rsidRPr="00106AF3" w:rsidR="00382DD8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nav nodokļu parādi, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
-      <w:r w:rsidR="00382DD8" w:rsidRPr="00D26CA6">
+      <w:r w:rsidRPr="00D26CA6" w:rsidR="00382DD8">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="004547B8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="004547B8" w:rsidRPr="004547B8" w:rsidRDefault="003D4C66" w:rsidP="004547B8">
+    <w:p w:rsidR="004547B8" w:rsidRPr="004547B8" w:rsidP="004547B8" w14:paraId="63282595" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B35A87">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendentam ir jābūt akreditētam vai tam ir jābūt saņemtai atļaujai </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="004547B8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>alsts valodas izglītības</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35A87">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> programmu īstenošanai pašvaldības administratīvajā teritorijā</w:t>
       </w:r>
       <w:r w:rsidR="00533232">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00533232" w:rsidRPr="00533232">
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(attiecināms no 2023.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00533232" w:rsidRPr="00533232">
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 1.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5275">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>jūnija</w:t>
       </w:r>
-      <w:r w:rsidR="00533232" w:rsidRPr="00533232">
+      <w:r w:rsidRPr="00533232" w:rsidR="00533232">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B35A87">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0047790D" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="0047790D" w:rsidP="00A455BB" w14:paraId="16369F58" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03054">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0013122D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma (turpmāk – Sankciju likums) </w:t>
       </w:r>
-      <w:r w:rsidR="00D012B1" w:rsidRPr="00557BEB">
+      <w:r w:rsidRPr="00557BEB" w:rsidR="00D012B1">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
-      <w:r w:rsidR="00D012B1" w:rsidRPr="00557BEB">
+      <w:r w:rsidRPr="00557BEB" w:rsidR="00D012B1">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00456D86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0013122D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteiktajam, pretendentam</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5B86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>, tā valdes vai padomes locekļiem, patiesā labuma guvējam, pārstāvēttiesīgai personai vai prokūristam, vai personai, ku</w:t>
-[...5 lines deleted...]
-        <w:t>ra ir pilnvarota pārstāvēt pretendentu darbībās nav not</w:t>
+        <w:t>, tā valdes vai padomes locekļiem, patiesā labuma guvējam, pārstāvēttiesīgai personai vai prokūristam, vai personai, kura ir pilnvarota pārstāvēt pretendentu darbībās nav not</w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>eiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, un pret</w:t>
+        <w:t xml:space="preserve">eiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, un pretendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) </w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>endents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576</w:t>
+        <w:t>2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576), 5.l panta 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1A52">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">), </w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00106AF3" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00106AF3" w:rsidP="00A455BB" w14:paraId="488BC11E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF5B86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskajam piedāvājumam pilnībā jāatbilst </w:t>
       </w:r>
-      <w:r w:rsidR="00A63993" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00A63993">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>šajā k</w:t>
       </w:r>
-      <w:r w:rsidR="00D8674E" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00D8674E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ārtībā norādītajām</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5B86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prasī</w:t>
+        <w:t xml:space="preserve"> prasībām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00881D9E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5B86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>bām</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="0029002E" w:rsidRPr="00AF5B86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0029002E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenojamo </w:t>
       </w:r>
-      <w:r w:rsidR="00F8421B" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00F8421B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izglītības </w:t>
       </w:r>
-      <w:r w:rsidR="008656D5" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="008656D5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">programmu </w:t>
       </w:r>
-      <w:r w:rsidR="0029002E" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0029002E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sara</w:t>
       </w:r>
-      <w:r w:rsidR="0029002E" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0029002E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kstam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5B86" w:rsidRDefault="00AF5B86" w:rsidP="00AF5B86">
+    <w:p w:rsidR="00AF5B86" w:rsidP="00AF5B86" w14:paraId="347C870C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF5B86" w:rsidRDefault="003D4C66" w:rsidP="00AF5B86">
+    <w:p w:rsidR="00AF5B86" w:rsidP="00AF5B86" w14:paraId="2855A776" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>III. Piedāvājum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšana</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5B86" w:rsidRDefault="00AF5B86" w:rsidP="00AF5B86">
+    <w:p w:rsidR="00AF5B86" w:rsidP="00AF5B86" w14:paraId="79061402" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF5B86" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00AF5B86" w:rsidP="00A455BB" w14:paraId="793A8F21" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r>
@@ -3095,658 +3179,645 @@
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtīb</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0099480E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003479C0" w:rsidRDefault="003D4C66" w:rsidP="003479C0">
+    <w:p w:rsidR="003479C0" w:rsidP="003479C0" w14:paraId="5691CF4F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">komisija vērtē pretendenta atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>šīs kārtības</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12.5. un 12.6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00425E31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003479C0" w:rsidRPr="008273F4" w:rsidRDefault="003D4C66" w:rsidP="003479C0">
+    <w:p w:rsidR="003479C0" w:rsidRPr="008273F4" w:rsidP="003479C0" w14:paraId="32CB0050" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">pārbauda, vai pretendenta piedāvājums nav svītrots no izglītības </w:t>
-[...6 lines deleted...]
-        <w:t>piedāvājumu saraksta un pretendentam nav aizliegts atkārtoti pieteikties valsts valodas izglītības programmu īstenošanai;</w:t>
+        <w:t>pārbauda, vai pretendenta piedāvājums nav svītrots no izglītības piedāvājumu saraksta un pretendentam nav aizliegts atkārtoti pieteikties valsts valodas izglītības programmu īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003479C0" w:rsidRPr="008273F4" w:rsidRDefault="003D4C66" w:rsidP="003479C0">
+    <w:p w:rsidR="003479C0" w:rsidRPr="008273F4" w:rsidP="003479C0" w14:paraId="30D7C525" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pārbauda, vai pretendenta piedāvājums nav </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iekļauts </w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>aktuālajā izglītības piedāvājumu sarakstā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5B86" w:rsidRPr="00AF5B86" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00AF5B86" w:rsidRPr="00AF5B86" w:rsidP="00A455BB" w14:paraId="60B2EC3D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE4BFA">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>komisija vērtē pretendenta piedāvājuma n</w:t>
-[...5 lines deleted...]
-        <w:t>oformējuma atbilstību šīs kārtības prasībām;</w:t>
+        <w:t>komisija vērtē pretendenta piedāvājuma noformējuma atbilstību šīs kārtības prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5B86" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00AF5B86" w:rsidP="00A455BB" w14:paraId="4B1DCB28" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF5B86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija vērtē </w:t>
       </w:r>
-      <w:r w:rsidR="00C54D15" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00C54D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta </w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="00A46C2A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniegto </w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">dokumentu atbilstību </w:t>
       </w:r>
-      <w:r w:rsidR="004E22DD" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="004E22DD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šīs kārtības </w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="00AF5B86">
+      <w:r w:rsidRPr="00AF5B86" w:rsidR="0091487A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>prasībām:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D012B1" w:rsidRPr="008273F4" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00D012B1" w:rsidRPr="008273F4" w:rsidP="00A455BB" w14:paraId="5107A60E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="00D14952" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00D14952">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija pā</w:t>
       </w:r>
-      <w:r w:rsidR="00EA281C" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00EA281C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rbauda, vai </w:t>
       </w:r>
-      <w:r w:rsidR="00C54D15" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00C54D15">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents atbilst </w:t>
       </w:r>
-      <w:r w:rsidR="00D93A47" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00D93A47">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šīs kārtības </w:t>
       </w:r>
-      <w:r w:rsidR="00751F60" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00751F60">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r w:rsidR="001E56F2" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="001E56F2">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00196E6B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nodaļā noteiktajiem </w:t>
       </w:r>
-      <w:r w:rsidR="0098772A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0098772A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>atlases</w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kritērijiem un ir iesniedzis visus </w:t>
       </w:r>
-      <w:r w:rsidR="00EA281C" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00EA281C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šīs kārtības </w:t>
       </w:r>
-      <w:r w:rsidR="00331613" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00331613">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
-      <w:r w:rsidR="005241CE" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="005241CE">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>noteiktos</w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokumentus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5B86" w:rsidRPr="000C61C9" w:rsidRDefault="003D4C66" w:rsidP="000C61C9">
+    <w:p w:rsidR="00AF5B86" w:rsidRPr="000C61C9" w:rsidP="000C61C9" w14:paraId="2D7A4FD6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C61C9">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
-      <w:r w:rsidR="00C54D15" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00C54D15">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="000C61C9">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta atbilstību šīs kārtības </w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="006B4F63" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="006B4F63">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009A573F" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="009A573F">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="0091487A" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CD28D7" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00CD28D7">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00142073" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00142073">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="006B4F63" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="006B4F63">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00142073" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00142073">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00196E6B" w:rsidRPr="000C61C9">
-[...6 lines deleted...]
-      <w:r w:rsidR="0091487A" w:rsidRPr="00F10C4B">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10C4B" w:rsidR="0091487A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktam</w:t>
       </w:r>
-      <w:r w:rsidR="00F22CA0" w:rsidRPr="00F10C4B">
-[...6 lines deleted...]
-      <w:r w:rsidR="004547B8" w:rsidRPr="00F10C4B">
+      <w:r w:rsidRPr="00F10C4B" w:rsidR="00F22CA0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10C4B" w:rsidR="004547B8">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un 1</w:t>
       </w:r>
-      <w:r w:rsidR="006B4F63" w:rsidRPr="00F10C4B">
+      <w:r w:rsidRPr="00F10C4B" w:rsidR="006B4F63">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="004547B8" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004547B8">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">.8. </w:t>
       </w:r>
-      <w:r w:rsidR="004547B8" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004547B8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apakšpunktam (ja attiecināms) </w:t>
       </w:r>
-      <w:r w:rsidR="005357FD" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="005357FD">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="000C61C9">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija pārliecinās, pārbaudot informāciju</w:t>
       </w:r>
-      <w:r w:rsidR="004B5275" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004B5275">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārbaudot Izglītības kvalitātes valsts dienesta reģistrā, proti,</w:t>
       </w:r>
       <w:r w:rsidRPr="000C61C9">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004020B6" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004020B6">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Valsts izglītības informācijas sistēmā</w:t>
       </w:r>
-      <w:r w:rsidR="004B5275" w:rsidRPr="000C61C9">
+      <w:r w:rsidRPr="000C61C9" w:rsidR="004B5275">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (skatīt www.viis.gov.lv)</w:t>
       </w:r>
       <w:r w:rsidRPr="000C61C9">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF5B86" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00AF5B86" w:rsidP="00A455BB" w14:paraId="48559C09" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="004D4543" w:rsidRPr="00F03BC6">
+      <w:r w:rsidRPr="00F03BC6" w:rsidR="004D4543">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija vērtē </w:t>
       </w:r>
       <w:r w:rsidR="004D4543">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="004D4543" w:rsidRPr="00F03BC6">
+      <w:r w:rsidRPr="00F03BC6" w:rsidR="004D4543">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retende</w:t>
       </w:r>
       <w:r w:rsidR="004D4543">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nta atbilstību šīs kārtības </w:t>
       </w:r>
       <w:r w:rsidR="00225E73">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00225E73">
         <w:rPr>
@@ -3768,1664 +3839,1241 @@
       </w:r>
       <w:r w:rsidR="00CF5DC8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000204C3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>12.7</w:t>
       </w:r>
       <w:r w:rsidR="00D15E01">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00253E76" w:rsidRPr="00253E76">
+      <w:r w:rsidRPr="00253E76" w:rsidR="00253E76">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apakšpunktam </w:t>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00264DA6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="006B4F63">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">13. </w:t>
       </w:r>
-      <w:r w:rsidR="004D4543" w:rsidRPr="00F03BC6">
+      <w:r w:rsidRPr="00F03BC6" w:rsidR="004D4543">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E52512" w:rsidRPr="008273F4" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00E52512" w:rsidRPr="008273F4" w:rsidP="00A455BB" w14:paraId="174FD033" w14:textId="538961D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pārbauda pretendenta atbilstību</w:t>
+        <w:t>pārbauda pretendenta atbilstību šīs kārtības 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> šīs kārtības 1</w:t>
+        <w:t>.4.</w:t>
       </w:r>
       <w:r w:rsidR="00196E6B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>.4.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">apakšpunktam, pieprasot informāciju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>AA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="004A6CD7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="001E269E">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="008E37DC">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēdējā gada periodu līdz pieteikuma iesniegšanas termiņa noslēguma dienai</w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>apakšpunktam, pieprasot informāciju VISC</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00086E11" w:rsidRPr="008273F4" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00086E11" w:rsidRPr="008273F4" w:rsidP="00A455BB" w14:paraId="6BF30094" w14:textId="587A574E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk46388608"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk46388608"/>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda, vai uz p</w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u neattiecas neviens no </w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Publisko iepirkumu likuma 42.</w:t>
       </w:r>
       <w:r w:rsidR="00196E6B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">panta </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>otrās</w:t>
       </w:r>
-      <w:r w:rsidR="00FE28D0" w:rsidRPr="008273F4">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">daļas </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00A46C2A" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00A46C2A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>. un</w:t>
       </w:r>
-      <w:r w:rsidR="00F22CA0" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00F22CA0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidR="00F22CA0" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00F22CA0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00196E6B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F22CA0" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00F22CA0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
-      <w:r w:rsidR="0067283D" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>minētajiem izslēgšanas noteikumiem</w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk41645789"/>
-      <w:r w:rsidR="0067283D" w:rsidRPr="008273F4">
+      <w:bookmarkStart w:id="12" w:name="_Hlk41645789"/>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un ir ievēroti </w:t>
       </w:r>
-      <w:r w:rsidR="00AE3B0D" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00AE3B0D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Publisko iepirkumu </w:t>
       </w:r>
-      <w:r w:rsidR="0067283D" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>likuma 42.</w:t>
       </w:r>
       <w:r w:rsidR="00196E6B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0067283D" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">panta </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ceturtās</w:t>
       </w:r>
-      <w:r w:rsidR="00FE28D0" w:rsidRPr="008273F4">
-[...6 lines deleted...]
-      <w:r w:rsidR="0067283D" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>daļ</w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="0067283D" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00196E6B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE28D0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
-      <w:r w:rsidR="0067283D" w:rsidRPr="008273F4">
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>noteiktie termiņi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidR="0067283D" w:rsidRPr="008273F4">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="008273F4" w:rsidR="0067283D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008273F4">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+        <w:t>un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="00711055">
         <w:rPr>
           <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidR="00D26CA6" w:rsidRPr="008273F4">
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidR="005C7B3A">
+        <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B04455" w:rsidRDefault="003D4C66" w:rsidP="00A455BB">
+    <w:p w:rsidR="00834120" w:rsidRPr="00711055" w:rsidP="00711055" w14:paraId="6AE9D3A5" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk46388715"/>
-[...126 lines deleted...]
-        <w:t>dienu laikā no informācijas pieprasīšanas dienas lūdz iesniegt:</w:t>
+      <w:bookmarkStart w:id="13" w:name="_Hlk86100861"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk46388715"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārbauda vai atbilstoši Sankciju likuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557BEB" w:rsidR="00ED33A8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00557BEB" w:rsidR="00ED33A8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED33A8">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pantam uz pretendentu, tā valdes vai padomes locekli, patiesā labuma guvēju, pārstāvēttiesīgo personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistītas ar filiāli, neattiecas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulas (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
+      </w:r>
+      <w:r w:rsidR="00837F91">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B04455" w:rsidRPr="008273F4" w:rsidRDefault="003D4C66" w:rsidP="003073D0">
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="000C61C9" w14:paraId="276961BF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
-          <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1728" w:hanging="648"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008273F4">
-[...75 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisija vērtē pretendenta tehniskā piedāvājuma atbilstību izsludinājuma dokumentiem pievienotajam izglītības piedāvājumu sarakstam un šīs kārtības </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C61C9">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteiktajiem kritērijie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>m;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B04455" w:rsidRDefault="003D4C66" w:rsidP="00EF1ADB">
+    <w:p w:rsidR="003746BE" w:rsidRPr="00711055" w:rsidP="00711055" w14:paraId="10D79928" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
-          <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1728" w:hanging="648"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> neesamību;</w:t>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00E222A4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija izslēdz pretendenta pieteikumu no dalības vērtēšanā gadījumā, ja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00015C4C" w:rsidRDefault="003D4C66" w:rsidP="00EF1ADB">
-[...41 lines deleted...]
-    <w:p w:rsidR="00834120" w:rsidRPr="00711055" w:rsidRDefault="003D4C66" w:rsidP="00711055">
+    <w:p w:rsidR="00F10C4B" w14:paraId="3A1B52EC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk86100861"/>
-[...68 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F10C4B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...88 lines deleted...]
-    <w:p w:rsidR="00F10C4B" w:rsidRDefault="003D4C66">
+    <w:p w:rsidR="00F10C4B" w14:paraId="4548F4D6" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F10C4B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
+        <w:t>nav iesniegts kāds no šajā kārtībā norādītajiem dokumentiem, vai to saturs neatbilst šīs kārtības prasībām, kā arī, ja tiek konstatēta pretendenta neatbilstība šīs kārtības II. nodaļā noteiktajiem kritērijiem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F10C4B" w:rsidRDefault="003D4C66">
+    <w:p w:rsidR="00E222A4" w:rsidRPr="00711055" w:rsidP="00711055" w14:paraId="1AE58C10" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F10C4B">
-[...18 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00621E3F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publiskā iepirkuma likuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>42.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otrās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00FE28D0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="00196E6B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E222A4" w:rsidRPr="00711055" w:rsidRDefault="003D4C66" w:rsidP="00711055">
+    <w:p w:rsidR="00E222A4" w:rsidP="00E571E8" w14:paraId="733AFEE0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711055">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Publiskā iepirkuma likuma </w:t>
+        <w:t xml:space="preserve">pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="00711055">
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:i/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00711055">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">panta </w:t>
-[...69 lines deleted...]
-        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E222A4" w:rsidRDefault="003D4C66" w:rsidP="00E571E8">
+    <w:p w:rsidR="00E222A4" w:rsidRPr="00711055" w:rsidP="00711055" w14:paraId="6DA1B821" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711055">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu par</w:t>
+        <w:t>pretendents pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00711055">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">āds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
       </w:r>
       <w:r w:rsidRPr="00711055">
         <w:rPr>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>euro</w:t>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00142152">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00711055">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="003746BE">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pasākumu īstenošanas nosacījumus un ir izslēgts no izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055" w:rsidR="0056584A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un izglītības iestādei ir aizliegts atkārtoti pieteikties pasākumu īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00837F91" w:rsidRPr="00711055" w:rsidRDefault="003D4C66" w:rsidP="00711055">
+    <w:p w:rsidR="0047790D" w:rsidRPr="0047790D" w:rsidP="00711055" w14:paraId="7021AFBD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...38 lines deleted...]
-      <w:r>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents ir iekļauts aktuālajā izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidR="00837F91">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w:rsidR="00E222A4" w:rsidRPr="00711055" w:rsidRDefault="003D4C66" w:rsidP="00711055">
+    <w:p w:rsidR="0047790D" w:rsidRPr="003E6AA7" w:rsidP="00711055" w14:paraId="575FD946" w14:textId="28DC0146">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711055">
-[...69 lines deleted...]
-      <w:r w:rsidR="0056584A" w:rsidRPr="00711055">
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rodas situācija, ka, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izvērtējot pieteikumu, komisijai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šaubas par iesnieg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="002E3494">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā dokumenta atbilstību šīs kārtības prasībām,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komisija ir lūg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>usi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pretendentu skaidrot attiecīgo dokumentu vai informāciju</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00711055">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> un izglītības iestādei ir aizliegts atkārtoti pieteikties pasākumu īstenošanai;</w:t>
+      <w:r w:rsidR="00DE698A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents norādītajā termiņā, kas nav īsāks par trīs darbdienām pēc informācijas nosūtīšanas, nav iesniedzis skaidrojumu vai ar skaidrojumu ir grozījis piedāvājumu pēc būtības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0047790D" w:rsidRPr="0047790D" w:rsidRDefault="003D4C66" w:rsidP="00711055">
+    <w:p w:rsidR="0047790D" w:rsidP="003E6AA7" w14:paraId="131F36C3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6AA7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija, pārbaudot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00C54D15">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta sniegtās ziņas, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00E52512">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>konstatē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="00711055">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ka tās neatbilst patiesībai.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="_Hlk52539693"/>
+      <w:r w:rsidRPr="003E6AA7" w:rsidR="003E6AA7">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0047790D" w:rsidRPr="003E6AA7" w:rsidRDefault="003D4C66" w:rsidP="00711055">
-[...178 lines deleted...]
-    <w:p w:rsidR="00F10C4B" w:rsidRDefault="003D4C66" w:rsidP="00264DA6">
+    <w:p w:rsidR="00F10C4B" w:rsidP="00264DA6" w14:paraId="2F8492A2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konstatē atbilstību Sankciju likuma </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Hlk134698066"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk134698066"/>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pantā vai Komisijas regulas (EU) 2022/576 </w:t>
       </w:r>
       <w:r w:rsidR="00264DA6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">5.l panta 1. </w:t>
-[...5 lines deleted...]
-        <w:t>punktā noteiktajam</w:t>
+        <w:t>5.l panta 1. punktā noteiktajam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B5275" w:rsidRPr="00456D86" w:rsidRDefault="003D4C66" w:rsidP="004B5275">
+    <w:p w:rsidR="000911E1" w:rsidP="004B5275" w14:paraId="0BFA28BF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456D86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija </w:t>
       </w:r>
       <w:r w:rsidR="003E6AA7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -5440,310 +5088,405 @@
       </w:r>
       <w:r w:rsidR="00ED33A8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="00456D86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> komisijas pieņemto lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="00ED33A8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidRPr="00456D86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendenta iekļaušanu vai neiekļaušanu</w:t>
       </w:r>
-      <w:r w:rsidR="008214A8" w:rsidRPr="00456D86">
+      <w:r w:rsidRPr="00456D86" w:rsidR="008214A8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00456D86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izglītības piedāvājumu sarakstā piecu darbadienu laikā no lēmuma pieņemšanas dienas.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...5 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w:rsidR="00087089" w:rsidRPr="004B5275" w:rsidRDefault="003D4C66" w:rsidP="004B5275">
-      <w:pPr>
+    <w:p w:rsidR="000911E1" w:rsidRPr="0077420A" w:rsidP="009520E2" w14:paraId="16F9DD57" w14:textId="25224DEB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Hlk128042138"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk206426478"/>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidR="009520E2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija konstatē, ka lēmuma pieņemšanai par pretendenta iekļaušanu vai atteikumu iekļaut izglītības piedāvājumu sarakstā, </w:t>
+      </w:r>
+      <w:r w:rsidR="009520E2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisijai nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu komisija pagarina administratīvā akta izdošanas termiņu par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot pretend</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0077420A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ntu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000911E1" w:rsidP="009520E2" w14:paraId="2908809C" w14:textId="0083935D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk206426508"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="000E325A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pretendents </w:t>
+      </w:r>
+      <w:r w:rsidR="009520E2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E325A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisijas lēmumu var apstrīdēt Aģentūras direktoram viena mēneša laikā no lēmuma spēkā stāšan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A00D1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ās dienas, iesniedzot rakstveida iesniegumu.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="00087089" w:rsidRPr="004B5275" w:rsidP="009520E2" w14:paraId="53CA7F84" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk128042138"/>
       <w:r w:rsidRPr="00CB7EF2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūra ir tiesīga pagarināt izsludinājuma ietvaros plānoto sadarbības termiņu ar pasākuma īstenotāju. </w:t>
       </w:r>
       <w:r w:rsidRPr="00907BDF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Par šādu Aģentūras lēmumu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB7EF2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija</w:t>
       </w:r>
       <w:r w:rsidRPr="00907BDF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> informē pasākuma īstenotāju ne vēlāk kā mēnesi pirms sadarbības termiņa pagarinājuma.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:sectPr w:rsidR="00087089" w:rsidRPr="004B5275" w:rsidSect="00064FF9">
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidSect="00064FF9">
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00CF5DC8" w:rsidRDefault="003D4C66" w:rsidP="00FE28D0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00CF5DC8" w:rsidP="00FE28D0" w14:paraId="051DCFFA" w14:textId="79B580AD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00041241" w:rsidRPr="00041241">
+    <w:r w:rsidRPr="00FD55C3" w:rsidR="00FD55C3">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CF5DC8" w:rsidRDefault="00CF5DC8"/>
-  <w:p w:rsidR="00F0208C" w:rsidRDefault="003D4C66">
+  <w:p w:rsidR="00CF5DC8" w14:paraId="63C05906" w14:textId="77777777"/>
+  <w:p w:rsidR="004D73BD" w14:paraId="652425A7" w14:textId="20C592C4"/>
+  <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00CF5DC8" w:rsidRDefault="003D4C66">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00CF5DC8" w14:paraId="4B789287" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CF5DC8" w:rsidRDefault="003D4C66">
+  <w:p w:rsidR="00CF5DC8" w14:paraId="6B9A19B6" w14:textId="77777777">
     <w:r>
-      <w:t xml:space="preserve">        </w:t>
-[...2 lines deleted...]
-      <w:t xml:space="preserve">  Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F0208C" w:rsidRDefault="003D4C66">
+  <w:p w:rsidR="004D73BD" w14:paraId="11D93EB3" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3D5654EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EE76CC38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2292" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2292" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3413" w:hanging="720"/>
+        <w:ind w:left="3414" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2652" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
@@ -5791,51 +5534,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3372" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3732" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="4F91284F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F7661E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
@@ -5915,137 +5658,137 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="56C220AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E8AF5F0"/>
-    <w:lvl w:ilvl="0" w:tplc="441C3B30">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0682EA78" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93A82E9E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AFE2E8FC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A3F438E0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3884" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6902ECE0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4604" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FF7E18F6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="EBD01E8E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A734E24A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="637131EA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -6087,282 +5830,369 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="68E867FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="841A6FBC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="76B662DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93B6310C"/>
-    <w:lvl w:ilvl="0" w:tplc="6BC2721E">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4FA62CEA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7AD8151E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64964252" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99CCD494" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CE7C0690" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1F626938" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FAA889A0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="269A50A4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00581993"/>
     <w:rsid w:val="000028B8"/>
     <w:rsid w:val="00003086"/>
     <w:rsid w:val="00010645"/>
     <w:rsid w:val="00011669"/>
     <w:rsid w:val="00011836"/>
     <w:rsid w:val="000119F9"/>
     <w:rsid w:val="00012DC0"/>
     <w:rsid w:val="0001416D"/>
     <w:rsid w:val="000142CA"/>
     <w:rsid w:val="0001463F"/>
     <w:rsid w:val="00015C4C"/>
     <w:rsid w:val="000204C3"/>
     <w:rsid w:val="00020CA4"/>
     <w:rsid w:val="00020F33"/>
     <w:rsid w:val="000216DB"/>
     <w:rsid w:val="00021B9B"/>
     <w:rsid w:val="00021F9C"/>
     <w:rsid w:val="00023307"/>
     <w:rsid w:val="000244E0"/>
     <w:rsid w:val="00024AB5"/>
     <w:rsid w:val="00024AE8"/>
     <w:rsid w:val="00027C2B"/>
     <w:rsid w:val="00027CD6"/>
     <w:rsid w:val="00034210"/>
     <w:rsid w:val="0003446D"/>
-    <w:rsid w:val="00041241"/>
     <w:rsid w:val="000428C7"/>
     <w:rsid w:val="00042DE6"/>
     <w:rsid w:val="0004483A"/>
     <w:rsid w:val="000448CB"/>
     <w:rsid w:val="00047E60"/>
     <w:rsid w:val="000505B7"/>
     <w:rsid w:val="00054790"/>
     <w:rsid w:val="000560FB"/>
     <w:rsid w:val="00060251"/>
     <w:rsid w:val="00060952"/>
     <w:rsid w:val="00061896"/>
     <w:rsid w:val="00064FF9"/>
     <w:rsid w:val="00065A8D"/>
     <w:rsid w:val="00070589"/>
     <w:rsid w:val="00070C40"/>
     <w:rsid w:val="0007372A"/>
+    <w:rsid w:val="00075400"/>
     <w:rsid w:val="00083775"/>
     <w:rsid w:val="00083DE0"/>
     <w:rsid w:val="00084D7E"/>
     <w:rsid w:val="00086E11"/>
     <w:rsid w:val="00087089"/>
+    <w:rsid w:val="000911E1"/>
     <w:rsid w:val="00092454"/>
     <w:rsid w:val="0009479E"/>
     <w:rsid w:val="0009668B"/>
     <w:rsid w:val="000A1183"/>
     <w:rsid w:val="000A42C9"/>
     <w:rsid w:val="000A6626"/>
     <w:rsid w:val="000A69F3"/>
     <w:rsid w:val="000B085B"/>
     <w:rsid w:val="000B39C7"/>
     <w:rsid w:val="000B469E"/>
     <w:rsid w:val="000C2274"/>
     <w:rsid w:val="000C2598"/>
     <w:rsid w:val="000C3867"/>
     <w:rsid w:val="000C4090"/>
     <w:rsid w:val="000C61C9"/>
     <w:rsid w:val="000D2A49"/>
     <w:rsid w:val="000D2BCA"/>
     <w:rsid w:val="000D390F"/>
     <w:rsid w:val="000D63E6"/>
+    <w:rsid w:val="000E325A"/>
     <w:rsid w:val="000E635F"/>
     <w:rsid w:val="000E7BEE"/>
     <w:rsid w:val="000E7EFD"/>
     <w:rsid w:val="000F06A3"/>
     <w:rsid w:val="000F1058"/>
     <w:rsid w:val="000F58FD"/>
     <w:rsid w:val="00100965"/>
     <w:rsid w:val="0010614B"/>
     <w:rsid w:val="00106AF3"/>
     <w:rsid w:val="00111BBB"/>
     <w:rsid w:val="00115E2A"/>
     <w:rsid w:val="0012474D"/>
     <w:rsid w:val="00125683"/>
     <w:rsid w:val="00125DE5"/>
     <w:rsid w:val="00127DFE"/>
     <w:rsid w:val="0013021B"/>
     <w:rsid w:val="0013122D"/>
     <w:rsid w:val="00131D33"/>
+    <w:rsid w:val="00131F2A"/>
     <w:rsid w:val="001352B7"/>
     <w:rsid w:val="00136FAF"/>
     <w:rsid w:val="001407A2"/>
     <w:rsid w:val="0014191D"/>
     <w:rsid w:val="00142073"/>
     <w:rsid w:val="001420FB"/>
     <w:rsid w:val="00142152"/>
     <w:rsid w:val="0014219A"/>
     <w:rsid w:val="00142BFF"/>
     <w:rsid w:val="00143A7E"/>
     <w:rsid w:val="00144009"/>
     <w:rsid w:val="00145408"/>
     <w:rsid w:val="001503D8"/>
     <w:rsid w:val="0015467A"/>
+    <w:rsid w:val="0016571F"/>
     <w:rsid w:val="00167A0B"/>
     <w:rsid w:val="00170A65"/>
     <w:rsid w:val="00172335"/>
     <w:rsid w:val="0017249F"/>
     <w:rsid w:val="00174355"/>
     <w:rsid w:val="001746BA"/>
     <w:rsid w:val="00175C00"/>
     <w:rsid w:val="00177F0A"/>
     <w:rsid w:val="001814E4"/>
     <w:rsid w:val="00181EE4"/>
     <w:rsid w:val="00185636"/>
     <w:rsid w:val="00185FA8"/>
     <w:rsid w:val="0018652D"/>
     <w:rsid w:val="00187504"/>
     <w:rsid w:val="00194779"/>
     <w:rsid w:val="00195561"/>
     <w:rsid w:val="00196E6B"/>
     <w:rsid w:val="001A3265"/>
     <w:rsid w:val="001A3534"/>
     <w:rsid w:val="001A555B"/>
     <w:rsid w:val="001A5AF2"/>
     <w:rsid w:val="001B0C0A"/>
     <w:rsid w:val="001C2AEE"/>
     <w:rsid w:val="001C6282"/>
     <w:rsid w:val="001D03BE"/>
@@ -6421,101 +6251,101 @@
     <w:rsid w:val="002A29A0"/>
     <w:rsid w:val="002A3D47"/>
     <w:rsid w:val="002A5B4C"/>
     <w:rsid w:val="002B52A4"/>
     <w:rsid w:val="002B5D11"/>
     <w:rsid w:val="002C0B95"/>
     <w:rsid w:val="002C2BDE"/>
     <w:rsid w:val="002C763D"/>
     <w:rsid w:val="002D080B"/>
     <w:rsid w:val="002D11F2"/>
     <w:rsid w:val="002D1CE1"/>
     <w:rsid w:val="002D4AD3"/>
     <w:rsid w:val="002E24D0"/>
     <w:rsid w:val="002E3494"/>
     <w:rsid w:val="002F0506"/>
     <w:rsid w:val="002F1256"/>
     <w:rsid w:val="002F7D67"/>
     <w:rsid w:val="00301E31"/>
     <w:rsid w:val="00303B62"/>
     <w:rsid w:val="003065E3"/>
     <w:rsid w:val="003073D0"/>
     <w:rsid w:val="00311D15"/>
     <w:rsid w:val="00313C15"/>
     <w:rsid w:val="00313D23"/>
     <w:rsid w:val="00315104"/>
+    <w:rsid w:val="003160ED"/>
     <w:rsid w:val="00316880"/>
     <w:rsid w:val="00317E92"/>
     <w:rsid w:val="00320E68"/>
     <w:rsid w:val="003211B7"/>
     <w:rsid w:val="00326ACC"/>
     <w:rsid w:val="00327129"/>
     <w:rsid w:val="003272F9"/>
     <w:rsid w:val="0032758F"/>
     <w:rsid w:val="00331613"/>
     <w:rsid w:val="00334AD8"/>
     <w:rsid w:val="00334C84"/>
     <w:rsid w:val="00337968"/>
     <w:rsid w:val="00337AEA"/>
     <w:rsid w:val="00337DD8"/>
     <w:rsid w:val="00340C9C"/>
     <w:rsid w:val="003437A4"/>
     <w:rsid w:val="00343BF9"/>
     <w:rsid w:val="003479C0"/>
     <w:rsid w:val="00355708"/>
     <w:rsid w:val="00357203"/>
     <w:rsid w:val="00360424"/>
     <w:rsid w:val="00360DBB"/>
     <w:rsid w:val="0036126D"/>
     <w:rsid w:val="00361EB0"/>
     <w:rsid w:val="003627E5"/>
     <w:rsid w:val="003631A1"/>
     <w:rsid w:val="00371386"/>
     <w:rsid w:val="00373EB5"/>
     <w:rsid w:val="003746BE"/>
     <w:rsid w:val="003748D9"/>
     <w:rsid w:val="00375F9A"/>
     <w:rsid w:val="00376065"/>
     <w:rsid w:val="003819C2"/>
     <w:rsid w:val="00382352"/>
     <w:rsid w:val="00382DD8"/>
     <w:rsid w:val="00383462"/>
     <w:rsid w:val="00385148"/>
     <w:rsid w:val="00394EAE"/>
     <w:rsid w:val="003A0500"/>
     <w:rsid w:val="003A0524"/>
     <w:rsid w:val="003A5A64"/>
     <w:rsid w:val="003A5D97"/>
     <w:rsid w:val="003A6A41"/>
     <w:rsid w:val="003A6C1F"/>
     <w:rsid w:val="003B1DFE"/>
     <w:rsid w:val="003B5958"/>
     <w:rsid w:val="003B6888"/>
     <w:rsid w:val="003C2053"/>
     <w:rsid w:val="003C225E"/>
     <w:rsid w:val="003C5AE3"/>
-    <w:rsid w:val="003D4C66"/>
     <w:rsid w:val="003D5199"/>
     <w:rsid w:val="003D5697"/>
     <w:rsid w:val="003E6AA7"/>
     <w:rsid w:val="003F1CCC"/>
     <w:rsid w:val="003F3C63"/>
     <w:rsid w:val="003F4FA5"/>
     <w:rsid w:val="004020B6"/>
     <w:rsid w:val="0040342B"/>
     <w:rsid w:val="004045D0"/>
     <w:rsid w:val="004046E6"/>
     <w:rsid w:val="00407F09"/>
     <w:rsid w:val="00410829"/>
     <w:rsid w:val="0041316A"/>
     <w:rsid w:val="004151CD"/>
     <w:rsid w:val="00416797"/>
     <w:rsid w:val="0042317C"/>
     <w:rsid w:val="004234A3"/>
     <w:rsid w:val="00424F9F"/>
     <w:rsid w:val="0042515F"/>
     <w:rsid w:val="0042554B"/>
     <w:rsid w:val="00425E31"/>
     <w:rsid w:val="00426840"/>
     <w:rsid w:val="00430F95"/>
     <w:rsid w:val="00431551"/>
     <w:rsid w:val="00431734"/>
@@ -6536,62 +6366,65 @@
     <w:rsid w:val="004501DB"/>
     <w:rsid w:val="004515DA"/>
     <w:rsid w:val="004547B8"/>
     <w:rsid w:val="004555E8"/>
     <w:rsid w:val="00456D86"/>
     <w:rsid w:val="004604AB"/>
     <w:rsid w:val="00461D27"/>
     <w:rsid w:val="00462FD9"/>
     <w:rsid w:val="00472085"/>
     <w:rsid w:val="00476997"/>
     <w:rsid w:val="00476D80"/>
     <w:rsid w:val="0047790D"/>
     <w:rsid w:val="00481627"/>
     <w:rsid w:val="00484389"/>
     <w:rsid w:val="00484D1E"/>
     <w:rsid w:val="0048579D"/>
     <w:rsid w:val="00487541"/>
     <w:rsid w:val="00487542"/>
     <w:rsid w:val="0049284B"/>
     <w:rsid w:val="004960A4"/>
     <w:rsid w:val="004961FE"/>
     <w:rsid w:val="0049649E"/>
     <w:rsid w:val="00496D54"/>
     <w:rsid w:val="004A45D8"/>
     <w:rsid w:val="004A544E"/>
+    <w:rsid w:val="004A6CD7"/>
     <w:rsid w:val="004A739C"/>
     <w:rsid w:val="004B5275"/>
     <w:rsid w:val="004B5319"/>
     <w:rsid w:val="004C1DBE"/>
     <w:rsid w:val="004C2746"/>
     <w:rsid w:val="004C5C6A"/>
     <w:rsid w:val="004C7262"/>
     <w:rsid w:val="004C73FE"/>
     <w:rsid w:val="004D4543"/>
     <w:rsid w:val="004D5017"/>
     <w:rsid w:val="004D5AD9"/>
     <w:rsid w:val="004D6E7A"/>
+    <w:rsid w:val="004D73BD"/>
+    <w:rsid w:val="004E1D57"/>
     <w:rsid w:val="004E22DD"/>
     <w:rsid w:val="004E23B3"/>
     <w:rsid w:val="004E280E"/>
     <w:rsid w:val="004E5103"/>
     <w:rsid w:val="004E527E"/>
     <w:rsid w:val="004E58CA"/>
     <w:rsid w:val="004F1AC8"/>
     <w:rsid w:val="004F2674"/>
     <w:rsid w:val="004F415E"/>
     <w:rsid w:val="004F5952"/>
     <w:rsid w:val="004F70D7"/>
     <w:rsid w:val="004F7ADA"/>
     <w:rsid w:val="005037ED"/>
     <w:rsid w:val="00507F16"/>
     <w:rsid w:val="00511292"/>
     <w:rsid w:val="00512757"/>
     <w:rsid w:val="005128B4"/>
     <w:rsid w:val="00513B76"/>
     <w:rsid w:val="00513CF8"/>
     <w:rsid w:val="00514B80"/>
     <w:rsid w:val="00520230"/>
     <w:rsid w:val="0052059A"/>
     <w:rsid w:val="00521A95"/>
     <w:rsid w:val="00521E07"/>
     <w:rsid w:val="00521EEB"/>
@@ -6626,95 +6459,99 @@
     <w:rsid w:val="00573C1A"/>
     <w:rsid w:val="00574188"/>
     <w:rsid w:val="005752F4"/>
     <w:rsid w:val="0057561F"/>
     <w:rsid w:val="00576343"/>
     <w:rsid w:val="00576F6F"/>
     <w:rsid w:val="00577923"/>
     <w:rsid w:val="00581993"/>
     <w:rsid w:val="0058288B"/>
     <w:rsid w:val="005831C7"/>
     <w:rsid w:val="00584DC3"/>
     <w:rsid w:val="005854D8"/>
     <w:rsid w:val="00585E95"/>
     <w:rsid w:val="005867F1"/>
     <w:rsid w:val="00593B91"/>
     <w:rsid w:val="00595AEA"/>
     <w:rsid w:val="00595D1E"/>
     <w:rsid w:val="00595EC0"/>
     <w:rsid w:val="00597FC6"/>
     <w:rsid w:val="005A0174"/>
     <w:rsid w:val="005A23AD"/>
     <w:rsid w:val="005A7205"/>
     <w:rsid w:val="005A7DE9"/>
     <w:rsid w:val="005B2144"/>
     <w:rsid w:val="005B5195"/>
+    <w:rsid w:val="005B763C"/>
     <w:rsid w:val="005B7721"/>
     <w:rsid w:val="005C21E4"/>
     <w:rsid w:val="005C517E"/>
     <w:rsid w:val="005C6B53"/>
+    <w:rsid w:val="005C7B3A"/>
     <w:rsid w:val="005C7FD0"/>
     <w:rsid w:val="005D23B3"/>
     <w:rsid w:val="005E11FD"/>
     <w:rsid w:val="005E13DC"/>
     <w:rsid w:val="005E67C0"/>
     <w:rsid w:val="005F45EC"/>
     <w:rsid w:val="005F61BC"/>
     <w:rsid w:val="005F7046"/>
     <w:rsid w:val="00602B56"/>
     <w:rsid w:val="00605CDE"/>
     <w:rsid w:val="00607387"/>
     <w:rsid w:val="00607967"/>
     <w:rsid w:val="00612C11"/>
     <w:rsid w:val="00612EFC"/>
     <w:rsid w:val="00615819"/>
     <w:rsid w:val="00615ADE"/>
     <w:rsid w:val="00616E61"/>
     <w:rsid w:val="00621E3F"/>
     <w:rsid w:val="006226CB"/>
     <w:rsid w:val="00626B69"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="00632204"/>
     <w:rsid w:val="0063445A"/>
     <w:rsid w:val="00635100"/>
     <w:rsid w:val="006354C7"/>
     <w:rsid w:val="006376CF"/>
     <w:rsid w:val="00646D8C"/>
     <w:rsid w:val="006508A1"/>
     <w:rsid w:val="00652180"/>
     <w:rsid w:val="00652799"/>
     <w:rsid w:val="00653298"/>
     <w:rsid w:val="00654336"/>
     <w:rsid w:val="00654462"/>
     <w:rsid w:val="0065456F"/>
     <w:rsid w:val="00656A4D"/>
     <w:rsid w:val="0066016D"/>
     <w:rsid w:val="00661C0C"/>
     <w:rsid w:val="00665E68"/>
     <w:rsid w:val="00670D08"/>
     <w:rsid w:val="0067283D"/>
     <w:rsid w:val="00673E1D"/>
+    <w:rsid w:val="00675CA9"/>
+    <w:rsid w:val="0067627C"/>
     <w:rsid w:val="0067649B"/>
     <w:rsid w:val="0068115C"/>
     <w:rsid w:val="00683B21"/>
     <w:rsid w:val="00687EBB"/>
     <w:rsid w:val="006909D0"/>
     <w:rsid w:val="00691733"/>
     <w:rsid w:val="0069285C"/>
     <w:rsid w:val="0069374C"/>
     <w:rsid w:val="00693EBF"/>
     <w:rsid w:val="00697163"/>
     <w:rsid w:val="0069741D"/>
     <w:rsid w:val="006A1260"/>
     <w:rsid w:val="006A35DA"/>
     <w:rsid w:val="006A6A94"/>
     <w:rsid w:val="006B2BB4"/>
     <w:rsid w:val="006B4C53"/>
     <w:rsid w:val="006B4F63"/>
     <w:rsid w:val="006B59D1"/>
     <w:rsid w:val="006B730B"/>
     <w:rsid w:val="006C2773"/>
     <w:rsid w:val="006C3A43"/>
     <w:rsid w:val="006C7C94"/>
     <w:rsid w:val="006D0318"/>
     <w:rsid w:val="006D068E"/>
     <w:rsid w:val="006D1178"/>
@@ -6731,51 +6568,53 @@
     <w:rsid w:val="007137C2"/>
     <w:rsid w:val="007168CE"/>
     <w:rsid w:val="007232DE"/>
     <w:rsid w:val="00726810"/>
     <w:rsid w:val="00732B11"/>
     <w:rsid w:val="00732D45"/>
     <w:rsid w:val="00733255"/>
     <w:rsid w:val="00735C1E"/>
     <w:rsid w:val="007360F3"/>
     <w:rsid w:val="00737CFA"/>
     <w:rsid w:val="007429B8"/>
     <w:rsid w:val="00742D36"/>
     <w:rsid w:val="00744BBC"/>
     <w:rsid w:val="00745CA8"/>
     <w:rsid w:val="00745E28"/>
     <w:rsid w:val="00745F99"/>
     <w:rsid w:val="00751F60"/>
     <w:rsid w:val="00753CF4"/>
     <w:rsid w:val="00755242"/>
     <w:rsid w:val="00755920"/>
     <w:rsid w:val="00756622"/>
     <w:rsid w:val="007622D0"/>
     <w:rsid w:val="0076342A"/>
     <w:rsid w:val="007657A7"/>
     <w:rsid w:val="007661D1"/>
+    <w:rsid w:val="0077420A"/>
     <w:rsid w:val="00790091"/>
+    <w:rsid w:val="007A00D1"/>
     <w:rsid w:val="007A71B2"/>
     <w:rsid w:val="007B1080"/>
     <w:rsid w:val="007B2215"/>
     <w:rsid w:val="007B2B66"/>
     <w:rsid w:val="007B327D"/>
     <w:rsid w:val="007B5B1E"/>
     <w:rsid w:val="007B7CF6"/>
     <w:rsid w:val="007C2F72"/>
     <w:rsid w:val="007C3784"/>
     <w:rsid w:val="007C4C7F"/>
     <w:rsid w:val="007C585E"/>
     <w:rsid w:val="007C67DC"/>
     <w:rsid w:val="007D15D5"/>
     <w:rsid w:val="007D1A95"/>
     <w:rsid w:val="007D3994"/>
     <w:rsid w:val="007D5912"/>
     <w:rsid w:val="007E06E4"/>
     <w:rsid w:val="007E29E3"/>
     <w:rsid w:val="007E4FD4"/>
     <w:rsid w:val="007E6FC3"/>
     <w:rsid w:val="007E76B2"/>
     <w:rsid w:val="007F0B41"/>
     <w:rsid w:val="007F0C5C"/>
     <w:rsid w:val="007F613B"/>
     <w:rsid w:val="007F7ED2"/>
@@ -6862,50 +6701,51 @@
     <w:rsid w:val="00907BDF"/>
     <w:rsid w:val="00910DA1"/>
     <w:rsid w:val="0091487A"/>
     <w:rsid w:val="009159CE"/>
     <w:rsid w:val="00915E0A"/>
     <w:rsid w:val="00916627"/>
     <w:rsid w:val="00916C27"/>
     <w:rsid w:val="009220CE"/>
     <w:rsid w:val="009252E3"/>
     <w:rsid w:val="00925958"/>
     <w:rsid w:val="00926F03"/>
     <w:rsid w:val="00930701"/>
     <w:rsid w:val="00930892"/>
     <w:rsid w:val="0093331E"/>
     <w:rsid w:val="0093391A"/>
     <w:rsid w:val="00935791"/>
     <w:rsid w:val="00935CD3"/>
     <w:rsid w:val="0094126D"/>
     <w:rsid w:val="00941FAD"/>
     <w:rsid w:val="009428A3"/>
     <w:rsid w:val="009440EF"/>
     <w:rsid w:val="0094411B"/>
     <w:rsid w:val="009442CD"/>
     <w:rsid w:val="00944EE9"/>
     <w:rsid w:val="009510CA"/>
+    <w:rsid w:val="009520E2"/>
     <w:rsid w:val="00952C56"/>
     <w:rsid w:val="00954FC1"/>
     <w:rsid w:val="00954FF4"/>
     <w:rsid w:val="00957F25"/>
     <w:rsid w:val="0096067A"/>
     <w:rsid w:val="00960BD3"/>
     <w:rsid w:val="00960E08"/>
     <w:rsid w:val="00961438"/>
     <w:rsid w:val="00961AAD"/>
     <w:rsid w:val="009717DC"/>
     <w:rsid w:val="009728C2"/>
     <w:rsid w:val="00974433"/>
     <w:rsid w:val="009765C0"/>
     <w:rsid w:val="00977B39"/>
     <w:rsid w:val="00984CEE"/>
     <w:rsid w:val="009857B1"/>
     <w:rsid w:val="00986FC1"/>
     <w:rsid w:val="0098772A"/>
     <w:rsid w:val="009924E3"/>
     <w:rsid w:val="009931EE"/>
     <w:rsid w:val="00993A97"/>
     <w:rsid w:val="0099480E"/>
     <w:rsid w:val="009968F9"/>
     <w:rsid w:val="009A275D"/>
     <w:rsid w:val="009A2955"/>
@@ -6922,79 +6762,82 @@
     <w:rsid w:val="009C72A6"/>
     <w:rsid w:val="009D0194"/>
     <w:rsid w:val="009D3ECE"/>
     <w:rsid w:val="009E3B97"/>
     <w:rsid w:val="009E3E3B"/>
     <w:rsid w:val="009E43CC"/>
     <w:rsid w:val="009E4A7D"/>
     <w:rsid w:val="009E5730"/>
     <w:rsid w:val="009F0AD8"/>
     <w:rsid w:val="009F0B04"/>
     <w:rsid w:val="009F2D69"/>
     <w:rsid w:val="009F3092"/>
     <w:rsid w:val="009F7342"/>
     <w:rsid w:val="00A01520"/>
     <w:rsid w:val="00A04E69"/>
     <w:rsid w:val="00A0549D"/>
     <w:rsid w:val="00A1388A"/>
     <w:rsid w:val="00A15300"/>
     <w:rsid w:val="00A16232"/>
     <w:rsid w:val="00A16999"/>
     <w:rsid w:val="00A17180"/>
     <w:rsid w:val="00A207DE"/>
     <w:rsid w:val="00A22B12"/>
     <w:rsid w:val="00A25764"/>
     <w:rsid w:val="00A262D0"/>
+    <w:rsid w:val="00A273D2"/>
     <w:rsid w:val="00A30E5F"/>
     <w:rsid w:val="00A3173A"/>
+    <w:rsid w:val="00A32620"/>
     <w:rsid w:val="00A345B2"/>
     <w:rsid w:val="00A34A7C"/>
     <w:rsid w:val="00A35B8D"/>
     <w:rsid w:val="00A42F2E"/>
     <w:rsid w:val="00A43BE3"/>
     <w:rsid w:val="00A4544C"/>
     <w:rsid w:val="00A455BB"/>
     <w:rsid w:val="00A46C2A"/>
     <w:rsid w:val="00A478E2"/>
     <w:rsid w:val="00A47951"/>
     <w:rsid w:val="00A502B9"/>
     <w:rsid w:val="00A52187"/>
     <w:rsid w:val="00A60318"/>
     <w:rsid w:val="00A60E80"/>
     <w:rsid w:val="00A61030"/>
     <w:rsid w:val="00A61DEA"/>
     <w:rsid w:val="00A62698"/>
     <w:rsid w:val="00A63993"/>
     <w:rsid w:val="00A66A54"/>
     <w:rsid w:val="00A70C7B"/>
     <w:rsid w:val="00A72EC7"/>
     <w:rsid w:val="00A73750"/>
     <w:rsid w:val="00A762A3"/>
     <w:rsid w:val="00A7736A"/>
     <w:rsid w:val="00A80AAE"/>
     <w:rsid w:val="00A80F26"/>
     <w:rsid w:val="00A81D80"/>
+    <w:rsid w:val="00A85A7E"/>
     <w:rsid w:val="00A90242"/>
     <w:rsid w:val="00A90B97"/>
     <w:rsid w:val="00A91B5C"/>
     <w:rsid w:val="00A91E4C"/>
     <w:rsid w:val="00A92BAF"/>
     <w:rsid w:val="00A952E6"/>
     <w:rsid w:val="00A96B46"/>
     <w:rsid w:val="00AA1BE3"/>
     <w:rsid w:val="00AB15EC"/>
     <w:rsid w:val="00AB3DA2"/>
     <w:rsid w:val="00AB443F"/>
     <w:rsid w:val="00AB54C1"/>
     <w:rsid w:val="00AB565A"/>
     <w:rsid w:val="00AB580F"/>
     <w:rsid w:val="00AB6C63"/>
     <w:rsid w:val="00AB7FA3"/>
     <w:rsid w:val="00AC1BB1"/>
     <w:rsid w:val="00AC1EE2"/>
     <w:rsid w:val="00AC3C71"/>
     <w:rsid w:val="00AC4B10"/>
     <w:rsid w:val="00AC643F"/>
     <w:rsid w:val="00AC774F"/>
     <w:rsid w:val="00AD344A"/>
     <w:rsid w:val="00AD37D6"/>
     <w:rsid w:val="00AD5262"/>
@@ -7105,50 +6948,51 @@
     <w:rsid w:val="00C36FF0"/>
     <w:rsid w:val="00C40023"/>
     <w:rsid w:val="00C41F01"/>
     <w:rsid w:val="00C46D0E"/>
     <w:rsid w:val="00C4757F"/>
     <w:rsid w:val="00C50767"/>
     <w:rsid w:val="00C54076"/>
     <w:rsid w:val="00C54D15"/>
     <w:rsid w:val="00C57C0B"/>
     <w:rsid w:val="00C605C9"/>
     <w:rsid w:val="00C60AFB"/>
     <w:rsid w:val="00C61917"/>
     <w:rsid w:val="00C63131"/>
     <w:rsid w:val="00C657F7"/>
     <w:rsid w:val="00C729F0"/>
     <w:rsid w:val="00C75749"/>
     <w:rsid w:val="00C76278"/>
     <w:rsid w:val="00C764EE"/>
     <w:rsid w:val="00C774A8"/>
     <w:rsid w:val="00C815F2"/>
     <w:rsid w:val="00C81C20"/>
     <w:rsid w:val="00C850A3"/>
     <w:rsid w:val="00C8610E"/>
     <w:rsid w:val="00C862D9"/>
     <w:rsid w:val="00C9012F"/>
+    <w:rsid w:val="00C90160"/>
     <w:rsid w:val="00C92B7B"/>
     <w:rsid w:val="00C933D9"/>
     <w:rsid w:val="00C93901"/>
     <w:rsid w:val="00C94A2F"/>
     <w:rsid w:val="00C96F69"/>
     <w:rsid w:val="00C979DB"/>
     <w:rsid w:val="00CA02EF"/>
     <w:rsid w:val="00CA2666"/>
     <w:rsid w:val="00CA33EB"/>
     <w:rsid w:val="00CA5013"/>
     <w:rsid w:val="00CA7CE8"/>
     <w:rsid w:val="00CB021C"/>
     <w:rsid w:val="00CB13AE"/>
     <w:rsid w:val="00CB3034"/>
     <w:rsid w:val="00CB69AD"/>
     <w:rsid w:val="00CB7EF2"/>
     <w:rsid w:val="00CC0D52"/>
     <w:rsid w:val="00CC34FE"/>
     <w:rsid w:val="00CC543A"/>
     <w:rsid w:val="00CC5DD2"/>
     <w:rsid w:val="00CC665D"/>
     <w:rsid w:val="00CD07D9"/>
     <w:rsid w:val="00CD18FB"/>
     <w:rsid w:val="00CD1A52"/>
     <w:rsid w:val="00CD24E6"/>
@@ -7188,70 +7032,73 @@
     <w:rsid w:val="00D362E3"/>
     <w:rsid w:val="00D41702"/>
     <w:rsid w:val="00D41BE9"/>
     <w:rsid w:val="00D44369"/>
     <w:rsid w:val="00D4734E"/>
     <w:rsid w:val="00D477DE"/>
     <w:rsid w:val="00D56308"/>
     <w:rsid w:val="00D60BBD"/>
     <w:rsid w:val="00D63229"/>
     <w:rsid w:val="00D63773"/>
     <w:rsid w:val="00D63FB7"/>
     <w:rsid w:val="00D651B7"/>
     <w:rsid w:val="00D668FC"/>
     <w:rsid w:val="00D6735F"/>
     <w:rsid w:val="00D67B1B"/>
     <w:rsid w:val="00D77CB8"/>
     <w:rsid w:val="00D81372"/>
     <w:rsid w:val="00D81B07"/>
     <w:rsid w:val="00D836C4"/>
     <w:rsid w:val="00D84210"/>
     <w:rsid w:val="00D85B3C"/>
     <w:rsid w:val="00D85B87"/>
     <w:rsid w:val="00D8674E"/>
     <w:rsid w:val="00D93A47"/>
     <w:rsid w:val="00D941C1"/>
+    <w:rsid w:val="00D94EB6"/>
     <w:rsid w:val="00D94FDC"/>
     <w:rsid w:val="00D962F3"/>
     <w:rsid w:val="00DA0AC1"/>
     <w:rsid w:val="00DA2AAD"/>
     <w:rsid w:val="00DA4EBA"/>
     <w:rsid w:val="00DA4FA3"/>
+    <w:rsid w:val="00DA50C9"/>
     <w:rsid w:val="00DA669C"/>
     <w:rsid w:val="00DB24F1"/>
     <w:rsid w:val="00DB2623"/>
     <w:rsid w:val="00DB32D3"/>
     <w:rsid w:val="00DB4DBF"/>
     <w:rsid w:val="00DB67C2"/>
     <w:rsid w:val="00DB6D48"/>
     <w:rsid w:val="00DC26C5"/>
     <w:rsid w:val="00DD028F"/>
     <w:rsid w:val="00DD4C4E"/>
     <w:rsid w:val="00DD6634"/>
     <w:rsid w:val="00DD7492"/>
     <w:rsid w:val="00DE1240"/>
     <w:rsid w:val="00DE58ED"/>
+    <w:rsid w:val="00DE698A"/>
     <w:rsid w:val="00DE7910"/>
     <w:rsid w:val="00DF0D6B"/>
     <w:rsid w:val="00DF4231"/>
     <w:rsid w:val="00DF42F0"/>
     <w:rsid w:val="00DF5753"/>
     <w:rsid w:val="00DF5E62"/>
     <w:rsid w:val="00DF6407"/>
     <w:rsid w:val="00DF6E39"/>
     <w:rsid w:val="00E02202"/>
     <w:rsid w:val="00E07C3F"/>
     <w:rsid w:val="00E1243B"/>
     <w:rsid w:val="00E13226"/>
     <w:rsid w:val="00E13C09"/>
     <w:rsid w:val="00E14C37"/>
     <w:rsid w:val="00E21028"/>
     <w:rsid w:val="00E222A4"/>
     <w:rsid w:val="00E2301A"/>
     <w:rsid w:val="00E24CEF"/>
     <w:rsid w:val="00E30095"/>
     <w:rsid w:val="00E36B0F"/>
     <w:rsid w:val="00E52512"/>
     <w:rsid w:val="00E52AEB"/>
     <w:rsid w:val="00E53C67"/>
     <w:rsid w:val="00E54BD5"/>
     <w:rsid w:val="00E571E8"/>
@@ -7283,51 +7130,50 @@
     <w:rsid w:val="00EB01A4"/>
     <w:rsid w:val="00EB26B6"/>
     <w:rsid w:val="00EB452D"/>
     <w:rsid w:val="00EB5633"/>
     <w:rsid w:val="00EB70DF"/>
     <w:rsid w:val="00EC090C"/>
     <w:rsid w:val="00EC2AE1"/>
     <w:rsid w:val="00EC3E58"/>
     <w:rsid w:val="00EC4568"/>
     <w:rsid w:val="00ED061B"/>
     <w:rsid w:val="00ED0B34"/>
     <w:rsid w:val="00ED2BF3"/>
     <w:rsid w:val="00ED32AB"/>
     <w:rsid w:val="00ED33A8"/>
     <w:rsid w:val="00ED5142"/>
     <w:rsid w:val="00ED5A25"/>
     <w:rsid w:val="00EE1B31"/>
     <w:rsid w:val="00EE2920"/>
     <w:rsid w:val="00EE2AE9"/>
     <w:rsid w:val="00EE3876"/>
     <w:rsid w:val="00EF1ADB"/>
     <w:rsid w:val="00EF3B44"/>
     <w:rsid w:val="00EF3BF6"/>
     <w:rsid w:val="00EF4DDC"/>
     <w:rsid w:val="00EF690D"/>
-    <w:rsid w:val="00F0208C"/>
     <w:rsid w:val="00F02F11"/>
     <w:rsid w:val="00F03054"/>
     <w:rsid w:val="00F03BC6"/>
     <w:rsid w:val="00F0470A"/>
     <w:rsid w:val="00F06013"/>
     <w:rsid w:val="00F06835"/>
     <w:rsid w:val="00F07DD0"/>
     <w:rsid w:val="00F10621"/>
     <w:rsid w:val="00F10AB2"/>
     <w:rsid w:val="00F10C4B"/>
     <w:rsid w:val="00F1174D"/>
     <w:rsid w:val="00F1306C"/>
     <w:rsid w:val="00F1530D"/>
     <w:rsid w:val="00F204BB"/>
     <w:rsid w:val="00F20BE6"/>
     <w:rsid w:val="00F2265F"/>
     <w:rsid w:val="00F22CA0"/>
     <w:rsid w:val="00F269E1"/>
     <w:rsid w:val="00F27B71"/>
     <w:rsid w:val="00F313D5"/>
     <w:rsid w:val="00F318CB"/>
     <w:rsid w:val="00F32192"/>
     <w:rsid w:val="00F32C54"/>
     <w:rsid w:val="00F32E90"/>
     <w:rsid w:val="00F34BA2"/>
@@ -7346,100 +7192,84 @@
     <w:rsid w:val="00F53728"/>
     <w:rsid w:val="00F53BD6"/>
     <w:rsid w:val="00F545BF"/>
     <w:rsid w:val="00F54949"/>
     <w:rsid w:val="00F56F9F"/>
     <w:rsid w:val="00F57AF1"/>
     <w:rsid w:val="00F63E97"/>
     <w:rsid w:val="00F64399"/>
     <w:rsid w:val="00F65C24"/>
     <w:rsid w:val="00F7026B"/>
     <w:rsid w:val="00F742C8"/>
     <w:rsid w:val="00F80364"/>
     <w:rsid w:val="00F8421B"/>
     <w:rsid w:val="00F91A25"/>
     <w:rsid w:val="00F91DFE"/>
     <w:rsid w:val="00F93FD4"/>
     <w:rsid w:val="00F94407"/>
     <w:rsid w:val="00FA028C"/>
     <w:rsid w:val="00FA0E2B"/>
     <w:rsid w:val="00FA1DB6"/>
     <w:rsid w:val="00FA2DFA"/>
     <w:rsid w:val="00FB706B"/>
     <w:rsid w:val="00FC7F71"/>
     <w:rsid w:val="00FD00C2"/>
     <w:rsid w:val="00FD2F31"/>
+    <w:rsid w:val="00FD55C3"/>
     <w:rsid w:val="00FD78E1"/>
     <w:rsid w:val="00FE0431"/>
     <w:rsid w:val="00FE2641"/>
     <w:rsid w:val="00FE28D0"/>
     <w:rsid w:val="00FF10D2"/>
     <w:rsid w:val="00FF354C"/>
     <w:rsid w:val="00FF5B7F"/>
     <w:rsid w:val="00FF62EF"/>
     <w:rsid w:val="00FF6628"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0910CBE5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B2299685-B46B-4A43-8299-FBA81DDB0AB2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7767,50 +7597,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C764EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD197F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -8207,57 +8041,56 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0013122D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00206302"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/133536-publisko-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/133536-publisko-iepirkumu-likums" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/133536-publisko-iepirkumu-likums" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8511,89 +8344,66 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100385BFBF87896214B9C4D01EAA747C93C" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f96ba53e2e339d4f0c333e9442add6c6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c378985b-df90-45bd-bb96-a7893d9f901f" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a03a883dd4d1bdc0e0b61b3f1213b1c" ns2:_="" ns3:_="">
     <xsd:import namespace="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c378985b-df90-45bd-bb96-a7893d9f901f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -8720,158 +8530,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">2152</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId>1516</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>RelatedItemsNewEditForm</Edit>
   <New>RelatedItemsNewEditForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C317D4-F5AC-4C18-A0C2-C3071326F817}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E43DE3F-0C90-4972-B6F0-35C188225BF6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4C317D4-F5AC-4C18-A0C2-C3071326F817}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC78B4F1-DC3F-4AA4-8FE0-723AC89B27D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAD131A6-E81F-4092-B732-FDF37191B04C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6941CAF1-10D9-42EA-A96F-622AEA6611FC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99016D29-DC4A-4CDF-9B54-586D32124CA3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>8588</Words>
-  <Characters>4896</Characters>
+  <Words>8321</Words>
+  <Characters>4744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
+  <Lines>39</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13458</CharactersWithSpaces>
+  <CharactersWithSpaces>13039</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Solveiga Rozite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SignaturesHtml">
     <vt:lpwstr/>
   </property>