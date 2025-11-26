--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -5,5587 +5,5687 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="5A09FF2A" w14:textId="2E0AD2EA" w:rsidR="001B2971" w:rsidRPr="00EE251D" w:rsidRDefault="000D2DDA" w:rsidP="00C61E9C">
+    <w:p w14:paraId="5A09FF2A" w14:textId="2E0AD2EA" w:rsidR="001B2971" w:rsidRPr="00EE251D" w:rsidRDefault="007C04CC" w:rsidP="00C61E9C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE251D">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Neformālās izglītības programmu saraksts sociālo un profesionālo pamatprasmju apguvei (datorzinības)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light-Accent6"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3099"/>
-        <w:gridCol w:w="6510"/>
+        <w:gridCol w:w="2363"/>
+        <w:gridCol w:w="4528"/>
         <w:gridCol w:w="964"/>
-        <w:gridCol w:w="2039"/>
-        <w:gridCol w:w="2402"/>
+        <w:gridCol w:w="1323"/>
+        <w:gridCol w:w="1584"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2F46" w14:paraId="09C3D6DB" w14:textId="47EA30F4" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="09C3D6DB" w14:textId="47EA30F4" w:rsidTr="009D23EB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="650ED1B9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="650ED1B9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Virziens (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0490A105" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="0490A105" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Programmas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7DE521" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3B7DE521" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Stundu skaits</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="67CBF22F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="006E3880" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="67CBF22F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="006E3880" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E3880">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>DigComp</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1616F50E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1616F50E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E3880">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>līmenis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7E64D981" w14:textId="536385E3" w:rsidR="007C1CD5" w:rsidRPr="006E3880" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7E64D981" w14:textId="536385E3" w:rsidR="007C1CD5" w:rsidRPr="006E3880" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Apmācību kupona vērtība (tai skaitā PVN) </w:t>
             </w:r>
             <w:r w:rsidRPr="009A700B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(EUR)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> **</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="0BFF6BB8" w14:textId="7DF91409" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="0BFF6BB8" w14:textId="7DF91409" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39164EF3" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="39164EF3" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Programmēšanas pamati (kopa) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27DF8D61" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="27DF8D61" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>1.1. Programmēšanas pamati Python valodā</w:t>
+              <w:t xml:space="preserve">1.1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Programmēšanas pamati Python valodā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="463F988E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="463F988E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="10CC6305" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="10CC6305" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="578285F1" w14:textId="6321D51F" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="578285F1" w14:textId="59292856" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="347167D0" w14:textId="45596550" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="347167D0" w14:textId="45596550" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60D42E76" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="00C93633">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47073CAF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="47073CAF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Programmēšanas pamati JavaScript valodā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7BAFDAEA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7BAFDAEA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="246E3EF1" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="246E3EF1" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="11908415" w14:textId="23F9EC64" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="11908415" w14:textId="1AFD6035" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="5BB59F6B" w14:textId="7027E12F" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="5BB59F6B" w14:textId="7027E12F" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DA85C3E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="00C93633">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EE7B3E1" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3EE7B3E1" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.3. Programmēšanas pamati Java valodā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="59EC943B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="59EC943B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63FF7EF0" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="63FF7EF0" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="44F6B3D2" w14:textId="45EE81E8" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00DB478F">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="44F6B3D2" w14:textId="0560997D" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00DB478F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="39E13002" w14:textId="475D60EC" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="39E13002" w14:textId="475D60EC" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61B1AABB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="00C93633">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77EFA01F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="77EFA01F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Programmatūras testēšanas pamati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3EDEBD72" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3EDEBD72" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0216A5BF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="0216A5BF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Vismaz ceturtais</w:t>
+              <w:t xml:space="preserve">Vismaz </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D82690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="645C0B35" w14:textId="69FA895B" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="645C0B35" w14:textId="65ED07C8" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="209D00A6" w14:textId="3A26E96A" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="209D00A6" w14:textId="3A26E96A" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0EFB893C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="00C93633">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="62CC785E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="62CC785E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Informācijas sistēmu prasību analīze</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5932A97B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="5932A97B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="079CACC7" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="079CACC7" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="01D55656" w14:textId="4B744D5C" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="01D55656" w14:textId="51506669" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="56EB58C9" w14:textId="705DD803" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="56EB58C9" w14:textId="705DD803" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="422E962E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="00C93633">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="10442D31" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="10442D31" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.6. UI/UX Lietotāja saskarnes un lietotāja pieredzes dizains</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="22867969" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="22867969" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEC64FF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1BEC64FF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5B34E2D4" w14:textId="47C8B271" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5B34E2D4" w14:textId="1475B36C" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="59ACCC9E" w14:textId="16EEB39D" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="59ACCC9E" w14:textId="16EEB39D" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1DBA022B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="00C93633">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03F1FBB9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="03F1FBB9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.7. KNX projekta izstrāde ar ETS6 programmēšanas rīku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7552A259" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7552A259" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2B2EBC" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7E2B2EBC" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vismaz </w:t>
-[...6 lines deleted...]
-              <w:t>ceturtais</w:t>
+              <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6D4448" w14:textId="797261BA" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5E6D4448" w14:textId="0270F195" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="3DBC2C32" w14:textId="20E16B7B" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="3DBC2C32" w14:textId="20E16B7B" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="401"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5532C002" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="00C93633">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="16FCFB2C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="16FCFB2C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.8. Programmējamo Loģisko kontrolleru (PLC) programmēšana ar digitālo programmēšanas rīku Zelio Soft 2 attālināti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="023C96C9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="023C96C9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="697161A7" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="697161A7" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="02E501B0" w14:textId="341C241E" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="02E501B0" w14:textId="41F08F36" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="1BB83E4E" w14:textId="267E72AA" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="1BB83E4E" w14:textId="267E72AA" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76F8538D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="76F8538D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Datu apstrāde, analīze un vizualizācija (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FAA3CD0" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="2FAA3CD0" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>2.1. Datu apstrāde, analīze un vizualizācija ar Microsoft Excel un Power BI</w:t>
+              <w:t>2.1. Datu apstrāde, analīze un vizualizācija ar Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Excel un Power BI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="30EBC351" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="30EBC351" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB0C667" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="5FB0C667" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5C01A04D" w14:textId="36A25D01" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5C01A04D" w14:textId="44B2D94B" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="35E42650" w14:textId="456F91D3" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="35E42650" w14:textId="456F91D3" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="063AE47F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C5C8B6B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1C5C8B6B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2.2. Datu apstrāde, analīze un vizualizācija ar Microsoft Excel (bez priekšzināšanām)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="255D52F4" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="255D52F4" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="08440E45" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="08440E45" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="643A1C0C" w14:textId="0DD6BB7E" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="643A1C0C" w14:textId="1C46F873" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="79B0497B" w14:textId="2452F4BE" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="79B0497B" w14:textId="2452F4BE" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C9E9C37" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BDB9298" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3BDB9298" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.3. Datu apstrāde, analīze un </w:t>
-[...6 lines deleted...]
-              <w:t>vizualizācija ar Microsoft Excel (lietpratējiem)</w:t>
+              <w:t>2.3. Datu apstrāde, analīze un vizualizācija ar Microsoft Excel (lietpratējiem)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="719395ED" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="719395ED" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="45EB9497" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="45EB9497" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Vismaz ceturtais</w:t>
+              <w:t xml:space="preserve">Vismaz </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D82690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1D83E495" w14:textId="01E3993C" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="1D83E495" w14:textId="69B62453" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="70F1649D" w14:textId="67E4ED83" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="70F1649D" w14:textId="67E4ED83" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AFFF1B6" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47E8C109" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="47E8C109" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">2.4. Datu apstrāde, analīze un vizualizācija ar Python </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="47426217" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="47426217" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="58B9F4CE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="58B9F4CE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="54789C12" w14:textId="137A38B7" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="54789C12" w14:textId="0B9C681C" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="0011EB4B" w14:textId="32084471" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="0011EB4B" w14:textId="32084471" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="77ADDCCF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63FCE21D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="63FCE21D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2.5. Relāciju datu bāzu sistēmas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="777B688B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="777B688B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="54669FEB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="54669FEB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="02367E18" w14:textId="52DE7483" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="02367E18" w14:textId="0A52B97D" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="7980DA47" w14:textId="7F90066D" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="7980DA47" w14:textId="7F90066D" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7C4575" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="4A7C4575" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Digitālā transformācija (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1C816F9A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1C816F9A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>3.1. Digitālā transformācija-lietišķo digitālo prasmju apguvē biroja darbā</w:t>
+              <w:t xml:space="preserve">3.1. Digitālā transformācija-lietišķo digitālo prasmju </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>apguvē biroja darbā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA31CBF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="2CA31CBF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="08928EE7" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="08928EE7" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="53538E24" w14:textId="3B28A0A1" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="53538E24" w14:textId="22A2B68C" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="74AAED15" w14:textId="4780E64D" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="74AAED15" w14:textId="4780E64D" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5F42D5FE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="22186963" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="22186963" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.2. Agile projektu vadība ar Scrum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8FB4F6" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1D8FB4F6" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1E0B79" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="2D1E0B79" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="370FEF0A" w14:textId="20A70E91" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="370FEF0A" w14:textId="5741CCEF" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="74B42FED" w14:textId="79522F04" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="74B42FED" w14:textId="79522F04" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5C562D72" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="711A6120" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="711A6120" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">3.3. Elektroniskais paraksts un citi </w:t>
-[...8 lines deleted...]
-              <w:t>e-pakalpojumi</w:t>
+              <w:t>3.3. Elektroniskais paraksts un citi e-pakalpojumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0D0C5A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1C0D0C5A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9F98C2" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3B9F98C2" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="60E2AB3B" w14:textId="43E68E7E" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="60E2AB3B" w14:textId="125FCFE2" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="4C11E2B2" w14:textId="72CFDD28" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="4C11E2B2" w14:textId="72CFDD28" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F9F950D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6825FA99" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="6825FA99" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">3.4. </w:t>
-[...6 lines deleted...]
-              <w:t>Mākslīgā intelekta pamati</w:t>
+              <w:t>3.4. Mākslīgā intelekta pamati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="140BA87C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="140BA87C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4B5BEA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1E4B5BEA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6448DC" w14:textId="7EF54BFD" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2B6448DC" w14:textId="00B6C987" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="048ADCF6" w14:textId="414BE72E" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="048ADCF6" w14:textId="414BE72E" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="65329377" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="60501D09" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="60501D09" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>. Microsoft Office 365 un Google rīki sadarbībai un komunikācijai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7C76D62E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7C76D62E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7603A2D6" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7603A2D6" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="17F09F96" w14:textId="23712F69" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="17F09F96" w14:textId="7F5DEAE6" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="5E76AE1F" w14:textId="05270919" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="5E76AE1F" w14:textId="05270919" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E4B8E86" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="5E4B8E86" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Digitālais mārketings un e-komercija (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13A79D9F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="13A79D9F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.1. Digitālais mārketings un datu analīze izmantojot Google Ads un Google Analytics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2056A8AB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="2056A8AB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37915BAC" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="37915BAC" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4594C21F" w14:textId="31B96C17" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4594C21F" w14:textId="510975DC" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="31030A58" w14:textId="76E80862" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="31030A58" w14:textId="76E80862" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0A02D6E6" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29FADDCB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="29FADDCB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">4.2. E-komercija un multifunkcionālās platformas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="181B7CFB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="181B7CFB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7196608E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7196608E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3E9691BC" w14:textId="4834846B" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3E9691BC" w14:textId="72FB6B7C" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="4C13FB64" w14:textId="3161B622" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="4C13FB64" w14:textId="3161B622" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5CB09507" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D521D2F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7D521D2F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.3. Efektīvi digitālā mārketinga pamatrīki</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="523686A4" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="523686A4" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="10D81115" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="10D81115" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0C951238" w14:textId="21C8DC55" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0C951238" w14:textId="325769D6" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="109C1062" w14:textId="4DE895FB" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="109C1062" w14:textId="4DE895FB" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="359FFDFA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55DF20B5" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="55DF20B5" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.4. Sociālo tīklu mārketings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF6A521" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="6BF6A521" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7029D9F9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7029D9F9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECE9B64" w14:textId="31748593" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6ECE9B64" w14:textId="5E83FEE6" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="209F8C67" w14:textId="072C4A09" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="209F8C67" w14:textId="072C4A09" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E2D3ADF" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38384A7D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="38384A7D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">4.5. Tīmekļa vietņu izstrāde </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="628E7034" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="628E7034" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0D737015" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="0D737015" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Vismaz ceturtais</w:t>
+              <w:t xml:space="preserve">Vismaz </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D82690">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4920F4BD" w14:textId="5E351C5C" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4920F4BD" w14:textId="08D69453" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="36AB4280" w14:textId="1059DCB7" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="36AB4280" w14:textId="1059DCB7" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23DA1CCB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="23DA1CCB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Projektēšana un vizuālo materiālu veidošana (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="018F5544" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="018F5544" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5.1. 2D un 3D projektēšana ar AutoCAD programmas palīdzību</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="72C6CA0C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="72C6CA0C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4F421EFA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="4F421EFA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="62751B17" w14:textId="368DEBF6" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="62751B17" w14:textId="2B04F4AB" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="74FCF6AD" w14:textId="419D2D8D" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="74FCF6AD" w14:textId="419D2D8D" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6322EEA2" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E29974A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="4E29974A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5.2. 3D drukas digitālie rīki projektēšanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9DD4F1" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="2C9DD4F1" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFED9F9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3DFED9F9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="45E95F27" w14:textId="7DA1FD7A" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="45E95F27" w14:textId="782B06A8" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="46146053" w14:textId="24F42859" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="46146053" w14:textId="24F42859" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27904728" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65068A31" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="65068A31" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5.3. Vizuālo materiālu veidošana ar bezmaksas tiešsaistes rīkiem (Canva, Pencil 2D un Animiz Animation Maker, 3D SketchUp)</w:t>
+              <w:t xml:space="preserve">5.3. Vizuālo materiālu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>veidošana ar bezmaksas tiešsaistes rīkiem (Canva, Pencil 2D un Animiz Animation Maker, 3D SketchUp)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="46F070A3" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="46F070A3" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="111DFA34" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="111DFA34" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="45BC9541" w14:textId="4A862B9A" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="45BC9541" w14:textId="25AB4043" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="64290F19" w14:textId="6EB6BDEB" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="64290F19" w14:textId="6EB6BDEB" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16C03C47" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67D52763" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="67D52763" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">5.4. Vizuālo </w:t>
-[...6 lines deleted...]
-              <w:t>materiālu izstrāde, izmantojot CorelDraw</w:t>
+              <w:t>5.4. Vizuālo materiālu izstrāde, izmantojot CorelDraw</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7754F89F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7754F89F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="11D2EF0A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="11D2EF0A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="73A0E25E" w14:textId="18439D92" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="73A0E25E" w14:textId="35CD0D1A" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="6ACA89B2" w14:textId="7E19360B" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="6ACA89B2" w14:textId="7E19360B" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16352254" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F72A7BE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="0F72A7BE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5.5. Vizuālo materiālu veidošana ar Adobe Illustrator un Photoshop</w:t>
+              <w:t xml:space="preserve">5.5. Vizuālo materiālu veidošana ar Adobe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Illustrator un Photoshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3C99D27B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3C99D27B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="742C83D5" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="742C83D5" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="283B349D" w14:textId="7500AFB8" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="283B349D" w14:textId="167C7238" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="65CC61C2" w14:textId="025E452E" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="65CC61C2" w14:textId="025E452E" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="771173A9" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="738F204A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="738F204A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5.6. Digitālie rīki prezentāciju sagatavošanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="54D6A780" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="54D6A780" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="49E4B3A3" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="49E4B3A3" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="75909687" w14:textId="36622333" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="75909687" w14:textId="3F3684AB" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="21653C5D" w14:textId="46EBA850" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="21653C5D" w14:textId="46EBA850" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CCF3EBE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="6CCF3EBE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kiberdrošība </w:t>
-[...5 lines deleted...]
-              <w:t>(kopa)</w:t>
+              <w:t>Kiberdrošība (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65A6F51C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="65A6F51C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>6.1. Personas datu aizsardzība un kiberdrošības pamati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="51161733" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="51161733" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5784EC2C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="5784EC2C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="59A4EBCA" w14:textId="6DED3105" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="59A4EBCA" w14:textId="298C620C" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="2B970932" w14:textId="26F67F59" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="2B970932" w14:textId="26F67F59" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43C9703C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="43C9703C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Digitālie rīki grāmatvedībai (kopa)</w:t>
+              <w:t xml:space="preserve">Digitālie rīki </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>grāmatvedībai (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21E38D55" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="21E38D55" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>7.1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Grāmatvedības procesu pārvaldība ar Zalktis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="31B1C00F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="31B1C00F" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0B21D28C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="0B21D28C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="59804070" w14:textId="3F7E7052" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="59804070" w14:textId="099A3C9B" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="58D3D292" w14:textId="2834F0FD" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="58D3D292" w14:textId="2834F0FD" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C488FD0" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66C217CB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="66C217CB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>7.2. Grāmatvedības procesu pārvaldība ar Horizon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3F17C2E7" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3F17C2E7" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0D9CF0F0" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="0D9CF0F0" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="120DEDC2" w14:textId="70A7DC04" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="120DEDC2" w14:textId="7D13BC67" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="6C7A027D" w14:textId="3B66E8C5" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="6C7A027D" w14:textId="3B66E8C5" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51420B65" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DBC1228" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="6DBC1228" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>7.3. Grāmatvedības procesu pārvaldība ar 1C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="63117B05" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="63117B05" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="30A95DA3" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="30A95DA3" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="75FC975E" w14:textId="72B08AAC" w:rsidR="007C1CD5" w:rsidRPr="00D82690" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="75FC975E" w14:textId="792FC129" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="38AA1C1A" w14:textId="7647EE20" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="38AA1C1A" w14:textId="7647EE20" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FBE722B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="007C1CD5">
+          <w:p w14:paraId="1FBE722B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Digitālās pamatprasmes (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="682E9FBB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="682E9FBB" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8.1. Digitālas pamatprasmes darbā ar Microsoft Office 365 (bez priekšzināšanām)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB2A70B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="5FB2A70B" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="63BF303A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="63BF303A" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vismaz </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>otrais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="408740EE" w14:textId="79C4E72F" w:rsidR="007C1CD5" w:rsidRPr="00B50EA7" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="408740EE" w14:textId="38124AF0" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="23502244" w14:textId="1FD2B551" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="23502244" w14:textId="1FD2B551" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7104F506" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6638D061" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="6638D061" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">8.2. Digitālās </w:t>
-[...6 lines deleted...]
-              <w:t>pamatprasmes darbā ar  Open Office (bez priekšzināšanām)</w:t>
+              <w:t>8.2. Digitālās pamatprasmes darbā ar  Open Office (bez priekšzināšanām)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9EF3FA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="2C9EF3FA" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="69029662" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="69029662" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vismaz </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>otrais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7182A982" w14:textId="1E6CA1F2" w:rsidR="007C1CD5" w:rsidRPr="00B50EA7" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7182A982" w14:textId="30D1BB92" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="52B9651F" w14:textId="3CADCC33" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="52B9651F" w14:textId="3CADCC33" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="543F5D6C" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DEFE675" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1DEFE675" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>8.3. Digitālās pamatprasmes darbā ar Google rīkiem (bez priekšzināšanām)</w:t>
+              <w:t xml:space="preserve">8.3. Digitālās </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>pamatprasmes darbā ar Google rīkiem (bez priekšzināšanām)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1768D166" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1768D166" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2B36070E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="2B36070E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vismaz </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>otrais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="727F909F" w14:textId="488D7297" w:rsidR="007C1CD5" w:rsidRPr="00B50EA7" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="727F909F" w14:textId="79159678" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="536D1362" w14:textId="22DC2AA2" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="536D1362" w14:textId="22DC2AA2" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D694994" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B387B26" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="003F7B82" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="3B387B26" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="003F7B82" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F7B82">
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>8.4. Digitālās prasmes darbā ar Microsoft Office 365 un mākslīgā intelekta</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (MI) rīkiem (ar priekšzināšanām)</w:t>
+              <w:t>8.4. Digitālās prasmes darbā ar Microsoft Office 365 un mākslīgā intelekta (MI) rīkiem (ar priekšzināšanām)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="00D9261E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="00D9261E" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2598010D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="2598010D" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="735C60E4" w14:textId="7571F51A" w:rsidR="007C1CD5" w:rsidRPr="00B50EA7" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="735C60E4" w14:textId="4C3A6FE8" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2F46" w14:paraId="155ECE0E" w14:textId="39FDF514" w:rsidTr="003E2F46">
+      <w:tr w:rsidR="009D23EB" w14:paraId="155ECE0E" w14:textId="39FDF514" w:rsidTr="009D23EB">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1032" w:type="pct"/>
             <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A8D7CC5" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="00CB5064" w:rsidRDefault="007C1CD5" w:rsidP="007C1CD5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2168" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40F84B69" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="003F7B82" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="40F84B69" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="003F7B82" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F7B82">
               <w:rPr>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>8.5. Digitālās prasmes darbā ar Open Office mākslīgā intelekta (MI)  rīkiem (ar priekšzināšanām)</w:t>
+              <w:t xml:space="preserve">8.5. Digitālās prasmes darbā ar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7B82">
+              <w:rPr>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Open Office mākslīgā intelekta (MI)  rīkiem (ar priekšzināšanām)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="321" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1071DDAE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="1071DDAE" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="679" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7B520A37" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
+          <w:p w14:paraId="7B520A37" w14:textId="77777777" w:rsidR="007C1CD5" w:rsidRPr="008938BF" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAFC99E" w14:textId="4303DBDE" w:rsidR="007C1CD5" w:rsidRPr="00B50EA7" w:rsidRDefault="000D2DDA" w:rsidP="00C93633">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5EAFC99E" w14:textId="78E3E9ED" w:rsidR="007C1CD5" w:rsidRPr="00191D19" w:rsidRDefault="007C04CC" w:rsidP="00C93633">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00191D19">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392,00</w:t>
+              <w:t>384,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="189D12BD" w14:textId="77777777" w:rsidR="0007748D" w:rsidRDefault="0007748D" w:rsidP="007C1CD5"/>
-    <w:p w14:paraId="356F9B6F" w14:textId="4FEED638" w:rsidR="007C1CD5" w:rsidRPr="0007748D" w:rsidRDefault="000D2DDA" w:rsidP="0007748D">
+    <w:p w14:paraId="356F9B6F" w14:textId="4FEED638" w:rsidR="007C1CD5" w:rsidRPr="0007748D" w:rsidRDefault="007C04CC" w:rsidP="0007748D">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007748D">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">* Kopējais mācību stundu skaits, kur 20 stundas – individuālā </w:t>
+        <w:t>* Kopējais mācību stundu sk</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0007748D">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>praktiskā mācīšanās.</w:t>
+        <w:t>aits, kur 20 stundas – individuālā praktiskā mācīšanās.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D736E0F" w14:textId="339DD96C" w:rsidR="00A72DBE" w:rsidRPr="0007748D" w:rsidRDefault="000D2DDA" w:rsidP="0007748D">
+    <w:p w14:paraId="314FFBA0" w14:textId="5FA95189" w:rsidR="00CE7042" w:rsidRPr="002D7DD3" w:rsidRDefault="007C04CC" w:rsidP="002D7DD3">
       <w:pPr>
         <w:ind w:left="142" w:right="425" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007748D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="007C1CD5" w:rsidRPr="0007748D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk112917821"/>
       <w:r w:rsidR="00E8333B" w:rsidRPr="0007748D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” un</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk107580323"/>
       <w:r w:rsidR="00E8333B" w:rsidRPr="0007748D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="00C00ED6">
+      <w:r w:rsidR="00C00ED6" w:rsidRPr="00191D19">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8333B" w:rsidRPr="00191D19">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>askaņā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191D19">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191D19">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00191D19">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”.  Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8333B" w:rsidRPr="00191D19">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>s</w:t>
-[...5 lines deleted...]
-        <w:t>askaņā ar Labklājības ministrijas 2025. gada 26.februāra Rīkojumu Nr.32 “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika profesionālās un neformālās izglītības mācību programmas apguves un stipendijas izmaksām” apstiprināšanu”. Šīs metodikas noteiktās likmes piemēro no 2025. gada 1. aprīļa.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="314FFBA0" w14:textId="24EBE5DE" w:rsidR="00CE7042" w:rsidRPr="00C00ED6" w:rsidRDefault="00CE7042" w:rsidP="00574304">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00CE7042" w:rsidRPr="00C00ED6" w:rsidSect="00574304">
+    <w:sectPr w:rsidR="00CE7042" w:rsidRPr="002D7DD3" w:rsidSect="00231B8A">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
-      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
-      <w:pgMar w:top="567" w:right="680" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="680" w:right="567" w:bottom="1134" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="030DE89C" w14:textId="77777777" w:rsidR="000D2DDA" w:rsidRDefault="000D2DDA">
+    <w:p w14:paraId="523F948E" w14:textId="77777777" w:rsidR="007C04CC" w:rsidRDefault="007C04CC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="139B3804" w14:textId="77777777" w:rsidR="000D2DDA" w:rsidRDefault="000D2DDA">
+    <w:p w14:paraId="78788E2E" w14:textId="77777777" w:rsidR="007C04CC" w:rsidRDefault="007C04CC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="Leelawadee UI"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+    <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="7310A2BC" w14:textId="12CBDBDA" w:rsidR="00666BDC" w:rsidRPr="007C1CD5" w:rsidRDefault="00666BDC" w:rsidP="00BD5F34">
+  <w:p w14:paraId="48548056" w14:textId="47BBB6BE" w:rsidR="007944A9" w:rsidRDefault="007944A9" w:rsidP="0043773F">
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="238F3798" w14:textId="77777777" w:rsidR="007944A9" w:rsidRDefault="007944A9" w:rsidP="00B6102E">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:color w:val="E36C0A"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7310A2BC" w14:textId="308A0BDC" w:rsidR="00666BDC" w:rsidRPr="002D7DD3" w:rsidRDefault="007C04CC" w:rsidP="007944A9">
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="002D7DD3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>KRG_4.2.14.3_13</w:t>
+    </w:r>
+    <w:r w:rsidR="00E8333B" w:rsidRPr="002D7DD3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.pielikums_</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D7DD3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D7DD3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.versija </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D7DD3">
+      <w:rPr>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="lv-LV"/>
+      </w:rPr>
+      <w:t>10.10.2025.</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0ED3E177" w14:textId="77777777" w:rsidR="00666BDC" w:rsidRDefault="000D2DDA">
+  <w:p w14:paraId="0ED3E177" w14:textId="77777777" w:rsidR="00666BDC" w:rsidRDefault="007C04CC">
     <w:r>
-      <w:t xml:space="preserve">          </w:t>
-[...2 lines deleted...]
-      <w:t>Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="717D3A8A" w14:textId="77777777" w:rsidR="00666BDC" w:rsidRDefault="000D2DDA">
+  <w:p w14:paraId="717D3A8A" w14:textId="77777777" w:rsidR="00666BDC" w:rsidRDefault="007C04CC">
     <w:r>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="401BB346" w14:textId="77777777" w:rsidR="000D2DDA" w:rsidRDefault="000D2DDA">
+    <w:p w14:paraId="23B8DE20" w14:textId="77777777" w:rsidR="007C04CC" w:rsidRDefault="007C04CC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DFAFEE8" w14:textId="77777777" w:rsidR="000D2DDA" w:rsidRDefault="000D2DDA">
+    <w:p w14:paraId="35F2C9DB" w14:textId="77777777" w:rsidR="007C04CC" w:rsidRDefault="007C04CC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0115384E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6204CE48"/>
-    <w:lvl w:ilvl="0" w:tplc="18F84DCA">
+    <w:lvl w:ilvl="0" w:tplc="66AE7B4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B5F282EC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2E721008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="249002EE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5752739E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C240975A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F79834F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="01683B4A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2C308BAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D29E8664" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D726620A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C84981E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A0DEF82A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2A624852" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E9E821CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E9C6EE9C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="988A5BC4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08BC3A4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="035E7B42"/>
-    <w:lvl w:ilvl="0" w:tplc="585C4E04">
+    <w:lvl w:ilvl="0" w:tplc="EC0ADF8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="568EF67A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F738B5C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3A38F090" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="479A32E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8CA65B82" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0C5EBDF0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F58C8664" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="494AFB3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48A4266A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FEEAFE18" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3CEA3F72" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96DA8CD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7EB2EEA0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="B380A950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11BCA038" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0B10B8EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A495D37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B498A226"/>
-    <w:lvl w:ilvl="0" w:tplc="F8265692">
+    <w:lvl w:ilvl="0" w:tplc="093CAFB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89AE751A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="DF86B58A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C186B364" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0D3286A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="882678E6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62608DD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70C2430E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62C80916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C2AA97DA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="042410A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2696CFD0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0546C262" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D75C90AC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="CB6434A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A380EC9C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="AF8E63C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B3B4115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2026D222"/>
-    <w:lvl w:ilvl="0" w:tplc="83224130">
+    <w:lvl w:ilvl="0" w:tplc="21CC1066">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20247CC2" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="544A1F1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B9EC41EA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F8184176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3C8C5506" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BA7E10FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49363180" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8D98A1EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77322A80" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1DBE89BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B8F04E76" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E2044CB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="825EECA0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C748CEFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3DD22A9A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1FEE6A82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9F7430"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DA6FC48"/>
-    <w:lvl w:ilvl="0" w:tplc="018A61FE">
+    <w:lvl w:ilvl="0" w:tplc="B3CC4F4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1434" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AEC8DABE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="961E67C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2154" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2DBC05E0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0134A7BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2874" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CE5AFAE8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B43E5314" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3594" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28FEF354" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9172526C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4314" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A042861E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89B6B080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5034" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95A4531A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CB2CEC74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5754" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8E4696B2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="CA1E5914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6474" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="BB3C8FFA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B546BBD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="330B5C6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5641,685 +5741,685 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48884F31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42E6F8E4"/>
-    <w:lvl w:ilvl="0" w:tplc="65FE5868">
+    <w:lvl w:ilvl="0" w:tplc="089A4362">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21F047D6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="512461E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64962F88" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="EBDE26E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DEE482C2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CCFC55FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C7E64784" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24F8C07C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F5BA8C84" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="EB48D0DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2484570E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65A28F62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="182A49B2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1F184CA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8F1CAB8E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A4B8D3EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D033A63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BBA1832"/>
-    <w:lvl w:ilvl="0" w:tplc="7870C2BA">
+    <w:lvl w:ilvl="0" w:tplc="0E122B9E">
       <w:start w:val="2022"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="023AD40C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D09687A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4F444D18" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43428802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="EA9ACC3E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2CC01B0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FA6EEF22" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8E26E8C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8F08BC6E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="943C4174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7B6432B2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5DC247B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32949DE4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0E5406C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="CE6CA1CE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7FFE9ED2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FF22E94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57584856"/>
-    <w:lvl w:ilvl="0" w:tplc="5D12E3B4">
+    <w:lvl w:ilvl="0" w:tplc="85B0537E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F14A3ED8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="922662DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48C8B4A8" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="797287F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12F22DCC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6D40BBC4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76B21C32" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C7C8C964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2A52E826" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="993AE32A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7FE2964C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3E4A1F32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7486B86C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3B7EACC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8A94B738" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B2D29E46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64612620"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE927C66"/>
-    <w:lvl w:ilvl="0" w:tplc="0B24BCAE">
+    <w:lvl w:ilvl="0" w:tplc="406E2CD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EB862A84" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="477CB264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8B82672C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18EEE77A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83364AFE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E488E38A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7A5822A4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="BF4449FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62C829E4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85381666" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97865402" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8D3A6B48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2F52D510" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFEC8FC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5FEA09D2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3028BED0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="682346A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB4068C"/>
-    <w:lvl w:ilvl="0" w:tplc="F9280E2A">
+    <w:lvl w:ilvl="0" w:tplc="947E4E40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E4D0968E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="3E0A6728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41EEBFDE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E3980450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="399A5738" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EF4CF67C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="507AF1E2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="BACE2384" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0F08E546" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="09C052FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39E0C27A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A2400D4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4FE6986C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="CB7E2DC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="EB1AEA74" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="DF9CF31C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A92272B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C228C24"/>
-    <w:lvl w:ilvl="0" w:tplc="690EB342">
+    <w:lvl w:ilvl="0" w:tplc="697C356C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64D8524C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C450DD26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A314CF88" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78FE18AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3A704D1C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FAFAD750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C4B03A8C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C3A89E8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8944899A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25B4C1C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66F43B32" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9E7EE07E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7292C45C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FC8294CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="785A9F3E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="161EEDDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
@@ -6331,246 +6431,250 @@
   <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F6B29"/>
     <w:rsid w:val="000101B8"/>
     <w:rsid w:val="0007748D"/>
     <w:rsid w:val="00085A75"/>
     <w:rsid w:val="000A1579"/>
     <w:rsid w:val="000A26A4"/>
     <w:rsid w:val="000B0C3B"/>
-    <w:rsid w:val="000D2DDA"/>
     <w:rsid w:val="000E2062"/>
     <w:rsid w:val="000F3EE7"/>
     <w:rsid w:val="001138B6"/>
     <w:rsid w:val="00121A8B"/>
     <w:rsid w:val="00153234"/>
     <w:rsid w:val="00154DEB"/>
     <w:rsid w:val="00156F15"/>
     <w:rsid w:val="0016672D"/>
     <w:rsid w:val="00166FA2"/>
     <w:rsid w:val="00190BBD"/>
+    <w:rsid w:val="00191D19"/>
     <w:rsid w:val="001A7871"/>
     <w:rsid w:val="001B2971"/>
     <w:rsid w:val="001C4521"/>
     <w:rsid w:val="001C70DF"/>
     <w:rsid w:val="001D7714"/>
     <w:rsid w:val="001F51CA"/>
     <w:rsid w:val="001F5CF0"/>
     <w:rsid w:val="00207C60"/>
     <w:rsid w:val="00231A33"/>
     <w:rsid w:val="00231B8A"/>
     <w:rsid w:val="00240990"/>
     <w:rsid w:val="00242712"/>
     <w:rsid w:val="00245F4B"/>
     <w:rsid w:val="00251CB7"/>
     <w:rsid w:val="00257E60"/>
     <w:rsid w:val="00262A8F"/>
+    <w:rsid w:val="00265825"/>
     <w:rsid w:val="00276C13"/>
     <w:rsid w:val="002A076C"/>
+    <w:rsid w:val="002D7DD3"/>
     <w:rsid w:val="002E3FE5"/>
     <w:rsid w:val="00311678"/>
     <w:rsid w:val="0031745A"/>
     <w:rsid w:val="003221EC"/>
     <w:rsid w:val="00325940"/>
     <w:rsid w:val="00334C79"/>
     <w:rsid w:val="0033608B"/>
     <w:rsid w:val="0035562B"/>
     <w:rsid w:val="00366EA6"/>
     <w:rsid w:val="00372DD9"/>
     <w:rsid w:val="003844BC"/>
     <w:rsid w:val="003A02AF"/>
     <w:rsid w:val="003B7A12"/>
-    <w:rsid w:val="003E2F46"/>
     <w:rsid w:val="003E6C36"/>
     <w:rsid w:val="003E710E"/>
     <w:rsid w:val="003F7B82"/>
     <w:rsid w:val="00406FEB"/>
     <w:rsid w:val="00420F0B"/>
     <w:rsid w:val="0043773F"/>
     <w:rsid w:val="00442556"/>
     <w:rsid w:val="00442B24"/>
     <w:rsid w:val="004436F1"/>
     <w:rsid w:val="00444A17"/>
     <w:rsid w:val="00477FFA"/>
     <w:rsid w:val="00485CDD"/>
     <w:rsid w:val="00497455"/>
     <w:rsid w:val="004B3933"/>
     <w:rsid w:val="004D1804"/>
     <w:rsid w:val="004D45B0"/>
     <w:rsid w:val="004F6B29"/>
     <w:rsid w:val="004F74D2"/>
     <w:rsid w:val="005017AF"/>
     <w:rsid w:val="005244A0"/>
     <w:rsid w:val="00530B11"/>
     <w:rsid w:val="00563DEA"/>
     <w:rsid w:val="005657EF"/>
     <w:rsid w:val="005701A9"/>
-    <w:rsid w:val="00574304"/>
     <w:rsid w:val="005A5255"/>
     <w:rsid w:val="005B1883"/>
     <w:rsid w:val="005B5665"/>
     <w:rsid w:val="006014EE"/>
     <w:rsid w:val="00601E11"/>
     <w:rsid w:val="00602438"/>
     <w:rsid w:val="0062399A"/>
     <w:rsid w:val="00634AA6"/>
     <w:rsid w:val="00636F1F"/>
     <w:rsid w:val="0064497F"/>
     <w:rsid w:val="00663892"/>
     <w:rsid w:val="00666BDC"/>
     <w:rsid w:val="00676B9E"/>
     <w:rsid w:val="006838AD"/>
     <w:rsid w:val="006C353D"/>
     <w:rsid w:val="006C7118"/>
     <w:rsid w:val="006C7989"/>
+    <w:rsid w:val="006E2636"/>
     <w:rsid w:val="006E3880"/>
     <w:rsid w:val="006E49AD"/>
     <w:rsid w:val="006F7286"/>
     <w:rsid w:val="00710216"/>
     <w:rsid w:val="00722703"/>
     <w:rsid w:val="0075032F"/>
     <w:rsid w:val="00777F7B"/>
     <w:rsid w:val="007818DB"/>
     <w:rsid w:val="00794118"/>
     <w:rsid w:val="007944A9"/>
     <w:rsid w:val="007B45FD"/>
+    <w:rsid w:val="007C04CC"/>
     <w:rsid w:val="007C0F46"/>
     <w:rsid w:val="007C1B96"/>
     <w:rsid w:val="007C1CD5"/>
     <w:rsid w:val="007C3E60"/>
     <w:rsid w:val="007E067F"/>
     <w:rsid w:val="00802548"/>
     <w:rsid w:val="008028F8"/>
     <w:rsid w:val="008147B0"/>
     <w:rsid w:val="00815AE8"/>
     <w:rsid w:val="00817726"/>
     <w:rsid w:val="00827C54"/>
     <w:rsid w:val="00831599"/>
     <w:rsid w:val="00857B58"/>
     <w:rsid w:val="00873F98"/>
     <w:rsid w:val="008800AF"/>
     <w:rsid w:val="00883ED9"/>
     <w:rsid w:val="008900F7"/>
     <w:rsid w:val="008938BF"/>
     <w:rsid w:val="008B72C7"/>
     <w:rsid w:val="008C0D1C"/>
     <w:rsid w:val="008C3815"/>
     <w:rsid w:val="008F76BB"/>
     <w:rsid w:val="00903946"/>
     <w:rsid w:val="00905BF0"/>
     <w:rsid w:val="00906AB0"/>
     <w:rsid w:val="009243C5"/>
     <w:rsid w:val="00926EDA"/>
     <w:rsid w:val="00930F7E"/>
     <w:rsid w:val="009425F9"/>
     <w:rsid w:val="00964BD2"/>
     <w:rsid w:val="00967674"/>
     <w:rsid w:val="00971F3E"/>
     <w:rsid w:val="00973004"/>
+    <w:rsid w:val="00983C24"/>
     <w:rsid w:val="009841B3"/>
+    <w:rsid w:val="00994B1D"/>
     <w:rsid w:val="009A700B"/>
     <w:rsid w:val="009B4BB1"/>
     <w:rsid w:val="009C2207"/>
+    <w:rsid w:val="009D23EB"/>
     <w:rsid w:val="00A27853"/>
     <w:rsid w:val="00A72A7C"/>
     <w:rsid w:val="00A72DBE"/>
     <w:rsid w:val="00A83F04"/>
     <w:rsid w:val="00A90124"/>
     <w:rsid w:val="00AD2475"/>
     <w:rsid w:val="00AE4972"/>
     <w:rsid w:val="00B025E3"/>
     <w:rsid w:val="00B15E46"/>
     <w:rsid w:val="00B4760F"/>
     <w:rsid w:val="00B50EA7"/>
     <w:rsid w:val="00B523C1"/>
     <w:rsid w:val="00B6102E"/>
     <w:rsid w:val="00B62D78"/>
     <w:rsid w:val="00BB1E8C"/>
     <w:rsid w:val="00BB6BB6"/>
     <w:rsid w:val="00BD4481"/>
-    <w:rsid w:val="00BD5F34"/>
     <w:rsid w:val="00BE0DF3"/>
     <w:rsid w:val="00C00ED6"/>
     <w:rsid w:val="00C1170A"/>
     <w:rsid w:val="00C147E0"/>
     <w:rsid w:val="00C35D6E"/>
     <w:rsid w:val="00C42004"/>
     <w:rsid w:val="00C47EA2"/>
     <w:rsid w:val="00C61E9C"/>
     <w:rsid w:val="00C8413E"/>
     <w:rsid w:val="00C93633"/>
     <w:rsid w:val="00CA55AB"/>
     <w:rsid w:val="00CA6E6F"/>
     <w:rsid w:val="00CB5064"/>
     <w:rsid w:val="00CC2690"/>
     <w:rsid w:val="00CC4256"/>
     <w:rsid w:val="00CD7666"/>
     <w:rsid w:val="00CE5275"/>
     <w:rsid w:val="00CE7042"/>
     <w:rsid w:val="00D02A10"/>
+    <w:rsid w:val="00D13019"/>
     <w:rsid w:val="00D23EEA"/>
     <w:rsid w:val="00D31C5F"/>
     <w:rsid w:val="00D503A8"/>
     <w:rsid w:val="00D51FF3"/>
     <w:rsid w:val="00D573F9"/>
     <w:rsid w:val="00D64562"/>
     <w:rsid w:val="00D70598"/>
     <w:rsid w:val="00D72BDF"/>
     <w:rsid w:val="00D74F6A"/>
     <w:rsid w:val="00D81AB6"/>
     <w:rsid w:val="00D82615"/>
     <w:rsid w:val="00D82690"/>
     <w:rsid w:val="00D91BE7"/>
     <w:rsid w:val="00D92964"/>
     <w:rsid w:val="00D974E9"/>
     <w:rsid w:val="00DB478F"/>
     <w:rsid w:val="00DD512E"/>
     <w:rsid w:val="00DD7E21"/>
     <w:rsid w:val="00DF3B65"/>
     <w:rsid w:val="00E003AF"/>
     <w:rsid w:val="00E14B2A"/>
     <w:rsid w:val="00E23401"/>
     <w:rsid w:val="00E34A1F"/>
     <w:rsid w:val="00E64B5D"/>
     <w:rsid w:val="00E8333B"/>
@@ -8345,78 +8449,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF154D3-A92A-489B-B8B2-21FE41BBE48A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10F80548-F2DE-4B53-9CF6-AF31D2CA413E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2896</Words>
-  <Characters>1651</Characters>
+  <Words>2850</Words>
+  <Characters>1625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4538</CharactersWithSpaces>
+  <CharactersWithSpaces>4467</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Autors</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>