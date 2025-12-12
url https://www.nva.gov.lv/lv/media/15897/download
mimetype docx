--- v0 (2025-10-07)
+++ v1 (2025-12-12)
@@ -1,7580 +1,7198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="7A8F3C4D" w14:textId="20D24583" w:rsidR="00621049" w:rsidRDefault="00D95C55" w:rsidP="00D95C55">
+    <w:p w14:paraId="4BFB1631" w14:textId="09D3B94E" w:rsidR="00621049" w:rsidRPr="00850895" w:rsidRDefault="0065672D" w:rsidP="00621049">
       <w:pPr>
-        <w:spacing w:after="120"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D95C55">
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Neformālās izglītības programmu saraksts sociālo u</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B03FE0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Neformālās izglītības programmu saraksts sociāl</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00D95C55">
+      <w:r w:rsidRPr="00B03FE0">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">n profesionālo </w:t>
+        <w:t>o un profesionālo pamatprasmju apguvei</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D95C55">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>pamatprasmju</w:t>
+        <w:t xml:space="preserve"> (d</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D95C55">
+      <w:r w:rsidRPr="00850895">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> apguvei (datorzinības)</w:t>
+        <w:t>atorzinīb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7A8F3C4D" w14:textId="77777777" w:rsidR="00621049" w:rsidRDefault="00621049" w:rsidP="00621049"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light-Accent6"/>
-        <w:tblW w:w="4963" w:type="pct"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2694"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1816"/>
+        <w:gridCol w:w="2705"/>
+        <w:gridCol w:w="7838"/>
+        <w:gridCol w:w="1042"/>
+        <w:gridCol w:w="1846"/>
+        <w:gridCol w:w="1979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="320BA0BC" w14:textId="0A2C6BC2" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="320BA0BC" w14:textId="0A2C6BC2" w:rsidTr="00F43337">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64094264" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="006B38B1" w:rsidP="00AA5631">
-[...5 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="64094264" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="0065672D" w:rsidP="00AA5631">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B38B1">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Virziens (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5244F03C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="006B38B1" w:rsidP="00AA5631">
+          <w:p w14:paraId="5244F03C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="0065672D" w:rsidP="00AA5631">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B38B1">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Programmas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
+            <w:tcW w:w="338" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39C11BF1" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="006B38B1" w:rsidP="008938BF">
+          <w:p w14:paraId="39C11BF1" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="0065672D" w:rsidP="008938BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B38B1">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Stundu skaits*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4059C6D7" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="006B38B1" w:rsidP="006E3880">
+          <w:p w14:paraId="4059C6D7" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="0065672D" w:rsidP="006E3880">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B38B1">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>DigComp</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F2DFB39" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="006B38B1" w:rsidP="006E3880">
+          </w:p>
+          <w:p w14:paraId="4F2DFB39" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="0065672D" w:rsidP="006E3880">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B38B1">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>līmenis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="652EB6A2" w14:textId="1334B4FC" w:rsidR="006B38B1" w:rsidRPr="006E3880" w:rsidRDefault="00710E09" w:rsidP="006E3880">
+          <w:p w14:paraId="652EB6A2" w14:textId="1334B4FC" w:rsidR="006B38B1" w:rsidRPr="006E3880" w:rsidRDefault="0065672D" w:rsidP="006E3880">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Apmācību k</w:t>
             </w:r>
-            <w:r w:rsidR="006B38B1" w:rsidRPr="006B38B1">
+            <w:r w:rsidRPr="006B38B1">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">upona vērtība </w:t>
             </w:r>
-            <w:r w:rsidR="006B38B1" w:rsidRPr="006B38B1">
+            <w:r w:rsidRPr="006B38B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(EUR</w:t>
             </w:r>
-            <w:r w:rsidR="006B38B1" w:rsidRPr="009A700B">
+            <w:r w:rsidRPr="009A700B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="006B38B1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="5156D572" w14:textId="4C2157CB" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="5156D572" w14:textId="4C2157CB" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03221CC6" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="003F7B82">
+          <w:p w14:paraId="03221CC6" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="003F7B82">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Programmēšanas pamati (kopa) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EB68E8D" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="003F7B82">
+          <w:p w14:paraId="4EB68E8D" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="003F7B82">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1. Programmēšanas pamati </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Python</w:t>
-[...24 lines deleted...]
-          <w:p w14:paraId="4C87A106" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="003F7B82">
+              <w:t>Python valodā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C87A106" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="003F7B82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A393FF2" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="0A393FF2" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00771170">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3631D2A6" w14:textId="1B673157" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="003F7B82">
+          <w:p w14:paraId="3631D2A6" w14:textId="5FDF6185" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="003F7B82">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk210725150"/>
             <w:r w:rsidRPr="00EC25C0">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>392.00</w:t>
-            </w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00D348B2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+            <w:r w:rsidR="000878B0">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D348B2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC25C0">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="1CC053C3" w14:textId="306B0438" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="1CC053C3" w14:textId="306B0438" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B47488A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
-[...12 lines deleted...]
-            <w:tcW w:w="2474" w:type="pct"/>
+          <w:p w14:paraId="0B47488A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48B68C9B" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="48B68C9B" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programmēšanas pamati </w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="1E3CF22C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+              <w:t>Programmēšanas pamati JavaScript valodā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E3CF22C" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23234FFD" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="23234FFD" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="148DB0FD" w14:textId="0B3C302E" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="148DB0FD" w14:textId="05F24902" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="36B2D773" w14:textId="1ACB88D1" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="36B2D773" w14:textId="1ACB88D1" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="195A11D2" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
-[...12 lines deleted...]
-            <w:tcW w:w="2474" w:type="pct"/>
+          <w:p w14:paraId="195A11D2" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F6A5EAF" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="2F6A5EAF" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.3. Programmēšanas pamati Java valodā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1EBF3EA9" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBF3EA9" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29D3A021" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="29D3A021" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D4C8887" w14:textId="6A76F67D" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="0D4C8887" w14:textId="5EC2CF80" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="17A0E1CC" w14:textId="4C1E6B46" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="17A0E1CC" w14:textId="4C1E6B46" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="060018DE" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
-[...12 lines deleted...]
-            <w:tcW w:w="2474" w:type="pct"/>
+          <w:p w14:paraId="060018DE" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CC6B811" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="4CC6B811" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Programmatūras testēšanas pamati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7E903F96" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E903F96" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE44E68" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="7EE44E68" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="46063A2A" w14:textId="1D3C52B2" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="46063A2A" w14:textId="6526C293" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="5C38C965" w14:textId="77F24003" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="5C38C965" w14:textId="77F24003" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...22 lines deleted...]
-          <w:p w14:paraId="1905807A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="120305E3" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1905807A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Informācijas sistēmu prasību analīze</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="031E85D7" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="031E85D7" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45014174" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="45014174" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="238E9C5E" w14:textId="7F9CC9AC" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="238E9C5E" w14:textId="6AE16A6B" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="52BDF2FD" w14:textId="31117D91" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="52BDF2FD" w14:textId="31117D91" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...22 lines deleted...]
-          <w:p w14:paraId="6B29A7FC" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="099318C3" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B29A7FC" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">1.6. UI/UX Lietotāja </w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="381E62C3" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+              <w:t>1.6. UI/UX Lietotāja saskarnes un lietotāja pieredzes dizains</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381E62C3" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00BFA231" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="00BFA231" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="070AFF18" w14:textId="22793830" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="070AFF18" w14:textId="2C6A551B" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="02811EB7" w14:textId="4BE8DFE9" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="02811EB7" w14:textId="4BE8DFE9" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...22 lines deleted...]
-          <w:p w14:paraId="4681BA13" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1FAECC" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4681BA13" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1.7. KNX projekta izstrāde ar ETS6 programmēšanas rīku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="79CC4F4E" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79CC4F4E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0B4C76" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="2E0B4C76" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3FE2BD38" w14:textId="3F13F42B" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="3FE2BD38" w14:textId="3948F0BC" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="0C61F0A5" w14:textId="7881E36F" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="0C61F0A5" w14:textId="7881E36F" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="401"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...22 lines deleted...]
-          <w:p w14:paraId="1B5DE8BD" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E840FC6" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5DE8BD" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">1.8. Programmējamo Loģisko kontrolleru (PLC) programmēšana ar digitālo programmēšanas rīku </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">1.8. </w:t>
+            </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Zelio</w:t>
-[...44 lines deleted...]
-          <w:p w14:paraId="7CB661EA" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+              <w:t>Programmējamo Loģisko kontrolleru (PLC) programmēšana ar digitālo programmēšanas rīku Zelio Soft 2 attālināti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB661EA" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD7443E" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="7BD7443E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="29FF0E37" w14:textId="1BE075BD" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="29FF0E37" w14:textId="705DB066" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="0319142A" w14:textId="38D1153E" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="0319142A" w14:textId="38D1153E" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24598FA2" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="24598FA2" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Datu apstrāde, analīze un </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Datu apstrāde, analīze un vizualizācija (kopa)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE7FB57" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2.1. Datu apstrāde, analīze un vizualizācija ar Microsoft Excel un Powe</w:t>
+            </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...92 lines deleted...]
-          <w:p w14:paraId="50A20901" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>r BI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A20901" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73404161" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="73404161" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4828CD61" w14:textId="792BA553" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="4828CD61" w14:textId="57543D1B" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="378E0024" w14:textId="605BE49E" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="378E0024" w14:textId="605BE49E" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74272E5A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="74272E5A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E2A1B26" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="1E2A1B26" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.2. Datu apstrāde, analīze un </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>2.2. Datu apstrāde, analīze un vizualizācija ar Microsoft Excel (bez priekšzināšanām)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5060534D" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>vizualizācija</w:t>
-[...33 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A688A4A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="1A688A4A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="405E6E32" w14:textId="318C2C1E" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="405E6E32" w14:textId="383FDECC" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="3150557A" w14:textId="01B6441E" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="3150557A" w14:textId="01B6441E" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DA834F3" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="5DA834F3" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1904403F" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="1904403F" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.3. Datu apstrāde, analīze un </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>2.3. Datu apstrāde, analīze un vizualizācija ar Microsoft Excel (lietpratējiem)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53216EED" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>vizualizācija</w:t>
-[...33 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A96339" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="44A96339" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="485FDF1B" w14:textId="37DD6D31" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="485FDF1B" w14:textId="5B38733D" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="64C85A31" w14:textId="20FEEF19" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="64C85A31" w14:textId="20FEEF19" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71EC0601" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="71EC0601" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06AF48A8" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="06AF48A8" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.4. Datu apstrāde, analīze un </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t xml:space="preserve">2.4. Datu apstrāde, analīze un vizualizācija ar Python </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8304EA" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>vizualizācija</w:t>
-[...53 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76603B1A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="76603B1A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6F2745DB" w14:textId="17CD4182" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="6F2745DB" w14:textId="4FA0FB0A" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="6C006921" w14:textId="50AFD01A" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="6C006921" w14:textId="50AFD01A" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="7538EC7A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7538EC7A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23D50CFE" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="23D50CFE" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2.5. Relāciju datu bāzu sistēmas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3F602BBD" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F602BBD" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="677AC5BA" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="677AC5BA" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="03CF64DE" w14:textId="73A3B7A4" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="03CF64DE" w14:textId="37FC9090" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="406B1BDA" w14:textId="465D4FF2" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="406B1BDA" w14:textId="465D4FF2" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="66CDFACA" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CDFACA" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Digitālā transformācija (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="071B157E" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="071B157E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.1. Digitālā transformācija-lietišķo digitālo prasmju apguvē biroja darbā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="35142AC9" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35142AC9" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61BA3AB5" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="61BA3AB5" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="04D0D2B5" w14:textId="3A12F0D3" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="04D0D2B5" w14:textId="6FC7A15A" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="74F8076B" w14:textId="5A300A6C" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="74F8076B" w14:textId="5A300A6C" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="68185BD3" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68185BD3" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0987A17F" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0987A17F" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">3.2. </w:t>
-[...45 lines deleted...]
-          <w:p w14:paraId="334B3192" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+              <w:t>3.2. Agile projektu vadība ar Scrum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="334B3192" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66B97CDD" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="66B97CDD" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="000CB292" w14:textId="39B82957" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="000CB292" w14:textId="269740E4" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="2FF126A9" w14:textId="022B3CA5" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="2FF126A9" w14:textId="022B3CA5" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="6A418B9B" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A418B9B" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6F959D56" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F959D56" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.3. Elektroniskais paraksts un citi e-pakalpojumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="59C1D8E3" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C1D8E3" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CAA64FD" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="7CAA64FD" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FC242DC" w14:textId="29C9D273" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="4FC242DC" w14:textId="28E8F2EE" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="063FA2E1" w14:textId="6A8BCCE7" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="063FA2E1" w14:textId="6A8BCCE7" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5164F8D6" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="5164F8D6" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="29AB029C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29AB029C" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.4. Mākslīgā intelekta pamati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="208FDE7C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="208FDE7C" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A56FD48" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="4A56FD48" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="10409F86" w14:textId="686E108D" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="10409F86" w14:textId="53E0D42C" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="7AB311C2" w14:textId="1A3496D9" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="7AB311C2" w14:textId="1A3496D9" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="52583E8B" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52583E8B" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1E644C2A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E644C2A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>. Microsoft Office 365 un Google rīki sadarbībai un komunikācijai</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="08CAAFCB" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+              <w:t xml:space="preserve">. Microsoft Office </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>365 un Google rīki sadarbībai un komunikācijai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CAAFCB" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62C6ABA0" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="62C6ABA0" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E8BBB07" w14:textId="37C072FA" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="6E8BBB07" w14:textId="5BE6E4F7" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="79D0026B" w14:textId="0192DE3A" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="79D0026B" w14:textId="0192DE3A" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42BD2A40" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="42BD2A40" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Digitālais mārketings un e-komercija (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E0AACF1" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="6E0AACF1" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.1. Digitālais mārketings un datu analīze izmantojot Google </w:t>
-[...45 lines deleted...]
-          <w:p w14:paraId="2A9995A2" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+              <w:t>4.1. Digitālais mārketings un datu analīze izmantojot Google Ads un Google Analytics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9995A2" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="610E39E5" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="610E39E5" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A641316" w14:textId="5C123CC1" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="7A641316" w14:textId="1E7FB625" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="6B6A82AB" w14:textId="6C3D1FC9" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="6B6A82AB" w14:textId="6C3D1FC9" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BF9C938" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="3BF9C938" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78A9370B" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="78A9370B" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.2. E-komercija un </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t xml:space="preserve">4.2. E-komercija un multifunkcionālās platformas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB188B3" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>multifunkcionālās</w:t>
-[...33 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD5FD7D" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="4BD5FD7D" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7FF963DE" w14:textId="355ADFB9" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="7FF963DE" w14:textId="2BE1F275" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="344DFBD4" w14:textId="1D79339C" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="344DFBD4" w14:textId="1D79339C" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7023C74A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="7023C74A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27A154C0" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="27A154C0" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.3. Efektīvi digitālā mārketinga </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>4.3. Efektīvi digitālā mārketinga pamatrīki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733D0EC2" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>pamatrīki</w:t>
-[...24 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="086C0D7C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="086C0D7C" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4DBDBA2B" w14:textId="577AFFFC" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="4DBDBA2B" w14:textId="48D4E83F" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="236A002D" w14:textId="029BDCF1" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="236A002D" w14:textId="029BDCF1" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EC2CD2F" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="2EC2CD2F" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02463D66" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="02463D66" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.4. Sociālo tīklu mārketings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5BAE23CE" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BAE23CE" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42A0870E" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="42A0870E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3077AA72" w14:textId="3DC77177" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="3077AA72" w14:textId="3684C8B1" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="3D07EC9C" w14:textId="79D2A749" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="3D07EC9C" w14:textId="79D2A749" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34957AE4" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="34957AE4" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65984DAC" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="65984DAC" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">4.5. Tīmekļa vietņu izstrāde </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="1EE8BF50" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE8BF50" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62003541" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="62003541" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Vismaz ceturtais</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="598" w:type="pct"/>
+              <w:t xml:space="preserve">Vismaz </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D82690">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ceturtais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2168A47E" w14:textId="13140620" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="2168A47E" w14:textId="5F74D425" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00F11C4B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="236DAA29" w14:textId="467B2ABF" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="236DAA29" w14:textId="467B2ABF" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="740CE905" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="740CE905" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Projektēšana un vizuālo materiālu veidošana (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E54688B" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="2E54688B" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">5.1. 2D un 3D projektēšana ar </w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="773B5C8F" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+              <w:t>5.1. 2D un 3D projektēšana ar AutoCAD programmas palīdzību</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="773B5C8F" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5ABF67" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="3B5ABF67" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7E23CB55" w14:textId="49ED67C4" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="7E23CB55" w14:textId="01C51E6C" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="201194CE" w14:textId="3E3C75F0" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="201194CE" w14:textId="3E3C75F0" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4125B545" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="4125B545" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EA7F1C1" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="5EA7F1C1" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5.2. 3D drukas digitālie rīki projektēšanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6BF26336" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF26336" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD4F040" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="4CD4F040" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="30854DFB" w14:textId="6A03C35F" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="30854DFB" w14:textId="0AD4E307" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="731A1EB7" w14:textId="050D6F34" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="731A1EB7" w14:textId="050D6F34" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D86563C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="5D86563C" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05A72CDE" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="05A72CDE" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5.3. Vizuālo materiālu veidošana ar bezmaksas tiešsaistes rīkiem (</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">5.3. Vizuālo materiālu </w:t>
+            </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Canva</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>veidošana ar bezmaksas tiešsaistes rīkiem (Canva, Pencil 2D un Animiz Animation Maker, 3D SketchUp)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7970F7CB" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...123 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DDF1AF5" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="7DDF1AF5" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6F6FC946" w14:textId="7E78D551" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="6F6FC946" w14:textId="04DBCC66" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="0BE3577C" w14:textId="2E8962CA" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="0BE3577C" w14:textId="2E8962CA" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C193A1B" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="4C193A1B" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ED6FFBD" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="7ED6FFBD" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">5.4. Vizuālo materiālu izstrāde, izmantojot </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>5.4. Vizuālo materiālu izstrāde, izmantojot CorelDraw</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="191DDF03" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>CorelDraw</w:t>
-[...24 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A01388E" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="2A01388E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="679FA9A2" w14:textId="183D6CD5" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="679FA9A2" w14:textId="6721FCB9" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="0441064D" w14:textId="733BAC47" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="0441064D" w14:textId="733BAC47" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B9FF6DB" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="2B9FF6DB" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32CDFBFD" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="32CDFBFD" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">5.5. Vizuālo materiālu veidošana ar Adobe </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Illustrator</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>Illustrator un Photoshop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2348D6E1" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> un </w:t>
-[...34 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C683188" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="3C683188" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="534D065E" w14:textId="0F6DCDFE" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="534D065E" w14:textId="13BA9CA3" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="4F0E0FC3" w14:textId="4CFA379D" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="4F0E0FC3" w14:textId="4CFA379D" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4D9B6DEC" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9B6DEC" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5ED4C82E" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED4C82E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5.6. Digitālie rīki prezentāciju sagatavošanai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="24107790" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24107790" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C7838A" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="26C7838A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3634585A" w14:textId="25F3253C" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="3634585A" w14:textId="2302DDBB" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="49546F84" w14:textId="112E5821" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="49546F84" w14:textId="112E5821" w:rsidTr="00F43337">
         <w:trPr>
-          <w:trHeight w:val="288"/>
+          <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="878" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="697F8261" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="697F8261" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Kiberdrošība</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (kopa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BB9BB92" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="5BB9BB92" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">6.1. Personas datu aizsardzība un </w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="7F5DC54C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+              <w:t>6.1. Personas datu aizsardzība un kiberdrošības pamati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5DC54C" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B66FF14" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="4B66FF14" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39F79EE3" w14:textId="164C1F84" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="39F79EE3" w14:textId="04BD25AE" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="7DF4C5B7" w14:textId="6B974D71" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="7DF4C5B7" w14:textId="6B974D71" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4746FF35" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="4746FF35" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Digitālie rīki grāmatvedībai (kopa)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2474" w:type="pct"/>
+              <w:t xml:space="preserve">Digitālie rīki </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB5064">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>grāmatvedībai (kopa)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09B96F72" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="09B96F72" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>7.1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Grāmatvedības procesu pārvaldība ar Zalktis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="29F51E10" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F51E10" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B8F27C0" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="3B8F27C0" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2682E63B" w14:textId="21C1665F" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="2682E63B" w14:textId="2F52052F" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="68B9BA14" w14:textId="06C73AC8" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="68B9BA14" w14:textId="06C73AC8" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3251FCEF" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="3251FCEF" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E61359E" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="0E61359E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">7.2. Grāmatvedības procesu pārvaldība ar </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>7.2. Grāmatvedības procesu pārvaldība ar Horizon</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4252AB3E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Horizon</w:t>
-[...24 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78802FE1" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="78802FE1" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2426B9DD" w14:textId="58DB9638" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="2426B9DD" w14:textId="51E34B83" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="4E9792C7" w14:textId="7CB51764" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="4E9792C7" w14:textId="7CB51764" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38248E79" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="38248E79" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D7A7F70" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="6D7A7F70" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>7.3. Grāmatvedības procesu pārvaldība ar 1C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0F77D078" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F77D078" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
+            <w:tcW w:w="599" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02854AEA" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+          <w:p w14:paraId="02854AEA" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D82690">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcW w:w="642" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A4F5BCD" w14:textId="647E0059" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          </w:tcPr>
+          <w:p w14:paraId="4A4F5BCD" w14:textId="5773DA75" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="35C197A9" w14:textId="6181A6B4" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="35C197A9" w14:textId="6181A6B4" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27E6B6BC" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="27E6B6BC" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digitālās </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Digitālās pamatprasmes (kopa)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2542" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58FD1DFE" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...82 lines deleted...]
-          <w:p w14:paraId="01746EFF" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>8.1. Digitālas pamatprasmes darbā ar Microsoft Office 365 (bez priekšzināšanām)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01746EFF" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6AD2D851" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+            <w:tcW w:w="599" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD2D851" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vismaz </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>otrais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="45E5426C" w14:textId="45C14158" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="642" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E5426C" w14:textId="539157DC" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="77E6F9D6" w14:textId="07320CD1" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="77E6F9D6" w14:textId="07320CD1" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EE3F38D" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="5EE3F38D" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A035B29" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="6A035B29" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">8.2. Digitālās </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>8.2. Digitālās pamatprasmes darbā ar  Open Office (bez priekšzināšanām)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DCD262A" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>pamatprasmes</w:t>
-[...53 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="623DCCCF" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+            <w:tcW w:w="599" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="623DCCCF" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vismaz </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>otrais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="262270C4" w14:textId="407F7294" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="642" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="262270C4" w14:textId="1AF3C91A" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="17D4910F" w14:textId="124CC395" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="17D4910F" w14:textId="124CC395" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="730B825F" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="730B825F" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B956BA1" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="1B956BA1" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">8.3. Digitālās </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB5064">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>pamatprasmes</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00CB5064">
+              <w:t>pamatprasmes darbā ar Google rīkiem (bez priekšzināšanām)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4EAF5E" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> darbā ar Google rīkiem (bez priekšzināšanām)</w:t>
-[...23 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3BAA859C" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+            <w:tcW w:w="599" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAA859C" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vismaz </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>otrais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="25F7DD55" w14:textId="754A0026" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="642" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25F7DD55" w14:textId="035E6F5C" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="0734682E" w14:textId="30F2D42E" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="0734682E" w14:textId="30F2D42E" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50CDA8B1" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="50CDA8B1" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CCD69A3" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="003F7B82" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="7CCD69A3" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="003F7B82" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F7B82">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8.4. Digitālās prasmes darbā ar Microsoft Office 365 un mākslīgā intelekta (MI) rīkiem (ar priekšzināšanām)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6F5A7C29" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5A7C29" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7D5A2B19" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+            <w:tcW w:w="599" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5A2B19" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="6EC2BB6E" w14:textId="6CBA725F" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="642" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EC2BB6E" w14:textId="0D409F68" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC25C0" w:rsidRPr="00CB5064" w14:paraId="79C5FDD1" w14:textId="3F9D592E" w:rsidTr="00EC25C0">
+      <w:tr w:rsidR="005B2188" w14:paraId="79C5FDD1" w14:textId="3F9D592E" w:rsidTr="00F43337">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="887" w:type="pct"/>
+            <w:tcW w:w="878" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="008D5733" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="00CB5064" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="008D5733" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="00CB5064" w:rsidRDefault="00D348B2" w:rsidP="00D348B2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2474" w:type="pct"/>
+            <w:tcW w:w="2542" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4956F2A1" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="003F7B82" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+          <w:p w14:paraId="4956F2A1" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="003F7B82" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F7B82">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">8.5. Digitālās prasmes darbā ar </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F7B82">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Open</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003F7B82">
+              <w:t>Open Office mākslīgā intelekta (MI)  rīkiem (ar priekšzināšanām)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A6DFAF" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="24"/>
-[...22 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008938BF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="605" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="47E00FAB" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRPr="008938BF" w:rsidRDefault="006B38B1" w:rsidP="00771170">
+            <w:tcW w:w="599" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E00FAB" w14:textId="77777777" w:rsidR="00D348B2" w:rsidRPr="008938BF" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50EA7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vismaz ceturtais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="598" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="12731B0C" w14:textId="115D2DFD" w:rsidR="006B38B1" w:rsidRPr="00EC25C0" w:rsidRDefault="006B38B1" w:rsidP="000254E5">
+            <w:tcW w:w="642" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12731B0C" w14:textId="6683C3F0" w:rsidR="00D348B2" w:rsidRPr="00EC25C0" w:rsidRDefault="0065672D" w:rsidP="00D348B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC25C0">
-              <w:rPr>
+            <w:r w:rsidRPr="00CA04F9">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>392.00</w:t>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>384.80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BA72DF1" w14:textId="77777777" w:rsidR="00621049" w:rsidRPr="00E615FA" w:rsidRDefault="008938BF" w:rsidP="007A13AB">
+    <w:p w14:paraId="3BA72DF1" w14:textId="77777777" w:rsidR="00621049" w:rsidRPr="00E615FA" w:rsidRDefault="0065672D" w:rsidP="007A13AB">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00E615FA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Kopējais mācību stundu skaits, kur 20 </w:t>
       </w:r>
       <w:r w:rsidR="00246B3B" w:rsidRPr="00E615FA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">stundas </w:t>
       </w:r>
       <w:r w:rsidRPr="00E615FA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>– individuālā praktiskā mācīšanās</w:t>
       </w:r>
       <w:r w:rsidR="003F7B82" w:rsidRPr="00E615FA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C21F72" w14:textId="7867A8AC" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="006B38B1" w:rsidP="006B38B1">
+    <w:p w14:paraId="179A4980" w14:textId="6E8743D2" w:rsidR="00246B3B" w:rsidRDefault="0065672D" w:rsidP="00F55342">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>**</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk112917821"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk112917821"/>
       <w:r w:rsidRPr="006B38B1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF3553">
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00776AA7" w:rsidRPr="00776AA7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Saskaņā ar Labklājības ministrijas 2025. gada 26.februāra Rīkojumu Nr.32 “Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika profesionālās un neformālās izglītības mācību programmas apguves un stipendijas izmaksām” apstiprināšanu”.</w:t>
+        <w:t>Saskaņā ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00FF3553">
+      <w:r w:rsidR="00776AA7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. aprīļa</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B38B1">
+      <w:r w:rsidR="00F55342" w:rsidRPr="00F55342">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55342" w:rsidRPr="005377B5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025. gada 1. novembra</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55342" w:rsidRPr="00F55342">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="179A4980" w14:textId="0D648EBF" w:rsidR="00246B3B" w:rsidRDefault="00246B3B">
-[...5 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00246B3B" w:rsidSect="00F43337">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="567" w:right="680" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DCC194F" w14:textId="77777777" w:rsidR="00106FF2" w:rsidRDefault="00106FF2" w:rsidP="00621049">
+    <w:p w14:paraId="1F3884E2" w14:textId="77777777" w:rsidR="0065672D" w:rsidRDefault="0065672D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CBC5987" w14:textId="77777777" w:rsidR="00106FF2" w:rsidRDefault="00106FF2" w:rsidP="00621049">
+    <w:p w14:paraId="20348BAD" w14:textId="77777777" w:rsidR="0065672D" w:rsidRDefault="0065672D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7595,241 +7213,347 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7B243A06" w14:textId="77777777" w:rsidR="00687BDE" w:rsidRDefault="00687BDE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1164620295"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="598DDEEC" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRDefault="004B690D">
+      <w:p w14:paraId="598DDEEC" w14:textId="77777777" w:rsidR="006B38B1" w:rsidRDefault="0065672D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
-      <w:p w14:paraId="68F690EC" w14:textId="77777777" w:rsidR="00F73CF4" w:rsidRPr="006B38B1" w:rsidRDefault="00F73CF4" w:rsidP="00F73CF4">
+      <w:p w14:paraId="4077108D" w14:textId="485EFFD1" w:rsidR="006B38B1" w:rsidRPr="006B38B1" w:rsidRDefault="0065672D" w:rsidP="006B38B1">
         <w:pPr>
           <w:spacing w:after="5" w:line="269" w:lineRule="auto"/>
+          <w:ind w:left="48" w:hanging="10"/>
+          <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
           </w:rPr>
         </w:pPr>
+        <w:r w:rsidRPr="006B38B1">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>KRG_4.2.14.2_3</w:t>
+        </w:r>
+        <w:r w:rsidR="005D53C4">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006B38B1">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>.pielikums_</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006B38B1">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">.versija </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00687BDE">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>10.10.2025.</w:t>
+        </w:r>
       </w:p>
-      <w:p w14:paraId="2E3672DB" w14:textId="08AFC10E" w:rsidR="004B690D" w:rsidRDefault="00106FF2">
+      <w:p w14:paraId="2E3672DB" w14:textId="08AFC10E" w:rsidR="004B690D" w:rsidRDefault="0065672D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="79E10BF4" w14:textId="77777777" w:rsidR="004B690D" w:rsidRDefault="004B690D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="18CBFBC0" w14:textId="77777777" w:rsidR="00687BDE" w:rsidRDefault="00687BDE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70977BA0" w14:textId="77777777" w:rsidR="00106FF2" w:rsidRDefault="00106FF2" w:rsidP="00621049">
+    <w:p w14:paraId="001D925B" w14:textId="77777777" w:rsidR="0065672D" w:rsidRDefault="0065672D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74E75E55" w14:textId="77777777" w:rsidR="00106FF2" w:rsidRDefault="00106FF2" w:rsidP="00621049">
+    <w:p w14:paraId="34E2EBAE" w14:textId="77777777" w:rsidR="0065672D" w:rsidRDefault="0065672D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="3BC968D8" w14:textId="77777777" w:rsidR="00687BDE" w:rsidRDefault="00687BDE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="6CE8BB0C" w14:textId="77777777" w:rsidR="00687BDE" w:rsidRDefault="00687BDE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="34952DA8" w14:textId="77777777" w:rsidR="00687BDE" w:rsidRDefault="00687BDE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30875D98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B186FF96"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="0" w:tplc="226E5E22">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96EA2F1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D0A60748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C54EF16A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16AAD2A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="191483A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A394148E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="EC12F5AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6840B71E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="330B5C6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7888,703 +7612,720 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42F43CC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="936AE06A"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="0" w:tplc="A880B72E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="108E60E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="AFA84C78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2EAA9C1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="715EB5DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FDEE1C56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8C700850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6A48D55C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C73A933C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="519D2C6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56741730"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="0" w:tplc="B5CE14F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9D6E02C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="DC3460B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EDAEE4E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="842E7BB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C4F23566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F59E7548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E0C20DD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2F4852B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64387962"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA902EFC"/>
-    <w:lvl w:ilvl="0" w:tplc="6DB655D2">
+    <w:lvl w:ilvl="0" w:tplc="B3DEE140">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="855" w:hanging="495"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E92E0F6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6D3E6FA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F3080D50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2926E442" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="5EB2652A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5D7A97AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90CC8D02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="03E6F392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C364D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF7A9B64"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="0" w:tplc="12023C66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9BE2C020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30081D88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="299A3EA6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="B596E36A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="DFBAA196" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="802CA930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0960E0E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="BEC2ADBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00621049"/>
     <w:rsid w:val="000254E5"/>
     <w:rsid w:val="000378AA"/>
     <w:rsid w:val="00070F98"/>
+    <w:rsid w:val="000878B0"/>
     <w:rsid w:val="00091CD2"/>
     <w:rsid w:val="00096D34"/>
     <w:rsid w:val="000A38B3"/>
     <w:rsid w:val="000C701C"/>
     <w:rsid w:val="000D2027"/>
     <w:rsid w:val="000E702E"/>
     <w:rsid w:val="000F5868"/>
-    <w:rsid w:val="00106FF2"/>
     <w:rsid w:val="00126947"/>
     <w:rsid w:val="00155155"/>
     <w:rsid w:val="00167239"/>
     <w:rsid w:val="001835FC"/>
     <w:rsid w:val="001837A3"/>
     <w:rsid w:val="00191C21"/>
     <w:rsid w:val="001A0D56"/>
     <w:rsid w:val="001D5C24"/>
+    <w:rsid w:val="001F2C0E"/>
     <w:rsid w:val="002173AE"/>
     <w:rsid w:val="002203B5"/>
     <w:rsid w:val="002237DB"/>
     <w:rsid w:val="00233ABB"/>
+    <w:rsid w:val="00243E28"/>
     <w:rsid w:val="00246B3B"/>
     <w:rsid w:val="0027407B"/>
     <w:rsid w:val="002910E2"/>
     <w:rsid w:val="002F0690"/>
     <w:rsid w:val="003023CF"/>
     <w:rsid w:val="0033299E"/>
     <w:rsid w:val="003429C4"/>
+    <w:rsid w:val="00360E14"/>
     <w:rsid w:val="0038161E"/>
     <w:rsid w:val="0039113B"/>
     <w:rsid w:val="003E5145"/>
     <w:rsid w:val="003F7B82"/>
     <w:rsid w:val="00410F87"/>
     <w:rsid w:val="0042033D"/>
     <w:rsid w:val="00451347"/>
     <w:rsid w:val="00472F16"/>
     <w:rsid w:val="004B690D"/>
     <w:rsid w:val="004C30EF"/>
     <w:rsid w:val="004D3058"/>
     <w:rsid w:val="004E7188"/>
     <w:rsid w:val="004F6D5B"/>
     <w:rsid w:val="0051037B"/>
+    <w:rsid w:val="005377B5"/>
     <w:rsid w:val="005726F3"/>
     <w:rsid w:val="00575811"/>
+    <w:rsid w:val="00580012"/>
     <w:rsid w:val="00592953"/>
+    <w:rsid w:val="005B2188"/>
     <w:rsid w:val="005D0377"/>
     <w:rsid w:val="005D53C4"/>
     <w:rsid w:val="005F12CE"/>
     <w:rsid w:val="00601E11"/>
     <w:rsid w:val="00604432"/>
     <w:rsid w:val="00604724"/>
     <w:rsid w:val="00612738"/>
     <w:rsid w:val="00613858"/>
     <w:rsid w:val="00621049"/>
     <w:rsid w:val="00643CF9"/>
+    <w:rsid w:val="0065672D"/>
+    <w:rsid w:val="00687BDE"/>
     <w:rsid w:val="00693359"/>
     <w:rsid w:val="006B38B1"/>
     <w:rsid w:val="006B44CA"/>
+    <w:rsid w:val="006D1BF3"/>
     <w:rsid w:val="006D6436"/>
     <w:rsid w:val="006E3880"/>
     <w:rsid w:val="006E6B64"/>
     <w:rsid w:val="00706725"/>
     <w:rsid w:val="00710E09"/>
     <w:rsid w:val="007212CA"/>
     <w:rsid w:val="007224DF"/>
     <w:rsid w:val="00731D9C"/>
     <w:rsid w:val="0073535E"/>
     <w:rsid w:val="00752CFA"/>
     <w:rsid w:val="00771170"/>
+    <w:rsid w:val="00776AA7"/>
     <w:rsid w:val="007A13AB"/>
     <w:rsid w:val="007F0409"/>
     <w:rsid w:val="007F5E58"/>
     <w:rsid w:val="008053E9"/>
     <w:rsid w:val="00805BE4"/>
     <w:rsid w:val="0081601A"/>
     <w:rsid w:val="00850895"/>
     <w:rsid w:val="008536AD"/>
     <w:rsid w:val="00874374"/>
     <w:rsid w:val="00881E50"/>
     <w:rsid w:val="00883FBC"/>
     <w:rsid w:val="008909D9"/>
     <w:rsid w:val="008938BF"/>
     <w:rsid w:val="008B5BEE"/>
     <w:rsid w:val="008D7850"/>
     <w:rsid w:val="0093194D"/>
     <w:rsid w:val="009A1A5B"/>
+    <w:rsid w:val="009A700B"/>
     <w:rsid w:val="009A78C7"/>
     <w:rsid w:val="009B5BF4"/>
     <w:rsid w:val="009F7A3A"/>
     <w:rsid w:val="00A124DA"/>
     <w:rsid w:val="00A55C28"/>
     <w:rsid w:val="00A6603F"/>
     <w:rsid w:val="00A72867"/>
     <w:rsid w:val="00A81262"/>
     <w:rsid w:val="00A95341"/>
+    <w:rsid w:val="00AA50C7"/>
     <w:rsid w:val="00AA5631"/>
     <w:rsid w:val="00B0037A"/>
+    <w:rsid w:val="00B03FE0"/>
     <w:rsid w:val="00B20BAD"/>
+    <w:rsid w:val="00B50EA7"/>
     <w:rsid w:val="00B83539"/>
     <w:rsid w:val="00B83A0D"/>
     <w:rsid w:val="00BD2BF3"/>
     <w:rsid w:val="00BD3FA1"/>
+    <w:rsid w:val="00BE0E7C"/>
     <w:rsid w:val="00BE273D"/>
     <w:rsid w:val="00C13A6D"/>
     <w:rsid w:val="00C13BAF"/>
     <w:rsid w:val="00C13CBA"/>
     <w:rsid w:val="00C147E0"/>
     <w:rsid w:val="00C42004"/>
     <w:rsid w:val="00C73A89"/>
     <w:rsid w:val="00C9401C"/>
+    <w:rsid w:val="00CA04F9"/>
     <w:rsid w:val="00CA3D8E"/>
+    <w:rsid w:val="00CB5064"/>
     <w:rsid w:val="00CC3953"/>
     <w:rsid w:val="00CD1CCA"/>
+    <w:rsid w:val="00D348B2"/>
     <w:rsid w:val="00D448F5"/>
     <w:rsid w:val="00D51542"/>
+    <w:rsid w:val="00D82690"/>
     <w:rsid w:val="00D8316C"/>
     <w:rsid w:val="00D846BC"/>
     <w:rsid w:val="00D87273"/>
-    <w:rsid w:val="00D95C55"/>
     <w:rsid w:val="00DC1F39"/>
     <w:rsid w:val="00DC315A"/>
     <w:rsid w:val="00E17CA6"/>
     <w:rsid w:val="00E46BB0"/>
     <w:rsid w:val="00E615FA"/>
     <w:rsid w:val="00E727C0"/>
     <w:rsid w:val="00E9509A"/>
     <w:rsid w:val="00EA0F21"/>
     <w:rsid w:val="00EB4C36"/>
     <w:rsid w:val="00EC25C0"/>
     <w:rsid w:val="00EC7252"/>
     <w:rsid w:val="00F07ADC"/>
+    <w:rsid w:val="00F11C4B"/>
     <w:rsid w:val="00F30CAE"/>
     <w:rsid w:val="00F33BCA"/>
     <w:rsid w:val="00F34680"/>
-    <w:rsid w:val="00F73CF4"/>
+    <w:rsid w:val="00F43337"/>
+    <w:rsid w:val="00F55342"/>
     <w:rsid w:val="00FA567C"/>
     <w:rsid w:val="00FD21FA"/>
     <w:rsid w:val="00FF3553"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="45F86BBF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DA06A4BE-B8D1-48E7-A84E-26CC6C99C26B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -9583,72 +9324,57 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B38B1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006B38B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9919,55 +9645,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F6310CB980028E489AA38B5A3B725AD0" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="67ca526e3abf445ea39aed5743cef3c8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="30b671a1-e750-4efc-a322-d42da3124237" xmlns:ns4="14bf4ffe-e1de-4f56-a2d6-d8c72f6fd35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7f422a7ec43486ddefff36afe4831dcc" ns3:_="" ns4:_="">
     <xsd:import namespace="30b671a1-e750-4efc-a322-d42da3124237"/>
     <xsd:import namespace="14bf4ffe-e1de-4f56-a2d6-d8c72f6fd35a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
@@ -10160,139 +9887,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="30b671a1-e750-4efc-a322-d42da3124237" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9873A399-31EF-4F09-9960-DF2E126B138E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDD23F12-B1FD-4F06-96A2-3292FF6C0041}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="30b671a1-e750-4efc-a322-d42da3124237"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0097DCDE-3025-47DF-9724-3E02DE8D8CE0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="30b671a1-e750-4efc-a322-d42da3124237"/>
     <ds:schemaRef ds:uri="14bf4ffe-e1de-4f56-a2d6-d8c72f6fd35a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDD23F12-B1FD-4F06-96A2-3292FF6C0041}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9873A399-31EF-4F09-9960-DF2E126B138E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="30b671a1-e750-4efc-a322-d42da3124237"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B82E3B98-BFCC-4AEF-A763-A4A2006D2B02}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B351D6F-B7B2-497E-B1FD-EC97F679DA78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2747</Words>
-  <Characters>1567</Characters>
+  <Words>2689</Words>
+  <Characters>1534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>12</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4306</CharactersWithSpaces>
+  <CharactersWithSpaces>4215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Imants Lipskis</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F6310CB980028E489AA38B5A3B725AD0</vt:lpwstr>
   </property>
 </Properties>
 </file>