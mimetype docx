--- v0 (2025-10-07)
+++ v1 (2025-12-12)
@@ -8,3639 +8,2553 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="720C536E" w14:textId="77777777" w:rsidR="00945800" w:rsidRPr="00945800" w:rsidRDefault="00945800" w:rsidP="00945800">
+    <w:p w14:paraId="6D97C220" w14:textId="2D6531C7" w:rsidR="007F5E58" w:rsidRPr="008C5C2D" w:rsidRDefault="004D5718" w:rsidP="00C612D3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F77E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Neformālās izglītības programmu saraksts sociālo un profesionālo </w:t>
+        <w:t>Neformālās izglītības programmu saraksts sociālo un profesionālo pamatprasmju apguvei (valodas un citas prasmes)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r w:rsidR="007F5E58" w:rsidRPr="008C5C2D">
+      <w:r w:rsidRPr="008C5C2D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable3-Accent6"/>
-        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="710"/>
-        <w:gridCol w:w="5102"/>
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="6378"/>
         <w:gridCol w:w="1417"/>
-        <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00771170" w:rsidRPr="007F5E58" w14:paraId="4AE7AB00" w14:textId="365B6B9A" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="4AE7AB00" w14:textId="365B6B9A" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71FF2754" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="00771170" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="71FF2754" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="00771170" w:rsidRDefault="004D5718" w:rsidP="004B690D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00771170">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>Nr. p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6494BC52" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="007F5E58" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="6494BC52" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="007F5E58" w:rsidRDefault="004D5718" w:rsidP="004B690D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5E58">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-          <w:p w14:paraId="39098AE7" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="007F5E58" w:rsidRDefault="00771170" w:rsidP="004B690D">
+              <w:t>Sociālās un profesionālās pamatprasmes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39098AE7" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="007F5E58" w:rsidRDefault="004D5718" w:rsidP="004B690D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F5E58">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> (neformālās izglītības programmas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E229616" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="00771170" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="3E229616" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="00771170" w:rsidRDefault="004D5718" w:rsidP="004B690D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00771170">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>Stundu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:cnfStyle w:val="000100001000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="1" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE49F7C" w14:textId="2475D34F" w:rsidR="00771170" w:rsidRPr="00771170" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="6C3BB840" w14:textId="4D0963BF" w:rsidR="005F77E5" w:rsidRPr="00883FBC" w:rsidRDefault="004D5718" w:rsidP="004B690D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:b w:val="0"/>
-[...14 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="auto"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="10C73B8E" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="00771170" w:rsidRDefault="00771170" w:rsidP="004B690D">
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Apmācību k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B38B1">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">upona vērtība </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B38B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>(EUR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A700B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
+      </w:tr>
+      <w:tr w:rsidR="00926D22" w14:paraId="2923782F" w14:textId="4A187020" w:rsidTr="00926D22">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3497F731" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="005F77E5" w:rsidP="004B690D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:color w:val="auto"/>
-[...151 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44F2E49F" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="00CD1CCA" w:rsidRDefault="00771170" w:rsidP="00CD1CCA">
+          <w:p w14:paraId="44F2E49F" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="00CD1CCA" w:rsidRDefault="004D5718" w:rsidP="00CD1CCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD1CCA">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Latviešu valoda (bez starpniekvalodas)</w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="35398F17" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="001D7714" w:rsidRDefault="00771170" w:rsidP="004B690D">
+              <w:t xml:space="preserve">Latviešu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1CCA">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>valoda (bez starpniekvalodas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35398F17" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="005F77E5" w:rsidP="004B690D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="7C332B56" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="001D7714" w:rsidRDefault="00771170" w:rsidP="004B690D">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="269265A7" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="00C73A89" w:rsidRDefault="005F77E5" w:rsidP="004B690D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...40 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="10E4929A" w14:textId="59526BF7" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="10E4929A" w14:textId="59526BF7" w:rsidTr="00926D22">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50C661B7" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="50C661B7" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="00C73A89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="659F7D9F" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="659F7D9F" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="00C73A89">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – pamata līmeņa 1. pakāpe (A1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32A33C4A" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00C42004" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="32A33C4A" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="00C42004" w:rsidRDefault="004D5718" w:rsidP="00C73A89">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C42004">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4CC291" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="4A04DAB1" w14:textId="5698AC41" w:rsidR="005F77E5" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="00C73A89">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:bCs/>
-[...60 lines deleted...]
-              <w:t>583,63</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00550DFA">
+              <w:t>578</w:t>
+            </w:r>
+            <w:r w:rsidR="0091266B">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550DFA">
+              <w:t>08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="682B70DF" w14:textId="37468AB9" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="682B70DF" w14:textId="37468AB9" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BD8E308" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="2BD8E308" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8A6F84" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="3A8A6F84" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – pamata līmeņa 2. pakāpe (A2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE4EAF9" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00C42004" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="6BE4EAF9" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00C42004" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C42004">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="4817525C" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2844AD8E" w14:textId="1044D020" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>583,63</w:t>
+            <w:r w:rsidRPr="00B20633">
+              <w:t>578.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="0FD16E72" w14:textId="6DC2EBF6" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="0FD16E72" w14:textId="6DC2EBF6" w:rsidTr="00926D22">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="659609FB" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="659609FB" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4809BC66" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="4809BC66" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – vidējā līmeņa 1. pakāpe (B1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="388D6335" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00C42004" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="388D6335" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00C42004" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C42004">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2323AD0A" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69E3323A" w14:textId="4D5BA46D" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>583,63</w:t>
+            <w:r w:rsidRPr="00B20633">
+              <w:t>578.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="4C8AE2A0" w14:textId="4C0AD0A2" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="4C8AE2A0" w14:textId="4C0AD0A2" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7086BD17" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="7086BD17" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C11059A" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="7C11059A" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Valsts valoda – vidējā līmeņa 2. pakāpe (B2)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:t xml:space="preserve">Valsts valoda – vidējā līmeņa 2. pakāpe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D7714">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3410D4AA" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00C42004" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="3410D4AA" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00C42004" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C42004">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="04BB5102" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55F2B077" w14:textId="0C3AA008" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>583,63</w:t>
+            <w:r w:rsidRPr="00B20633">
+              <w:t>578.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="1507F571" w14:textId="5A68A85C" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="1507F571" w14:textId="5A68A85C" w:rsidTr="00926D22">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0724E7C0" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="0724E7C0" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DDB5923" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="2DDB5923" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – augstākā līmeņa 1. pakāpe (C1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52F769E2" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00C42004" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="52F769E2" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00C42004" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C42004">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="78A5D897" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C0FB72C" w14:textId="44DD87F5" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>583,63</w:t>
+            <w:r w:rsidRPr="00B20633">
+              <w:t>578.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="3DCF4FEB" w14:textId="01F30674" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="3DCF4FEB" w14:textId="01F30674" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D5FA88B" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="6D5FA88B" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09D1DB0E" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="09D1DB0E" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Valsts valoda – augstākā līmeņa 2. pakāpe (C2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52CD539E" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00C42004" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="52CD539E" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00C42004" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C42004">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2A0DC2B2" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="634B402B" w14:textId="31112928" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>583,63</w:t>
+            <w:r w:rsidRPr="00B20633">
+              <w:t>578.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00771170" w:rsidRPr="001D7714" w14:paraId="6DBB6568" w14:textId="58E99C05" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="6DBB6568" w14:textId="58E99C05" w:rsidTr="00926D22">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5539D24C" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="001D7714" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="5539D24C" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="264584FA" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="001D7714" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="264584FA" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Valsts valoda atbilstoši pamata valsts valodas prasmes līmenim (ar </w:t>
             </w:r>
             <w:r w:rsidRPr="003F7B82">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">angļu pamatvalodu) – </w:t>
             </w:r>
             <w:r w:rsidRPr="003F7B82">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>pamata līmeņa 1. pakāpe (A1)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:t xml:space="preserve">pamata līmeņa 1. pakāpe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F7B82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(A1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="540B3CB7" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="00C42004" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="540B3CB7" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00C42004" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C42004">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="4E2526C6" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="001D7714" w:rsidRDefault="00771170" w:rsidP="004B690D">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="151359F7" w14:textId="042F604C" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...58 lines deleted...]
-              <w:t>583,63</w:t>
+            <w:r w:rsidRPr="00B20633">
+              <w:t>578.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00771170" w:rsidRPr="001D7714" w14:paraId="1548AEF5" w14:textId="226F0CA8" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="1548AEF5" w14:textId="226F0CA8" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="492E2E8F" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="001D7714" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="492E2E8F" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="005F77E5" w:rsidP="004B690D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BBD0463" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="00725870" w:rsidRDefault="00771170" w:rsidP="004B690D">
-            <w:pPr>
+          <w:p w14:paraId="0BBD0463" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="00725870" w:rsidRDefault="004D5718" w:rsidP="00B063B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00725870">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Svešvalodas (saziņa svešvalodās)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D5DF4AC" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="001D7714" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="6D5DF4AC" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="005F77E5" w:rsidP="004B690D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="488058DB" w14:textId="77777777" w:rsidR="00771170" w:rsidRPr="001D7714" w:rsidRDefault="00771170" w:rsidP="004B690D">
+          <w:p w14:paraId="19455E27" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="005A71A5" w:rsidRDefault="005F77E5" w:rsidP="004B690D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...40 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="6CB46626" w14:textId="1539BED6" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="6CB46626" w14:textId="1539BED6" w:rsidTr="00926D22">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="206CAAAC" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="206CAAAC" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="00C73A89">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03DC4EC5" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="03DC4EC5" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="00C73A89">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Angļu valoda (bez priekšzināšanām)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35C69D94" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="35C69D94" w14:textId="77777777" w:rsidR="005F77E5" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="00C73A89">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F981195" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="635AC1DA" w14:textId="681C265F" w:rsidR="005F77E5" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="00C73A89">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>392,14</w:t>
+            <w:r w:rsidRPr="00550DFA">
+              <w:t>385</w:t>
+            </w:r>
+            <w:r w:rsidR="0091266B">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00550DFA">
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="68EB80A5" w14:textId="2BCBA52F" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="68EB80A5" w14:textId="2BCBA52F" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FBFB943" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="5FBFB943" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59332A1D" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="59332A1D" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Angļu valoda (ar priekšzināšanām) (</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:t>Angļu valoda (ar priekšzināšanām) (Elementary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AE36E28" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="1AE36E28" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2205C348" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E8CBF83" w14:textId="4932C1EB" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>392,14</w:t>
+            <w:r w:rsidRPr="00477956">
+              <w:t>385.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="6423DC17" w14:textId="389BCA59" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="6423DC17" w14:textId="389BCA59" w:rsidTr="00926D22">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DB31D73" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="2DB31D73" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B7D80A5" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="4B7D80A5" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Angļu valoda (ar priekšzināšanām) (</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:t>Angļu valoda (ar priekšzināšanām) (Lower Intermediate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28BD18CD" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="28BD18CD" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="796D48A9" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BAE964B" w14:textId="0D568B94" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>392,14</w:t>
+            <w:r w:rsidRPr="00477956">
+              <w:t>385.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="38B48417" w14:textId="03C88C8C" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="38B48417" w14:textId="03C88C8C" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EBF4AC7" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="4EBF4AC7" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BA487C4" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="1BA487C4" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Angļu valoda (ar priekšzināšanām) (</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Angļu valoda (ar </w:t>
+            </w:r>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Intermediate</w:t>
-[...12 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:t>priekšzināšanām) (Intermediate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11F92B05" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="11F92B05" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="1EF416DD" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FC48D68" w14:textId="37D68F65" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...57 lines deleted...]
-              <w:t>392,14</w:t>
+            <w:r w:rsidRPr="00477956">
+              <w:t>385.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="49047A02" w14:textId="7271B19C" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="49047A02" w14:textId="7271B19C" w:rsidTr="00926D22">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="003C4B70" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="003C4B70" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2426BC70" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="2426BC70" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Angļu valoda (ar priekšzināšanām) (</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:t>Angļu valoda (ar priekšzināšanām) (Higher Intermediate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D17E9BB" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="7D17E9BB" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="196E9961" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EB79DEB" w14:textId="080590E4" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...55 lines deleted...]
-              <w:t>392,14</w:t>
+            <w:r w:rsidRPr="00477956">
+              <w:t>385.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="001D7714" w14:paraId="11538946" w14:textId="3531F7BE" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="11538946" w14:textId="3531F7BE" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BC97F02" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="4BC97F02" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C1A593B" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="0C1A593B" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Biznesa angļu valoda (ar priekšzināšanām) (</w:t>
-[...33 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:t>Biznesa angļu valoda (ar priekšzināšanām) (Higher Intermediate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69DDD651" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+          <w:p w14:paraId="69DDD651" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="001D7714" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7714">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="7E73CFDE" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="001D7714" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58FA16C7" w14:textId="45237624" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D7714">
-[...55 lines deleted...]
-              <w:t>392,14</w:t>
+            <w:r w:rsidRPr="00477956">
+              <w:t>385.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C73A89" w:rsidRPr="00601E11" w14:paraId="185884C0" w14:textId="0D48B992" w:rsidTr="00C13BAF">
+      <w:tr w:rsidR="00926D22" w14:paraId="185884C0" w14:textId="0D48B992" w:rsidTr="00926D22">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000001" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="1" w:lastRowLastColumn="0"/>
             <w:tcW w:w="710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4CC60B8F" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00601E11" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC60B8F" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00601E11" w:rsidRDefault="004D5718" w:rsidP="0091266B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00601E11">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5102" w:type="dxa"/>
+            <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64B65193" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00601E11" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
-[...3 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="64B65193" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00601E11" w:rsidRDefault="004D5718" w:rsidP="0091266B">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00601E11">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Biznesa angļu valoda (ar priekšzināšanām) (</w:t>
-[...23 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              <w:t>Biznesa angļu valoda (ar priekšzināšanām) (Advanced)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4164726F" w14:textId="77777777" w:rsidR="00C73A89" w:rsidRPr="00601E11" w:rsidRDefault="00C73A89" w:rsidP="00C73A89">
-            <w:pPr>
+          <w:p w14:paraId="4164726F" w14:textId="77777777" w:rsidR="0091266B" w:rsidRPr="00601E11" w:rsidRDefault="004D5718" w:rsidP="0091266B">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00601E11">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...10 lines deleted...]
-            <w:pPr>
+            <w:cnfStyle w:val="000100000010" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="1"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A03D162" w14:textId="271413E1" w:rsidR="0091266B" w:rsidRPr="005A71A5" w:rsidRDefault="004D5718" w:rsidP="0091266B">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:b w:val="0"/>
-[...62 lines deleted...]
-              <w:t>392,14</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00477956">
+              <w:t>385.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5001216F" w14:textId="77777777" w:rsidR="0051037B" w:rsidRDefault="0051037B" w:rsidP="0051037B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="781C4C8D" w14:textId="6E07AB47" w:rsidR="0020253F" w:rsidRDefault="005A71A5" w:rsidP="001A1814">
+    <w:p w14:paraId="781C4C8D" w14:textId="545DE5B8" w:rsidR="0020253F" w:rsidRPr="00550DFA" w:rsidRDefault="004D5718" w:rsidP="001A1814">
       <w:pPr>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk210724574"/>
+      <w:r w:rsidR="00170C71" w:rsidRPr="00170C71">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saskaņā ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3553">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00550DFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025. gada 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00550DFA" w:rsidRPr="00550DFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novembra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00550DFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="379F73DD" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="00550DFA" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="627CAFED" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...34 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="379F73DD" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="2120D9E1" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="627CAFED" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="0CB3030A" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2120D9E1" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="78357563" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CB3030A" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="36B8E78C" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69258AA0" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="501A96C2" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FC8F6A5" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="2180BC88" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78357563" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="3742BEF3" w14:textId="62CD7410" w:rsidR="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36B8E78C" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="7676E3FF" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="501A96C2" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="7EEA6EAA" w14:textId="1325EB29" w:rsidR="00C009DD" w:rsidRDefault="00C009DD" w:rsidP="0020253F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2180BC88" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="06DF64BE" w14:textId="77777777" w:rsidR="00C009DD" w:rsidRPr="00C009DD" w:rsidRDefault="00C009DD" w:rsidP="00C009DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3742BEF3" w14:textId="62CD7410" w:rsidR="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="1D3A8BEE" w14:textId="77777777" w:rsidR="00C009DD" w:rsidRPr="00C009DD" w:rsidRDefault="00C009DD" w:rsidP="00C009DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7676E3FF" w14:textId="77777777" w:rsidR="0020253F" w:rsidRPr="0020253F" w:rsidRDefault="0020253F" w:rsidP="0020253F">
+    <w:p w14:paraId="097FFC5D" w14:textId="77777777" w:rsidR="00C009DD" w:rsidRPr="00C009DD" w:rsidRDefault="00C009DD" w:rsidP="00C009DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EEA6EAA" w14:textId="02A45C55" w:rsidR="00621049" w:rsidRPr="0020253F" w:rsidRDefault="00621049" w:rsidP="0020253F">
+    <w:p w14:paraId="5FC0E087" w14:textId="77777777" w:rsidR="00C009DD" w:rsidRPr="00C009DD" w:rsidRDefault="00C009DD" w:rsidP="00C009DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00621049" w:rsidRPr="0020253F" w:rsidSect="00883FBC">
+    <w:p w14:paraId="12BB969F" w14:textId="77777777" w:rsidR="00C009DD" w:rsidRPr="00C009DD" w:rsidRDefault="00C009DD" w:rsidP="00C009DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02712F8F" w14:textId="77777777" w:rsidR="00621049" w:rsidRPr="00C009DD" w:rsidRDefault="00621049" w:rsidP="00C009DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00621049" w:rsidRPr="00C009DD" w:rsidSect="00883FBC">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="680" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DC3167B" w14:textId="77777777" w:rsidR="008D3617" w:rsidRDefault="008D3617" w:rsidP="00621049">
+    <w:p w14:paraId="674FD967" w14:textId="77777777" w:rsidR="004D5718" w:rsidRDefault="004D5718">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="506C05CC" w14:textId="77777777" w:rsidR="008D3617" w:rsidRDefault="008D3617" w:rsidP="00621049">
+    <w:p w14:paraId="2260F5E3" w14:textId="77777777" w:rsidR="004D5718" w:rsidRDefault="004D5718">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -3675,330 +2589,360 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1164620295"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6E9CF318" w14:textId="77777777" w:rsidR="00F61E69" w:rsidRDefault="004B690D">
+      <w:p w14:paraId="6E9CF318" w14:textId="77777777" w:rsidR="00F61E69" w:rsidRDefault="004D5718">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
-      <w:p w14:paraId="2E3672DB" w14:textId="5E689EB2" w:rsidR="004B690D" w:rsidRDefault="008D3617">
+      <w:p w14:paraId="1E10276B" w14:textId="5065CAB3" w:rsidR="00F61E69" w:rsidRPr="00C009DD" w:rsidRDefault="004D5718" w:rsidP="00F61E69">
+        <w:pPr>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+          </w:rPr>
+          <w:t>KRG_4.2.14.2_35.pielikums_4.versija</w:t>
+        </w:r>
+        <w:r w:rsidR="00566603" w:rsidRPr="00F05C9E">
+          <w:rPr>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F05C9E">
+          <w:rPr>
+            <w:color w:val="C45911"/>
+            <w:sz w:val="18"/>
+          </w:rPr>
+          <w:t>10.10.2025.</w:t>
+        </w:r>
+      </w:p>
+      <w:p w14:paraId="2E3672DB" w14:textId="5E689EB2" w:rsidR="004B690D" w:rsidRDefault="004D5718">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="79E10BF4" w14:textId="77777777" w:rsidR="004B690D" w:rsidRDefault="004B690D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FD32537" w14:textId="77777777" w:rsidR="008D3617" w:rsidRDefault="008D3617" w:rsidP="00621049">
+    <w:p w14:paraId="69447048" w14:textId="77777777" w:rsidR="004D5718" w:rsidRDefault="004D5718">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D4772BD" w14:textId="77777777" w:rsidR="008D3617" w:rsidRDefault="008D3617" w:rsidP="00621049">
+    <w:p w14:paraId="364CA26F" w14:textId="77777777" w:rsidR="004D5718" w:rsidRDefault="004D5718">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29694FE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6064443E"/>
-    <w:lvl w:ilvl="0" w:tplc="CC44E0CA">
+    <w:lvl w:ilvl="0" w:tplc="04A0D0E2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0FD6ECE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="3CB8D210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2BFA8B3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="198206A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="BCB88AD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="03E24F1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BCC8FBA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82EE8E40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30875D98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B186FF96"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="0" w:tplc="CCCAFB52">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1B76E7DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1272E4D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E992207E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D2709D9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="05169294" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CC06A61E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52806C74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16D68BA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="330B5C6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4057,485 +3001,485 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42F43CC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="936AE06A"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="0" w:tplc="065A07DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="7A9C1238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6754951A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77267BDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36DA951E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="062AD1D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="7438F794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="9CF03ECA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19E4971E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="519D2C6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56741730"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="0" w:tplc="B63CCAAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87065A6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1452D27C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89A64B3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FD5C801E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7918100A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8F2C1E50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2D5EB6FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7A9C0F4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64387962"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA902EFC"/>
-    <w:lvl w:ilvl="0" w:tplc="6DB655D2">
+    <w:lvl w:ilvl="0" w:tplc="C5FE4EB0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="855" w:hanging="495"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18EEC4DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D8B674AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52A270EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3F7244BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A60805B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E062CBFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19F2DA54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41967E6C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C364D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF7A9B64"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="0" w:tplc="3DD0A1C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="CB8A249E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28D24D04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F07AF9C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C6C6397C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99747E76" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1748A65A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7B804086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C3EA9932" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
@@ -4556,184 +3500,207 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00621049"/>
     <w:rsid w:val="000254E5"/>
     <w:rsid w:val="000378AA"/>
     <w:rsid w:val="00091CD2"/>
     <w:rsid w:val="00096D34"/>
+    <w:rsid w:val="00096F5F"/>
     <w:rsid w:val="000A38B3"/>
     <w:rsid w:val="000C701C"/>
     <w:rsid w:val="000D2027"/>
     <w:rsid w:val="000E702E"/>
     <w:rsid w:val="000F5868"/>
     <w:rsid w:val="00126947"/>
     <w:rsid w:val="00155155"/>
     <w:rsid w:val="00167239"/>
+    <w:rsid w:val="00170C71"/>
     <w:rsid w:val="00182D93"/>
     <w:rsid w:val="001835FC"/>
     <w:rsid w:val="001837A3"/>
     <w:rsid w:val="00191C21"/>
     <w:rsid w:val="001A0D56"/>
     <w:rsid w:val="001A1814"/>
     <w:rsid w:val="001D5C24"/>
+    <w:rsid w:val="001D7714"/>
     <w:rsid w:val="0020253F"/>
     <w:rsid w:val="002173AE"/>
     <w:rsid w:val="002203B5"/>
     <w:rsid w:val="002237DB"/>
     <w:rsid w:val="00233ABB"/>
+    <w:rsid w:val="00236992"/>
     <w:rsid w:val="00246B3B"/>
     <w:rsid w:val="0027407B"/>
     <w:rsid w:val="002910E2"/>
     <w:rsid w:val="002F0690"/>
     <w:rsid w:val="003023CF"/>
     <w:rsid w:val="0033299E"/>
     <w:rsid w:val="0033704A"/>
     <w:rsid w:val="003429C4"/>
     <w:rsid w:val="0038161E"/>
     <w:rsid w:val="0039113B"/>
     <w:rsid w:val="003E5145"/>
     <w:rsid w:val="003F7B82"/>
     <w:rsid w:val="00410F87"/>
     <w:rsid w:val="0042033D"/>
     <w:rsid w:val="00451347"/>
     <w:rsid w:val="00472F16"/>
+    <w:rsid w:val="00477956"/>
     <w:rsid w:val="004B690D"/>
     <w:rsid w:val="004C30EF"/>
     <w:rsid w:val="004D3058"/>
+    <w:rsid w:val="004D5718"/>
     <w:rsid w:val="004E7188"/>
     <w:rsid w:val="004F6D5B"/>
     <w:rsid w:val="0051037B"/>
+    <w:rsid w:val="00550DFA"/>
     <w:rsid w:val="00566603"/>
     <w:rsid w:val="005726F3"/>
     <w:rsid w:val="00575811"/>
     <w:rsid w:val="00592953"/>
     <w:rsid w:val="005A71A5"/>
     <w:rsid w:val="005D0377"/>
     <w:rsid w:val="005F12CE"/>
+    <w:rsid w:val="005F77E5"/>
     <w:rsid w:val="00601E11"/>
     <w:rsid w:val="00604432"/>
     <w:rsid w:val="00604724"/>
     <w:rsid w:val="00612738"/>
     <w:rsid w:val="00613858"/>
     <w:rsid w:val="00621049"/>
     <w:rsid w:val="00643CF9"/>
     <w:rsid w:val="00693359"/>
+    <w:rsid w:val="006A41DC"/>
+    <w:rsid w:val="006B38B1"/>
     <w:rsid w:val="006B44CA"/>
     <w:rsid w:val="006D6436"/>
     <w:rsid w:val="006E3880"/>
     <w:rsid w:val="006E6B64"/>
     <w:rsid w:val="00706725"/>
     <w:rsid w:val="00713017"/>
+    <w:rsid w:val="00725870"/>
     <w:rsid w:val="00731D9C"/>
     <w:rsid w:val="0073535E"/>
     <w:rsid w:val="00752CFA"/>
     <w:rsid w:val="00771170"/>
     <w:rsid w:val="007E526C"/>
     <w:rsid w:val="007F0409"/>
     <w:rsid w:val="007F5E58"/>
     <w:rsid w:val="008053E9"/>
     <w:rsid w:val="00805BE4"/>
     <w:rsid w:val="0081601A"/>
     <w:rsid w:val="008536AD"/>
     <w:rsid w:val="00874374"/>
     <w:rsid w:val="00881E50"/>
     <w:rsid w:val="00883FBC"/>
     <w:rsid w:val="008909D9"/>
     <w:rsid w:val="008938BF"/>
     <w:rsid w:val="008B5BEE"/>
-    <w:rsid w:val="008D3617"/>
+    <w:rsid w:val="008C5C2D"/>
     <w:rsid w:val="008D7850"/>
+    <w:rsid w:val="0091266B"/>
+    <w:rsid w:val="00926D22"/>
     <w:rsid w:val="0093194D"/>
-    <w:rsid w:val="00945800"/>
     <w:rsid w:val="009A1A5B"/>
+    <w:rsid w:val="009A700B"/>
     <w:rsid w:val="009A78C7"/>
     <w:rsid w:val="009B5BF4"/>
     <w:rsid w:val="00A124DA"/>
     <w:rsid w:val="00A55C28"/>
     <w:rsid w:val="00A6603F"/>
     <w:rsid w:val="00A72867"/>
     <w:rsid w:val="00A81262"/>
     <w:rsid w:val="00A95341"/>
     <w:rsid w:val="00AA5631"/>
     <w:rsid w:val="00B0037A"/>
+    <w:rsid w:val="00B063B7"/>
+    <w:rsid w:val="00B20633"/>
     <w:rsid w:val="00B20BAD"/>
+    <w:rsid w:val="00B74270"/>
     <w:rsid w:val="00B83539"/>
     <w:rsid w:val="00B83A0D"/>
     <w:rsid w:val="00BD2BF3"/>
     <w:rsid w:val="00BD3FA1"/>
     <w:rsid w:val="00BE273D"/>
+    <w:rsid w:val="00C009DD"/>
     <w:rsid w:val="00C13A6D"/>
     <w:rsid w:val="00C13BAF"/>
     <w:rsid w:val="00C13CBA"/>
     <w:rsid w:val="00C147E0"/>
     <w:rsid w:val="00C42004"/>
+    <w:rsid w:val="00C612D3"/>
     <w:rsid w:val="00C73A89"/>
+    <w:rsid w:val="00C920D9"/>
     <w:rsid w:val="00C9401C"/>
     <w:rsid w:val="00CA3D8E"/>
     <w:rsid w:val="00CC3953"/>
     <w:rsid w:val="00CD1CCA"/>
     <w:rsid w:val="00D115AC"/>
     <w:rsid w:val="00D448F5"/>
     <w:rsid w:val="00D51542"/>
     <w:rsid w:val="00D8316C"/>
     <w:rsid w:val="00D846BC"/>
     <w:rsid w:val="00D87273"/>
     <w:rsid w:val="00DC1F39"/>
     <w:rsid w:val="00DC315A"/>
     <w:rsid w:val="00E17CA6"/>
     <w:rsid w:val="00E46BB0"/>
     <w:rsid w:val="00E727C0"/>
     <w:rsid w:val="00E9509A"/>
     <w:rsid w:val="00EA0F21"/>
     <w:rsid w:val="00EB4C36"/>
     <w:rsid w:val="00EC7252"/>
+    <w:rsid w:val="00F05C9E"/>
     <w:rsid w:val="00F07ADC"/>
     <w:rsid w:val="00F30CAE"/>
     <w:rsid w:val="00F33BCA"/>
     <w:rsid w:val="00F34680"/>
     <w:rsid w:val="00F61E69"/>
     <w:rsid w:val="00F623A3"/>
+    <w:rsid w:val="00F97DF6"/>
     <w:rsid w:val="00FA567C"/>
     <w:rsid w:val="00FD21FA"/>
+    <w:rsid w:val="00FF3137"/>
+    <w:rsid w:val="00FF3553"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="45F86BBF"/>
@@ -5750,65 +4717,50 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F61E69"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F61E69"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6377,89 +5329,85 @@
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="30b671a1-e750-4efc-a322-d42da3124237"/>
     <ds:schemaRef ds:uri="14bf4ffe-e1de-4f56-a2d6-d8c72f6fd35a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9873A399-31EF-4F09-9960-DF2E126B138E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="30b671a1-e750-4efc-a322-d42da3124237"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DDB7C17-789D-4F9D-8DE2-4B83D23BAA7A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5478D1AA-4774-4E60-8EC5-6A1C26C1CE9B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1160</Words>
-  <Characters>662</Characters>
+  <Words>1008</Words>
+  <Characters>576</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>4</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1819</CharactersWithSpaces>
+  <CharactersWithSpaces>1581</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Imants Lipskis</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F6310CB980028E489AA38B5A3B725AD0</vt:lpwstr>
   </property>
 </Properties>
 </file>