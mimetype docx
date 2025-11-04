--- v0 (2025-10-07)
+++ v1 (2025-11-04)
@@ -160,56 +160,56 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00841B53">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.gada </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5278">
+      <w:r w:rsidR="00B72D87">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>oktobris</w:t>
+        <w:t>novembris</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0077716E" w:rsidRDefault="0077716E" w:rsidP="0077716E">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRDefault="00AB1E7D" w:rsidP="00AB1E7D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14679" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
@@ -299,118 +299,100 @@
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="00262E35" w:rsidP="00336C55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00841B53">
+          <w:p w:rsidR="00B72D87" w:rsidRPr="00B72D87" w:rsidRDefault="00B72D87" w:rsidP="00B72D87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E388E">
-[...30 lines deleted...]
-          <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00841B53">
+            <w:r w:rsidRPr="00B72D87">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>03.11.2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00B72D87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r w:rsidR="005E5AB3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B72D87">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00-1</w:t>
             </w:r>
-            <w:r w:rsidR="005E5AB3">
-[...3 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00B72D87">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00841B53">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
@@ -516,100 +498,100 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00BD05C9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00841B53">
+          <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="00841B53">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
-              <w:t>Tiešsaiste</w:t>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="00432648">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E388E">
-[...3 lines deleted...]
-              <w:t>0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00432648" w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00DF5278">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>6</w:t>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="002E388E">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00432648" w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2025.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -758,137 +740,143 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="00432648">
+          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="00432648">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
-              <w:t>Tiešsaiste</w:t>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="005E5AB3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="005E5AB3" w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF5278">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005E5AB3" w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2025.</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>0</w:t>
-[...36 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B72D87">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00-1</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00B72D87">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
@@ -1004,1886 +992,1023 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="005E5AB3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF5278" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="00DF5278">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E388E">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00-1</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0</w:t>
-            </w:r>
-[...54 lines deleted...]
-              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="005E5AB3">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
-              <w:t>Tiešsaiste</w:t>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>13</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C421EB" w:rsidRPr="002E388E">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C421EB" w:rsidRPr="002E388E">
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF5278" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="00DF5278">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="00DF5278">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00E17294" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>1</w:t>
-            </w:r>
-[...60 lines deleted...]
-              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA </w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00C421EB" w:rsidP="00C421EB">
-[...856 lines deleted...]
-          <w:p w:rsidR="00C421EB" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="00C421EB">
+          <w:p w:rsidR="0056121A" w:rsidRPr="002E388E" w:rsidRDefault="0056121A" w:rsidP="0056121A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Tiešsaiste</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002736B8" w:rsidRPr="007A11F2" w:rsidRDefault="002736B8" w:rsidP="00BD05C9">
       <w:pPr>
         <w:ind w:left="399"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="002736B8" w:rsidRPr="007A11F2" w:rsidSect="00555340">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C17B80" w:rsidRDefault="00C17B80">
+    <w:p w:rsidR="002363B6" w:rsidRDefault="002363B6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C17B80" w:rsidRDefault="00C17B80">
+    <w:p w:rsidR="002363B6" w:rsidRDefault="002363B6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2960,58 +2085,58 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00DF5278" w:rsidRPr="007A2FD9" w:rsidRDefault="00DF5278" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C17B80" w:rsidRDefault="00C17B80">
+    <w:p w:rsidR="002363B6" w:rsidRDefault="002363B6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C17B80" w:rsidRDefault="00C17B80">
+    <w:p w:rsidR="002363B6" w:rsidRDefault="002363B6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DF5278" w:rsidRDefault="00DF5278" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DF5278" w:rsidRDefault="00DF5278" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
@@ -3332,50 +2457,51 @@
     <w:rsid w:val="00025637"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00070944"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00071F84"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00083EAF"/>
     <w:rsid w:val="00090B19"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="00161E36"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001C6CBA"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E7914"/>
     <w:rsid w:val="00205893"/>
     <w:rsid w:val="0020629E"/>
     <w:rsid w:val="00215D60"/>
+    <w:rsid w:val="002363B6"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="00262E35"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="002715E9"/>
     <w:rsid w:val="002736B8"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="00296034"/>
     <w:rsid w:val="002C6DD0"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002E388E"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="0036018B"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003972CD"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
@@ -3394,50 +2520,51 @@
     <w:rsid w:val="00433DB0"/>
     <w:rsid w:val="00441F89"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="004629E2"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00484416"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004A4617"/>
     <w:rsid w:val="004A5713"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="004E6767"/>
     <w:rsid w:val="004F1D98"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="00505D15"/>
     <w:rsid w:val="00533246"/>
     <w:rsid w:val="00536128"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="005413EF"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
+    <w:rsid w:val="0056121A"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="005915F8"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="005E5AB3"/>
     <w:rsid w:val="00613524"/>
     <w:rsid w:val="00642B81"/>
     <w:rsid w:val="00652022"/>
     <w:rsid w:val="00664C57"/>
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="00697FB2"/>
     <w:rsid w:val="006A0997"/>
     <w:rsid w:val="006A0EF1"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C140D"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006D3CDE"/>
@@ -3445,102 +2572,107 @@
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="00700715"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="007109A9"/>
     <w:rsid w:val="007179AB"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="00746965"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00756F55"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="007A11F2"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007A3573"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="007D6044"/>
     <w:rsid w:val="007F5B9D"/>
     <w:rsid w:val="008056E2"/>
     <w:rsid w:val="00841B53"/>
     <w:rsid w:val="00854D1B"/>
     <w:rsid w:val="008551D7"/>
     <w:rsid w:val="00870D51"/>
+    <w:rsid w:val="0087508C"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008841B5"/>
     <w:rsid w:val="008A26C6"/>
+    <w:rsid w:val="008C1C58"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="008D3712"/>
     <w:rsid w:val="008F5CE5"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="009142ED"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00943A10"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00981F03"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B03D1"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A21732"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A73664"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00A9230A"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC347B"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
+    <w:rsid w:val="00AF2685"/>
     <w:rsid w:val="00B0358F"/>
     <w:rsid w:val="00B0533E"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B35C92"/>
     <w:rsid w:val="00B37E2C"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B55F0E"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
+    <w:rsid w:val="00B72D87"/>
     <w:rsid w:val="00B74821"/>
+    <w:rsid w:val="00B817C9"/>
     <w:rsid w:val="00B96CA6"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD05C9"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C17B80"/>
     <w:rsid w:val="00C32070"/>
     <w:rsid w:val="00C421EB"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C50324"/>
     <w:rsid w:val="00C602E6"/>
     <w:rsid w:val="00C70AD5"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00C97F1B"/>
     <w:rsid w:val="00CA4D95"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CB38E8"/>
     <w:rsid w:val="00CB474E"/>
     <w:rsid w:val="00CC2B04"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
@@ -3588,51 +2720,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="10EF3EBC"/>
+  <w14:docId w14:val="16127F72"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4100,50 +3232,63 @@
     <w:rsid w:val="002736B8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="307169697">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="371729460">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2021083278">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4428,86 +3573,86 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{939D21A3-601F-4E48-B5C8-2619D360CB34}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EA8C982-6255-431C-AA00-A236761AAA6E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2855</Characters>
+  <Pages>5</Pages>
+  <Words>3296</Words>
+  <Characters>1879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7848</CharactersWithSpaces>
+  <CharactersWithSpaces>5165</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>