--- v1 (2025-11-04)
+++ v2 (2025-12-04)
@@ -160,56 +160,56 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00841B53">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.gada </w:t>
       </w:r>
-      <w:r w:rsidR="00B72D87">
+      <w:r w:rsidR="00D90D0A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>novembris</w:t>
+        <w:t>decembris</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0077716E" w:rsidRDefault="0077716E" w:rsidP="0077716E">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRDefault="00AB1E7D" w:rsidP="00AB1E7D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14679" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
@@ -299,107 +299,91 @@
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="00262E35" w:rsidP="00336C55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B72D87" w:rsidRPr="00B72D87" w:rsidRDefault="00B72D87" w:rsidP="00B72D87">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72D87">
-[...3 lines deleted...]
-              <w:t>03.11.2025</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.12.2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00B72D87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E388E">
-[...34 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00841B53">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00841B53">
             <w:pPr>
@@ -508,1507 +492,496 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="00841B53">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>16.12.2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E388E">
-[...34 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00432648" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00432648" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="00432648">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="00D90D0A" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>12</w:t>
-[...26 lines deleted...]
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.12.2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="00D90D0A" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E388E">
-[...34 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="005E5AB3" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005E5AB3" w:rsidRPr="002E388E" w:rsidRDefault="00DF5278" w:rsidP="005E5AB3">
+          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
-            </w:r>
-[...935 lines deleted...]
-              <w:t>Tiešsaiste</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002736B8" w:rsidRPr="007A11F2" w:rsidRDefault="002736B8" w:rsidP="00BD05C9">
       <w:pPr>
         <w:ind w:left="399"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="002736B8" w:rsidRPr="007A11F2" w:rsidSect="00555340">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002363B6" w:rsidRDefault="002363B6">
+    <w:p w:rsidR="00D23073" w:rsidRDefault="00D23073">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002363B6" w:rsidRDefault="002363B6">
+    <w:p w:rsidR="00D23073" w:rsidRDefault="00D23073">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2085,58 +1058,58 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00DF5278" w:rsidRPr="007A2FD9" w:rsidRDefault="00DF5278" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002363B6" w:rsidRDefault="002363B6">
+    <w:p w:rsidR="00D23073" w:rsidRDefault="00D23073">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002363B6" w:rsidRDefault="002363B6">
+    <w:p w:rsidR="00D23073" w:rsidRDefault="00D23073">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DF5278" w:rsidRDefault="00DF5278" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DF5278" w:rsidRDefault="00DF5278" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
@@ -2561,210 +1534,216 @@
     <w:rsid w:val="00697FB2"/>
     <w:rsid w:val="006A0997"/>
     <w:rsid w:val="006A0EF1"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C140D"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006D3CDE"/>
     <w:rsid w:val="006E09B5"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="00700715"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="007109A9"/>
     <w:rsid w:val="007179AB"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="00746965"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00756F55"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
+    <w:rsid w:val="00794042"/>
     <w:rsid w:val="007A11F2"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007A3573"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="007D6044"/>
     <w:rsid w:val="007F5B9D"/>
     <w:rsid w:val="008056E2"/>
     <w:rsid w:val="00841B53"/>
     <w:rsid w:val="00854D1B"/>
     <w:rsid w:val="008551D7"/>
     <w:rsid w:val="00870D51"/>
     <w:rsid w:val="0087508C"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008841B5"/>
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008C1C58"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="008D3712"/>
     <w:rsid w:val="008F5CE5"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="009142ED"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00943A10"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00981F03"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B03D1"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A21732"/>
     <w:rsid w:val="00A63271"/>
+    <w:rsid w:val="00A71DD2"/>
     <w:rsid w:val="00A73664"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00A9230A"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC347B"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00AF2685"/>
     <w:rsid w:val="00B0358F"/>
     <w:rsid w:val="00B0533E"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B35C92"/>
     <w:rsid w:val="00B37E2C"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B55F0E"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B72D87"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00B817C9"/>
     <w:rsid w:val="00B96CA6"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD05C9"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C17B80"/>
     <w:rsid w:val="00C32070"/>
     <w:rsid w:val="00C421EB"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C50324"/>
     <w:rsid w:val="00C602E6"/>
     <w:rsid w:val="00C70AD5"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00C97F1B"/>
     <w:rsid w:val="00CA4D95"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CB38E8"/>
     <w:rsid w:val="00CB474E"/>
     <w:rsid w:val="00CC2B04"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
+    <w:rsid w:val="00D23073"/>
+    <w:rsid w:val="00D3403C"/>
     <w:rsid w:val="00D51E56"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00D84DA5"/>
+    <w:rsid w:val="00D90D0A"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DD6C73"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00DF5278"/>
     <w:rsid w:val="00E17294"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E54415"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00E71DAC"/>
+    <w:rsid w:val="00EA7A94"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00EC40DD"/>
     <w:rsid w:val="00ED4BBE"/>
     <w:rsid w:val="00EE4B01"/>
     <w:rsid w:val="00EF261F"/>
     <w:rsid w:val="00F1542D"/>
     <w:rsid w:val="00F370A4"/>
     <w:rsid w:val="00F46CAF"/>
     <w:rsid w:val="00F4780D"/>
     <w:rsid w:val="00F47B23"/>
     <w:rsid w:val="00F51C66"/>
     <w:rsid w:val="00F6443F"/>
     <w:rsid w:val="00F750A9"/>
     <w:rsid w:val="00F75BD8"/>
     <w:rsid w:val="00F8434B"/>
     <w:rsid w:val="00F96CA6"/>
     <w:rsid w:val="00FA06F8"/>
     <w:rsid w:val="00FB6615"/>
     <w:rsid w:val="00FC217A"/>
     <w:rsid w:val="00FD4253"/>
     <w:rsid w:val="00FF1FE9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="16127F72"/>
+  <w14:docId w14:val="696BF84E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3245,50 +2224,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="371729460">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="563755199">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2021083278">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3573,86 +2565,86 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EA8C982-6255-431C-AA00-A236761AAA6E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A2C9A12-4B1A-4155-82AB-0593B7EE450F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>1879</Characters>
+  <Pages>2</Pages>
+  <Words>1491</Words>
+  <Characters>850</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5165</CharactersWithSpaces>
+  <CharactersWithSpaces>2337</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>