--- v2 (2025-12-04)
+++ v3 (2026-01-06)
@@ -146,70 +146,70 @@
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r w:rsidR="004D659B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00841B53">
+      <w:r w:rsidR="002B29CC">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.gada </w:t>
       </w:r>
-      <w:r w:rsidR="00D90D0A">
+      <w:r w:rsidR="002B29CC">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>decembris</w:t>
+        <w:t>janvāris</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0077716E" w:rsidRDefault="0077716E" w:rsidP="0077716E">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRDefault="00AB1E7D" w:rsidP="00AB1E7D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14679" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
@@ -299,68 +299,74 @@
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="00262E35" w:rsidP="00336C55">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
+          <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="002B29CC" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>04</w:t>
-[...5 lines deleted...]
-              <w:t>.12.2025</w:t>
+              <w:t>08.01</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90D0A" w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00841B53" w:rsidP="00B72D87">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -500,62 +506,74 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidRDefault="00B72D87" w:rsidP="00841B53">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002B29CC" w:rsidRPr="00D90D0A" w:rsidRDefault="002B29CC" w:rsidP="002B29CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>13.01</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>16.12.2025</w:t>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -692,296 +710,2077 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="00D90D0A" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.01</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>7</w:t>
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>.12.2025</w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA7A94" w:rsidRPr="002E388E" w:rsidRDefault="00EA7A94" w:rsidP="00EA7A94">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002E388E">
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Tiešsaiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>15.01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00 — 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>20.01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>20.01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Tiešsaiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>27.01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tiešsaiete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>29.01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002736B8" w:rsidRPr="007A11F2" w:rsidRDefault="002736B8" w:rsidP="00BD05C9">
       <w:pPr>
         <w:ind w:left="399"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="002736B8" w:rsidRPr="007A11F2" w:rsidSect="00555340">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D23073" w:rsidRDefault="00D23073">
+    <w:p w:rsidR="00761C1E" w:rsidRDefault="00761C1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D23073" w:rsidRDefault="00D23073">
+    <w:p w:rsidR="00761C1E" w:rsidRDefault="00761C1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1058,58 +2857,58 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00DF5278" w:rsidRPr="007A2FD9" w:rsidRDefault="00DF5278" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D23073" w:rsidRDefault="00D23073">
+    <w:p w:rsidR="00761C1E" w:rsidRDefault="00761C1E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D23073" w:rsidRDefault="00D23073">
+    <w:p w:rsidR="00761C1E" w:rsidRDefault="00761C1E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DF5278" w:rsidRDefault="00DF5278" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DF5278" w:rsidRDefault="00DF5278" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
@@ -1437,51 +3236,53 @@
     <w:rsid w:val="00083EAF"/>
     <w:rsid w:val="00090B19"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="00161E36"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001C6CBA"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E7914"/>
     <w:rsid w:val="00205893"/>
     <w:rsid w:val="0020629E"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="002363B6"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="00262E35"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="002715E9"/>
     <w:rsid w:val="002736B8"/>
     <w:rsid w:val="0029456B"/>
+    <w:rsid w:val="00294772"/>
     <w:rsid w:val="00296034"/>
+    <w:rsid w:val="002B29CC"/>
     <w:rsid w:val="002C6DD0"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002E388E"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="0036018B"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003972CD"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003B5EF7"/>
     <w:rsid w:val="003C04F4"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003D59A1"/>
@@ -1531,160 +3332,166 @@
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="00697FB2"/>
     <w:rsid w:val="006A0997"/>
     <w:rsid w:val="006A0EF1"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C140D"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006D3CDE"/>
     <w:rsid w:val="006E09B5"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="00700715"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="007109A9"/>
     <w:rsid w:val="007179AB"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="00746965"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00756F55"/>
     <w:rsid w:val="00757E6D"/>
+    <w:rsid w:val="00761C1E"/>
     <w:rsid w:val="007638CD"/>
+    <w:rsid w:val="007649F7"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="00794042"/>
     <w:rsid w:val="007A11F2"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007A3573"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="007D6044"/>
     <w:rsid w:val="007F5B9D"/>
     <w:rsid w:val="008056E2"/>
+    <w:rsid w:val="00814396"/>
     <w:rsid w:val="00841B53"/>
     <w:rsid w:val="00854D1B"/>
     <w:rsid w:val="008551D7"/>
     <w:rsid w:val="00870D51"/>
     <w:rsid w:val="0087508C"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008841B5"/>
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008C1C58"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="008D3712"/>
     <w:rsid w:val="008F5CE5"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="009142ED"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00943A10"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00981F03"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B03D1"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A21732"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A71DD2"/>
     <w:rsid w:val="00A73664"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00A9230A"/>
     <w:rsid w:val="00AB1E7D"/>
+    <w:rsid w:val="00AB25B9"/>
     <w:rsid w:val="00AC347B"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00AF2685"/>
     <w:rsid w:val="00B0358F"/>
     <w:rsid w:val="00B0533E"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B35C92"/>
     <w:rsid w:val="00B37E2C"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B55F0E"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B72D87"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00B817C9"/>
     <w:rsid w:val="00B96CA6"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD05C9"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C17B80"/>
     <w:rsid w:val="00C32070"/>
     <w:rsid w:val="00C421EB"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C50324"/>
     <w:rsid w:val="00C602E6"/>
     <w:rsid w:val="00C70AD5"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00C97F1B"/>
     <w:rsid w:val="00CA4D95"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CB38E8"/>
     <w:rsid w:val="00CB474E"/>
     <w:rsid w:val="00CC2B04"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D23073"/>
     <w:rsid w:val="00D3403C"/>
     <w:rsid w:val="00D51E56"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00D84DA5"/>
     <w:rsid w:val="00D90D0A"/>
+    <w:rsid w:val="00DB139A"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DD6C73"/>
     <w:rsid w:val="00DE0681"/>
+    <w:rsid w:val="00DE57E8"/>
     <w:rsid w:val="00DF5278"/>
     <w:rsid w:val="00E17294"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E54415"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00E71DAC"/>
     <w:rsid w:val="00EA7A94"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00EC40DD"/>
     <w:rsid w:val="00ED4BBE"/>
     <w:rsid w:val="00EE4B01"/>
     <w:rsid w:val="00EF261F"/>
     <w:rsid w:val="00F1542D"/>
     <w:rsid w:val="00F370A4"/>
     <w:rsid w:val="00F46CAF"/>
     <w:rsid w:val="00F4780D"/>
     <w:rsid w:val="00F47B23"/>
     <w:rsid w:val="00F51C66"/>
     <w:rsid w:val="00F6443F"/>
     <w:rsid w:val="00F750A9"/>
@@ -1699,51 +3506,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="696BF84E"/>
+  <w14:docId w14:val="3800DEEA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2565,86 +4372,86 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A2C9A12-4B1A-4155-82AB-0593B7EE450F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F77B272-2F99-424B-B721-45169D8EBD2C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>850</Characters>
+  <Pages>1</Pages>
+  <Words>5030</Words>
+  <Characters>2868</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2337</CharactersWithSpaces>
+  <CharactersWithSpaces>7883</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>