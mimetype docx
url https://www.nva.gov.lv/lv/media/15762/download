--- v3 (2026-01-06)
+++ v4 (2026-01-27)
@@ -160,56 +160,56 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="002B29CC">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00025637">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.gada </w:t>
       </w:r>
-      <w:r w:rsidR="002B29CC">
+      <w:r w:rsidR="00C460B7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>janvāris</w:t>
+        <w:t>februāris, marts</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0077716E" w:rsidRDefault="0077716E" w:rsidP="0077716E">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRDefault="00AB1E7D" w:rsidP="00AB1E7D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14679" w:type="dxa"/>
         <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
@@ -310,51 +310,69 @@
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00841B53" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="002B29CC" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>08.01</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C460B7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C460B7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D90D0A" w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -517,51 +535,69 @@
             <w:r w:rsidRPr="002E388E">
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002B29CC" w:rsidRPr="00D90D0A" w:rsidRDefault="002B29CC" w:rsidP="002B29CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>13.01</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C460B7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C460B7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D90D0A" w:rsidRPr="00D90D0A" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -709,2098 +745,3171 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D90D0A" w:rsidRPr="002E388E" w:rsidRDefault="00D90D0A" w:rsidP="00D90D0A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>.01</w:t>
+              <w:t>.02</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002E388E">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>Tiešsaiste</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>15.01</w:t>
+              <w:t>16.02</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>19.02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>9</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...46 lines deleted...]
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>20.01</w:t>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.02</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...7 lines deleted...]
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>20.01</w:t>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.02</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...7 lines deleted...]
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA </w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002E388E">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Tiešsaiste</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>27.01</w:t>
+              <w:t>27.02</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>plkst.10:00 — 11:00</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+              <w:t>plkst.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00 — 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>04.03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>8</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...7 lines deleted...]
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam </w:t>
             </w:r>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>06</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>8</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>.0</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>.01</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...7 lines deleted...]
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...4 lines deleted...]
-              <w:t>Tiešsaiete</w:t>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>29.01</w:t>
+              <w:t>11.03</w:t>
             </w:r>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D90D0A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst.10:00 — 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="00D90D0A" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
-[...7 lines deleted...]
-          <w:p w:rsidR="00DE57E8" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Individuālais darba meklēšanas plāns</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklējumu dienasgrāmata</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>E-apmācība (e-moduļi)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšanas iespējas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE57E8" w:rsidRPr="002E388E" w:rsidRDefault="00DE57E8" w:rsidP="00DE57E8">
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tiešsaiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>25.03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tiešsaiete</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidTr="008D3712">
+        <w:trPr>
+          <w:trHeight w:val="329"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>30.03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90D0A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst.10:00 — 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="00D90D0A" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Individuālais darba meklēšanas plāns</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklējumu dienasgrāmata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">NVA atbalsta pasākumi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">E-pakalpojumi, “soļi” NVA tīmekļvietnē to izmantošanā </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t xml:space="preserve">CV un vakanču portāla izmantošanas iespējas (klienta profils, iespējas apskatīt klientam aktuālo informāciju par ieplānotajiem pasākumiem, datumu, laiku, atbildīgā darbinieka kontaktinformācija, iespēja pieteikties NVA </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E388E">
+              <w:lastRenderedPageBreak/>
+              <w:t>atbalsta pasākumiem, paziņojumu saņemšana e-pastā un CVVP  u.c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>E-apmācība (e-moduļi)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E388E">
+              <w:t>Darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C46D99" w:rsidRPr="002E388E" w:rsidRDefault="00C46D99" w:rsidP="00C46D99">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002E388E">
               <w:lastRenderedPageBreak/>
               <w:t>Jēzusbaznīcas ielā 11, Rīgā 506.kabinetā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002736B8" w:rsidRPr="007A11F2" w:rsidRDefault="002736B8" w:rsidP="00BD05C9">
       <w:pPr>
         <w:ind w:left="399"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002736B8" w:rsidRPr="007A11F2" w:rsidSect="00555340">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00761C1E" w:rsidRDefault="00761C1E">
+    <w:p w:rsidR="0086482D" w:rsidRDefault="0086482D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00761C1E" w:rsidRDefault="00761C1E">
+    <w:p w:rsidR="0086482D" w:rsidRDefault="0086482D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -2857,58 +3966,58 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00DF5278" w:rsidRPr="007A2FD9" w:rsidRDefault="00DF5278" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00761C1E" w:rsidRDefault="00761C1E">
+    <w:p w:rsidR="0086482D" w:rsidRDefault="0086482D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00761C1E" w:rsidRDefault="00761C1E">
+    <w:p w:rsidR="0086482D" w:rsidRDefault="0086482D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DF5278" w:rsidRDefault="00DF5278" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DF5278" w:rsidRDefault="00DF5278" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
@@ -3349,50 +4458,51 @@
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="007109A9"/>
     <w:rsid w:val="007179AB"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="00746965"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00756F55"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="00761C1E"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="007649F7"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="00794042"/>
     <w:rsid w:val="007A11F2"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007A3573"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="007D6044"/>
     <w:rsid w:val="007F5B9D"/>
     <w:rsid w:val="008056E2"/>
     <w:rsid w:val="00814396"/>
     <w:rsid w:val="00841B53"/>
     <w:rsid w:val="00854D1B"/>
     <w:rsid w:val="008551D7"/>
+    <w:rsid w:val="0086482D"/>
     <w:rsid w:val="00870D51"/>
     <w:rsid w:val="0087508C"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008841B5"/>
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008C1C58"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="008D3712"/>
     <w:rsid w:val="008F5CE5"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="009142ED"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00943A10"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00981F03"/>
     <w:rsid w:val="00982875"/>
@@ -3421,79 +4531,84 @@
     <w:rsid w:val="00B0533E"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B35C92"/>
     <w:rsid w:val="00B37E2C"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B55F0E"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B72D87"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00B817C9"/>
     <w:rsid w:val="00B96CA6"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD05C9"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C17B80"/>
     <w:rsid w:val="00C32070"/>
     <w:rsid w:val="00C421EB"/>
     <w:rsid w:val="00C4328A"/>
+    <w:rsid w:val="00C460B7"/>
+    <w:rsid w:val="00C46D99"/>
     <w:rsid w:val="00C50324"/>
     <w:rsid w:val="00C602E6"/>
     <w:rsid w:val="00C70AD5"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00C97F1B"/>
     <w:rsid w:val="00CA4D95"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CB38E8"/>
     <w:rsid w:val="00CB474E"/>
     <w:rsid w:val="00CC2B04"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D23073"/>
     <w:rsid w:val="00D3403C"/>
+    <w:rsid w:val="00D40303"/>
     <w:rsid w:val="00D51E56"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00D84DA5"/>
     <w:rsid w:val="00D90D0A"/>
+    <w:rsid w:val="00D9395B"/>
     <w:rsid w:val="00DB139A"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DD6C73"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00DE57E8"/>
     <w:rsid w:val="00DF5278"/>
     <w:rsid w:val="00E17294"/>
+    <w:rsid w:val="00E20824"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E54415"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00E71DAC"/>
     <w:rsid w:val="00EA7A94"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00EC40DD"/>
     <w:rsid w:val="00ED4BBE"/>
     <w:rsid w:val="00EE4B01"/>
     <w:rsid w:val="00EF261F"/>
     <w:rsid w:val="00F1542D"/>
     <w:rsid w:val="00F370A4"/>
     <w:rsid w:val="00F46CAF"/>
     <w:rsid w:val="00F4780D"/>
     <w:rsid w:val="00F47B23"/>
     <w:rsid w:val="00F51C66"/>
     <w:rsid w:val="00F6443F"/>
     <w:rsid w:val="00F750A9"/>
     <w:rsid w:val="00F75BD8"/>
     <w:rsid w:val="00F8434B"/>
@@ -3506,51 +4621,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3800DEEA"/>
+  <w14:docId w14:val="59AF50A6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4372,86 +5487,86 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F77B272-2F99-424B-B721-45169D8EBD2C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B413F22F-2A52-4E63-BFBE-1B23F0815663}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>5030</Words>
-  <Characters>2868</Characters>
+  <Words>7292</Words>
+  <Characters>4158</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7883</CharactersWithSpaces>
+  <CharactersWithSpaces>11428</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>