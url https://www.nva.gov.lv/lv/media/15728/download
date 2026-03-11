--- v0 (2025-10-07)
+++ v1 (2026-03-11)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="2083D219" w14:textId="77777777" w:rsidR="00A31616" w:rsidRDefault="00D527E7" w:rsidP="00D527E7">
       <w:pPr>
@@ -293,177 +294,203 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06A1E544" w14:textId="77777777" w:rsidR="00D527E7" w:rsidRPr="00D527E7" w:rsidRDefault="00D527E7" w:rsidP="00D527E7">
-[...19 lines deleted...]
-              <w:t>Norises vieta un atbildīgais darbinieks</w:t>
+          <w:p w14:paraId="06A1E544" w14:textId="70282030" w:rsidR="00D527E7" w:rsidRPr="00D527E7" w:rsidRDefault="00D527E7" w:rsidP="00D527E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Norises vieta un</w:t>
+            </w:r>
+            <w:r w:rsidR="00473A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> veids</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w14:paraId="27066E6A" w14:textId="77777777" w:rsidTr="00151F52">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5887C076" w14:textId="4C07F224" w:rsidR="00EE2A03" w:rsidRPr="006803BE" w:rsidRDefault="00905C07" w:rsidP="00EE2A03">
+          <w:p w14:paraId="5887C076" w14:textId="68EB8400" w:rsidR="00EE2A03" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="00EE2A03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk135482681"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>27</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EE2A03">
+              <w:t>28.01</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE2A03" w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.0</w:t>
+              <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00EE2A03" w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AEF584A" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="6AEF584A" w14:textId="39DA3B5B" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>plkst. 10.00-11:00</w:t>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r w:rsidR="00473A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00473A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>:00</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B1AFE86" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="55A34D65" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -878,2651 +905,7153 @@
               </w:rPr>
               <w:t>NVA Daugavpils filiāle,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="098FF6C1" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Varšavas iela 18,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72FA06CD" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="007633AD" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="72FA06CD" w14:textId="633AF0D2" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Konferenču zāle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D913761" w14:textId="014B6E2C" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
-[...5 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="67358652" w14:textId="77DBB965" w:rsidR="006379BD" w:rsidRPr="007633AD" w:rsidRDefault="006379BD" w:rsidP="00EE2A03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...17 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ināra Puļaho</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D913761" w14:textId="6F35A77A" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w14:paraId="5F996DAA" w14:textId="77777777" w:rsidTr="00151F52">
+      <w:tr w:rsidR="004C3637" w:rsidRPr="00D527E7" w14:paraId="5F996DAA" w14:textId="77777777" w:rsidTr="00151F52">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C70EDE3" w14:textId="22BC26E3" w:rsidR="00EE2A03" w:rsidRPr="006803BE" w:rsidRDefault="00FA1D83" w:rsidP="00EE2A03">
+          <w:p w14:paraId="5F760F39" w14:textId="5212B8F3" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk191283746"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>25</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00905C07">
+              <w:t>25.02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.04</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EE2A03" w:rsidRPr="006803BE">
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003500DB">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="436317F9" w14:textId="1070D211" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="4F32EC13" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
-            <w:r w:rsidR="00FA1D83">
-[...6 lines deleted...]
-              <w:t>10</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.00-1</w:t>
             </w:r>
-            <w:r w:rsidR="00FA1D83">
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B9B84B2" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
-[...23 lines deleted...]
-          <w:p w14:paraId="460894C7" w14:textId="26ACE502" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="6F978418" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22B37BD7" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AA2A8F7" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="460894C7" w14:textId="26ACE502" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="239BB477" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="2D38FEF9" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B65D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2766FACC" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
-[...51 lines deleted...]
-          <w:p w14:paraId="52406ABD" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="000B65D4" w:rsidRDefault="00EE2A03" w:rsidP="00E728D9">
+          <w:p w14:paraId="7E9A57DE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0229CF72" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1907FC31" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6262AAFC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E466574" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DAF0029" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52406ABD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="637B6D43" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="6DA609D2" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="111B8F51" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="15D3B0E8" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6955C015" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="7536723E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Individuālais darba meklēšanas plāns;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19B6E589" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="44C9BD0B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba meklējumu dienasgrāmata;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18906E92" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="0A66270A" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77EE9A8C" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="0BF46E85" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>E-apmācība, e-pakalpojumi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17ABDFF4" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="3B40AD86" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba meklēšanas iespējas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37BB471E" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="3B4DB2EA" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Karjeras konsultācijas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26A41B92" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRPr="00D527E7" w:rsidRDefault="00EE2A03" w:rsidP="00EE2A03">
+          <w:p w14:paraId="2ED58E8E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B07F2E1" w14:textId="77777777" w:rsidR="00EE2A03" w:rsidRDefault="00EE2A03" w:rsidP="005E2D69">
+          <w:p w14:paraId="0C4BA357" w14:textId="51CAA55E" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDF5C3D" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="6636E16F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Klātienē,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62E242CF" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="62735ACE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA Daugavpils filiāle,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D29F750" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="7E6F77DC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Varšavas iela 18,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E01720E" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="007633AD" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="155629C3" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Konferenču zāle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C967031" w14:textId="156D81F7" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
-[...55 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4CC5E971" w14:textId="1F64D0E9" w:rsidR="004C3637" w:rsidRPr="006379BD" w:rsidRDefault="006379BD" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006379BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Dace Lazdiņa</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="00905C07" w:rsidRPr="00D527E7" w14:paraId="470496A9" w14:textId="77777777" w:rsidTr="00151F52">
+      <w:tr w:rsidR="004C3637" w:rsidRPr="00D527E7" w14:paraId="470496A9" w14:textId="77777777" w:rsidTr="00151F52">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C742ADD" w14:textId="462CD25C" w:rsidR="00905C07" w:rsidRPr="006803BE" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="69CD7AEB" w14:textId="7A130AE2" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk215490873"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>07.05</w:t>
+              <w:t>18.03</w:t>
             </w:r>
             <w:r w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F9D3134" w14:textId="0F7D1657" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="0AF16CBB" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>9:00</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>-1</w:t>
+              <w:t>.00-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C759EB0" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
-[...35 lines deleted...]
-          <w:p w14:paraId="0EC7E12B" w14:textId="03223291" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="6AE4EFDD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BD2D862" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12C42569" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EC7E12B" w14:textId="03223291" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F95EFCE" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="09DBDFBA" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B65D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="761D7AF7" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
-[...77 lines deleted...]
-          <w:p w14:paraId="2515F701" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="000B65D4" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="532286FC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EA15606" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E6E1446" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="200C9115" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D268954" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A6F25EB" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2515F701" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F2D84D9" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5AC56AD8" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="204E470F" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="62A0D49B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7608D633" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="4F092CFA" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Individuālais darba meklēšanas plāns;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C0E54DE" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2E0F5786" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Darba meklējumu dienasgrāmata;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CDAA9AE" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="1D9D8E51" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BAC5AAB" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="40697CB6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>E-apmācība, e-pakalpojumi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E1F1F86" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="29E2304E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba meklēšanas iespējas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B092381" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="6563E02C" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Karjeras konsultācijas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28A4052D" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="439BEEE5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56B1A6AC" w14:textId="376745D2" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="56B1A6AC" w14:textId="5028AB25" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3570F1" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
-[...84 lines deleted...]
-          <w:p w14:paraId="40B3EB2B" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="433A901F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Klātienē,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B7BB65" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA Daugavpils filiāle,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B9CEC20" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Varšavas iela 18,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E1B910B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Konferenču zāle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="668CDF9F" w14:textId="77777777" w:rsidR="006379BD" w:rsidRPr="007633AD" w:rsidRDefault="006379BD" w:rsidP="006379BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Ināra Puļaho</w:t>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="7853EEFF" w14:textId="33BE6343" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          </w:p>
+          <w:p w14:paraId="7853EEFF" w14:textId="33BE6343" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00905C07" w:rsidRPr="00D527E7" w14:paraId="26AA47C8" w14:textId="77777777" w:rsidTr="00151F52">
+      <w:bookmarkEnd w:id="2"/>
+      <w:tr w:rsidR="004C3637" w:rsidRPr="00D527E7" w14:paraId="26AA47C8" w14:textId="77777777" w:rsidTr="00151F52">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58766C80" w14:textId="21A4465C" w:rsidR="00905C07" w:rsidRPr="006803BE" w:rsidRDefault="00FA1D83" w:rsidP="00905C07">
+          <w:p w14:paraId="219E493A" w14:textId="46B43128" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>27</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00905C07">
+              <w:lastRenderedPageBreak/>
+              <w:t>22.04</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.06</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00905C07" w:rsidRPr="006803BE">
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00905C07">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="522D5F3D" w14:textId="2725661D" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="506BF024" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.00-1</w:t>
             </w:r>
-            <w:r w:rsidR="00E44B82">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31AB80DA" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
-[...23 lines deleted...]
-          <w:p w14:paraId="3A52B2CC" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="57E86626" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09A3AE2D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="675DBD2D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A52B2CC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="562D0217" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="122F5678" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B65D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17B62033" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
-[...51 lines deleted...]
-          <w:p w14:paraId="11A20697" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="000B65D4" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="3D14FB62" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68FCA482" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F3FFB20" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1491C3AF" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="370CC7DF" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="005C91CE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11A20697" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B1688F" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="7A522C80" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="080519FB" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="3D823232" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46C27877" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="46CC8E97" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Individuālais darba meklēšanas plāns;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D94559B" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="30871C4F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba meklējumu dienasgrāmata;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EA4F620" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="4A55DA4A" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0982E2CD" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="5AA42FAF" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>E-apmācība, e-pakalpojumi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D437649" w14:textId="77777777" w:rsidR="00905C07" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="67C62E81" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba meklēšanas iespējas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="201DC7FB" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="38F2F437" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Karjeras konsultācijas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="318DAC98" w14:textId="77777777" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="5B8FA44A" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FE39777" w14:textId="232316D7" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00905C07" w:rsidP="00905C07">
+          <w:p w14:paraId="0FE39777" w14:textId="309EA192" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29F2DD5A" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="50A92D16" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Klātienē,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6522A1A1" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="05339709" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA Daugavpils filiāle,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C9F98D1" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="2735F948" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Varšavas iela 18,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11B68962" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="007633AD" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="5CA8FDCB" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Konferenču zāle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29366415" w14:textId="0E6F3CFF" w:rsidR="00905C07" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
-[...31 lines deleted...]
-              <w:t>lona Zvonkova</w:t>
+          <w:p w14:paraId="29366415" w14:textId="17C8F8F9" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="006379BD" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006379BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Dace Lazdiņa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w14:paraId="5D187A9C" w14:textId="77777777" w:rsidTr="00151F52">
+      <w:tr w:rsidR="004C3637" w:rsidRPr="00D527E7" w14:paraId="7711F476" w14:textId="77777777" w:rsidTr="00151F52">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="060A9944" w14:textId="0BA8C309" w:rsidR="00FA1D83" w:rsidRPr="006803BE" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="34F6D7C6" w14:textId="3D1FB4E7" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk205878863"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>20.05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.0</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...11 lines deleted...]
-              <w:t>.202</w:t>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CC09D52" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...27 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">plkst. </w:t>
+              <w:t>.00-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="009B0B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>.00-1</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>:00</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12B7120A" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
-[...23 lines deleted...]
-          <w:p w14:paraId="12F0A421" w14:textId="163B45CD" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="04603D31" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B183193" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A32DE1E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C907110" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5270F13D" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="3C801FB5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B65D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51E3A393" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
-[...51 lines deleted...]
-          <w:p w14:paraId="34D53665" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="000B65D4" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="1A4D316E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E6E182A" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00A1B683" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56E37C5B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="702694CF" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1327C821" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C4E4755" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6619BABA" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="7835686F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="041D5D65" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="33F47159" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7594ADC6" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="43AD2319" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Individuālais darba meklēšanas plāns;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63DB8D13" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="64283FA9" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba meklējumu dienasgrāmata;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78BFED63" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="771F1E78" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7602E6D9" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="7FE0C6E5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>E-apmācība, e-pakalpojumi;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="685F04A5" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="6D3B2F35" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba meklēšanas iespējas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20422AD9" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="128EF360" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Karjeras konsultācijas;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="257298CE" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="111B6BBD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72948134" w14:textId="385CE5BC" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="52135D85" w14:textId="6400FE89" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE64166" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="1531B58C" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Klātienē,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4267D9AB" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="00D527E7" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="2F0E854A" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>NVA Daugavpils filiāle,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25165961" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="5B1C4205" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Varšavas iela 18,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="656F9310" w14:textId="77777777" w:rsidR="00FA1D83" w:rsidRPr="007633AD" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
+          <w:p w14:paraId="661DA75C" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D527E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Konferenču zāle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="462D90CA" w14:textId="0469A8D4" w:rsidR="00FA1D83" w:rsidRDefault="00FA1D83" w:rsidP="00FA1D83">
-[...5 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="456BD11F" w14:textId="77777777" w:rsidR="006379BD" w:rsidRPr="007633AD" w:rsidRDefault="006379BD" w:rsidP="006379BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ināra Puļaho</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BF7A8C2" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C3637" w:rsidRPr="00D527E7" w14:paraId="5D187A9C" w14:textId="77777777" w:rsidTr="00151F52">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEADD97" w14:textId="4F199774" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Hlk205878811"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.06</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="064397DE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A25C0FD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4569A398" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00B5D776" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12F0A421" w14:textId="163B45CD" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B178A28" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B65D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="311BF487" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1880B5BD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CC8CD35" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E7530E9" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50E23F7F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12AAD7B6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34D53665" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F221C29" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9F2FD5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67FAB72C" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Individuālais darba meklēšanas plāns;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1852070D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklējumu dienasgrāmata;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE53F10" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EB10B45" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>E-apmācība, e-pakalpojumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="690A5AB0" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklēšanas iespējas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D45FF42" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Karjeras konsultācijas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="115E6158" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72948134" w14:textId="6CC922B1" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B44C334" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Klātienē,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1801991B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA Daugavpils filiāle,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="105B53FD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Varšavas iela 18,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AB1C6B6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Konferenču zāle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="462D90CA" w14:textId="14042A52" w:rsidR="004C3637" w:rsidRDefault="006379BD" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006379BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Dace Lazdiņa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C3637" w:rsidRPr="00D527E7" w14:paraId="1B1106E1" w14:textId="77777777" w:rsidTr="00151F52">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="455708E7" w14:textId="63ADF677" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="_Hlk205878904"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>15.07</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36FD64B4" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="320D1E9D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C5C42FA" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A8257C6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A17502D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="356E106F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B65D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A79536E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B828C62" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A507B3E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C94EC3D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5837BD85" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D6E7D97" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B6B8B7E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D507BC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01969722" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0930B30B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Individuālais darba meklēšanas plāns;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C516F9C" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklējumu dienasgrāmata;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B338502" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12826AF1" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>E-apmācība, e-pakalpojumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="304D6D2E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklēšanas iespējas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25623815" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Karjeras konsultācijas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="440E4436" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D31CA4" w14:textId="725BA980" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41828431" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Klātienē,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47162CD5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA Daugavpils filiāle,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38C2C9D6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Varšavas iela 18,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23C5E425" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Konferenču zāle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54425D7D" w14:textId="77777777" w:rsidR="006379BD" w:rsidRPr="007633AD" w:rsidRDefault="006379BD" w:rsidP="006379BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ināra Puļaho</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38FE9E70" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C3637" w14:paraId="775F69C3" w14:textId="77777777" w:rsidTr="0023082D">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F057C25" w14:textId="08188F79" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="_Hlk205878989"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>12.08</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6078587A" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E733A4" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57B4BC98" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BB3FEE4" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FA0C42D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53464B57" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B65D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC532A1" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A342528" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D821AC5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5349A3A0" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B170379" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CED0456" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44C2D458" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCC26BE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F71626" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F198274" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Individuālais darba meklēšanas plāns;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30AE5D08" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklējumu dienasgrāmata;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C33BAEC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5796C05B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>E-apmācība, e-pakalpojumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D5E4DFB" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklēšanas iespējas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E277BE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Karjeras konsultācijas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C187A88" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36EECF23" w14:textId="62218A52" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC4609A" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Klātienē,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77BAD49A" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA Daugavpils filiāle,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="557AFDEC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Varšavas iela 18,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6C28D0" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Konferenču zāle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="533A1C60" w14:textId="7ED858A9" w:rsidR="004C3637" w:rsidRDefault="006379BD" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006379BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Dace Lazdiņa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="6"/>
+      <w:tr w:rsidR="004C3637" w14:paraId="709306AD" w14:textId="77777777" w:rsidTr="00064B66">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="550B99F8" w14:textId="4D55E1FB" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>09.09</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="391E9364" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65092410" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AB9779E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="282EC144" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B2A4264" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B91184" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B65D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE1B730" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="703D9C27" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="069C7DC8" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C920DA4" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A2217F5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18FDE181" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52B291CC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EC0E0FC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28841C8F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F485AD6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Individuālais darba meklēšanas plāns;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45D1A91F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklējumu dienasgrāmata;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1751DAF6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A49DAE5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>E-apmācība, e-pakalpojumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5F60A1" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklēšanas iespējas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0AC75E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Karjeras konsultācijas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="748F5AE7" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B4733F1" w14:textId="3A9F5691" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC8BBE4" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Klātienē,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68DCCAAE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA Daugavpils filiāle,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79585F88" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Varšavas iela 18,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E55DAF1" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Konferenču zāle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11096C57" w14:textId="77777777" w:rsidR="006379BD" w:rsidRPr="007633AD" w:rsidRDefault="006379BD" w:rsidP="006379BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ināra Puļaho</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EE2DF08" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C3637" w14:paraId="5AA6568B" w14:textId="77777777" w:rsidTr="00776790">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E576BE" w14:textId="571667C8" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>15.10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C09373B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3898B4F7" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55633C2C" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B085905" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69B5B043" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4C0A60" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B65D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023704DB" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13C20254" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14E00FE9" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72CF1B62" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E5A7238" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EDC8C4F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A37F405" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFF94DB" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40FE6D73" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BB9B116" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Individuālais darba meklēšanas plāns;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DCB90CE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklējumu dienasgrāmata;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="257EF366" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="124C4B40" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>E-apmācība, e-pakalpojumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13EF9CC3" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklēšanas iespējas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A5D9564" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Karjeras konsultācijas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23391225" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F99636B" w14:textId="5F79CFBC" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F234546" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Klātienē,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6725706F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA Daugavpils filiāle,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225742A5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Varšavas iela 18,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A47223" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Konferenču zāle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A87E699" w14:textId="4CCE5988" w:rsidR="004C3637" w:rsidRDefault="006379BD" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006379BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Dace Lazdiņa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C3637" w14:paraId="6B978631" w14:textId="77777777" w:rsidTr="00473A2A">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682B1A17" w14:textId="7542699B" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>12.11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5894D02D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="600336CC" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="765A11E3" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="786D333D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35BA5606" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10539C15" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B65D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72977AE9" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38534012" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CCDBD17" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BDC114B" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3490407D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D06D7E0" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4882EAFD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A946566" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A02B64D" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75185CF2" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Individuālais darba meklēšanas plāns;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42B299DD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklējumu dienasgrāmata;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58C58721" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CDDE0A5" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>E-apmācība, e-pakalpojumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56FFE3BF" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklēšanas iespējas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31D0ED01" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Karjeras konsultācijas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3721184E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="617DB856" w14:textId="0BAE331E" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34EBC404" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Klātienē,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53CB972F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA Daugavpils filiāle,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4473B5B9" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Varšavas iela 18,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="260F5745" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Konferenču zāle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="318DF69C" w14:textId="77777777" w:rsidR="006379BD" w:rsidRPr="007633AD" w:rsidRDefault="006379BD" w:rsidP="006379BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ināra Puļaho</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F159F93" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C3637" w14:paraId="2971694B" w14:textId="77777777" w:rsidTr="00827844">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0A0983" w14:textId="408CD6AE" w:rsidR="004C3637" w:rsidRPr="006803BE" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>10.12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006803BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021BB917" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plkst. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B0B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C985A4E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BCD4FF4" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E8150E2" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="009B0B4A" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DF9BB49" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1208B0B7" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B65D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72702250" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52E13BFD" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25C74C87" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69CF94EE" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B917003" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7582FF19" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40929B63" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="000B65D4" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D816462" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27F4D8A6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Sadarbība ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="772811FF" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Individuālais darba meklēšanas plāns;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57475E98" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba meklējumu dienasgrāmata;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6804C9E7" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA pakalpojumi bezdarbniekiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AC29736" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>E-apmācība, e-pakalpojumi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="362FA27F" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Darba meklēšanas iespējas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C79BE99" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Karjeras konsultācijas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4591D2F7" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgū pieprasītas profesijas un prasmes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="536003D3" w14:textId="06573057" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Darba tirgus prognozes-īstermiņā, vidējā termiņā, ilgtermiņā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E62E94" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Klātienē,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E95CDB6" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="00D527E7" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA Daugavpils filiāle,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0401B92E" w14:textId="77777777" w:rsidR="004C3637" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Varšavas iela 18,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5129C924" w14:textId="77777777" w:rsidR="004C3637" w:rsidRPr="007633AD" w:rsidRDefault="004C3637" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D527E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Konferenču zāle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="257F8DD8" w14:textId="234DA647" w:rsidR="004C3637" w:rsidRDefault="006379BD" w:rsidP="004C3637">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006379BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Dace Lazdiņa</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6A04C310" w14:textId="1FEEADDD" w:rsidR="00E728D9" w:rsidRPr="00E44B82" w:rsidRDefault="000B65D4">
+    <w:p w14:paraId="6A04C310" w14:textId="3BE71A0E" w:rsidR="00E728D9" w:rsidRPr="00E44B82" w:rsidRDefault="000B65D4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44B82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Pieteikties Informatīvās dienas pasākumiem var pie atbildīgā nodarbinātības </w:t>
       </w:r>
       <w:r w:rsidR="00BD2A8B" w:rsidRPr="00E44B82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
@@ -3560,77 +8089,77 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EE08BEC" w14:textId="77777777" w:rsidR="00E728D9" w:rsidRDefault="00E728D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="272A6DFB" w14:textId="77777777" w:rsidR="00E728D9" w:rsidRDefault="00E728D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E728D9" w:rsidSect="00555340">
-      <w:headerReference w:type="default" r:id="rId7"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37D23047" w14:textId="77777777" w:rsidR="00A81D35" w:rsidRDefault="00A81D35" w:rsidP="00D527E7">
+    <w:p w14:paraId="27013288" w14:textId="77777777" w:rsidR="00A12575" w:rsidRDefault="00A12575" w:rsidP="00D527E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40D2D01A" w14:textId="77777777" w:rsidR="00A81D35" w:rsidRDefault="00A81D35" w:rsidP="00D527E7">
+    <w:p w14:paraId="343AF9C4" w14:textId="77777777" w:rsidR="00A12575" w:rsidRDefault="00A12575" w:rsidP="00D527E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3661,120 +8190,120 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="22907C3E" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRDefault="00A81D35" w:rsidP="00555340">
+  <w:p w14:paraId="22907C3E" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRDefault="00A12575" w:rsidP="00555340">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1BFB08CE" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRDefault="00A81D35" w:rsidP="00555340">
+  <w:p w14:paraId="1BFB08CE" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRDefault="00A12575" w:rsidP="00555340">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E974669" w14:textId="77777777" w:rsidR="00A81D35" w:rsidRDefault="00A81D35" w:rsidP="00D527E7">
+    <w:p w14:paraId="1FF1E256" w14:textId="77777777" w:rsidR="00A12575" w:rsidRDefault="00A12575" w:rsidP="00D527E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D88EA5B" w14:textId="77777777" w:rsidR="00A81D35" w:rsidRDefault="00A81D35" w:rsidP="00D527E7">
+    <w:p w14:paraId="0B19BF5E" w14:textId="77777777" w:rsidR="00A12575" w:rsidRDefault="00A12575" w:rsidP="00D527E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="7986A246" w14:textId="3E878177" w:rsidR="002C7474" w:rsidRDefault="00A81D35" w:rsidP="00EC1FE4">
+  <w:p w14:paraId="7986A246" w14:textId="3E878177" w:rsidR="002C7474" w:rsidRDefault="00A12575" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="02F601DA" w14:textId="77777777" w:rsidR="0099774B" w:rsidRDefault="00A81D35" w:rsidP="00BE1884">
+  <w:p w14:paraId="02F601DA" w14:textId="77777777" w:rsidR="0099774B" w:rsidRDefault="00A12575" w:rsidP="00BE1884">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="32B1BF92" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRPr="007A2FD9" w:rsidRDefault="00A81D35" w:rsidP="007A2FD9">
+  <w:p w14:paraId="32B1BF92" w14:textId="77777777" w:rsidR="007A2FD9" w:rsidRPr="007A2FD9" w:rsidRDefault="00A12575" w:rsidP="007A2FD9">
     <w:pPr>
       <w:ind w:left="9360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DD43946"/>
     <w:lvl w:ilvl="0" w:tplc="0426000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3917,110 +8446,122 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D542EB"/>
     <w:rsid w:val="00020AAD"/>
+    <w:rsid w:val="00042304"/>
     <w:rsid w:val="000538FE"/>
     <w:rsid w:val="00090E8E"/>
     <w:rsid w:val="000B65D4"/>
     <w:rsid w:val="000C1523"/>
     <w:rsid w:val="000E019D"/>
     <w:rsid w:val="00134696"/>
     <w:rsid w:val="00182705"/>
     <w:rsid w:val="001F4E0A"/>
     <w:rsid w:val="00204858"/>
     <w:rsid w:val="002E397D"/>
     <w:rsid w:val="002E6E85"/>
     <w:rsid w:val="0030260F"/>
     <w:rsid w:val="00311344"/>
     <w:rsid w:val="003500DB"/>
     <w:rsid w:val="003526BC"/>
     <w:rsid w:val="00382AF8"/>
     <w:rsid w:val="003F22A2"/>
     <w:rsid w:val="0040570B"/>
     <w:rsid w:val="00417BB9"/>
+    <w:rsid w:val="00473A2A"/>
     <w:rsid w:val="0049006C"/>
+    <w:rsid w:val="004C3637"/>
     <w:rsid w:val="004D4A60"/>
     <w:rsid w:val="00515E53"/>
     <w:rsid w:val="0056307B"/>
     <w:rsid w:val="00593DE5"/>
     <w:rsid w:val="005B3694"/>
     <w:rsid w:val="005E2D69"/>
     <w:rsid w:val="005E343C"/>
     <w:rsid w:val="005F7A37"/>
+    <w:rsid w:val="006379BD"/>
+    <w:rsid w:val="0066748A"/>
     <w:rsid w:val="006803BE"/>
     <w:rsid w:val="006A3A36"/>
     <w:rsid w:val="006C4F83"/>
     <w:rsid w:val="006D5C9A"/>
     <w:rsid w:val="00701D09"/>
     <w:rsid w:val="00722C06"/>
+    <w:rsid w:val="00733D4C"/>
     <w:rsid w:val="007633AD"/>
     <w:rsid w:val="007A10EE"/>
+    <w:rsid w:val="007B02BD"/>
     <w:rsid w:val="007C7891"/>
     <w:rsid w:val="008B5EC2"/>
     <w:rsid w:val="008D5764"/>
     <w:rsid w:val="00905C07"/>
     <w:rsid w:val="009B0B4A"/>
     <w:rsid w:val="009C7DC5"/>
+    <w:rsid w:val="00A12575"/>
     <w:rsid w:val="00A31616"/>
     <w:rsid w:val="00A81D35"/>
     <w:rsid w:val="00AC167F"/>
     <w:rsid w:val="00AE770A"/>
+    <w:rsid w:val="00B12243"/>
     <w:rsid w:val="00B30A10"/>
     <w:rsid w:val="00B32760"/>
     <w:rsid w:val="00BD2A8B"/>
     <w:rsid w:val="00C224DE"/>
+    <w:rsid w:val="00C23FE2"/>
     <w:rsid w:val="00C719F8"/>
     <w:rsid w:val="00D25C7C"/>
     <w:rsid w:val="00D26253"/>
     <w:rsid w:val="00D4737A"/>
     <w:rsid w:val="00D527E7"/>
     <w:rsid w:val="00D542EB"/>
     <w:rsid w:val="00DA719A"/>
     <w:rsid w:val="00DB2DA8"/>
+    <w:rsid w:val="00E21B10"/>
     <w:rsid w:val="00E44B82"/>
     <w:rsid w:val="00E564AC"/>
+    <w:rsid w:val="00E6478B"/>
     <w:rsid w:val="00E728D9"/>
     <w:rsid w:val="00E73655"/>
     <w:rsid w:val="00E85B1A"/>
     <w:rsid w:val="00E94022"/>
     <w:rsid w:val="00E94A84"/>
     <w:rsid w:val="00EC2D2E"/>
     <w:rsid w:val="00EE2A03"/>
     <w:rsid w:val="00F64B24"/>
     <w:rsid w:val="00F87AF6"/>
     <w:rsid w:val="00FA1D83"/>
     <w:rsid w:val="00FD3E4A"/>
     <w:rsid w:val="00FF42AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -4416,51 +8957,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0049006C"/>
+    <w:rsid w:val="00473A2A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -4554,51 +9095,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE2A03"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4852,75 +9393,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3D69BE5-24CF-418A-BAE6-E02BC8346879}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1125</Characters>
+  <Pages>5</Pages>
+  <Words>4352</Words>
+  <Characters>2482</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3091</CharactersWithSpaces>
+  <CharactersWithSpaces>6821</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ināra Puļaho</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>