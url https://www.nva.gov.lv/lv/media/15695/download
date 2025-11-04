--- v0 (2025-10-07)
+++ v1 (2025-11-04)
@@ -123,50 +123,60 @@
       </w:r>
       <w:r w:rsidR="00590267" w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r w:rsidR="004D659B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
+    <w:p w:rsidR="003F56E2" w:rsidRDefault="003F56E2" w:rsidP="00AB1E7D">
+      <w:pPr>
+        <w:ind w:right="-514"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRPr="00F20670" w:rsidRDefault="00AB1E7D" w:rsidP="00F20670">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-792" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="15163" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -238,1222 +248,901 @@
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="006746B5" w:rsidP="001E0CCC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20670" w:rsidTr="00B10B30">
+      <w:tr w:rsidR="00E81A22" w:rsidTr="00B10B30">
         <w:trPr>
-          <w:trHeight w:val="2201"/>
+          <w:trHeight w:val="2188"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
-[...15 lines deleted...]
-          <w:p w:rsidR="0040543A" w:rsidRPr="00B10B30" w:rsidRDefault="0040543A" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0040543A" w:rsidRPr="00B10B30" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+              <w:t>24.11.2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>plkst. 10:00</w:t>
             </w:r>
             <w:r w:rsidR="00B10B30" w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
-[...23 lines deleted...]
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0040543A" w:rsidRPr="00B10B30" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Individuālo darba meklēšanas plānu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Darba meklēšanas iespējām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- CV un motivācijas vēstules izveidošanu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Sagatavošanos darba intervijai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
-[...15 lines deleted...]
-          <w:p w:rsidR="00F20670" w:rsidRPr="00B10B30" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Skolotāju ielā 3, Jelgavā, Nodarbību telpā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81A22" w:rsidTr="00B10B30">
+      <w:tr w:rsidR="003F56E2" w:rsidTr="00B10B30">
         <w:trPr>
-          <w:trHeight w:val="2618"/>
+          <w:trHeight w:val="2188"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2063" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
-[...15 lines deleted...]
-          <w:p w:rsidR="0040543A" w:rsidRPr="00B10B30" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>15</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>13</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E81A22" w:rsidRPr="00B10B30">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>.10.2025.</w:t>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t>12</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>plkst. 10:</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>.2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>plkst. 10:00 -1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B10B30">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>00</w:t>
-            </w:r>
-[...26 lines deleted...]
-              <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
-[...23 lines deleted...]
-          <w:p w:rsidR="000C7EB4" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
-            <w:r w:rsidR="000C7EB4" w:rsidRPr="00B10B30">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00B10B30">
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F56E2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>informācija par EURES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Individuālo darba meklēšanas plānu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Darba meklēšanas iespējām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- CV un motivācijas vēstules izveidošanu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- Sagatavošanos darba intervijai</w:t>
             </w:r>
-            <w:r w:rsidR="000C7EB4" w:rsidRPr="00B10B30">
-[...6 lines deleted...]
-          <w:p w:rsidR="000C7EB4" w:rsidRPr="00B10B30" w:rsidRDefault="000C7EB4" w:rsidP="00E81A22">
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B10B30">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B10B30">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B10B30">
+            <w:r w:rsidRPr="003F56E2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>EURES – par darba iespējām Eiropā un Latvijā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
-[...331 lines deleted...]
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B10B30">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Skolotāju ielā 3, Jelgavā, Nodarbību telpā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E341A6" w:rsidRPr="00E60D0C" w:rsidRDefault="001E0CCC" w:rsidP="00B10B30">
+    <w:p w:rsidR="003F56E2" w:rsidRDefault="001E0CCC" w:rsidP="00B10B30">
       <w:pPr>
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-      <w:r w:rsidR="006746B5" w:rsidRPr="00E60D0C">
+    </w:p>
+    <w:p w:rsidR="00E341A6" w:rsidRPr="00E60D0C" w:rsidRDefault="006746B5" w:rsidP="00B10B30">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Plašāku informāciju varat iegūt pie </w:t>
       </w:r>
-      <w:r w:rsidR="006746B5">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">nodarbinātības organizatores Jūlija </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006746B5">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lovkovas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006746B5" w:rsidRPr="00E60D0C">
+      <w:r w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, tālr</w:t>
       </w:r>
       <w:r w:rsidR="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="006746B5">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>28664379</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B10B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00B66645" w:rsidRPr="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">-pasts : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="006746B5" w:rsidRPr="008E15B5">
+        <w:r w:rsidRPr="008E15B5">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:b/>
           </w:rPr>
           <w:t>julija.lovkova@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006746B5">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B66C49" w:rsidRDefault="00B66C49" w:rsidP="00B66C49">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:left="759" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006746B5" w:rsidRDefault="006746B5" w:rsidP="00B66C49">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:left="759" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidRDefault="00B10B30" w:rsidP="00B66C49">
+    <w:p w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidRDefault="003F56E2" w:rsidP="00B66C49">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:left="759" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="006746B5" w:rsidRPr="006746B5">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:sz w:val="28"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://www.nva.gov.lv/lv/informativas-dienas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006746B5" w:rsidRPr="006746B5">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1486,93 +1175,93 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006D5BF6" w:rsidRDefault="006D5BF6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="001E0CCC" w:rsidRDefault="001E0CCC" w:rsidP="001E0CCC">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
@@ -2031,50 +1720,51 @@
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E0CCC"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
+    <w:rsid w:val="003F56E2"/>
     <w:rsid w:val="003F7AE0"/>
     <w:rsid w:val="0040543A"/>
     <w:rsid w:val="00433DB0"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="004F1A58"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="00527833"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="00613524"/>
@@ -2182,51 +1872,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="075A0D80"/>
+  <w14:docId w14:val="104FB6C9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2987,75 +2677,75 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1668</Characters>
+  <Pages>1</Pages>
+  <Words>159</Words>
+  <Characters>1272</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1882</CharactersWithSpaces>
+  <CharactersWithSpaces>1429</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>