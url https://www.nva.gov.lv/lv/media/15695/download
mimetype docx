--- v1 (2025-11-04)
+++ v2 (2025-12-04)
@@ -123,1145 +123,1194 @@
       </w:r>
       <w:r w:rsidR="00590267" w:rsidRPr="00590267">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dien</w:t>
       </w:r>
       <w:r w:rsidR="004D659B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F56E2" w:rsidRDefault="003F56E2" w:rsidP="00AB1E7D">
-[...8 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00AB1E7D" w:rsidRPr="00F20670" w:rsidRDefault="00AB1E7D" w:rsidP="00F20670">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-792" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="15163" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2063"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7571"/>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="8221"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00527833" w:rsidTr="00B10B30">
+      <w:tr w:rsidR="00527833" w:rsidTr="00BA4F4E">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2063" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="006746B5" w:rsidP="001E0CCC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datums un laiks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="006746B5" w:rsidP="001E0CCC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Temats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7571" w:type="dxa"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="006746B5" w:rsidP="001E0CCC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="006746B5" w:rsidP="001E0CCC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81A22" w:rsidTr="00B10B30">
+      <w:tr w:rsidR="00F20670" w:rsidTr="00BA4F4E">
         <w:trPr>
-          <w:trHeight w:val="2188"/>
+          <w:trHeight w:val="1634"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2063" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
-[...49 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0040543A" w:rsidRPr="00BA4F4E" w:rsidRDefault="0040543A" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00BA4F4E" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20670" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20670" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20670" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>plkst. 10:00</w:t>
             </w:r>
-            <w:r w:rsidR="00B10B30" w:rsidRPr="00B10B30">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="00B10B30" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B10B30">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>-11:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
-[...33 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0040543A" w:rsidRPr="00BA4F4E" w:rsidRDefault="0040543A" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7571" w:type="dxa"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
               <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
               <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
               <w:t>- Individuālo darba meklēšanas plānu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
               <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00BA4F4E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Darba meklēšanas iespēj</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4F4E" w:rsidRPr="00BA4F4E">
+              <w:t>as</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>Nodarbību telpā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E81A22" w:rsidTr="00BA4F4E">
+        <w:trPr>
+          <w:trHeight w:val="1875"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0040543A" w:rsidRPr="00BA4F4E" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00BA4F4E" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81A22" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81A22" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81A22" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00</w:t>
+            </w:r>
+            <w:r w:rsidR="00B10B30" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0040543A" w:rsidRPr="00BA4F4E" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000C7EB4" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+            <w:r w:rsidR="000C7EB4" w:rsidRPr="00BA4F4E">
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000C7EB4" w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00B10B30" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...220 lines deleted...]
-          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000C7EB4" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00BA4F4E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Darba meklēšanas iespēj</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4F4E" w:rsidRPr="00BA4F4E">
+              <w:t>as</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>Nodarbību telpā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E81A22" w:rsidTr="00BA4F4E">
+        <w:trPr>
+          <w:trHeight w:val="2188"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0040543A" w:rsidRPr="00BA4F4E" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00BA4F4E" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81A22" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81A22" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81A22" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00</w:t>
+            </w:r>
+            <w:r w:rsidR="00B10B30" w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-11:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0040543A" w:rsidRPr="00BA4F4E" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="003F56E2" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
-              <w:rPr>
-[...25 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Darba meklēšanas iespēj</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4F4E" w:rsidRPr="00BA4F4E">
+              <w:t>as</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F56E2" w:rsidRPr="00B10B30" w:rsidRDefault="003F56E2" w:rsidP="003F56E2">
-[...26 lines deleted...]
-              <w:t>Skolotāju ielā 3, Jelgavā, Nodarbību telpā</w:t>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>Nodarbību telpā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003F56E2" w:rsidRDefault="001E0CCC" w:rsidP="00B10B30">
+    <w:p w:rsidR="00E341A6" w:rsidRDefault="001E0CCC" w:rsidP="00B10B30">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E60D0C">
+      <w:r w:rsidR="006746B5" w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Plašāku informāciju varat iegūt pie </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006746B5">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">nodarbinātības organizatores Jūlija </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="006746B5">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lovkovas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E60D0C">
+      <w:r w:rsidR="006746B5" w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, tālr</w:t>
       </w:r>
       <w:r w:rsidR="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.Nr.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006746B5">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>28664379</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B10B30">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00B66645" w:rsidRPr="00B66645">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">-pasts : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="008E15B5">
+        <w:r w:rsidR="006746B5" w:rsidRPr="008E15B5">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:b/>
           </w:rPr>
           <w:t>julija.lovkova@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="006746B5">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B66C49" w:rsidRDefault="00B66C49" w:rsidP="00B66C49">
+    <w:p w:rsidR="00BA4F4E" w:rsidRDefault="00BA4F4E" w:rsidP="00BA4F4E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:ind w:left="759" w:firstLine="0"/>
-[...2 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006746B5" w:rsidRDefault="006746B5" w:rsidP="00B66C49">
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidRDefault="00BA4F4E" w:rsidP="00BA4F4E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
-        <w:ind w:left="759" w:firstLine="0"/>
-[...9 lines deleted...]
-        <w:ind w:left="759" w:firstLine="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.nva.gov.lv/lv/informativas-dienas" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006746B5" w:rsidRPr="006746B5">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>https://www.nva.gov.lv/lv/informativas-dienas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidR="006746B5" w:rsidRPr="006746B5">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidSect="00B10B30">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:sectPr w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidSect="00BA4F4E">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="289" w:right="1134" w:bottom="289" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006D5BF6" w:rsidRDefault="006D5BF6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006D5BF6" w:rsidRDefault="006D5BF6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="001E0CCC" w:rsidRDefault="001E0CCC" w:rsidP="001E0CCC">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
@@ -1720,51 +1769,50 @@
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E0CCC"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
-    <w:rsid w:val="003F56E2"/>
     <w:rsid w:val="003F7AE0"/>
     <w:rsid w:val="0040543A"/>
     <w:rsid w:val="00433DB0"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="004F1A58"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="00527833"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="00613524"/>
@@ -1809,50 +1857,51 @@
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00B10B30"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00BA1F6B"/>
+    <w:rsid w:val="00BA4F4E"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CE1A15"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00E81A22"/>
@@ -1872,51 +1921,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="104FB6C9"/>
+  <w14:docId w14:val="1876C877"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2375,51 +2424,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006746B5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nva.gov.lv/lv/informativas-dienas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julija.lovkova@nva.gov.lv" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julija.lovkova@nva.gov.lv" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2678,74 +2727,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>159</Words>
-  <Characters>1272</Characters>
+  <Words>176</Words>
+  <Characters>1414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1429</CharactersWithSpaces>
+  <CharactersWithSpaces>1587</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>