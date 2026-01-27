--- v2 (2025-12-04)
+++ v3 (2026-01-27)
@@ -480,50 +480,275 @@
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F20670" w:rsidRPr="00BA4F4E" w:rsidRDefault="00F20670" w:rsidP="00F20670">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:t>Nodarbību telpā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="002F6941" w:rsidTr="00BA4F4E">
+        <w:trPr>
+          <w:trHeight w:val="1875"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.02.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00 -1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>Nodarbību telpā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00E81A22" w:rsidTr="00BA4F4E">
         <w:trPr>
           <w:trHeight w:val="1875"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0040543A" w:rsidRPr="00BA4F4E" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -934,67 +1159,88 @@
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:t>- Individuālo darba meklēšanas plānu;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+          <w:p w:rsidR="00E81A22" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:t>- Darba meklēšanas iespēj</w:t>
             </w:r>
             <w:r w:rsidR="00BA4F4E" w:rsidRPr="00BA4F4E">
               <w:t>as</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r>
+              <w:t>- I</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="002F6941">
+              <w:t>nformācija par EURES</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -1114,210 +1360,178 @@
           </w:rPr>
           <w:t>julija.lovkova@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006746B5">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA4F4E" w:rsidRDefault="00BA4F4E" w:rsidP="00BA4F4E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidRDefault="00BA4F4E" w:rsidP="00BA4F4E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...38 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="006746B5" w:rsidRPr="006746B5">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:sz w:val="28"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>https://www.nva.gov.lv/lv/informativas-dienas</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="006746B5" w:rsidRPr="006746B5">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidSect="00BA4F4E">
-      <w:headerReference w:type="default" r:id="rId8"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="289" w:right="1134" w:bottom="289" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006D5BF6" w:rsidRDefault="006D5BF6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006D5BF6" w:rsidRDefault="006D5BF6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="001E0CCC" w:rsidRDefault="001E0CCC" w:rsidP="001E0CCC">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_</w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
@@ -1752,50 +1966,51 @@
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000C7EB4"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="000F7A74"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E0CCC"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
+    <w:rsid w:val="002F6941"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003F7AE0"/>
     <w:rsid w:val="0040543A"/>
     <w:rsid w:val="00433DB0"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00497D36"/>
@@ -1921,51 +2136,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1876C877"/>
+  <w14:docId w14:val="52436BD8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2424,51 +2639,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006746B5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julija.lovkova@nva.gov.lv" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nva.gov.lv/lv/informativas-dienas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julija.lovkova@nva.gov.lv" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2726,75 +2941,75 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1414</Characters>
+  <Pages>2</Pages>
+  <Words>228</Words>
+  <Characters>1768</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1587</CharactersWithSpaces>
+  <CharactersWithSpaces>1993</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>