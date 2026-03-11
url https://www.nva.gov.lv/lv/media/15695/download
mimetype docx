--- v3 (2026-01-27)
+++ v4 (2026-03-11)
@@ -238,292 +238,50 @@
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AB1E7D" w:rsidRPr="0054691F" w:rsidRDefault="006746B5" w:rsidP="001E0CCC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F20670" w:rsidTr="00BA4F4E">
-[...240 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="002F6941" w:rsidTr="00BA4F4E">
         <w:trPr>
           <w:trHeight w:val="1875"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="002F6941">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -1059,51 +817,63 @@
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst. 10:00</w:t>
             </w:r>
             <w:r w:rsidR="00B10B30" w:rsidRPr="00BA4F4E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA4F4E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>-11:00</w:t>
+              <w:t>-11:</w:t>
+            </w:r>
+            <w:r w:rsidR="00203688">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0040543A" w:rsidRPr="00BA4F4E" w:rsidRDefault="0040543A" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1193,93 +963,780 @@
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:t>- Darba meklēšanas iespēj</w:t>
             </w:r>
             <w:r w:rsidR="00BA4F4E" w:rsidRPr="00BA4F4E">
               <w:t>as</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002F6941" w:rsidRPr="00BA4F4E" w:rsidRDefault="002F6941" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
             </w:pPr>
             <w:r>
               <w:t>- I</w:t>
             </w:r>
+            <w:r w:rsidRPr="002F6941">
+              <w:t>nformācija par EURES</w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="002F6941">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="141"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E81A22" w:rsidRPr="00BA4F4E" w:rsidRDefault="00E81A22" w:rsidP="00E81A22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>Nodarbību telpā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C7DCC" w:rsidTr="00BA4F4E">
+        <w:trPr>
+          <w:trHeight w:val="2188"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00 -1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>Nodarbību telpā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C7DCC" w:rsidTr="00BA4F4E">
+        <w:trPr>
+          <w:trHeight w:val="2188"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>11.05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00 -1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>Nodarbību telpā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C7DCC" w:rsidTr="00BA4F4E">
+        <w:trPr>
+          <w:trHeight w:val="2188"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>15.06</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.2026.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00 -1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Sadarbību ar NVA darba meklēšanas procesā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- NVA pakalpojumiem bezdarbniekiem, darba meklētājiem un bezdarba riska pakļautām personām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="141"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t>- Darba meklēšanas iespējas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA4F4E">
+              <w:t xml:space="preserve">Skolotāju ielā 3, Jelgavā, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7DCC" w:rsidRPr="00BA4F4E" w:rsidRDefault="006C7DCC" w:rsidP="006C7DCC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00BA4F4E">
               <w:t>Nodarbību telpā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E341A6" w:rsidRDefault="001E0CCC" w:rsidP="00B10B30">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
       <w:r w:rsidR="006746B5" w:rsidRPr="00E60D0C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -1360,51 +1817,51 @@
           </w:rPr>
           <w:t>julija.lovkova@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006746B5">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA4F4E" w:rsidRDefault="00BA4F4E" w:rsidP="00BA4F4E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidRDefault="00BA4F4E" w:rsidP="00BA4F4E">
+    <w:p w:rsidR="006746B5" w:rsidRPr="006746B5" w:rsidRDefault="00203688" w:rsidP="00BA4F4E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="006746B5" w:rsidRPr="006746B5">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:sz w:val="28"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://www.nva.gov.lv/lv/informativas-dienas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006746B5" w:rsidRPr="006746B5">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
@@ -1961,50 +2418,51 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000C7EB4"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="000F7A74"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E0CCC"/>
+    <w:rsid w:val="00203688"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002F6941"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003F7AE0"/>
     <w:rsid w:val="0040543A"/>
@@ -2020,50 +2478,51 @@
     <w:rsid w:val="004F1A58"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="00527833"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="00613524"/>
     <w:rsid w:val="00642B81"/>
     <w:rsid w:val="00652022"/>
     <w:rsid w:val="00664C57"/>
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="006746B5"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
+    <w:rsid w:val="006C7DCC"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006D5BF6"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="0095364E"/>
     <w:rsid w:val="00953752"/>
@@ -2136,51 +2595,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="52436BD8"/>
+  <w14:docId w14:val="32FA10E3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2942,74 +3401,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>228</Words>
-  <Characters>1768</Characters>
+  <Words>324</Words>
+  <Characters>2440</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1993</CharactersWithSpaces>
+  <CharactersWithSpaces>2759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>