--- v0 (2025-10-07)
+++ v1 (2026-01-06)
@@ -172,63 +172,71 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2300"/>
         <w:gridCol w:w="3595"/>
         <w:gridCol w:w="5672"/>
         <w:gridCol w:w="3410"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CD2278" w:rsidRPr="0054691F" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2278" w:rsidRPr="0054691F" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
+          <w:p w:rsidR="00CD2278" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datums un laiks</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="00A33B85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CD2278" w:rsidRPr="0054691F" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Temats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
@@ -256,97 +264,65 @@
           </w:tcPr>
           <w:p w:rsidR="00CD2278" w:rsidRPr="0054691F" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054691F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD2278" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2278" w:rsidRPr="00FC2C32" w:rsidRDefault="007C719E" w:rsidP="00A33B85">
-[...45 lines deleted...]
-              <w:t>.2025</w:t>
+          <w:p w:rsidR="00CD2278" w:rsidRPr="00FC2C32" w:rsidRDefault="003829C8" w:rsidP="00A33B85">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>08.01.2026</w:t>
             </w:r>
             <w:r w:rsidR="00CD2278">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>., 9:00-10:</w:t>
             </w:r>
             <w:r w:rsidR="00CD2278" w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD2278" w:rsidRPr="00E341A6" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
             <w:pPr>
@@ -361,84 +337,198 @@
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD2278" w:rsidRPr="0054691F" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD2278" w:rsidRPr="00E341A6" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Atbrīvošanas aleja 155, Rēzekne, 200.kab. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003829C8" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.01.2026., 9.00-10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Atbrīvošanas aleja 155, Rēzekne, 200.kab. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00773DF5" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00773DF5" w:rsidRDefault="00773DF5" w:rsidP="00773DF5">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FC2C32">
+          <w:p w:rsidR="00773DF5" w:rsidRDefault="003829C8" w:rsidP="00773DF5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00773DF5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00773DF5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00773DF5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5., 9:00-10:</w:t>
+            </w:r>
+            <w:r w:rsidR="00773DF5" w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00773DF5" w:rsidRPr="00E341A6" w:rsidRDefault="00773DF5" w:rsidP="00773DF5">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
@@ -468,97 +558,105 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Kultūras laukums 2, Viļāni, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00773DF5" w:rsidRDefault="00773DF5" w:rsidP="00773DF5">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>zāle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD2278" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2278" w:rsidRPr="00FC2C32" w:rsidRDefault="00773DF5" w:rsidP="00A33B85">
-[...13 lines deleted...]
-              <w:t>09</w:t>
+          <w:p w:rsidR="00CD2278" w:rsidRPr="00FC2C32" w:rsidRDefault="003829C8" w:rsidP="00A33B85">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="00A67FD2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidR="00773DF5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00664309">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00A67FD2">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00CD2278" w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.,</w:t>
             </w:r>
             <w:r w:rsidR="00CD2278">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9:00-10:</w:t>
             </w:r>
             <w:r w:rsidR="00CD2278" w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
@@ -590,1481 +688,1660 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CD2278" w:rsidRPr="00E341A6" w:rsidRDefault="008C274A" w:rsidP="00A33B85">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Atbrīvošanas aleja 155, Rēzekne, 200.kab. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD2278" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2278" w:rsidRPr="00FC2C32" w:rsidRDefault="00773DF5" w:rsidP="00A33B85">
-[...39 lines deleted...]
-            <w:r w:rsidR="00CD2278" w:rsidRPr="00FC2C32">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00FC2C32" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.01.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.,</w:t>
             </w:r>
-            <w:r w:rsidR="00CD2278">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9:00-10:</w:t>
             </w:r>
-            <w:r w:rsidR="00CD2278" w:rsidRPr="00FC2C32">
+            <w:r w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2278" w:rsidRPr="00E341A6" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2278" w:rsidRPr="0054691F" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD2278" w:rsidRPr="00E341A6" w:rsidRDefault="00CD2278" w:rsidP="00A33B85">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Atbrīvošanas aleja 155, Rēzekne, 200.kab. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000955C6" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="00FC2C32" w:rsidRDefault="00773DF5" w:rsidP="000955C6">
-[...63 lines deleted...]
-            <w:r w:rsidR="000955C6" w:rsidRPr="00FC2C32">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00FC2C32" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>05.02.2026.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="000955C6">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9:00-10:</w:t>
             </w:r>
-            <w:r w:rsidR="000955C6" w:rsidRPr="00FC2C32">
+            <w:r w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="00E341A6" w:rsidRDefault="000955C6" w:rsidP="000955C6">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="0054691F" w:rsidRDefault="000955C6" w:rsidP="000955C6">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="0054691F" w:rsidRDefault="000955C6" w:rsidP="000955C6">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00773DF5" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00773DF5" w:rsidRDefault="00773DF5" w:rsidP="00773DF5">
-[...13 lines deleted...]
-              <w:t>29.10.2025., 9.00-10.00</w:t>
+          <w:p w:rsidR="003829C8" w:rsidRPr="00FC2C32" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.02.2026.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9:00-10:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00773DF5" w:rsidRPr="00E341A6" w:rsidRDefault="00773DF5" w:rsidP="00773DF5">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00773DF5" w:rsidRPr="0054691F" w:rsidRDefault="00773DF5" w:rsidP="00773DF5">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00773DF5" w:rsidRDefault="00773DF5" w:rsidP="00773DF5">
-[...12 lines deleted...]
-              <w:t>zāle</w:t>
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000955C6" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="00FC2C32" w:rsidRDefault="00773DF5" w:rsidP="000955C6">
-[...70 lines deleted...]
-              <w:t>00</w:t>
+          <w:p w:rsidR="003829C8" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18.02.2026., 9.00-10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="00E341A6" w:rsidRDefault="000955C6" w:rsidP="000955C6">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="0054691F" w:rsidRDefault="000955C6" w:rsidP="000955C6">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="0054691F" w:rsidRDefault="008C274A" w:rsidP="000955C6">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Atbrīvošanas aleja 155, Rēzekne, 200.kab. </w:t>
+          <w:p w:rsidR="003829C8" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Kultūras laukums 2, Viļāni, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003829C8" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>zāle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000955C6" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="00B1564A" w:rsidRDefault="001F5E5E" w:rsidP="000955C6">
-[...51 lines deleted...]
-              <w:t>., 9:00-10:00</w:t>
+          <w:p w:rsidR="003829C8" w:rsidRPr="00FC2C32" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.02.2026., 9.00-10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="00E341A6" w:rsidRDefault="000955C6" w:rsidP="000955C6">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="0054691F" w:rsidRDefault="000955C6" w:rsidP="000955C6">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000955C6" w:rsidRPr="0054691F" w:rsidRDefault="000955C6" w:rsidP="000955C6">
-[...7 lines deleted...]
-              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Atbrīvošanas aleja 155, Rēzekne, 200.kab. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00B1564A" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00B1564A" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1564A">
-[...6 lines deleted...]
-              <w:t>12.11.2025., 9:00-10:00</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.02.2026., 9.00-10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
-[...15 lines deleted...]
-              <w:t>zāle.</w:t>
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00F9335E" w:rsidRDefault="001E4FB9" w:rsidP="001F5E5E">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00B1564A" w:rsidRDefault="00BC6359" w:rsidP="003829C8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F9335E">
-[...6 lines deleted...]
-              <w:t>12.11.2025., 9:00-10:00</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="003829C8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003829C8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.2026., 9.00-10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E82213" w:rsidRDefault="00907996" w:rsidP="001F5E5E">
-[...15 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
-[...53 lines deleted...]
-              <w:t>00</w:t>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00B1564A" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.2026., 9.00-10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
-[...53 lines deleted...]
-              <w:t>00</w:t>
+          <w:p w:rsidR="003829C8" w:rsidRPr="00B1564A" w:rsidRDefault="00BC6359" w:rsidP="003829C8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.2026., 9.00-10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="003829C8" w:rsidRPr="00E341A6" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
-[...7 lines deleted...]
-              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
+          <w:p w:rsidR="003829C8" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Kultūras laukums 2, Viļāni, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003829C8" w:rsidRPr="0054691F" w:rsidRDefault="003829C8" w:rsidP="003829C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>zāle.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRDefault="001E4FB9" w:rsidP="001F5E5E">
-[...45 lines deleted...]
-              <w:t>00</w:t>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00B1564A" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.2026., 9.00-10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E82213" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00B1564A" w:rsidRDefault="001E4FB9" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00B1564A" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B1564A">
-[...33 lines deleted...]
-              <w:t>.2025., 9:00-10:00</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.2026., 9.00-10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRDefault="001E4FB9" w:rsidP="001F5E5E">
-[...40 lines deleted...]
-            <w:r w:rsidR="001F5E5E" w:rsidRPr="00FC2C32">
+          <w:p w:rsidR="00BC6359" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20.11.2025., 9:00-10:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E4FB9" w:rsidRDefault="001E4FB9" w:rsidP="001E4FB9">
-[...15 lines deleted...]
-              <w:t>zāle.</w:t>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRDefault="001E4FB9" w:rsidP="001F5E5E">
-[...37 lines deleted...]
-              <w:t>.2025.,9:00-10:00</w:t>
+          <w:p w:rsidR="00BC6359" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>09.04.2026., 9:00-10:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="00E341A6" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Informatīvā diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F5E5E" w:rsidRPr="0054691F" w:rsidRDefault="001F5E5E" w:rsidP="001F5E5E">
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.04.2026., 9:00-10:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.04.2026., 9:00-10:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Kultūras laukums 2, Viļāni, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>zāle.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.04.2026., 9:00-10:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidTr="00A33B85">
+        <w:trPr>
+          <w:trHeight w:val="306"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.04.202</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6., 9:00-10:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC2C32">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="00E341A6" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Informatīvā diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bezdarbnieka statuss, tiesības un pienākumi; sadarbība ar NVA darba meklēšanas procesā; individuālais darba meklēšanas plāns; darba meklējumu dienasgrāmata; NVA pakalpojumi bezdarbniekiem; e-apmācības; darba meklēšanas iespējas; darba meklēšana Eiropas Savienībā un Eiropas Ekonomikas zonā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC6359" w:rsidRPr="0054691F" w:rsidRDefault="00BC6359" w:rsidP="00BC6359">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Atbrīvošanas aleja 155, Rēzekne, 200.kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006173B2" w:rsidRPr="008E781C" w:rsidRDefault="00CD2278" w:rsidP="002D105C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E781C">
         <w:rPr>
@@ -2149,78 +2426,78 @@
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006173B2" w:rsidRPr="00E60D0C" w:rsidSect="00555340">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A20AA2" w:rsidRDefault="00A20AA2">
+    <w:p w:rsidR="006C7C7A" w:rsidRDefault="006C7C7A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A20AA2" w:rsidRDefault="00A20AA2">
+    <w:p w:rsidR="006C7C7A" w:rsidRDefault="006C7C7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -2375,58 +2652,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00555340" w:rsidRPr="007A2FD9" w:rsidRDefault="00555340" w:rsidP="00453D89">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A20AA2" w:rsidRDefault="00A20AA2">
+    <w:p w:rsidR="006C7C7A" w:rsidRDefault="006C7C7A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A20AA2" w:rsidRDefault="00A20AA2">
+    <w:p w:rsidR="006C7C7A" w:rsidRDefault="006C7C7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00D65999" w:rsidRDefault="00D65999">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="002C7474" w:rsidRDefault="002C7474" w:rsidP="00EC1FE4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -2654,95 +2931,97 @@
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E4FB9"/>
     <w:rsid w:val="001F5E5E"/>
     <w:rsid w:val="00215D60"/>
     <w:rsid w:val="00230706"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002B433A"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002E18F8"/>
     <w:rsid w:val="002E3E79"/>
     <w:rsid w:val="002F05D6"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="003434FF"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
+    <w:rsid w:val="003829C8"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="00395960"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003C3C37"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003F7AE0"/>
     <w:rsid w:val="00433DB0"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D31A3"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="00613524"/>
     <w:rsid w:val="006173B2"/>
     <w:rsid w:val="00642B81"/>
     <w:rsid w:val="00652022"/>
     <w:rsid w:val="00664309"/>
     <w:rsid w:val="00664C57"/>
     <w:rsid w:val="00667791"/>
     <w:rsid w:val="006740D0"/>
     <w:rsid w:val="00682402"/>
     <w:rsid w:val="006B288D"/>
     <w:rsid w:val="006B3CC3"/>
     <w:rsid w:val="006C0462"/>
     <w:rsid w:val="006C1445"/>
     <w:rsid w:val="006C3942"/>
+    <w:rsid w:val="006C7C7A"/>
     <w:rsid w:val="006D251F"/>
     <w:rsid w:val="006E23AA"/>
     <w:rsid w:val="006E28A9"/>
     <w:rsid w:val="007035C1"/>
     <w:rsid w:val="00737568"/>
     <w:rsid w:val="0075615F"/>
     <w:rsid w:val="00757E6D"/>
     <w:rsid w:val="007638CD"/>
     <w:rsid w:val="00773DF5"/>
     <w:rsid w:val="007744D1"/>
     <w:rsid w:val="0077716E"/>
     <w:rsid w:val="007868E9"/>
     <w:rsid w:val="007A2FD9"/>
     <w:rsid w:val="007C2186"/>
     <w:rsid w:val="007C719E"/>
     <w:rsid w:val="007D2372"/>
     <w:rsid w:val="00817504"/>
     <w:rsid w:val="00880913"/>
     <w:rsid w:val="008964C4"/>
     <w:rsid w:val="008968AB"/>
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008C274A"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="008E781C"/>
     <w:rsid w:val="00907996"/>
@@ -2767,50 +3046,51 @@
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A20AA2"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A67FD2"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AB30C8"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00B06E3F"/>
     <w:rsid w:val="00B1564A"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00B84D6D"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
+    <w:rsid w:val="00BC6359"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CC7AE2"/>
     <w:rsid w:val="00CD2278"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D65999"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00D7335C"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
@@ -2836,51 +3116,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="636756B5"/>
+  <w14:docId w14:val="26F05FBB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96E112E7-815C-4D3F-A92A-DD7221BF0784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3665,74 +3945,74 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>3961</Words>
-  <Characters>2259</Characters>
+  <Words>5168</Words>
+  <Characters>2947</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6208</CharactersWithSpaces>
+  <CharactersWithSpaces>8099</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>