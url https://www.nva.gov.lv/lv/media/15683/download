--- v0 (2025-10-07)
+++ v1 (2025-12-04)
@@ -264,71 +264,75 @@
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008944A4">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008944A4" w:rsidRPr="00256210" w:rsidRDefault="0071211E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>13</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002442C1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r w:rsidR="00A310C3" w:rsidRPr="00256210">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00892628">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00147252">
-[...3 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="002442C1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00455501" w:rsidRPr="00256210">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r w:rsidR="00AA42AE" w:rsidRPr="00256210">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00455501" w:rsidRPr="00256210">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008944A4" w:rsidRDefault="00A310C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -576,116 +580,133 @@
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Krāslava, Krāslavas novads, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8. kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0071211E">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0071211E" w:rsidRPr="00256210" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRPr="00256210" w:rsidRDefault="001E48B6" w:rsidP="0071211E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>27</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00256210">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002442C1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="0071211E" w:rsidRPr="00256210">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00256210">
+            <w:r w:rsidR="0071211E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002442C1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0071211E" w:rsidRPr="00256210">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.2025.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst. 10:00 – 11:00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+              <w:t>N</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:t>VA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
@@ -943,58 +964,58 @@
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008944A4">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00772E80" w:rsidRDefault="00772E80">
+    <w:p w:rsidR="00B11646" w:rsidRDefault="00B11646">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00772E80" w:rsidRDefault="00772E80">
+    <w:p w:rsidR="00B11646" w:rsidRDefault="00B11646">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1144,58 +1165,58 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>KRG_3.1_12.pielikums_1.versija 05.03.2024.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00772E80" w:rsidRDefault="00772E80">
+    <w:p w:rsidR="00B11646" w:rsidRDefault="00B11646">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00772E80" w:rsidRDefault="00772E80">
+    <w:p w:rsidR="00B11646" w:rsidRDefault="00B11646">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
@@ -1538,52 +1559,54 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00147252"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="00185AE7"/>
     <w:rsid w:val="001B18E6"/>
     <w:rsid w:val="001B63AC"/>
     <w:rsid w:val="001D2B33"/>
+    <w:rsid w:val="001E48B6"/>
     <w:rsid w:val="001E4F54"/>
     <w:rsid w:val="00215D60"/>
+    <w:rsid w:val="002442C1"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="00256210"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002D6F7E"/>
     <w:rsid w:val="002F278B"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003D6939"/>
@@ -1654,50 +1677,51 @@
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009B6762"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A310C3"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00AA07AD"/>
     <w:rsid w:val="00AA42AE"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
+    <w:rsid w:val="00B11646"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B3362C"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B63D8B"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE0AA8"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C239C2"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CB36C3"/>
     <w:rsid w:val="00CD41AD"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
@@ -1731,51 +1755,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="266F3D96"/>
+  <w14:docId w14:val="207E2AA1"/>
   <w15:docId w15:val="{6D05D9C1-7A8C-4987-9C0A-38EDD9638B2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>