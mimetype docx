--- v1 (2025-12-04)
+++ v2 (2026-01-27)
@@ -1,69 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
-[...8 lines deleted...]
-    </w:p>
     <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1155"/>
           <w:tab w:val="center" w:pos="4153"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nodarbinātības valsts aģentūras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Krāslavas filiāle aicina apmeklēt </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
       <w:pPr>
         <w:ind w:right="-514"/>
@@ -82,825 +68,1946 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
       <w:pPr>
         <w:ind w:right="-514"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A310C3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Informatīv</w:t>
       </w:r>
-      <w:r w:rsidR="00147252">
+      <w:r w:rsidR="00440FA7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>o</w:t>
+        <w:t xml:space="preserve">ās </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dien</w:t>
+        <w:t>dien</w:t>
       </w:r>
-      <w:r w:rsidR="00A310C3">
+      <w:r w:rsidR="00440FA7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>u</w:t>
+        <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
       <w:pPr>
-        <w:ind w:right="-514"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-792" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14977" w:type="dxa"/>
-        <w:tblInd w:w="-792" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2300"/>
         <w:gridCol w:w="3595"/>
         <w:gridCol w:w="5672"/>
         <w:gridCol w:w="3410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008944A4">
+      <w:tr w:rsidR="008944A4" w:rsidTr="000A4D48">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datums un laiks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Temats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Sniegtā informācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Norises vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008944A4">
+      <w:tr w:rsidR="008944A4" w:rsidTr="000A4D48">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008944A4" w:rsidRPr="00256210" w:rsidRDefault="0071211E">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008944A4" w:rsidRPr="00EF5F92" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF5F92">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="002442C1">
-[...5 lines deleted...]
-            <w:r w:rsidR="00A310C3" w:rsidRPr="00256210">
+            <w:r w:rsidR="00EF5F92" w:rsidRPr="00EF5F92">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A310C3" w:rsidRPr="00EF5F92">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00892628">
-[...11 lines deleted...]
-            <w:r w:rsidR="00455501" w:rsidRPr="00256210">
+            <w:r w:rsidR="00EF5F92" w:rsidRPr="00EF5F92">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00455501" w:rsidRPr="00EF5F92">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="00AA42AE" w:rsidRPr="00256210">
-[...5 lines deleted...]
-            <w:r w:rsidR="00455501" w:rsidRPr="00256210">
+            <w:r w:rsidR="00440FA7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00455501" w:rsidRPr="00EF5F92">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00A310C3">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008944A4" w:rsidRPr="00EF5F92" w:rsidRDefault="00A310C3" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF5F92">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst. 10:0</w:t>
             </w:r>
-            <w:r w:rsidR="00455501">
+            <w:r w:rsidR="00455501" w:rsidRPr="00EF5F92">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>0 – 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
-[...2 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="008944A4" w:rsidRPr="00EF5F92" w:rsidRDefault="008944A4" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Sadarbību ar NVA</w:t>
             </w:r>
             <w:r w:rsidR="00AA42AE">
               <w:t xml:space="preserve"> un </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">darba meklēšanas </w:t>
             </w:r>
             <w:r w:rsidR="00AA42AE">
               <w:t>iespējām</w:t>
             </w:r>
             <w:r>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Individuālo darba meklēšanas plānu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>NVA</w:t>
             </w:r>
             <w:r w:rsidR="00AA42AE">
               <w:t xml:space="preserve"> nodarbinātības pasākumiem</w:t>
             </w:r>
             <w:r>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA42AE" w:rsidRDefault="00AA42AE">
+          <w:p w:rsidR="00AA42AE" w:rsidRDefault="00AA42AE" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>NVA atbalsta pasākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA42AE" w:rsidRDefault="00AA42AE">
+          <w:p w:rsidR="00AA42AE" w:rsidRDefault="00AA42AE" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Mācību un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pārkvalifikācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> pasākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00AA07AD">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00AA07AD" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>CV un vakanču portāla lietošanu un iespējām</w:t>
             </w:r>
             <w:r w:rsidR="00455501">
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00AA42AE">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00AA42AE" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Karjeras konsultācijām</w:t>
             </w:r>
             <w:r w:rsidR="00455501">
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Darba </w:t>
             </w:r>
             <w:r w:rsidR="00AA42AE">
               <w:t>iespējām Eiropā -EURES.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Grāfu Plāteru iela 9,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0058413B" w:rsidRDefault="00455501">
+          <w:p w:rsidR="0058413B" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Krāslava, Krāslavas novads, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
+          <w:p w:rsidR="008944A4" w:rsidRDefault="00455501" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8. kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071211E">
+      <w:tr w:rsidR="0071211E" w:rsidTr="000A4D48">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0071211E" w:rsidRPr="00256210" w:rsidRDefault="001E48B6" w:rsidP="0071211E">
-[...16 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="0071211E" w:rsidRPr="00256210" w:rsidRDefault="00EF5F92" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
             <w:r w:rsidR="0071211E" w:rsidRPr="00256210">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0071211E">
-[...9 lines deleted...]
-              <w:t>2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>01</w:t>
             </w:r>
             <w:r w:rsidR="0071211E" w:rsidRPr="00256210">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>.2025.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00440FA7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0071211E" w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>plkst. 10:00 – 11:00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0071211E" w:rsidRDefault="00EF5F92" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Tiešsaistē</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E">
-[...9 lines deleted...]
-              <w:t>VA sniegtie pakalpojumi un aktualitātes</w:t>
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Sadarbību ar NVA un darba meklēšanas iespējām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Individuālo darba meklēšanas plānu;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>NVA nodarbinātības pasākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>NVA atbalsta pasākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Mācību un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>pārkvalifikācijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> pasākumiem;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>CV un vakanču portāla lietošanu un iespējām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Karjeras konsultācijām;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
+          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="000A4D48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="118"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>Darba iespējām Eiropā -EURES.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="0071211E" w:rsidRPr="00A443E4" w:rsidRDefault="00A443E4" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A443E4">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Tiešsaistē</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A443E4" w:rsidRDefault="00A443E4" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Piedalās EURES </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A443E4" w:rsidRDefault="00A443E4" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>konsultante</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB3C02" w:rsidRPr="00FB3C02" w:rsidTr="000A4D48">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRPr="00256210" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00 – 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="000A4D48" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sadarbību ar NVA un darba meklēšanas iespējām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA nodarbinātības pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA atbalsta pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mācību un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pārkvalifikācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CV un vakanču portāla lietošanu un iespējām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Karjeras konsultācijām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Darba iespējām Eiropā -EURES.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRPr="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB3C02">
+              <w:lastRenderedPageBreak/>
               <w:t>Grāfu Plāteru iela 9,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00FB3C02" w:rsidRPr="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB3C02">
               <w:t xml:space="preserve">Krāslava, Krāslavas novads, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071211E" w:rsidRDefault="0071211E" w:rsidP="0071211E">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00FB3C02" w:rsidRPr="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB3C02">
+              <w:t>8. kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB3C02" w:rsidTr="000A4D48">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001B4801" w:rsidRPr="00256210" w:rsidRDefault="001B4801" w:rsidP="001B4801">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B4801" w:rsidRDefault="001B4801" w:rsidP="001B4801">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00 – 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="000A4D48" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sadarbību ar NVA un darba meklēšanas iespējām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA nodarbinātības pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA atbalsta pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mācību un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pārkvalifikācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CV un vakanču portāla lietošanu un iespējām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Karjeras konsultācijām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Darba iespējām Eiropā -EURES.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001B4801" w:rsidRPr="001B4801" w:rsidRDefault="001B4801" w:rsidP="001B4801">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4801">
+              <w:t>Grāfu Plāteru iela 9,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B4801" w:rsidRPr="001B4801" w:rsidRDefault="001B4801" w:rsidP="001B4801">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4801">
+              <w:t xml:space="preserve">Krāslava, Krāslavas novads, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRPr="00A443E4" w:rsidRDefault="001B4801" w:rsidP="001B4801">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4801">
+              <w:t>8. kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB3C02" w:rsidTr="000A4D48">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB72F8" w:rsidRPr="00256210" w:rsidRDefault="00CB72F8" w:rsidP="00CB72F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB72F8" w:rsidRDefault="00CB72F8" w:rsidP="00CB72F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00 – 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00CB72F8" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Tiešsaistē</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="000A4D48" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sadarbību ar NVA un darba meklēšanas iespējām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA nodarbinātības pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA atbalsta pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mācību un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pārkvalifikācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CV un vakanču portāla lietošanu un iespējām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Karjeras konsultācijām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Darba iespējām Eiropā -EURES.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRPr="00A443E4" w:rsidRDefault="002314A7" w:rsidP="002314A7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Tiešsaistē</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB3C02" w:rsidTr="000A4D48">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB72F8" w:rsidRPr="00256210" w:rsidRDefault="00CB72F8" w:rsidP="00CB72F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00256210">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB72F8" w:rsidRDefault="00CB72F8" w:rsidP="00CB72F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>plkst. 10:00 – 11:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3595" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="000A4D48" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA sniegtie pakalpojumi un aktualitātes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5672" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Bezdarbnieka statusu, tiesībām un pienākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Sadarbību ar NVA un darba meklēšanas iespējām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Individuālo darba meklēšanas plānu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA nodarbinātības pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>NVA atbalsta pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mācību un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pārkvalifikācijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> pasākumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CV un vakanču portāla lietošanu un iespējām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Karjeras konsultācijām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRDefault="00FB3C02" w:rsidP="000A4D48">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="118"/>
+              </w:tabs>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Darba iespējām Eiropā -EURES.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3410" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB72F8" w:rsidRPr="00CB72F8" w:rsidRDefault="00CB72F8" w:rsidP="00CB72F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB72F8">
+              <w:lastRenderedPageBreak/>
+              <w:t>Grāfu Plāteru iela 9,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB72F8" w:rsidRPr="00CB72F8" w:rsidRDefault="00CB72F8" w:rsidP="00CB72F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB72F8">
+              <w:t xml:space="preserve">Krāslava, Krāslavas novads, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB3C02" w:rsidRPr="00A443E4" w:rsidRDefault="00CB72F8" w:rsidP="00CB72F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB72F8">
               <w:t>8. kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4"/>
+    <w:p w:rsidR="008944A4" w:rsidRDefault="000A4D48">
+      <w:r>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Plašāku informāciju varat iegūt </w:t>
       </w:r>
       <w:r w:rsidR="00A310C3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">pie </w:t>
       </w:r>
       <w:r w:rsidR="002D6F7E">
         <w:rPr>
@@ -945,360 +2052,224 @@
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>Irena.Pudnika@nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="759" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008944A4">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B11646" w:rsidRDefault="00B11646">
+    <w:p w:rsidR="002B6748" w:rsidRDefault="002B6748">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B11646" w:rsidRDefault="00B11646">
+    <w:p w:rsidR="002B6748" w:rsidRDefault="002B6748">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...39 lines deleted...]
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="008944A4" w:rsidRDefault="00455501">
-[...28 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B11646" w:rsidRDefault="00B11646">
+    <w:p w:rsidR="002B6748" w:rsidRDefault="002B6748">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B11646" w:rsidRDefault="00B11646">
+    <w:p w:rsidR="002B6748" w:rsidRDefault="002B6748">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...61 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="008944A4" w:rsidRDefault="008944A4">
     <w:pPr>
       <w:ind w:left="9360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013F7DEA"/>
     <w:multiLevelType w:val="multilevel"/>
@@ -1547,94 +2518,100 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1E7D"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00034E39"/>
     <w:rsid w:val="00065028"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00075D63"/>
     <w:rsid w:val="00095463"/>
+    <w:rsid w:val="000A4D48"/>
     <w:rsid w:val="000A5846"/>
     <w:rsid w:val="000D0AB0"/>
     <w:rsid w:val="000D212D"/>
     <w:rsid w:val="00122CB7"/>
     <w:rsid w:val="00133E6B"/>
     <w:rsid w:val="00146F63"/>
     <w:rsid w:val="00147252"/>
     <w:rsid w:val="00152B07"/>
     <w:rsid w:val="00185AE7"/>
     <w:rsid w:val="001B18E6"/>
+    <w:rsid w:val="001B4801"/>
     <w:rsid w:val="001B63AC"/>
     <w:rsid w:val="001D2B33"/>
     <w:rsid w:val="001E48B6"/>
     <w:rsid w:val="001E4F54"/>
     <w:rsid w:val="00215D60"/>
+    <w:rsid w:val="002314A7"/>
     <w:rsid w:val="002442C1"/>
     <w:rsid w:val="00247BD4"/>
     <w:rsid w:val="00256210"/>
     <w:rsid w:val="002705AB"/>
     <w:rsid w:val="0029456B"/>
+    <w:rsid w:val="002B6748"/>
     <w:rsid w:val="002C7474"/>
     <w:rsid w:val="002D6F7E"/>
     <w:rsid w:val="002F278B"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="0032017A"/>
     <w:rsid w:val="003220CF"/>
     <w:rsid w:val="00327BDD"/>
     <w:rsid w:val="00332654"/>
     <w:rsid w:val="00334114"/>
     <w:rsid w:val="00336C55"/>
     <w:rsid w:val="00353BA2"/>
     <w:rsid w:val="00367CF5"/>
     <w:rsid w:val="003813ED"/>
     <w:rsid w:val="003908D4"/>
     <w:rsid w:val="003A3E17"/>
     <w:rsid w:val="003A46FC"/>
     <w:rsid w:val="003A6259"/>
     <w:rsid w:val="003B1F7E"/>
     <w:rsid w:val="003D2CDD"/>
     <w:rsid w:val="003D3A58"/>
     <w:rsid w:val="003D6939"/>
     <w:rsid w:val="003F7AE0"/>
+    <w:rsid w:val="004214FE"/>
     <w:rsid w:val="004315EA"/>
     <w:rsid w:val="00433DB0"/>
+    <w:rsid w:val="00440FA7"/>
     <w:rsid w:val="00453D89"/>
     <w:rsid w:val="00455501"/>
     <w:rsid w:val="00455709"/>
     <w:rsid w:val="00467AA3"/>
     <w:rsid w:val="00471BBC"/>
     <w:rsid w:val="00474AAE"/>
     <w:rsid w:val="00491105"/>
     <w:rsid w:val="00497D36"/>
     <w:rsid w:val="004C1308"/>
     <w:rsid w:val="004D4818"/>
     <w:rsid w:val="004D659B"/>
     <w:rsid w:val="005052E9"/>
     <w:rsid w:val="0054130B"/>
     <w:rsid w:val="00542603"/>
     <w:rsid w:val="0054691F"/>
     <w:rsid w:val="00546E6F"/>
     <w:rsid w:val="00555340"/>
     <w:rsid w:val="005736A5"/>
     <w:rsid w:val="005771A3"/>
     <w:rsid w:val="0058413B"/>
     <w:rsid w:val="00590267"/>
     <w:rsid w:val="00591CB9"/>
     <w:rsid w:val="005A3C0D"/>
     <w:rsid w:val="005C10E0"/>
     <w:rsid w:val="00613524"/>
@@ -1670,136 +2647,141 @@
     <w:rsid w:val="008A26C6"/>
     <w:rsid w:val="008D358A"/>
     <w:rsid w:val="00912314"/>
     <w:rsid w:val="00917C9E"/>
     <w:rsid w:val="0092280E"/>
     <w:rsid w:val="00924AA2"/>
     <w:rsid w:val="00944BC2"/>
     <w:rsid w:val="00951088"/>
     <w:rsid w:val="00953632"/>
     <w:rsid w:val="00953752"/>
     <w:rsid w:val="00962C80"/>
     <w:rsid w:val="0097078A"/>
     <w:rsid w:val="0097409E"/>
     <w:rsid w:val="009777FF"/>
     <w:rsid w:val="00982875"/>
     <w:rsid w:val="00990B85"/>
     <w:rsid w:val="0099774B"/>
     <w:rsid w:val="009B09B3"/>
     <w:rsid w:val="009B6762"/>
     <w:rsid w:val="009D23CD"/>
     <w:rsid w:val="009E5A60"/>
     <w:rsid w:val="009F3E32"/>
     <w:rsid w:val="00A04EB7"/>
     <w:rsid w:val="00A15142"/>
     <w:rsid w:val="00A310C3"/>
+    <w:rsid w:val="00A443E4"/>
     <w:rsid w:val="00A63271"/>
     <w:rsid w:val="00A75371"/>
     <w:rsid w:val="00AA07AD"/>
     <w:rsid w:val="00AA42AE"/>
     <w:rsid w:val="00AB1E7D"/>
     <w:rsid w:val="00AC500F"/>
     <w:rsid w:val="00AD274F"/>
     <w:rsid w:val="00B11646"/>
     <w:rsid w:val="00B269DF"/>
     <w:rsid w:val="00B300F2"/>
     <w:rsid w:val="00B3362C"/>
     <w:rsid w:val="00B5583A"/>
     <w:rsid w:val="00B621B7"/>
     <w:rsid w:val="00B63D8B"/>
     <w:rsid w:val="00B66645"/>
     <w:rsid w:val="00B66C49"/>
     <w:rsid w:val="00B74821"/>
     <w:rsid w:val="00BA1F6B"/>
     <w:rsid w:val="00BA663E"/>
     <w:rsid w:val="00BD39C5"/>
     <w:rsid w:val="00BE0AA8"/>
     <w:rsid w:val="00BE1884"/>
     <w:rsid w:val="00BE3BAD"/>
     <w:rsid w:val="00BE424D"/>
     <w:rsid w:val="00C239C2"/>
     <w:rsid w:val="00C4328A"/>
     <w:rsid w:val="00C90F48"/>
     <w:rsid w:val="00CB36C3"/>
+    <w:rsid w:val="00CB72F8"/>
     <w:rsid w:val="00CD41AD"/>
     <w:rsid w:val="00CF0631"/>
     <w:rsid w:val="00CF096D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D12B69"/>
     <w:rsid w:val="00D71636"/>
     <w:rsid w:val="00DB52ED"/>
     <w:rsid w:val="00DB667E"/>
     <w:rsid w:val="00DD18DE"/>
     <w:rsid w:val="00DD394F"/>
     <w:rsid w:val="00DE0681"/>
     <w:rsid w:val="00DE3436"/>
     <w:rsid w:val="00E26C50"/>
     <w:rsid w:val="00E30A03"/>
     <w:rsid w:val="00E341A6"/>
     <w:rsid w:val="00E36435"/>
     <w:rsid w:val="00E55472"/>
     <w:rsid w:val="00E60D0C"/>
     <w:rsid w:val="00EC1FE4"/>
     <w:rsid w:val="00EC3B69"/>
     <w:rsid w:val="00ED4BBE"/>
     <w:rsid w:val="00EE4B01"/>
     <w:rsid w:val="00EF261F"/>
+    <w:rsid w:val="00EF3BBC"/>
+    <w:rsid w:val="00EF5F92"/>
     <w:rsid w:val="00F15968"/>
     <w:rsid w:val="00F4780D"/>
     <w:rsid w:val="00F47B23"/>
     <w:rsid w:val="00F51C66"/>
     <w:rsid w:val="00F96CA6"/>
     <w:rsid w:val="00FA06F8"/>
+    <w:rsid w:val="00FB3C02"/>
     <w:rsid w:val="00FC217A"/>
     <w:rsid w:val="00FD4253"/>
+    <w:rsid w:val="00FE35C3"/>
     <w:rsid w:val="4BFA70CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="207E2AA1"/>
   <w15:docId w15:val="{6D05D9C1-7A8C-4987-9C0A-38EDD9638B2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2265,55 +3247,51 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Irena.Pudnika@nva.gov.lv" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Irena.Pudnika@nva.gov.lv" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2532,76 +3510,76 @@
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>460</Characters>
+  <Pages>3</Pages>
+  <Words>1947</Words>
+  <Characters>1111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>pkiva</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1263</CharactersWithSpaces>
+  <CharactersWithSpaces>3052</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>DaceA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1033-12.2.0.18911</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>F028CB67CEA045278A33E7B59472D8E6_13</vt:lpwstr>