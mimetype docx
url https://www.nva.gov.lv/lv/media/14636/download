--- v0 (2025-10-08)
+++ v1 (2025-12-29)
@@ -1,125 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0A936CE7" w14:textId="77777777" w:rsidR="009B76AE" w:rsidRPr="00712BF2" w:rsidRDefault="009B76AE" w:rsidP="00F475DE">
+    <w:p w:rsidR="009B76AE" w:rsidRPr="00712BF2" w:rsidRDefault="00CE01D4" w:rsidP="00F475DE">
       <w:pPr>
         <w:rPr>
           <w:color w:val="943634"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="943634"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4445</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>2540</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1865630" cy="914400"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1865630" cy="914400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54C57D82" w14:textId="77777777" w:rsidR="00973D06" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="00F475DE">
+    <w:p w:rsidR="007256B1" w:rsidRDefault="007256B1" w:rsidP="00F475DE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D853D2">
+    </w:p>
+    <w:p w:rsidR="00973D06" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="00F475DE">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pieteikums</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B54454" w:rsidRPr="00D853D2">
+      </w:pPr>
+      <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00393C50" w:rsidRPr="00D853D2">
+        <w:t>Pieteikums</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54454" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">aktīvā nodarbinātības pasākuma </w:t>
-[...5 lines deleted...]
-        <w:ind w:right="0"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00393C50" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk101874905"/>
+        <w:t xml:space="preserve">aktīvā nodarbinātības pasākuma </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE68D5" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="00F475DE">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk101874905"/>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00F20E33" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apmācība</w:t>
       </w:r>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -140,429 +218,429 @@
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00402386" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B54454" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>īstenošanai</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="45951993" w14:textId="77777777" w:rsidR="00397844" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="00397844">
+    <w:p w:rsidR="00397844" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="00397844">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00D853D2">
         <w:t>(AF projekts „Prasmju pilnveide pieaugušajiem” Nr.3.1.2.5.i.0/1/23/I/CFLA/001)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8C7B96" w14:textId="77777777" w:rsidR="009A3790" w:rsidRPr="00D853D2" w:rsidRDefault="009A3790" w:rsidP="00E4239C">
+    <w:p w:rsidR="009A3790" w:rsidRPr="00D853D2" w:rsidRDefault="009A3790" w:rsidP="00E4239C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="610"/>
         <w:gridCol w:w="5200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="77233B9C" w14:textId="77777777" w:rsidTr="00F80C09">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00F80C09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED00810" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD251B0" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48949ACA" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRDefault="002E7510" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRDefault="00CE01D4" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Datums ir elektronisk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> dokumenta </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="080306A9" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRDefault="002E7510" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRDefault="00CE01D4" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>parakst</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>īš</w:t>
             </w:r>
             <w:r>
               <w:t>anas datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5BCCAE34" w14:textId="77777777" w:rsidTr="00F80C09">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00F80C09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB2D50C" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRPr="000D351A" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRPr="000D351A" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70A3ED1F" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="0652F0C7" w14:textId="77777777" w:rsidTr="00F80C09">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00F80C09">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5643E91D" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRPr="005252F0" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRPr="005252F0" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="0DBFC030" w14:textId="77777777" w:rsidTr="00F80C09">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00F80C09">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36EBC3B5" w14:textId="0A3737C4" w:rsidR="00F80C09" w:rsidRPr="005252F0" w:rsidRDefault="002E7510" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRPr="005252F0" w:rsidRDefault="00CE01D4" w:rsidP="00F80C09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(pretendenta</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – nozares asociācijas</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> nosaukums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="019AF62B" w14:textId="77777777" w:rsidTr="00F80C09">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00F80C09">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="103CA537" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRPr="005252F0" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRPr="005252F0" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="7A4284FB" w14:textId="77777777" w:rsidTr="00F80C09">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00F80C09">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30E2722A" w14:textId="54F91429" w:rsidR="00F80C09" w:rsidRPr="00DF6E5B" w:rsidRDefault="002E7510" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRPr="00DF6E5B" w:rsidRDefault="00CE01D4" w:rsidP="00F80C09">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>(amats, vārds, uzvārds)</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="38DF11BD" w14:textId="77777777" w:rsidTr="00F80C09">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00F80C09">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="64F480B6" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRPr="00DF6E5B" w:rsidRDefault="002E7510" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRPr="00DF6E5B" w:rsidRDefault="00CE01D4" w:rsidP="00F80C09">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve">personā, kurš (-a) rīkojas saskaņā ar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="12FAC187" w14:textId="77777777" w:rsidR="00F80C09" w:rsidRPr="004872F9" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
+          <w:p w:rsidR="00F80C09" w:rsidRPr="004872F9" w:rsidRDefault="00F80C09" w:rsidP="00F80C09">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B6E06EE" w14:textId="77777777" w:rsidR="00973D06" w:rsidRPr="00D853D2" w:rsidRDefault="00973D06" w:rsidP="00E4239C">
+    <w:p w:rsidR="00973D06" w:rsidRPr="00D853D2" w:rsidRDefault="00973D06" w:rsidP="00E4239C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24254D05" w14:textId="68AEB18D" w:rsidR="009A3790" w:rsidRPr="00C310B1" w:rsidRDefault="002E7510" w:rsidP="00F80C09">
+    <w:p w:rsidR="009A3790" w:rsidRPr="00C310B1" w:rsidRDefault="00CE01D4" w:rsidP="00F80C09">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(turpmāk – Pretendents)</w:t>
       </w:r>
       <w:r w:rsidR="00973D06" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00402386" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
@@ -628,117 +706,117 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00961084" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A38E9" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>īstenošanai</w:t>
       </w:r>
       <w:r w:rsidR="00402386" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46088F35" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="0056698F" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
+    <w:p w:rsidR="00D0248F" w:rsidRPr="0056698F" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="312"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2768"/>
         <w:gridCol w:w="6860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="6D5F538B" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="786EEEE1" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00C928CB" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00C928CB" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00C928CB">
               <w:t>Reģistrācijas Nr.</w:t>
             </w:r>
             <w:r w:rsidR="008104E7">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52CF14D7" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="3920B2A8" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D14FAB9" w14:textId="58FD3D07" w:rsidR="00463C3F" w:rsidRPr="00443172" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+          <w:p w:rsidR="00463C3F" w:rsidRPr="00443172" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r>
               <w:t>NACE kods</w:t>
             </w:r>
             <w:r w:rsidR="00E65079">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00402386">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>atbilstoši</w:t>
             </w:r>
             <w:r w:rsidR="00402386" w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> NACE </w:t>
             </w:r>
             <w:r w:rsidRPr="009C4A4C">
@@ -770,529 +848,529 @@
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>nozari, kurā darbojas un kurā vēlas saņemt atbalstu</w:t>
             </w:r>
             <w:r w:rsidR="00F80C09">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00402386">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="008104E7">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="28E37588" w14:textId="77777777" w:rsidR="00463C3F" w:rsidRPr="00A41BAF" w:rsidRDefault="00463C3F" w:rsidP="006A6020">
+          <w:p w:rsidR="00463C3F" w:rsidRPr="00A41BAF" w:rsidRDefault="00463C3F" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="7CA706E0" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36729F1D" w14:textId="77777777" w:rsidR="003F722B" w:rsidRPr="00443172" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="003F722B" w:rsidRPr="00443172" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r>
               <w:t>Banka:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="664EEB55" w14:textId="77777777" w:rsidR="003F722B" w:rsidRPr="00A41BAF" w:rsidRDefault="003F722B" w:rsidP="006A6020">
+          <w:p w:rsidR="003F722B" w:rsidRPr="00A41BAF" w:rsidRDefault="003F722B" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="4F56667F" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBFA7E7" w14:textId="77777777" w:rsidR="00443172" w:rsidRPr="00C928CB" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00443172" w:rsidRPr="00C928CB" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00443172">
               <w:t>Bankas konts</w:t>
             </w:r>
             <w:r w:rsidR="008104E7">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09990B62" w14:textId="77777777" w:rsidR="00443172" w:rsidRPr="00A41BAF" w:rsidRDefault="00443172" w:rsidP="006A6020">
+          <w:p w:rsidR="00443172" w:rsidRPr="00A41BAF" w:rsidRDefault="00443172" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="688F41F4" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40A7034F" w14:textId="1FC7AE76" w:rsidR="003F722B" w:rsidRPr="00443172" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+          <w:p w:rsidR="003F722B" w:rsidRPr="00443172" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r>
               <w:t>Bankas kods</w:t>
             </w:r>
             <w:r w:rsidR="009C4A4C">
               <w:t xml:space="preserve"> SWIFT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6236BA20" w14:textId="77777777" w:rsidR="003F722B" w:rsidRPr="00A41BAF" w:rsidRDefault="003F722B" w:rsidP="006A6020">
+          <w:p w:rsidR="003F722B" w:rsidRPr="00A41BAF" w:rsidRDefault="003F722B" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5D1F254F" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE20FCC" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00C928CB" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00C928CB" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00C928CB">
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:r w:rsidR="008104E7">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D84DD00" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="330C387E" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE73F83" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00C928CB" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00C928CB" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00C928CB">
               <w:t xml:space="preserve">E </w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00C928CB">
               <w:t xml:space="preserve"> pasta adrese</w:t>
             </w:r>
             <w:r w:rsidR="008104E7">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="587C4913" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5B8BE46A" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="76E00466" w14:textId="77777777" w:rsidR="008104E7" w:rsidRDefault="008104E7" w:rsidP="006A6020">
+          <w:p w:rsidR="008104E7" w:rsidRDefault="008104E7" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0B15B9F7" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="008104E7" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="008104E7" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008104E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Atbildīgā kontaktpersona Pasākuma īstenošanas laikā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="4520AB8C" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20C68C61" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00C928CB" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00C928CB" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Vārds, uzvārds</w:t>
             </w:r>
             <w:r w:rsidR="004C3D21">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C041EDB" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="3F83195C" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1161FA98" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Amats</w:t>
             </w:r>
             <w:r w:rsidR="004C3D21">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="76D75FCC" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="6DB27B00" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2370A8D4" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:r w:rsidR="004C3D21">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34098EA7" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="724DA81E" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7325A323" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRDefault="002E7510" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRDefault="00CE01D4" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>E-pasta adrese</w:t>
             </w:r>
             <w:r w:rsidR="004C3D21">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="05F0648A" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00A41BAF" w:rsidRDefault="00D0248F" w:rsidP="006A6020">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28378AA0" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="006A6020" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+    <w:p w:rsidR="00D0248F" w:rsidRPr="006A6020" w:rsidRDefault="00CE01D4" w:rsidP="0029407B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:after="120"/>
+        <w:spacing w:after="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref38013419"/>
+      <w:bookmarkStart w:id="1" w:name="_Ref38013419"/>
       <w:r w:rsidRPr="006A6020">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Inform</w:t>
       </w:r>
       <w:r w:rsidRPr="006A6020">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="006A6020">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>cija par Pretendentu:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="21CDE9C0" w14:textId="01532E0A" w:rsidR="002E7FBB" w:rsidRDefault="002E7FBB" w:rsidP="00197600">
+    <w:p w:rsidR="002E7FBB" w:rsidRDefault="002E7FBB" w:rsidP="00197600">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ACCBC93" w14:textId="279CC6E2" w:rsidR="00C310B1" w:rsidRPr="00BB53ED" w:rsidRDefault="002E7510" w:rsidP="00BB53ED">
+    <w:p w:rsidR="00C310B1" w:rsidRPr="00BB53ED" w:rsidRDefault="00CE01D4" w:rsidP="00BB53ED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB53ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pretendents, parakstot šo pieteikumu,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB53ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> apliecina, ka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6AFB7D" w14:textId="77777777" w:rsidR="00C310B1" w:rsidRPr="00E65079" w:rsidRDefault="002E7510" w:rsidP="006E20B3">
+    <w:p w:rsidR="00C310B1" w:rsidRPr="00E65079" w:rsidRDefault="00CE01D4" w:rsidP="006E20B3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E65079">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>pieteikumā sniegtā informācija ir patiesa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023ECB12" w14:textId="5B96464B" w:rsidR="006E20B3" w:rsidRPr="00E65079" w:rsidRDefault="002E7510" w:rsidP="006E20B3">
+    <w:p w:rsidR="006E20B3" w:rsidRPr="00E65079" w:rsidRDefault="00CE01D4" w:rsidP="006E20B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E65079">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>saskaņā ar Ministru kabineta 2011.gada 25.janvāra noteikumu Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību u</w:t>
       </w:r>
       <w:r w:rsidRPr="00E65079">
         <w:rPr>
@@ -1323,228 +1401,228 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; 109.</w:t>
       </w:r>
       <w:r w:rsidR="00BF762F" w:rsidRPr="00E65079">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidR="00421651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E01314E" w14:textId="77777777" w:rsidR="00BF762F" w:rsidRDefault="002E7510" w:rsidP="00BF762F">
+    <w:p w:rsidR="00BF762F" w:rsidRDefault="00CE01D4" w:rsidP="00BF762F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C04282">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ir reģistrēts saskaņā ar attiecīgo saimniecisko, profesionālo vai cita rakstura darbību regulējošo normatīvo </w:t>
       </w:r>
       <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="veidnes">
         <w:smartTagPr>
+          <w:attr w:name="text" w:val="aktu"/>
+          <w:attr w:name="id" w:val="-1"/>
           <w:attr w:name="baseform" w:val="akt|s"/>
-          <w:attr w:name="id" w:val="-1"/>
-          <w:attr w:name="text" w:val="aktu"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00C04282">
           <w:t>aktu</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00C04282">
         <w:t xml:space="preserve"> prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECD46EB" w14:textId="44D2EA20" w:rsidR="00A52614" w:rsidRPr="00C04282" w:rsidRDefault="002E7510" w:rsidP="00BF762F">
+    <w:p w:rsidR="00A52614" w:rsidRPr="00C04282" w:rsidRDefault="00CE01D4" w:rsidP="00BF762F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>ir reģistrēts Latvijas Republika</w:t>
+        <w:t xml:space="preserve">ir reģistrēts Latvijas </w:t>
       </w:r>
       <w:r>
-        <w:t>s Uzņēmumu reģistra biedrību un nodibinājumu reģistrā vismaz piecus gadus pirms iesaistīšanās Pasākumā;</w:t>
+        <w:t>Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā vismaz piecus gadus pirms iesaistīšanās Pasākumā;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34267E16" w14:textId="77777777" w:rsidR="00BF762F" w:rsidRPr="00C04282" w:rsidRDefault="002E7510" w:rsidP="00BF762F">
+    <w:p w:rsidR="00BF762F" w:rsidRPr="00C04282" w:rsidRDefault="00CE01D4" w:rsidP="00BF762F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C04282">
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">saņēmis </w:t>
       </w:r>
       <w:r w:rsidRPr="00C04282">
         <w:t>licenc</w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00C04282">
         <w:t>, akreditācijas lap</w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00C04282">
         <w:t xml:space="preserve"> vai sertifikāt</w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00C04282">
         <w:t xml:space="preserve"> attiecīgo pakalpojumu sniegšanai, ja tā nepieciešamību nosaka normatīvie akti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43BFEE3B" w14:textId="7ADC25FE" w:rsidR="00BF762F" w:rsidRPr="00F57708" w:rsidRDefault="002E7510" w:rsidP="00BF762F">
+    <w:p w:rsidR="00BF762F" w:rsidRPr="00F57708" w:rsidRDefault="00CE01D4" w:rsidP="00BF762F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F57708">
-        <w:lastRenderedPageBreak/>
         <w:t>pēdēj</w:t>
       </w:r>
       <w:r w:rsidR="00874A3D">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00F57708">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00874A3D">
         <w:t xml:space="preserve">divu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F57708">
         <w:t>gad</w:t>
       </w:r>
       <w:r w:rsidR="00874A3D">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00F57708">
         <w:t xml:space="preserve"> laikā nav pārkāpis līgumu par Nodarbinātības valsts aģentūras (turpmāk – Aģentūra) organizēto aktīvo nodarbinātības pasākumu īstenošanu nosacījumus, ja šāds līgums ar Aģentūru ir bijis noslēgts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A66F27" w14:textId="4662C784" w:rsidR="00874A3D" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="00D853D2">
+    <w:p w:rsidR="00874A3D" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="00D853D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A0A94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>uz Pretendentu neattiecas neviens no Publisko iepirkumu liku</w:t>
+        <w:t>uz Pretendentu neattiecas neviens no Publisko iepirku</w:t>
       </w:r>
       <w:r w:rsidRPr="003A0A94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>ma 42. panta otrās daļas 4., 6. un 14. punktā minētajiem izslēgšanas noteikumiem un ir ievērots minētā likuma 42. panta ceturtās daļas 2. punktā noteiktais termiņš, un Pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķirša</w:t>
+        <w:t>mu likuma 42. panta otrās daļas 4., 6. un 14. punktā minētajiem izslēgšanas noteikumiem un ir ievērots minētā likuma 42. panta ceturtās daļas 2. punktā noteiktais termiņš, un Pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību pi</w:t>
       </w:r>
       <w:r w:rsidRPr="003A0A94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>nu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 euro;</w:t>
+        <w:t>ešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 euro;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34AA3756" w14:textId="32B2FB56" w:rsidR="00BF762F" w:rsidRPr="00F77AFC" w:rsidRDefault="002E7510" w:rsidP="00BF762F">
+    <w:p w:rsidR="00BF762F" w:rsidRPr="00F77AFC" w:rsidRDefault="00CE01D4" w:rsidP="00BF762F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A977C3">
-        <w:t>nav izglītības iestāde, kuras pam</w:t>
+        <w:t>nav izglītības iestāde, ku</w:t>
       </w:r>
       <w:r w:rsidRPr="00A977C3">
-        <w:t>atuzdevums ir izglītības programmu īstenošana</w:t>
+        <w:t>ras pamatuzdevums ir izglītības programmu īstenošana</w:t>
       </w:r>
       <w:r w:rsidR="008B7499">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="008B7499" w:rsidRPr="00A977C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B7499">
         <w:t xml:space="preserve">nav </w:t>
       </w:r>
       <w:r w:rsidRPr="00A977C3">
         <w:t xml:space="preserve">politiskā </w:t>
       </w:r>
       <w:r w:rsidRPr="00F77AFC">
         <w:t>partija;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0119A7E7" w14:textId="5A5A617B" w:rsidR="00BF762F" w:rsidRPr="00F77AFC" w:rsidRDefault="002E7510" w:rsidP="00BF762F">
+    <w:p w:rsidR="00BF762F" w:rsidRPr="00F77AFC" w:rsidRDefault="00CE01D4" w:rsidP="00BF762F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F77AFC">
         <w:t xml:space="preserve">Pretendenta </w:t>
       </w:r>
       <w:r w:rsidR="008B7499" w:rsidRPr="00F77AFC">
         <w:t>pieteikt</w:t>
       </w:r>
       <w:r w:rsidR="008B7499">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="008B7499" w:rsidRPr="00F77AFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F77AFC">
         <w:t xml:space="preserve">darba </w:t>
       </w:r>
       <w:r w:rsidR="008B7499" w:rsidRPr="00F77AFC">
         <w:t>devē</w:t>
       </w:r>
@@ -1554,1407 +1632,1503 @@
       <w:r w:rsidR="008B7499" w:rsidRPr="00F77AFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F77AFC">
         <w:t>praktiskā apmācība ietver</w:t>
       </w:r>
       <w:r w:rsidR="00421651">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F77AFC">
         <w:t xml:space="preserve"> profesionālās kompetences apgūšanu, kas atbilst otrā</w:t>
       </w:r>
       <w:r w:rsidR="00BF6771">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008B7499">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F77AFC">
         <w:t>trešā</w:t>
       </w:r>
       <w:r w:rsidR="008B7499">
         <w:t xml:space="preserve"> vai ceturtā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F77AFC">
-        <w:t xml:space="preserve"> profesionālās kvalifikācijas līmeņa profesionālajai </w:t>
+        <w:t xml:space="preserve"> profesionālās kvalifikācijas līmeņa profesion</w:t>
       </w:r>
       <w:r w:rsidRPr="00F77AFC">
-        <w:t>kompetencei;</w:t>
+        <w:t>ālajai kompetencei;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504AEB3C" w14:textId="21C900AC" w:rsidR="00BF762F" w:rsidRPr="00F77AFC" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+    <w:p w:rsidR="00BF762F" w:rsidRPr="00F77AFC" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1077"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F77AFC">
         <w:t xml:space="preserve">Pretendenta pieteiktie darba devēji neorganizēs </w:t>
       </w:r>
       <w:r w:rsidR="008172CE">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F77AFC">
         <w:t>raktisko apmācību nekvalificētu vai mazkvalificētu darbu veikšanai (vienkāršo profesiju darbi atbilstoši Profesiju klasifikatora devītajai pamatgrupai);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6DA1EE" w14:textId="14E8FB19" w:rsidR="006E20B3" w:rsidRPr="001D1BFF" w:rsidRDefault="002E7510" w:rsidP="001D1BFF">
+    <w:p w:rsidR="00E16856" w:rsidRPr="00E16856" w:rsidRDefault="00CE01D4" w:rsidP="001D1BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ievēros, ka </w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>finanšu atbalstu nedrīkst sum</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">mēt ar citu </w:t>
+        <w:t xml:space="preserve">finanšu atbalstu nedrīkst summēt ar citu </w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalstu un citu valsts atbalstu attiecībā uz vienām un tām pašām attiecināmajām izmaksām vai citu valsts atbalstu tam pašam riska finansējuma pasākumam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E20B3" w:rsidRPr="001D1BFF" w:rsidRDefault="00CE01D4" w:rsidP="001D1BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ievēros, ka s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F271B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">aimnieciskās darbības veicējs, kuram </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F271B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>piešķir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16856">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F271B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu saskaņā ar Komisijas regulu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00756B42">
+        <w:rPr>
+          <w:color w:val="0563C1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Nr. 2023/2831</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F271B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un kurš darbojas nozarēs, kas minētas Komisijas regulas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00756B42">
+        <w:rPr>
+          <w:color w:val="0563C1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Nr. 2023/2831</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F271B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. panta 1. punkta "a", "b", "c" vai "d" apakšpunktā, nodrošina šo nozaru darbību vai uzskaites nodalīšanu, lai da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F271B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">rbības izslēgtajās nozarēs negūtu labumu no de minimis atbalsta, ko piešķir saskaņā ar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>MK noteikumu Nr. 75 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">192. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16856">
+        <w:rPr>
+          <w:iCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pantu</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7510">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0405B6CE" w14:textId="377403DC" w:rsidR="00ED0B6D" w:rsidRDefault="002E7510" w:rsidP="0047397F">
+    <w:p w:rsidR="00ED0B6D" w:rsidRDefault="00CE01D4" w:rsidP="0047397F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1077"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pretendenta pieteiktie darba devēji darbojas (atzīmē atbilstošo):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9274" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1336"/>
         <w:gridCol w:w="7938"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="42DFA731" w14:textId="77777777" w:rsidTr="0082536B">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="0082536B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09038140" w14:textId="55666EBA" w:rsidR="00722CE0" w:rsidRDefault="002E7510" w:rsidP="00722CE0">
+          <w:p w:rsidR="00722CE0" w:rsidRDefault="00CE01D4" w:rsidP="00722CE0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00722CE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ar </w:t>
             </w:r>
             <w:r w:rsidRPr="0082536B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">X </w:t>
             </w:r>
             <w:r w:rsidRPr="00722CE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>atzīmēt</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> atbilstošo</w:t>
+              <w:t>atzīmēt atbilstošo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6682257A" w14:textId="59D32AC6" w:rsidR="00722CE0" w:rsidRPr="0082536B" w:rsidRDefault="002E7510" w:rsidP="00722CE0">
+          <w:p w:rsidR="00722CE0" w:rsidRPr="0082536B" w:rsidRDefault="00CE01D4" w:rsidP="00722CE0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0082536B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nozares</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5E0384C6" w14:textId="77777777" w:rsidTr="00722CE0">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00722CE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="191DEC27" w14:textId="77777777" w:rsidR="00722CE0" w:rsidRPr="00F80C09" w:rsidRDefault="00722CE0" w:rsidP="00F80C09">
+          <w:p w:rsidR="00722CE0" w:rsidRPr="00F80C09" w:rsidRDefault="00722CE0" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF9567B" w14:textId="4E107A08" w:rsidR="00722CE0" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="00673A20">
+          <w:p w:rsidR="00722CE0" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="00673A20">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D853D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Apstrādes rūpniecības nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="6826B5F0" w14:textId="77777777" w:rsidTr="00722CE0">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00722CE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="480991F8" w14:textId="77777777" w:rsidR="00722CE0" w:rsidRPr="00F80C09" w:rsidRDefault="00722CE0" w:rsidP="00F80C09">
+          <w:p w:rsidR="00722CE0" w:rsidRPr="00F80C09" w:rsidRDefault="00722CE0" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3231C278" w14:textId="70178B1D" w:rsidR="00722CE0" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="00673A20">
+          <w:p w:rsidR="00722CE0" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="00673A20">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D853D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Transporta un uzglabāšanas nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="539223BA" w14:textId="77777777" w:rsidTr="00722CE0">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00722CE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301EB7B7" w14:textId="77777777" w:rsidR="00722CE0" w:rsidRPr="00F80C09" w:rsidRDefault="00722CE0" w:rsidP="00F80C09">
+          <w:p w:rsidR="00722CE0" w:rsidRPr="00F80C09" w:rsidRDefault="00722CE0" w:rsidP="00F80C09">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="257AC72A" w14:textId="1CD3D743" w:rsidR="00722CE0" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="00673A20">
+          <w:p w:rsidR="00722CE0" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="00673A20">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D853D2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Informācijas un komunikācijas pakalpojumu nozarē, izņemot izdevējdarbību, kinofilmu, videofilmu, televīzijas programmu un skaņu ierakstu producēšanu, radio un televīzi</w:t>
-[...6 lines deleted...]
-              <w:t>jas programmu izstrādi un apraidi</w:t>
+              <w:t>Informācijas un komunikācijas pakalpojumu nozarē, izņemot izdevējdarbību, kinofilmu, videofilmu, televīzijas programmu un skaņu ierakstu producēšanu, radio un televīzijas programmu izstrādi un apraidi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6221714E" w14:textId="60CCA625" w:rsidR="0052008A" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="0047397F">
+    <w:p w:rsidR="0052008A" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="0047397F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendents pārstāv ne mazāk kā 10 nozares uzņēmumus </w:t>
       </w:r>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>(norāda vismaz 10 nozares uzņēmumus, kas ir asociācijas biedri)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4781" w:type="pct"/>
         <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="2872"/>
         <w:gridCol w:w="2613"/>
         <w:gridCol w:w="2870"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="0423E21B" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7D53CB7C" w14:textId="6E59FC87" w:rsidR="0052008A" w:rsidRPr="0052008A" w:rsidRDefault="002E7510" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRPr="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0052008A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Npk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="51ECE52A" w14:textId="5977566C" w:rsidR="0052008A" w:rsidRPr="0052008A" w:rsidRDefault="002E7510" w:rsidP="00421651">
+          <w:p w:rsidR="0052008A" w:rsidRPr="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="00421651">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0052008A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Uzņēmums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="12B254DA" w14:textId="47F9B6F6" w:rsidR="0052008A" w:rsidRPr="0052008A" w:rsidRDefault="002E7510" w:rsidP="00421651">
+          <w:p w:rsidR="0052008A" w:rsidRPr="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="00421651">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0052008A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Reģistrācijas nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2ECB2511" w14:textId="0A94F1E6" w:rsidR="00421651" w:rsidRDefault="002E7510" w:rsidP="00421651">
+          <w:p w:rsidR="00421651" w:rsidRDefault="00CE01D4" w:rsidP="00421651">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B53865">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Darbības joma</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E6DEBF6" w14:textId="4259D032" w:rsidR="0052008A" w:rsidRPr="0052008A" w:rsidRDefault="002E7510" w:rsidP="00421651">
+          <w:p w:rsidR="0052008A" w:rsidRPr="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="00421651">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB3A24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>Norāda NACE kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="77CFCE03" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA5E2DF" w14:textId="7ECA07DB" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5E512F32" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="49FD86A3" w14:textId="08206862" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1E22FE59" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="7F2E7F08" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1F52E1" w14:textId="345D597D" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0969E391" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1EBB8371" w14:textId="6B8C88D2" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAE49B7" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="08BC6091" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="35CC4E9E" w14:textId="11912EC0" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="01FBCB53" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79F0E5C7" w14:textId="3E4BEE25" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="29ABF017" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="6E877280" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD15DD0" w14:textId="6B99E68D" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1799C5B3" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2408C4D0" w14:textId="33B3E660" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7F7327A4" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5ACBA45F" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5D408418" w14:textId="3BC7BD73" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="60CB932E" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1886A1" w14:textId="01421FD3" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF19645" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="156C93EB" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="516DC76C" w14:textId="5419B5C1" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="583E4B17" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7B885E2F" w14:textId="7CDA2805" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="39923D1E" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="1C29FCE7" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0173572C" w14:textId="398BDA67" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="17E8BF52" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="40E3DA52" w14:textId="68D3942F" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="003B637F" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="7212A909" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA9F248" w14:textId="38500E8D" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="45099BE9" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC0872E" w14:textId="57006403" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="740EAD13" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="72F9D289" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="50EBB747" w14:textId="43A9B231" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0157E712" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE3061E" w14:textId="1CAF04CD" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="096E9940" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="466F59FE" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="462" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79BD226F" w14:textId="56CF1E6F" w:rsidR="0052008A" w:rsidRDefault="002E7510" w:rsidP="008901ED">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="00CE01D4" w:rsidP="008901ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="67DEE9F1" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1419" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC1B8DC" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDDC8DB" w14:textId="77777777" w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
+          <w:p w:rsidR="0052008A" w:rsidRDefault="0052008A" w:rsidP="0052008A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="526EFA5B" w14:textId="6C715295" w:rsidR="008104E7" w:rsidRPr="008104E7" w:rsidRDefault="008104E7" w:rsidP="00147969">
+    <w:p w:rsidR="008104E7" w:rsidRPr="008104E7" w:rsidRDefault="008104E7" w:rsidP="00147969">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06876814" w14:textId="77777777" w:rsidR="0037142F" w:rsidRPr="00D566B9" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+    <w:p w:rsidR="0037142F" w:rsidRPr="00D566B9" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="85" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056698F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendents darbojas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B073C7" w14:textId="77777777" w:rsidR="00D566B9" w:rsidRPr="00282F6A" w:rsidRDefault="00D566B9" w:rsidP="00B425E7">
+    <w:p w:rsidR="00D566B9" w:rsidRPr="00282F6A" w:rsidRDefault="00D566B9" w:rsidP="00B425E7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="421" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="7932"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="7864EE73" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="735648B8" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="002E7510" w:rsidP="00E4239C">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="00CE01D4" w:rsidP="00E4239C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0033656B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00D566B9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="0033656B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> atzīmēt atbilstošo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5030BA39" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="002E7510" w:rsidP="003A43D4">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="00CE01D4" w:rsidP="003A43D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0033656B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Nozare un Regulu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="71FB562D" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="531CB87F" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00F80C09" w:rsidRDefault="00D0248F" w:rsidP="00E4239C">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00F80C09" w:rsidRDefault="00D0248F" w:rsidP="00E4239C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0FDED0C2" w14:textId="3A2A4BDD" w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="002E7510" w:rsidP="002B0967">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="00CE01D4" w:rsidP="002B0967">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="466"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005E50F9">
               <w:t xml:space="preserve">Komisijas </w:t>
             </w:r>
             <w:r w:rsidR="002B0967">
               <w:t xml:space="preserve">2023. gada 13. decembra Regulas (ES) </w:t>
             </w:r>
             <w:r w:rsidR="002B0967" w:rsidRPr="00756B42">
               <w:rPr>
                 <w:color w:val="0563C1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Nr. 2023/2831</w:t>
             </w:r>
             <w:r w:rsidR="002B0967">
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
             </w:r>
             <w:r w:rsidR="002B0967" w:rsidRPr="00756B42">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidR="002B0967">
               <w:t xml:space="preserve"> atbalstam nosacījumiem</w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00756B42">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Šo regulu piemēro visu nozaru uzņēmumiem piešķirtam atbalstam, izņemot atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu vai atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar zvejas un</w:t>
+              <w:t>Šo regulu</w:t>
             </w:r>
             <w:r w:rsidRPr="00756B42">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> akvakultūras produktu primāro ražošanu</w:t>
+              <w:t xml:space="preserve"> piemēro visu nozaru uzņēmumiem piešķirtam atbalstam, izņemot atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu vai atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro raž</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00756B42">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ošanu</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="3D4059D8" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5225E2EC" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00F80C09" w:rsidRDefault="00D0248F" w:rsidP="00F80C09">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00F80C09" w:rsidRDefault="00D0248F" w:rsidP="00F80C09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="127F6B34" w14:textId="17EE8876" w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="002E7510" w:rsidP="005D6E3F">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="00CE01D4" w:rsidP="005D6E3F">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="466"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005E50F9">
               <w:t xml:space="preserve">Komisijas 2013. gada 18. decembra Regulas (ES) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="005E50F9">
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Nr.</w:t>
               </w:r>
               <w:r w:rsidR="005F20E2">
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r w:rsidRPr="005F20E2">
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>1408</w:t>
               </w:r>
               <w:r w:rsidRPr="005E50F9">
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
@@ -2967,145 +3141,145 @@
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē nosacījumiem. </w:t>
             </w:r>
             <w:r w:rsidRPr="00756B42">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Šo regulu piemēro atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu</w:t>
             </w:r>
             <w:r w:rsidR="005F20E2">
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="12D7C4E9" w14:textId="77777777" w:rsidTr="00BF6771">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00BF6771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68C396E5" w14:textId="77777777" w:rsidR="00D0248F" w:rsidRPr="00F80C09" w:rsidRDefault="00D0248F" w:rsidP="00F80C09">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="00F80C09" w:rsidRDefault="00D0248F" w:rsidP="00F80C09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3280D0D2" w14:textId="772AABEF" w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="002E7510" w:rsidP="00C76981">
+          <w:p w:rsidR="00D0248F" w:rsidRPr="0033656B" w:rsidRDefault="00CE01D4" w:rsidP="00C76981">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="466"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="005E50F9">
-              <w:t>Kom</w:t>
-[...4 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+              <w:t xml:space="preserve">Komisijas 2014. gada 27. jūnija Regulas (ES) </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="005E50F9">
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Nr.</w:t>
               </w:r>
               <w:r w:rsidR="005F20E2">
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r w:rsidRPr="005E50F9">
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>717/2014</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005E50F9">
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
-              <w:t xml:space="preserve"> atbalstam zvejniecības</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> un akvakultūras nozarē nosacījumiem. </w:t>
+              <w:t xml:space="preserve"> atbalstam zvejniecības un akvakultūras nozarē nosacījumiem. </w:t>
             </w:r>
             <w:r w:rsidRPr="00756B42">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Šo regulu piemēro atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
+              <w:t>Šo regulu piemēro atbalstam, kas piešķirts uz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00756B42">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3229F89A" w14:textId="77777777" w:rsidR="004C3D21" w:rsidRDefault="004C3D21" w:rsidP="00493386">
+    <w:p w:rsidR="004C3D21" w:rsidRDefault="004C3D21" w:rsidP="00493386">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3377816F" w14:textId="5EF552C3" w:rsidR="00493386" w:rsidRPr="00493386" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+    <w:p w:rsidR="00493386" w:rsidRPr="00493386" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="007130CE">
         <w:t>retendents p</w:t>
       </w:r>
       <w:r w:rsidR="007130CE" w:rsidRPr="00493386">
         <w:t>irms pieteikuma iesnieg</w:t>
       </w:r>
       <w:r w:rsidR="007130CE" w:rsidRPr="00493386">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidR="007130CE" w:rsidRPr="00493386">
         <w:t xml:space="preserve">anas </w:t>
       </w:r>
       <w:r w:rsidR="005A323C">
         <w:t>Aģentūrā</w:t>
       </w:r>
       <w:r w:rsidR="005A323C" w:rsidRPr="00493386">
@@ -3330,51 +3504,54 @@
       <w:r w:rsidR="007130CE" w:rsidRPr="00493386">
         <w:t xml:space="preserve">cijas </w:t>
       </w:r>
       <w:r w:rsidR="007130CE" w:rsidRPr="00493386">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00493386">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>r. __________</w:t>
       </w:r>
       <w:r w:rsidRPr="001C21B6">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6771">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ieraksta numuru</w:t>
       </w:r>
       <w:r w:rsidRPr="001C21B6">
-        <w:t>).</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C21B6">
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:t>Lai piek</w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ļū</w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:t>tu sist</w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:t>mai, pretendents izmanto Valsts ie</w:t>
       </w:r>
@@ -3393,272 +3570,280 @@
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:t>s deklar</w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ēš</w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:t>anas sist</w:t>
       </w:r>
       <w:r w:rsidRPr="00777CC5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidR="00147969">
         <w:t>mu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAD507A" w14:textId="77777777" w:rsidR="005440A1" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+    <w:p w:rsidR="005440A1" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="85" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Pretendents a</w:t>
       </w:r>
       <w:r w:rsidR="00EE259E" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pņemas</w:t>
       </w:r>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F500EF" w14:textId="14775F0B" w:rsidR="005440A1" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+    <w:p w:rsidR="005440A1" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D853D2">
         <w:t xml:space="preserve">slēgt </w:t>
       </w:r>
       <w:r w:rsidR="00BF6771" w:rsidRPr="00D853D2">
         <w:t xml:space="preserve">sadarbības </w:t>
       </w:r>
       <w:r w:rsidR="008172CE" w:rsidRPr="00D853D2">
         <w:t xml:space="preserve">līgumu </w:t>
       </w:r>
       <w:r w:rsidR="00F04CFC" w:rsidRPr="00D853D2">
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidR="00673A20" w:rsidRPr="00D853D2">
         <w:t>Pasākuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00D853D2">
         <w:t xml:space="preserve"> īstenošanu ne vēlāk kā </w:t>
       </w:r>
       <w:r w:rsidR="00455032" w:rsidRPr="00D853D2">
         <w:t>mēneša laikā pēc lēmuma saņemšanas par atbalsta sniegšanu</w:t>
       </w:r>
       <w:r w:rsidR="009C4A4C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038807D2" w14:textId="77777777" w:rsidR="00243A47" w:rsidRPr="00D853D2" w:rsidRDefault="002E7510" w:rsidP="005B4B60">
+    <w:p w:rsidR="00243A47" w:rsidRPr="00D853D2" w:rsidRDefault="00CE01D4" w:rsidP="005B4B60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Visas</w:t>
       </w:r>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="veidnes">
         <w:smartTagPr>
+          <w:attr w:name="text" w:val="pieteikumā"/>
+          <w:attr w:name="id" w:val="-1"/>
           <w:attr w:name="baseform" w:val="pieteikum|s"/>
-          <w:attr w:name="id" w:val="-1"/>
-          <w:attr w:name="text" w:val="pieteikumā"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00D853D2">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
           </w:rPr>
           <w:t>pieteikumā</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> sniegtās ziņas ir patiesas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A0AB4E" w14:textId="4588E3D3" w:rsidR="0021725F" w:rsidRDefault="002E7510" w:rsidP="00F475DE">
+    <w:p w:rsidR="0021725F" w:rsidRDefault="00CE01D4" w:rsidP="00F475DE">
       <w:r w:rsidRPr="00D853D2">
         <w:t>Pielikumā pretendents pievieno:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="5ABD60B1" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59277B98" w14:textId="597F061E" w:rsidR="009C4A4C" w:rsidRPr="009C4A4C" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+          <w:p w:rsidR="009C4A4C" w:rsidRPr="009C4A4C" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Darba devēju un darba vietu pieteikums/ saraksts dalībai pasākumā </w:t>
             </w:r>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(1. pielikums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="7FD44F60" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E33446A" w14:textId="71D65726" w:rsidR="009C4A4C" w:rsidRPr="009C4A4C" w:rsidRDefault="002E7510" w:rsidP="009C4A4C">
+          <w:p w:rsidR="009C4A4C" w:rsidRPr="009C4A4C" w:rsidRDefault="00CE01D4" w:rsidP="009C4A4C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Dokumenta, kas apliecina pieteikuma iesniedzēja paraksta tiesības, ja pieteikumu iesniedz pilnvarota persona, kopija uz ___ lp.</w:t>
+              <w:t>Dokumenta, kas apliecina pieteikuma iesniedzēja paraksta tiesības, ja pieteikumu iesniedz pilnvarota pe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C4A4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rsona, kopija uz ___ lp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="10F37804" w14:textId="77777777" w:rsidTr="009C4A4C">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="009C4A4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EF610E9" w14:textId="0C1762B4" w:rsidR="009C4A4C" w:rsidRPr="009C4A4C" w:rsidRDefault="002E7510" w:rsidP="00756B42">
+          <w:p w:rsidR="009C4A4C" w:rsidRPr="009C4A4C" w:rsidRDefault="00CE01D4" w:rsidP="00756B42">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Attiecīgās valsts kompetentās institūcijas izziņa par pastāvīgi ārvalstīs dzīvojoša darba devēja valdes vai padomes locekļa, pā</w:t>
+              <w:t>Attiecīgās valsts kompetentās institūcijas izziņa par pastāvīgi ārvalstīs dzīvojoša darba devēja valdes vai padomes locekļa, pārstāvēt tiesīgās personas vai prokūrista, vai personu, kura ir pilnvarota pārstāvēt pretendentu, kas ap</w:t>
             </w:r>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">rstāvēt tiesīgās personas vai prokūrista, vai personu, kura ir pilnvarota pārstāvēt pretendentu, kas apliecina, ka uz to neattiecas Publisko iepirkumu likuma 42. panta </w:t>
+              <w:t xml:space="preserve">liecina, ka uz to neattiecas Publisko iepirkumu likuma 42. panta </w:t>
             </w:r>
             <w:r w:rsidR="005F20E2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>otrās</w:t>
             </w:r>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> daļas 4., 6. un 14.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -3678,2550 +3863,2879 @@
               </w:rPr>
               <w:t xml:space="preserve">ceturtās </w:t>
             </w:r>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>daļas 2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>punkts.minētie p</w:t>
+              <w:t xml:space="preserve">punkts.minētie </w:t>
             </w:r>
             <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ārkāpumi, ievērojot PIL 41.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>pārkāpumi, ievērojot PIL</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="009C4A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009C4A4C">
+              <w:t xml:space="preserve"> 41.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>panta trešajā daļā minēto izziņu derīguma termiņu uz ___ lp. (ja attiecināms)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C4A4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">panta trešajā daļā minēto izziņu derīguma termiņu uz ___ lp. (ja </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C4A4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>attiecināms)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D1E8447" w14:textId="1101FF84" w:rsidR="00A94331" w:rsidRPr="00D853D2" w:rsidRDefault="00A94331" w:rsidP="00F475DE"/>
-    <w:p w14:paraId="02A7D84E" w14:textId="3A6594E0" w:rsidR="009A3790" w:rsidRPr="00374D82" w:rsidRDefault="002E7510" w:rsidP="00F475DE">
+    <w:p w:rsidR="00A94331" w:rsidRPr="00D853D2" w:rsidRDefault="00A94331" w:rsidP="00F475DE"/>
+    <w:p w:rsidR="009A3790" w:rsidRPr="00374D82" w:rsidRDefault="00CE01D4" w:rsidP="00F475DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Pieteikum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F94D38" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">kopā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ar pielikumiem</w:t>
       </w:r>
       <w:r w:rsidR="00F94D38" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz ___lp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378DA82C" w14:textId="77777777" w:rsidR="00760994" w:rsidRDefault="00760994" w:rsidP="00F475DE">
+    <w:p w:rsidR="00760994" w:rsidRDefault="00760994" w:rsidP="00F475DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FD46194" w14:textId="4D9EDB86" w:rsidR="002A5BE4" w:rsidRDefault="002A5BE4" w:rsidP="008C3C46">
-      <w:pPr>
+    <w:p w:rsidR="00755562" w:rsidRPr="003B6BDE" w:rsidRDefault="00CE01D4" w:rsidP="00755562">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="85" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Personas datu apstrāde</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00755562" w:rsidRPr="003B6BDE" w:rsidRDefault="00CE01D4" w:rsidP="00755562">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Šā pieteikuma ietvarā Pretendenta ieniegtos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-        </w:rPr>
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personas datus Aģentūra apstrādā saziņai ar Pretendentu un Pretendenta sniegto ziņu patiesuma pārbaudei, pamatojoties uz normatīvajos aktos noteikto pienākumu izpildi.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="255472A1" w14:textId="303082F3" w:rsidR="007C153C" w:rsidRDefault="002E7510" w:rsidP="009F137F">
+    <w:p w:rsidR="00755562" w:rsidRPr="003B6BDE" w:rsidRDefault="00CE01D4" w:rsidP="00755562">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniedzot datus, Pretendents ir personas datu pārzinis Eiropas Parlamenta un Padomes (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ES) 2016. gada 27. aprīļa Regulas Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti izpratnē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00755562" w:rsidRPr="003B6BDE" w:rsidRDefault="00CE01D4" w:rsidP="00755562">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pretendenta pienākums ir informēt pieteikumā minēto kontaktpersonu un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. punktā minēto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kontaktpersonu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> viņu personas datu nodošanu datu apstrādei Aģentūrā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00755562" w:rsidRPr="003B6BDE" w:rsidRDefault="00CE01D4" w:rsidP="00755562">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apstrādājot Pretendenta iesniegtos personas datus, personas datu apstrādes pārzinis ir Aģentūra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00755562" w:rsidRPr="003B6BDE" w:rsidRDefault="00CE01D4" w:rsidP="00755562">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visa informācija par Aģentūras veikto personas datu apstrādi un datu subjekta tiesību īstenošanu ir ietverta Privātuma politikā, kas atrodama Aģentūras tīmekļa vietnē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www.nva.gov.lv/lv/iestades-privatuma-politika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B6BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5BE4" w:rsidRDefault="002A5BE4" w:rsidP="008C3C46">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055288B" w:rsidRDefault="0055288B" w:rsidP="008C3C46">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055288B" w:rsidRDefault="0055288B" w:rsidP="008C3C46">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C153C" w:rsidRDefault="00CE01D4" w:rsidP="009F137F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00421651">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.pielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501C6AB6" w14:textId="77777777" w:rsidR="009F137F" w:rsidRPr="009F137F" w:rsidRDefault="009F137F" w:rsidP="009F137F">
+    <w:p w:rsidR="009F137F" w:rsidRPr="009F137F" w:rsidRDefault="009F137F" w:rsidP="009F137F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="290848B3" w14:textId="7A681321" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00C474FA">
+    <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00C474FA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Darba devēju un darba vietu pieteikums/ saraksts dalībai </w:t>
+        <w:t>Darba devēju un darba viet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D853D2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">u pieteikums/ saraksts dalībai </w:t>
       </w:r>
       <w:r w:rsidR="00673A20" w:rsidRPr="00D853D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00D853D2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>asākumā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD9C2A9" w14:textId="68709B6C" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+    <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43077538" w14:textId="0EFB4141" w:rsidR="00CE219F" w:rsidRPr="00ED0F28" w:rsidRDefault="002E7510" w:rsidP="00CE219F">
+    <w:p w:rsidR="00CE219F" w:rsidRPr="00ED0F28" w:rsidRDefault="00CE01D4" w:rsidP="00CE219F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED0F28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Informācija par darba </w:t>
-[...8 lines deleted...]
-        <w:t>devēju</w:t>
+        <w:t>Informācija par darba devēju</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4106"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="7345B2A9" w14:textId="77777777" w:rsidTr="00CE219F">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00CE219F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="660D99BF" w14:textId="501AB6E2" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00A86D60">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00A86D60">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darba devējs:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32D011C0" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5DB0CC64" w14:textId="77777777" w:rsidTr="00CE219F">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00CE219F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E3FB46" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00A86D60">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00A86D60">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Reģistrācijas numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C2B8C43" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="44D2D155" w14:textId="77777777" w:rsidTr="00CE219F">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00CE219F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="629E0173" w14:textId="07E6ECE3" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00A86D60">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00A86D60">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darbības joma (</w:t>
             </w:r>
             <w:r w:rsidR="008B7499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="008B7499" w:rsidRPr="00552924">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">orāda </w:t>
             </w:r>
             <w:r w:rsidR="00B53865" w:rsidRPr="00552924">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>NACE kodu</w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62AA92E9" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5F52EA6D" w14:textId="77777777" w:rsidTr="00CE219F">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00CE219F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B024A1B" w14:textId="3BD161A4" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00A86D60">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00A86D60">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darba devēja kontaktinformācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51E1D270" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="1034BD3C" w14:textId="77777777" w:rsidTr="00CE219F">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00CE219F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ABB6F33" w14:textId="65EF71A8" w:rsidR="00CE219F" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00A86D60">
+          <w:p w:rsidR="00CE219F" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00A86D60">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darba devēja kontaktpersona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A5F1AA" w14:textId="77777777" w:rsidR="00CE219F" w:rsidRPr="001369E7" w:rsidRDefault="00CE219F" w:rsidP="00C474FA">
+          <w:p w:rsidR="00CE219F" w:rsidRPr="001369E7" w:rsidRDefault="00CE219F" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="48237A71" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="002A3379">
+    <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="002A3379">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B4A1240" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="002A3379">
+    <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="002A3379">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3114"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="731A7E9A" w14:textId="77777777" w:rsidTr="00A86D60">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00A86D60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32D7F134" w14:textId="7DABDC0C" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Profesija</w:t>
             </w:r>
             <w:r w:rsidR="00D250E4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>norādot profesiju klasifikatora kodu</w:t>
+              <w:t xml:space="preserve">norādot profesiju klasifikatora </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001369E7">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214D2EBC" w14:textId="19F7A357" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Profesionālās kvalifikācijas līmenis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2906A9C8" w14:textId="49657A5A" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba vietu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAC1C11" w14:textId="70746AD4" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Darba</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> vietas adrese</w:t>
+              <w:t>Darba vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="039A1502" w14:textId="77777777" w:rsidTr="00A86D60">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00A86D60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E98BEE5" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44E05273" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC7D7F9" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B54F43" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="7C723A87" w14:textId="77777777" w:rsidTr="00A86D60">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00A86D60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29186136" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2756276A" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F32DC55" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3B8604" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5D957ABE" w14:textId="77777777" w:rsidTr="00A86D60">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00A86D60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33940D1B" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C78EB1" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB9EA86" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6708CC" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="586C37B1" w14:textId="77777777" w:rsidTr="00A86D60">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00A86D60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19A7AAAB" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504B1D2A" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CAAB331" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA93DF5" w14:textId="77777777" w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
+          <w:p w:rsidR="00C474FA" w:rsidRPr="001369E7" w:rsidRDefault="00C474FA" w:rsidP="00C474FA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="283F4E00" w14:textId="38CAC230" w:rsidR="001369E7" w:rsidRDefault="001369E7" w:rsidP="009F137F">
+    <w:p w:rsidR="001369E7" w:rsidRDefault="001369E7" w:rsidP="009F137F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="943634"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FA02C65" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="00ED0F28" w:rsidRDefault="002E7510" w:rsidP="001369E7">
+    <w:p w:rsidR="001369E7" w:rsidRPr="00ED0F28" w:rsidRDefault="00CE01D4" w:rsidP="001369E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED0F28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Informācija par darba devēju</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4106"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="042CB97A" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED3E2BA" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darba devējs:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01ADD0B7" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="7DC0F96B" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42D42B41" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Reģistrācijas numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="608C3458" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="39900805" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2D7BD3" w14:textId="7F2FC426" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darbības joma (</w:t>
             </w:r>
             <w:r w:rsidR="008B7499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="008B7499" w:rsidRPr="00552924">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>orāda NACE kodu</w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF43487" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="44EAF0F9" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65906DA6" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darba devēja kontaktinformācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70CB5E3B" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="2570694D" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="042B5DE6" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
-              <w:t>Darba devēja kontaktpersona</w:t>
+              <w:t xml:space="preserve">Darba devēja </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001369E7">
+              <w:t>kontaktpersona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBDE114" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="648468D1" w14:textId="5967B08B" w:rsidR="001369E7" w:rsidRDefault="001369E7" w:rsidP="001369E7">
+    <w:p w:rsidR="001369E7" w:rsidRDefault="001369E7" w:rsidP="001369E7">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79ECA081" w14:textId="77777777" w:rsidR="009F137F" w:rsidRPr="001369E7" w:rsidRDefault="009F137F" w:rsidP="001369E7">
+    <w:p w:rsidR="009F137F" w:rsidRPr="001369E7" w:rsidRDefault="009F137F" w:rsidP="001369E7">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3114"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="3460E2AE" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA2E8DF" w14:textId="4525BB56" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Profesija</w:t>
             </w:r>
             <w:r w:rsidR="00D250E4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>norādot profesiju klasifikatora kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACCA114" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Profesionālās kvalifikācijas līmenis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="774C75F2" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba vietu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B55C484" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="77B1E9EB" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03E5082E" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04776D75" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74AEE370" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="745839E5" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="67EC4D85" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F67D394" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D2CD4AB" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE7805B" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3413E7" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="35087404" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F66E7E4" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59DB0A57" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="432896D4" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="072F1A16" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5EA603EA" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="205795DF" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1D4C60" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E07D9D7" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3CD436" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="31EE9660" w14:textId="20FAC690" w:rsidR="001369E7" w:rsidRDefault="001369E7" w:rsidP="002A3379">
+    <w:p w:rsidR="001369E7" w:rsidRDefault="001369E7" w:rsidP="002A3379">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="943634"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FA042C0" w14:textId="77777777" w:rsidR="009F137F" w:rsidRDefault="009F137F" w:rsidP="002A3379">
+    <w:p w:rsidR="009F137F" w:rsidRDefault="009F137F" w:rsidP="002A3379">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="943634"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48A81531" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="00ED0F28" w:rsidRDefault="002E7510" w:rsidP="001369E7">
+    <w:p w:rsidR="001369E7" w:rsidRPr="00ED0F28" w:rsidRDefault="00CE01D4" w:rsidP="001369E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED0F28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Informācija par darba devēju</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4106"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="08113A5E" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7341DFE6" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darba devējs:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4137785C" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="4974F97A" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17F8CC91" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Reģistrācijas numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECC94CB" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="5E7E3FEF" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27938CF9" w14:textId="2EEEA07D" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darbības joma (</w:t>
             </w:r>
             <w:r w:rsidR="008B7499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="008B7499" w:rsidRPr="00552924">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>orāda NACE kodu</w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6293E327" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="148B76B0" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C679BD4" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:t>Darba devēja kontaktinformācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD1CBFD" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="6C4E58B4" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4555063E" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
-              <w:t xml:space="preserve">Darba devēja </w:t>
-[...2 lines deleted...]
-              <w:t>kontaktpersona</w:t>
+              <w:t>Darba devēja kontaktpersona</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69DD5D3A" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14ADDB0B" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="001369E7">
+    <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="001369E7">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CB8ECF7" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="001369E7">
+    <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="001369E7">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3114"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320D48" w14:paraId="091257E5" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D67B3DF" w14:textId="53909933" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Profesija</w:t>
             </w:r>
             <w:r w:rsidR="00D250E4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>norādot profesiju klasifikatora kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6C3A77" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Profesionālās kvalifikācijas līmenis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="790BD9DE" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba vietu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56B21667" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="002E7510" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="00CE01D4" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001369E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba vietas adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="29266A6A" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC2A3F1" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09180D6D" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC7BCE6" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA6CD7F" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="32E95CFE" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41CD1FDA" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="754BC2A3" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7676DC40" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48EC78F6" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="2A0B4BDC" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA15E21" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72A4FA5E" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E25D4F2" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C6717DD" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320D48" w14:paraId="4BE40FB4" w14:textId="77777777" w:rsidTr="00ED0B6D">
+      <w:tr w:rsidR="008C0D67" w:rsidTr="00ED0B6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E69F0D8" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1149519C" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CC778F" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73137107" w14:textId="77777777" w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
+          <w:p w:rsidR="001369E7" w:rsidRPr="001369E7" w:rsidRDefault="001369E7" w:rsidP="00ED0B6D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D311B56" w14:textId="4DF71598" w:rsidR="002A3379" w:rsidRPr="001369E7" w:rsidRDefault="002A3379" w:rsidP="009F137F">
+    <w:p w:rsidR="002A3379" w:rsidRPr="001369E7" w:rsidRDefault="002A3379" w:rsidP="009F137F">
       <w:pPr>
         <w:rPr>
           <w:color w:val="943634"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002A3379" w:rsidRPr="001369E7" w:rsidSect="00C474FA">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1418" w:header="425" w:footer="181" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B9E4892" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="002E7510">
+    <w:p w:rsidR="00CE01D4" w:rsidRDefault="00CE01D4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DF3D67F" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="002E7510">
+    <w:p w:rsidR="00CE01D4" w:rsidRDefault="00CE01D4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="6550AFF2" w14:textId="77777777" w:rsidR="00756B42" w:rsidRDefault="002E7510">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00756B42" w:rsidRDefault="00CE01D4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="637AB34C" w14:textId="77777777" w:rsidR="00756B42" w:rsidRDefault="00756B42">
+  <w:p w:rsidR="00756B42" w:rsidRDefault="00756B42">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="5000E1B1" w14:textId="48FD04BD" w:rsidR="00756B42" w:rsidRDefault="002E7510">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00756B42" w:rsidRDefault="00CE01D4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0029407B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="432B4214" w14:textId="77777777" w:rsidR="00756B42" w:rsidRPr="00953338" w:rsidRDefault="002E7510" w:rsidP="00756B42">
+  <w:p w:rsidR="00756B42" w:rsidRPr="00953338" w:rsidRDefault="00CE01D4" w:rsidP="00756B42">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008F1B0B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="FF6600"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_3.pielikums_2.versija 26.06.2024.</w:t>
+      <w:t>KRG_4.2.17_3.pielikums_</w:t>
+    </w:r>
+    <w:r w:rsidR="00E16856">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF6600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008F1B0B">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF6600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.versija </w:t>
+    </w:r>
+    <w:r w:rsidR="00E16856" w:rsidRPr="00E16856">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF6600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>01.12.2025.</w:t>
+    </w:r>
+    <w:r w:rsidR="00E16856">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF6600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="269BBDAF" w14:textId="6BDE1DD4" w:rsidR="00756B42" w:rsidRPr="009F137F" w:rsidRDefault="00756B42" w:rsidP="00756B42">
+  <w:p w:rsidR="00756B42" w:rsidRPr="009F137F" w:rsidRDefault="00756B42" w:rsidP="00756B42">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="left" w:pos="7240"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="09367C22" w14:textId="2E14F2BB" w:rsidR="00756B42" w:rsidRPr="00953338" w:rsidRDefault="002E7510" w:rsidP="008F1B0B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00756B42" w:rsidRPr="00953338" w:rsidRDefault="00CE01D4" w:rsidP="008F1B0B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008F1B0B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="FF6600"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>KRG_4.2.17_3.pielikums_2.versija 26.06.2024.</w:t>
+      <w:t>KRG_4.2.17_3.pielikums_</w:t>
+    </w:r>
+    <w:r w:rsidR="00E16856">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF6600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008F1B0B">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF6600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.versija </w:t>
+    </w:r>
+    <w:r w:rsidR="00E16856" w:rsidRPr="00E16856">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF6600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>01.12.2025.</w:t>
+    </w:r>
+    <w:r w:rsidR="00E16856">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF6600"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="635DCA83" w14:textId="77777777" w:rsidR="00756B42" w:rsidRDefault="002E7510">
+    <w:p w:rsidR="00CE01D4" w:rsidRDefault="00CE01D4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="443BD0BE" w14:textId="77777777" w:rsidR="00756B42" w:rsidRDefault="002E7510">
+    <w:p w:rsidR="00CE01D4" w:rsidRDefault="00CE01D4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="04174A2A" w14:textId="77777777" w:rsidR="00756B42" w:rsidRDefault="00756B42"/>
+    <w:p w:rsidR="00CE01D4" w:rsidRDefault="00CE01D4"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="7F4D5F79" w14:textId="77777777" w:rsidR="00756B42" w:rsidRPr="00EB65AF" w:rsidRDefault="002E7510" w:rsidP="00435C1A">
+    <w:p w:rsidR="00756B42" w:rsidRPr="00EB65AF" w:rsidRDefault="00CE01D4" w:rsidP="00435C1A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
         <w:t xml:space="preserve">Ministru kabineta 2018.gada 21.novembra noteikumi Nr.715 </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB65AF">
-        <w:t>Noteikumi par de minimis</w:t>
+      <w:r w:rsidR="0029407B" w:rsidRPr="0029407B">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>De</w:t>
+      </w:r>
+      <w:r w:rsidR="0029407B" w:rsidRPr="0029407B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029407B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>minimis</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
         <w:t xml:space="preserve"> atbalsta uzskaites un pie</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>šķ</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
-        <w:t>anas k</w:t>
-[...17 lines deleted...]
-        <w:t>bu un de minimis atbalsta uzskaites veidlapu paraugiem</w:t>
+        <w:t xml:space="preserve">anas </w:t>
+      </w:r>
+      <w:r w:rsidR="0029407B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kārtība</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB65AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0474E0F4" w14:textId="3601DB42" w:rsidR="00756B42" w:rsidRPr="00435C1A" w:rsidRDefault="00756B42">
+    <w:p w:rsidR="00756B42" w:rsidRPr="00435C1A" w:rsidRDefault="00756B42">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="438E437A" w14:textId="77777777" w:rsidR="00756B42" w:rsidRDefault="00756B42" w:rsidP="00EF28AB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00756B42" w:rsidRDefault="00756B42" w:rsidP="00EF28AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="23500ECD" w14:textId="77777777" w:rsidR="00756B42" w:rsidRDefault="00756B42" w:rsidP="0020593E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00756B42" w:rsidRDefault="00756B42" w:rsidP="0020593E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="51549BCC" w14:textId="77777777" w:rsidR="00756B42" w:rsidRDefault="00756B42">
+  <w:p w:rsidR="00756B42" w:rsidRDefault="00756B42">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0EBDF08D" w14:textId="74F447A8" w:rsidR="00756B42" w:rsidRPr="00C474FA" w:rsidRDefault="00756B42" w:rsidP="003D5684">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00756B42" w:rsidRPr="00C474FA" w:rsidRDefault="00756B42" w:rsidP="003D5684">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03241B80"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71F6794E"/>
-    <w:lvl w:ilvl="0" w:tplc="C452FB38">
+    <w:lvl w:ilvl="0" w:tplc="48CA037C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21CCF812" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="011AB2EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8220AC88" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D0109768" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="646604C6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EB386B0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="892259CC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9014DAB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76F87D3A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="AC0AA5E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C2109050" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1C72C1BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E6DC4824" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1776521E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FF5C34E6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D0107CA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A97667F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F9BE9BC8"/>
-    <w:lvl w:ilvl="0" w:tplc="C7E2A4AC">
+    <w:lvl w:ilvl="0" w:tplc="F176C710">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="029A46FE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62527D50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D5744158" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="ED0813F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="236A11BA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51DAAD24" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4CA268C4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F1B0AF86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="875EC286" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="313C150E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3CE8EE2E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1C7C2AD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="125A6184" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BB3A1F1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6F882460" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C7AA7DCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B2D7C7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1124D5CC"/>
-    <w:lvl w:ilvl="0" w:tplc="6B24CFEC">
+    <w:lvl w:ilvl="0" w:tplc="FAF06DBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1FDE0596" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="712CFD0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BF48DBF0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0F7A19C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2AB0F64E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="265C1CB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A5A427A4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2504963C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="177AF610" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12A8FC22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="476C8648" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3662DAAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1DDE4AEA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C7A23298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54ACBD4E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54ACE0FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BE271FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0625336"/>
-    <w:lvl w:ilvl="0" w:tplc="49E8AE24">
+    <w:lvl w:ilvl="0" w:tplc="4A4CB4E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27DA25B4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="DA5EF612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B1B26C4C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="CCA20CB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0E0E91F6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62583526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EEAC03E8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="449C8A40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32901166" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="238E6C6C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F1DC333E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E51879A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="173813DC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F39C4F1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1C14B054" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="8A205BC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F250BF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88746AC0"/>
-    <w:lvl w:ilvl="0" w:tplc="B25869D6">
+    <w:lvl w:ilvl="0" w:tplc="0BE4AD2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CE0634AE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E1F61D02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="640A582C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35486604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2610BD34" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36248110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="278EC1C8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D3CE33A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B3707984" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38F0D77E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1F38F66E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="BDFCEA6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5CB870D0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2170320E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3BE2B212" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="CC488DCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2218296B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53EE41E2"/>
-    <w:lvl w:ilvl="0" w:tplc="81646534">
+    <w:lvl w:ilvl="0" w:tplc="5140901E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16842440" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5290C59E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FA6CA4E0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D082C59E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B5FAA91E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F810308A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5B52ADB8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9B0EE680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F80CA280" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="594AD12C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A6CA20CE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2048F2B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CA08096E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31B8ED56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0BE0DECC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A26C9454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25C23ADF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ABA4666A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -6312,616 +6826,616 @@
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="270A5A1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D3CCBEA"/>
-    <w:lvl w:ilvl="0" w:tplc="E22441EC">
+    <w:lvl w:ilvl="0" w:tplc="8ACE650E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="603406BC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="502CFBDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A7BC4186" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="CC7C4426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2C3A24F2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D51E8F04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="AFA26292" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="399A26BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="149A95B6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73C8459A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="ED4E7158" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9334D57E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B6008B6A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="CAF845D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F8C66D80" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C0C602E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27D97030"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51FCC252"/>
-    <w:lvl w:ilvl="0" w:tplc="3B88434C">
+    <w:lvl w:ilvl="0" w:tplc="6CB4D036">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="333016A6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52A02670" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4B5C9DC6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1F36A212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3D0C4316" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0D34C392" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="05C83EE0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4DE247CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60A2BC22" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="CA9A212E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E11C6FDE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5E78A84A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39C6DA84" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99E20E7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B6E03698" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="09F2D37A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D670B31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="172A073A"/>
-    <w:lvl w:ilvl="0" w:tplc="88D28130">
+    <w:lvl w:ilvl="0" w:tplc="D4B48032">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A4B66DB0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="8A7A11B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="692C5C58" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E60E6122" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2784744C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EA16E5E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E0F47DBE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6652EAB6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="737A921A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F3A8171E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64CEC2C0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3FF6151E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BF5E125C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A5A2D6CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9E0832BA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1A9412B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D63C33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="419EA274"/>
-    <w:lvl w:ilvl="0" w:tplc="65363696">
+    <w:lvl w:ilvl="0" w:tplc="844E159E">
       <w:start w:val="26"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9C141368" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C5F4B5C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DE4493F6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="4E64CFA6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E398E006" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8ECA54E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D81A0E66" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3DB23078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CCE4D002" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C0A2BEAA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5F082890" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F93E73F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AA0ADD86" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D592F6F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0B6C8ECA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47F85874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="326470DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1C40C6A"/>
-    <w:lvl w:ilvl="0" w:tplc="52DAF80C">
+    <w:lvl w:ilvl="0" w:tplc="EDB4A50E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="933E583A">
+    <w:lvl w:ilvl="1" w:tplc="A8E4B8B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0AB053EA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7CCAD134" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3230" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D32007CA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4334AAC6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3950" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1820D11E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0946109E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0E7E444C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E52EC898" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7AB4A766" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27DC68BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6D84D5D2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0BFE8DE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85DA9626" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B15A3B0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7550" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="334F0FD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5022AA8E"/>
-    <w:lvl w:ilvl="0" w:tplc="ED0807FC">
+    <w:lvl w:ilvl="0" w:tplc="C7C41C6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A6DA68D6">
+    <w:lvl w:ilvl="1" w:tplc="0B007F48">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2F5EB192">
+    <w:lvl w:ilvl="2" w:tplc="5E4059C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E0686F5E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C28268D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0BAAE0E0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D8FA6EA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8F18EEB0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="EF3454AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="570E4CB4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1924D1C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="06266208" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="9CE6D34C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6318F412" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A762D820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37877CCA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C602EDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
@@ -7013,393 +7527,393 @@
         <w:ind w:left="11803" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13592" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37D77CD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10B2FDC8"/>
-    <w:lvl w:ilvl="0" w:tplc="BA7A4CC4">
+    <w:lvl w:ilvl="0" w:tplc="74A8C88E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94A8971E">
+    <w:lvl w:ilvl="1" w:tplc="76C26DDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EED4FC2C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6892486E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DEB09374" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="091A825C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6522320A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7D5EF6C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2FD2F0B0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D44889A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1C068BA0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8B107C22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="127A1F7A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A8DCADF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F52C5822" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C256D30E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BF31CFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5B4B918"/>
-    <w:lvl w:ilvl="0" w:tplc="7EBA097A">
+    <w:lvl w:ilvl="0" w:tplc="10D8AF40">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F89C0770" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C1883220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D024AE54" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65BE9BE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7B6C4CDE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CEC62F4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3F12E104" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38BE3A64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="EDFC96D0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="720A4E30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52EC8C72" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FD60DADC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5DA26AF4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A394E356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="AD4E1890" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F42CE7CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="410E7ABA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="294834C8"/>
-    <w:lvl w:ilvl="0" w:tplc="7CD4359A">
+    <w:lvl w:ilvl="0" w:tplc="F418D9BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="DABAB2EE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="320EAEA8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="090C73CE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E528E754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3BEAF5BA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1098FC5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8FD2ECC4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20AEFF88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E3AE2D08" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="9D1EF0EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12221A6A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3D0C4636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C9963B48" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D436B1E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9DD6AD86" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9A2290C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="456D1876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="296A3D44"/>
-    <w:lvl w:ilvl="0" w:tplc="02F49A0E">
+    <w:lvl w:ilvl="0" w:tplc="85CC48D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8B08295C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="06E8525C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FDD0D80C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="EBE44B4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="018493A6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="816CA518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CEA4F9D6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="349C9214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4B2AEA92" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="8710DEFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88E67914" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0A78162A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94DE7480" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BF548846" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C2F029EA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45400ACE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49C41706"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E9DE7F32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -7549,572 +8063,572 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E87366C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C73AA3C0"/>
-    <w:lvl w:ilvl="0" w:tplc="107CE9EA">
+    <w:lvl w:ilvl="0" w:tplc="977E41DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39ACCEFC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E7E6E754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="145A286E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2FA07DFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2220" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4AD2EF54" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9E466AE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F3663416" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AB405340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C1824746" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1520B910" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CCD81792" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="522EFE74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A5705468" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58681BF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99D874C6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D85CE836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62065319"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01AEE256"/>
-    <w:lvl w:ilvl="0" w:tplc="4356C892">
+    <w:lvl w:ilvl="0" w:tplc="0C580152">
       <w:start w:val="26"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2292C472">
+    <w:lvl w:ilvl="1" w:tplc="273A27D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F24E5FB4">
+    <w:lvl w:ilvl="2" w:tplc="04FCB564">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DFD0BE20">
+    <w:lvl w:ilvl="3" w:tplc="50DEEB48">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="5C3A9D36">
+    <w:lvl w:ilvl="4" w:tplc="D74642BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A9B65CFA">
+    <w:lvl w:ilvl="5" w:tplc="ECF2A1F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58A4ECD6">
+    <w:lvl w:ilvl="6" w:tplc="CF4E9F80">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="711845D8">
+    <w:lvl w:ilvl="7" w:tplc="6DEC7F66">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D82A58A8">
+    <w:lvl w:ilvl="8" w:tplc="078C0020">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65E30835"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7566355E"/>
-    <w:lvl w:ilvl="0" w:tplc="19149196">
+    <w:lvl w:ilvl="0" w:tplc="AD0AC65A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="870" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94CE2B36" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="152EFFA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1590" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="452E6882" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5E16E948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2310" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A3B6EECE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="ECB0DC32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EAA8D1EE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2E98F924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3750" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4240EFCE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="787E0020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4470" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59FED27A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4A1EE858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5190" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40B4B94A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3ADEC156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5910" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="00DC41BC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B64ABC50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="705408FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F866876"/>
-    <w:lvl w:ilvl="0" w:tplc="64440CC0">
+    <w:lvl w:ilvl="0" w:tplc="3CE6C7E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8BD29540" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="468866C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37A8BABA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1C684284" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08C82E4C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3D868FEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="731EA3B2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C48A99DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5400D872" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="BC2ECABA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2BEED5B8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D4A6A1F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9CD4F3FE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32F68752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D9E23D6C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F2727E5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77676E3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F2400B2"/>
-    <w:lvl w:ilvl="0" w:tplc="E86862D8">
+    <w:lvl w:ilvl="0" w:tplc="CB6EE328">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="565C60AA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35D69E90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CF62A166" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8806EDC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3362937A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D8C20EC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1990284E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6BAACAF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8F74C19E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1FAC58AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40705B56" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55980F02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5C2096DA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0F6E5F4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9BF47468" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="4078C72E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77890453"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D0B09902"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="1145" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8159,147 +8673,147 @@
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E9B41C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E641E72"/>
-    <w:lvl w:ilvl="0" w:tplc="E05A630C">
+    <w:lvl w:ilvl="0" w:tplc="E4EE2748">
       <w:start w:val="26"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5AFCDB42" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4E940AAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17B8733A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="DD824EEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D722B94E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6040D380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58A8C1C2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72ACD0C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D15AF72A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="4560E496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9F7A8A7E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D7B82CE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74B257BC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="007CF688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1BE8ECC0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7600459C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EAB4A7E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DA36E0AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8506,78 +9020,79 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F62067"/>
     <w:rsid w:val="00000183"/>
     <w:rsid w:val="00001AB2"/>
     <w:rsid w:val="00001E8D"/>
     <w:rsid w:val="00003793"/>
     <w:rsid w:val="00003FB3"/>
     <w:rsid w:val="000049EE"/>
     <w:rsid w:val="00005A60"/>
     <w:rsid w:val="0001135C"/>
     <w:rsid w:val="000140B1"/>
     <w:rsid w:val="00014E2F"/>
     <w:rsid w:val="00017519"/>
     <w:rsid w:val="000203A2"/>
     <w:rsid w:val="000249B0"/>
     <w:rsid w:val="00025135"/>
     <w:rsid w:val="0002608F"/>
     <w:rsid w:val="00032233"/>
     <w:rsid w:val="000323E0"/>
     <w:rsid w:val="00035CB3"/>
     <w:rsid w:val="00037C92"/>
     <w:rsid w:val="00051D98"/>
     <w:rsid w:val="00053317"/>
     <w:rsid w:val="00053D4C"/>
@@ -8599,50 +9114,51 @@
     <w:rsid w:val="00090184"/>
     <w:rsid w:val="00095109"/>
     <w:rsid w:val="000A14BF"/>
     <w:rsid w:val="000A57FD"/>
     <w:rsid w:val="000A6B4E"/>
     <w:rsid w:val="000B165E"/>
     <w:rsid w:val="000B2DF6"/>
     <w:rsid w:val="000C0754"/>
     <w:rsid w:val="000C112F"/>
     <w:rsid w:val="000C2449"/>
     <w:rsid w:val="000C2E97"/>
     <w:rsid w:val="000C302F"/>
     <w:rsid w:val="000C5227"/>
     <w:rsid w:val="000C6C56"/>
     <w:rsid w:val="000C744F"/>
     <w:rsid w:val="000D1D93"/>
     <w:rsid w:val="000D351A"/>
     <w:rsid w:val="000D42E6"/>
     <w:rsid w:val="000D79FF"/>
     <w:rsid w:val="000E01CD"/>
     <w:rsid w:val="000E0B45"/>
     <w:rsid w:val="000E14A1"/>
     <w:rsid w:val="000E5DC9"/>
     <w:rsid w:val="000F3C75"/>
     <w:rsid w:val="000F4D89"/>
+    <w:rsid w:val="00100D8A"/>
     <w:rsid w:val="00101905"/>
     <w:rsid w:val="00102819"/>
     <w:rsid w:val="00105436"/>
     <w:rsid w:val="00106455"/>
     <w:rsid w:val="00106A2C"/>
     <w:rsid w:val="001073C3"/>
     <w:rsid w:val="00107BFA"/>
     <w:rsid w:val="00110F32"/>
     <w:rsid w:val="00111F8C"/>
     <w:rsid w:val="00115A2B"/>
     <w:rsid w:val="0012256D"/>
     <w:rsid w:val="00122AA5"/>
     <w:rsid w:val="0012467C"/>
     <w:rsid w:val="00124E0C"/>
     <w:rsid w:val="00125C3E"/>
     <w:rsid w:val="0012614E"/>
     <w:rsid w:val="00131B98"/>
     <w:rsid w:val="00133EA2"/>
     <w:rsid w:val="001369E7"/>
     <w:rsid w:val="00141388"/>
     <w:rsid w:val="00142036"/>
     <w:rsid w:val="00144DFA"/>
     <w:rsid w:val="0014528F"/>
     <w:rsid w:val="00145916"/>
     <w:rsid w:val="00147969"/>
@@ -8671,50 +9187,51 @@
     <w:rsid w:val="00195FCE"/>
     <w:rsid w:val="00197600"/>
     <w:rsid w:val="001A264D"/>
     <w:rsid w:val="001A2F1D"/>
     <w:rsid w:val="001A7608"/>
     <w:rsid w:val="001B4D11"/>
     <w:rsid w:val="001B7B07"/>
     <w:rsid w:val="001C0659"/>
     <w:rsid w:val="001C0BED"/>
     <w:rsid w:val="001C0DC7"/>
     <w:rsid w:val="001C1139"/>
     <w:rsid w:val="001C21B6"/>
     <w:rsid w:val="001C25D7"/>
     <w:rsid w:val="001C50DE"/>
     <w:rsid w:val="001C5B86"/>
     <w:rsid w:val="001C75B3"/>
     <w:rsid w:val="001D12F8"/>
     <w:rsid w:val="001D1BFF"/>
     <w:rsid w:val="001D2612"/>
     <w:rsid w:val="001D2A94"/>
     <w:rsid w:val="001D2FE0"/>
     <w:rsid w:val="001D3952"/>
     <w:rsid w:val="001D635D"/>
     <w:rsid w:val="001E34FB"/>
     <w:rsid w:val="001E3A14"/>
+    <w:rsid w:val="001E470D"/>
     <w:rsid w:val="001E4F16"/>
     <w:rsid w:val="001E65A0"/>
     <w:rsid w:val="001E7120"/>
     <w:rsid w:val="001F30B8"/>
     <w:rsid w:val="001F30F8"/>
     <w:rsid w:val="0020548C"/>
     <w:rsid w:val="0020593E"/>
     <w:rsid w:val="002069B0"/>
     <w:rsid w:val="00206A99"/>
     <w:rsid w:val="00207992"/>
     <w:rsid w:val="0021052B"/>
     <w:rsid w:val="002131C0"/>
     <w:rsid w:val="00214D57"/>
     <w:rsid w:val="00215E8D"/>
     <w:rsid w:val="0021725F"/>
     <w:rsid w:val="002176B4"/>
     <w:rsid w:val="00221C0D"/>
     <w:rsid w:val="0022488B"/>
     <w:rsid w:val="0022597C"/>
     <w:rsid w:val="00226CB7"/>
     <w:rsid w:val="00227287"/>
     <w:rsid w:val="00227AF6"/>
     <w:rsid w:val="002357B5"/>
     <w:rsid w:val="00235806"/>
     <w:rsid w:val="0023667E"/>
@@ -8732,81 +9249,83 @@
     <w:rsid w:val="00257FED"/>
     <w:rsid w:val="00260D32"/>
     <w:rsid w:val="00260E74"/>
     <w:rsid w:val="0026285A"/>
     <w:rsid w:val="00262E98"/>
     <w:rsid w:val="0026346B"/>
     <w:rsid w:val="00263A61"/>
     <w:rsid w:val="00263B1C"/>
     <w:rsid w:val="00263C64"/>
     <w:rsid w:val="002657FB"/>
     <w:rsid w:val="002663F0"/>
     <w:rsid w:val="002667C9"/>
     <w:rsid w:val="00270A25"/>
     <w:rsid w:val="00271F03"/>
     <w:rsid w:val="00281757"/>
     <w:rsid w:val="00281B0F"/>
     <w:rsid w:val="00281CC0"/>
     <w:rsid w:val="00282F6A"/>
     <w:rsid w:val="0028370B"/>
     <w:rsid w:val="00283F1C"/>
     <w:rsid w:val="0028406D"/>
     <w:rsid w:val="002866CA"/>
     <w:rsid w:val="002910A9"/>
     <w:rsid w:val="00292DA5"/>
     <w:rsid w:val="00293C1A"/>
+    <w:rsid w:val="0029407B"/>
     <w:rsid w:val="00294731"/>
     <w:rsid w:val="00294BEA"/>
     <w:rsid w:val="002979B1"/>
     <w:rsid w:val="002A0184"/>
     <w:rsid w:val="002A3379"/>
     <w:rsid w:val="002A340C"/>
     <w:rsid w:val="002A3CDD"/>
     <w:rsid w:val="002A42D4"/>
     <w:rsid w:val="002A5BE4"/>
     <w:rsid w:val="002A7846"/>
     <w:rsid w:val="002A799F"/>
     <w:rsid w:val="002B0967"/>
     <w:rsid w:val="002B14C3"/>
     <w:rsid w:val="002B2484"/>
     <w:rsid w:val="002B395F"/>
     <w:rsid w:val="002B40A5"/>
     <w:rsid w:val="002B7DE8"/>
     <w:rsid w:val="002C197E"/>
     <w:rsid w:val="002C22CB"/>
     <w:rsid w:val="002C417F"/>
     <w:rsid w:val="002C4C90"/>
     <w:rsid w:val="002C5BAB"/>
     <w:rsid w:val="002D47D4"/>
     <w:rsid w:val="002D5B9B"/>
     <w:rsid w:val="002D73B3"/>
     <w:rsid w:val="002E1C2F"/>
     <w:rsid w:val="002E7510"/>
     <w:rsid w:val="002E7FBB"/>
     <w:rsid w:val="002F03DF"/>
     <w:rsid w:val="002F156E"/>
     <w:rsid w:val="002F1CD4"/>
+    <w:rsid w:val="002F271B"/>
     <w:rsid w:val="002F27FB"/>
     <w:rsid w:val="002F3330"/>
     <w:rsid w:val="002F3A3D"/>
     <w:rsid w:val="002F7DE2"/>
     <w:rsid w:val="003005B3"/>
     <w:rsid w:val="00300EA3"/>
     <w:rsid w:val="00300EBF"/>
     <w:rsid w:val="0030100F"/>
     <w:rsid w:val="00302165"/>
     <w:rsid w:val="00302436"/>
     <w:rsid w:val="00302964"/>
     <w:rsid w:val="00302BDC"/>
     <w:rsid w:val="00303874"/>
     <w:rsid w:val="00305C78"/>
     <w:rsid w:val="003064FA"/>
     <w:rsid w:val="00312A1C"/>
     <w:rsid w:val="00316043"/>
     <w:rsid w:val="00317058"/>
     <w:rsid w:val="00317A04"/>
     <w:rsid w:val="00320D48"/>
     <w:rsid w:val="00320F36"/>
     <w:rsid w:val="00321AAC"/>
     <w:rsid w:val="00324E18"/>
     <w:rsid w:val="0032514F"/>
     <w:rsid w:val="003278DD"/>
@@ -8830,50 +9349,51 @@
     <w:rsid w:val="00362921"/>
     <w:rsid w:val="0036396C"/>
     <w:rsid w:val="00364AA9"/>
     <w:rsid w:val="00364CA9"/>
     <w:rsid w:val="00365512"/>
     <w:rsid w:val="0037142F"/>
     <w:rsid w:val="003716E8"/>
     <w:rsid w:val="00372CE3"/>
     <w:rsid w:val="00374D82"/>
     <w:rsid w:val="00385075"/>
     <w:rsid w:val="00386E58"/>
     <w:rsid w:val="00393C50"/>
     <w:rsid w:val="00397844"/>
     <w:rsid w:val="003A0259"/>
     <w:rsid w:val="003A0A94"/>
     <w:rsid w:val="003A32BB"/>
     <w:rsid w:val="003A43D4"/>
     <w:rsid w:val="003A51CC"/>
     <w:rsid w:val="003A5233"/>
     <w:rsid w:val="003A5586"/>
     <w:rsid w:val="003A6818"/>
     <w:rsid w:val="003B023B"/>
     <w:rsid w:val="003B0F18"/>
     <w:rsid w:val="003B1E7B"/>
     <w:rsid w:val="003B68E7"/>
+    <w:rsid w:val="003B6BDE"/>
     <w:rsid w:val="003C30B6"/>
     <w:rsid w:val="003C3BDF"/>
     <w:rsid w:val="003C4A27"/>
     <w:rsid w:val="003C55B6"/>
     <w:rsid w:val="003C5A2D"/>
     <w:rsid w:val="003C7D6F"/>
     <w:rsid w:val="003D1F77"/>
     <w:rsid w:val="003D3E58"/>
     <w:rsid w:val="003D47DC"/>
     <w:rsid w:val="003D5684"/>
     <w:rsid w:val="003D577A"/>
     <w:rsid w:val="003E20BA"/>
     <w:rsid w:val="003E2B42"/>
     <w:rsid w:val="003E33F5"/>
     <w:rsid w:val="003E4F8F"/>
     <w:rsid w:val="003E67D7"/>
     <w:rsid w:val="003E6A1C"/>
     <w:rsid w:val="003F2213"/>
     <w:rsid w:val="003F23B3"/>
     <w:rsid w:val="003F25D9"/>
     <w:rsid w:val="003F64D1"/>
     <w:rsid w:val="003F7033"/>
     <w:rsid w:val="003F722B"/>
     <w:rsid w:val="00402386"/>
     <w:rsid w:val="00403360"/>
@@ -9142,64 +9662,66 @@
     <w:rsid w:val="006E20B3"/>
     <w:rsid w:val="006E4A7A"/>
     <w:rsid w:val="006E66D1"/>
     <w:rsid w:val="006E7BFB"/>
     <w:rsid w:val="006F0CA6"/>
     <w:rsid w:val="006F3369"/>
     <w:rsid w:val="006F38F3"/>
     <w:rsid w:val="006F5BE2"/>
     <w:rsid w:val="006F763A"/>
     <w:rsid w:val="00700446"/>
     <w:rsid w:val="00702B8E"/>
     <w:rsid w:val="00703B6F"/>
     <w:rsid w:val="007106D5"/>
     <w:rsid w:val="00712BF2"/>
     <w:rsid w:val="00712E06"/>
     <w:rsid w:val="007130CE"/>
     <w:rsid w:val="007137CB"/>
     <w:rsid w:val="0071537F"/>
     <w:rsid w:val="00715451"/>
     <w:rsid w:val="007165D3"/>
     <w:rsid w:val="00716FB7"/>
     <w:rsid w:val="00722CE0"/>
     <w:rsid w:val="00723970"/>
     <w:rsid w:val="00724212"/>
     <w:rsid w:val="0072444C"/>
+    <w:rsid w:val="007256B1"/>
     <w:rsid w:val="00727CED"/>
     <w:rsid w:val="0073214E"/>
     <w:rsid w:val="0073691E"/>
     <w:rsid w:val="0074084B"/>
     <w:rsid w:val="00741672"/>
     <w:rsid w:val="00741936"/>
     <w:rsid w:val="00742792"/>
     <w:rsid w:val="00742CD7"/>
     <w:rsid w:val="00744101"/>
     <w:rsid w:val="00744804"/>
     <w:rsid w:val="007474BE"/>
     <w:rsid w:val="00747A07"/>
     <w:rsid w:val="007502A8"/>
     <w:rsid w:val="007521E5"/>
+    <w:rsid w:val="00755562"/>
     <w:rsid w:val="00756B42"/>
     <w:rsid w:val="00757448"/>
     <w:rsid w:val="007577FC"/>
     <w:rsid w:val="00760160"/>
     <w:rsid w:val="00760994"/>
     <w:rsid w:val="007613E2"/>
     <w:rsid w:val="00761BF6"/>
     <w:rsid w:val="0076348C"/>
     <w:rsid w:val="00764157"/>
     <w:rsid w:val="00765EB5"/>
     <w:rsid w:val="007666B2"/>
     <w:rsid w:val="007675EF"/>
     <w:rsid w:val="00767F34"/>
     <w:rsid w:val="007704AD"/>
     <w:rsid w:val="007714FF"/>
     <w:rsid w:val="00773BC9"/>
     <w:rsid w:val="00774169"/>
     <w:rsid w:val="00776C34"/>
     <w:rsid w:val="00777125"/>
     <w:rsid w:val="00777CC5"/>
     <w:rsid w:val="00783BD2"/>
     <w:rsid w:val="0078630F"/>
     <w:rsid w:val="0078714A"/>
     <w:rsid w:val="0079349F"/>
     <w:rsid w:val="00793979"/>
@@ -9285,50 +9807,51 @@
     <w:rsid w:val="00874A3D"/>
     <w:rsid w:val="0087604E"/>
     <w:rsid w:val="0087671F"/>
     <w:rsid w:val="00877E03"/>
     <w:rsid w:val="008842F8"/>
     <w:rsid w:val="00884936"/>
     <w:rsid w:val="00884C62"/>
     <w:rsid w:val="00885DDF"/>
     <w:rsid w:val="00887570"/>
     <w:rsid w:val="008901ED"/>
     <w:rsid w:val="00891353"/>
     <w:rsid w:val="0089201C"/>
     <w:rsid w:val="00892D59"/>
     <w:rsid w:val="00895CED"/>
     <w:rsid w:val="00897FBC"/>
     <w:rsid w:val="008A131A"/>
     <w:rsid w:val="008A2003"/>
     <w:rsid w:val="008A6AAD"/>
     <w:rsid w:val="008A72A4"/>
     <w:rsid w:val="008B2359"/>
     <w:rsid w:val="008B4F6C"/>
     <w:rsid w:val="008B51B7"/>
     <w:rsid w:val="008B52D7"/>
     <w:rsid w:val="008B6654"/>
     <w:rsid w:val="008B7499"/>
+    <w:rsid w:val="008C0D67"/>
     <w:rsid w:val="008C1493"/>
     <w:rsid w:val="008C22EC"/>
     <w:rsid w:val="008C2671"/>
     <w:rsid w:val="008C3C46"/>
     <w:rsid w:val="008C4008"/>
     <w:rsid w:val="008C4C81"/>
     <w:rsid w:val="008C612E"/>
     <w:rsid w:val="008C76C7"/>
     <w:rsid w:val="008C7752"/>
     <w:rsid w:val="008D208A"/>
     <w:rsid w:val="008D380D"/>
     <w:rsid w:val="008D6ED3"/>
     <w:rsid w:val="008E0CBD"/>
     <w:rsid w:val="008E3666"/>
     <w:rsid w:val="008E4C48"/>
     <w:rsid w:val="008E5B1D"/>
     <w:rsid w:val="008E6A35"/>
     <w:rsid w:val="008E6DE0"/>
     <w:rsid w:val="008E733E"/>
     <w:rsid w:val="008F0CA0"/>
     <w:rsid w:val="008F1B0B"/>
     <w:rsid w:val="008F1C51"/>
     <w:rsid w:val="008F7856"/>
     <w:rsid w:val="00901456"/>
     <w:rsid w:val="00901A24"/>
@@ -9385,50 +9908,51 @@
     <w:rsid w:val="00986BA5"/>
     <w:rsid w:val="009905C3"/>
     <w:rsid w:val="009927BD"/>
     <w:rsid w:val="00993C9F"/>
     <w:rsid w:val="00994582"/>
     <w:rsid w:val="00996064"/>
     <w:rsid w:val="009A27E7"/>
     <w:rsid w:val="009A2967"/>
     <w:rsid w:val="009A2B31"/>
     <w:rsid w:val="009A3790"/>
     <w:rsid w:val="009A4F72"/>
     <w:rsid w:val="009A576F"/>
     <w:rsid w:val="009B285E"/>
     <w:rsid w:val="009B4201"/>
     <w:rsid w:val="009B6438"/>
     <w:rsid w:val="009B76AE"/>
     <w:rsid w:val="009B7933"/>
     <w:rsid w:val="009C3AAE"/>
     <w:rsid w:val="009C3CB5"/>
     <w:rsid w:val="009C4A4C"/>
     <w:rsid w:val="009D116C"/>
     <w:rsid w:val="009D131E"/>
     <w:rsid w:val="009D39D9"/>
     <w:rsid w:val="009D3E81"/>
     <w:rsid w:val="009D4014"/>
+    <w:rsid w:val="009D45EA"/>
     <w:rsid w:val="009D56EC"/>
     <w:rsid w:val="009D73D6"/>
     <w:rsid w:val="009D75C1"/>
     <w:rsid w:val="009D799C"/>
     <w:rsid w:val="009E00C5"/>
     <w:rsid w:val="009E0498"/>
     <w:rsid w:val="009E079B"/>
     <w:rsid w:val="009E326D"/>
     <w:rsid w:val="009E3658"/>
     <w:rsid w:val="009E41C2"/>
     <w:rsid w:val="009E5F13"/>
     <w:rsid w:val="009F137F"/>
     <w:rsid w:val="009F1CF4"/>
     <w:rsid w:val="009F20CA"/>
     <w:rsid w:val="009F2A98"/>
     <w:rsid w:val="009F3385"/>
     <w:rsid w:val="009F343B"/>
     <w:rsid w:val="009F368F"/>
     <w:rsid w:val="009F4AE9"/>
     <w:rsid w:val="009F6CBA"/>
     <w:rsid w:val="00A03C84"/>
     <w:rsid w:val="00A04CC6"/>
     <w:rsid w:val="00A05C34"/>
     <w:rsid w:val="00A05DB2"/>
     <w:rsid w:val="00A0778E"/>
@@ -9489,50 +10013,51 @@
     <w:rsid w:val="00AC5A7E"/>
     <w:rsid w:val="00AD0CC5"/>
     <w:rsid w:val="00AD13A2"/>
     <w:rsid w:val="00AD3DE0"/>
     <w:rsid w:val="00AD54D4"/>
     <w:rsid w:val="00AD5AE2"/>
     <w:rsid w:val="00AD64E3"/>
     <w:rsid w:val="00AD6B17"/>
     <w:rsid w:val="00AE001C"/>
     <w:rsid w:val="00AE0772"/>
     <w:rsid w:val="00AE1BBE"/>
     <w:rsid w:val="00AE2B59"/>
     <w:rsid w:val="00AF0C65"/>
     <w:rsid w:val="00AF467D"/>
     <w:rsid w:val="00AF4A4D"/>
     <w:rsid w:val="00AF5608"/>
     <w:rsid w:val="00AF57CC"/>
     <w:rsid w:val="00B000BE"/>
     <w:rsid w:val="00B000DD"/>
     <w:rsid w:val="00B003A2"/>
     <w:rsid w:val="00B00466"/>
     <w:rsid w:val="00B01B2B"/>
     <w:rsid w:val="00B045FB"/>
     <w:rsid w:val="00B064E4"/>
     <w:rsid w:val="00B06DEF"/>
+    <w:rsid w:val="00B070B7"/>
     <w:rsid w:val="00B11798"/>
     <w:rsid w:val="00B13EB0"/>
     <w:rsid w:val="00B171E8"/>
     <w:rsid w:val="00B176C6"/>
     <w:rsid w:val="00B20DE1"/>
     <w:rsid w:val="00B22875"/>
     <w:rsid w:val="00B262A9"/>
     <w:rsid w:val="00B31898"/>
     <w:rsid w:val="00B324F1"/>
     <w:rsid w:val="00B3322B"/>
     <w:rsid w:val="00B33D23"/>
     <w:rsid w:val="00B372E1"/>
     <w:rsid w:val="00B41D03"/>
     <w:rsid w:val="00B425E7"/>
     <w:rsid w:val="00B42643"/>
     <w:rsid w:val="00B433EA"/>
     <w:rsid w:val="00B443A9"/>
     <w:rsid w:val="00B45A5B"/>
     <w:rsid w:val="00B50E43"/>
     <w:rsid w:val="00B51B86"/>
     <w:rsid w:val="00B53865"/>
     <w:rsid w:val="00B54454"/>
     <w:rsid w:val="00B566D6"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00B614B5"/>
@@ -9542,50 +10067,51 @@
     <w:rsid w:val="00B63630"/>
     <w:rsid w:val="00B63886"/>
     <w:rsid w:val="00B63D9E"/>
     <w:rsid w:val="00B6506C"/>
     <w:rsid w:val="00B66284"/>
     <w:rsid w:val="00B66BED"/>
     <w:rsid w:val="00B73268"/>
     <w:rsid w:val="00B73FFD"/>
     <w:rsid w:val="00B74BA1"/>
     <w:rsid w:val="00B76C5C"/>
     <w:rsid w:val="00B7744A"/>
     <w:rsid w:val="00B800BE"/>
     <w:rsid w:val="00B823DA"/>
     <w:rsid w:val="00B84941"/>
     <w:rsid w:val="00B868FA"/>
     <w:rsid w:val="00B87181"/>
     <w:rsid w:val="00B91545"/>
     <w:rsid w:val="00B91903"/>
     <w:rsid w:val="00B93B72"/>
     <w:rsid w:val="00B93B8A"/>
     <w:rsid w:val="00B93E00"/>
     <w:rsid w:val="00B96189"/>
     <w:rsid w:val="00B97CE5"/>
     <w:rsid w:val="00BA0C37"/>
     <w:rsid w:val="00BA2C15"/>
+    <w:rsid w:val="00BA3519"/>
     <w:rsid w:val="00BA4C55"/>
     <w:rsid w:val="00BA7DB9"/>
     <w:rsid w:val="00BB0970"/>
     <w:rsid w:val="00BB150D"/>
     <w:rsid w:val="00BB15CB"/>
     <w:rsid w:val="00BB39D2"/>
     <w:rsid w:val="00BB482B"/>
     <w:rsid w:val="00BB53ED"/>
     <w:rsid w:val="00BB57B6"/>
     <w:rsid w:val="00BB67CD"/>
     <w:rsid w:val="00BB6803"/>
     <w:rsid w:val="00BC06EF"/>
     <w:rsid w:val="00BC1A14"/>
     <w:rsid w:val="00BC2457"/>
     <w:rsid w:val="00BC457E"/>
     <w:rsid w:val="00BC4B3E"/>
     <w:rsid w:val="00BC676D"/>
     <w:rsid w:val="00BC6EFE"/>
     <w:rsid w:val="00BD0281"/>
     <w:rsid w:val="00BD0F6C"/>
     <w:rsid w:val="00BD21A3"/>
     <w:rsid w:val="00BD2E90"/>
     <w:rsid w:val="00BD37F9"/>
     <w:rsid w:val="00BD438D"/>
     <w:rsid w:val="00BD4DD8"/>
@@ -9646,81 +10172,84 @@
     <w:rsid w:val="00C80C4F"/>
     <w:rsid w:val="00C8284C"/>
     <w:rsid w:val="00C9154A"/>
     <w:rsid w:val="00C9234E"/>
     <w:rsid w:val="00C928CB"/>
     <w:rsid w:val="00C92C9C"/>
     <w:rsid w:val="00C93122"/>
     <w:rsid w:val="00C93197"/>
     <w:rsid w:val="00C9326A"/>
     <w:rsid w:val="00C95E12"/>
     <w:rsid w:val="00C96EA9"/>
     <w:rsid w:val="00C9743A"/>
     <w:rsid w:val="00C97668"/>
     <w:rsid w:val="00CA159A"/>
     <w:rsid w:val="00CA3226"/>
     <w:rsid w:val="00CA3DF5"/>
     <w:rsid w:val="00CA4A3C"/>
     <w:rsid w:val="00CA676E"/>
     <w:rsid w:val="00CA7E60"/>
     <w:rsid w:val="00CB051B"/>
     <w:rsid w:val="00CB12A5"/>
     <w:rsid w:val="00CB21F4"/>
     <w:rsid w:val="00CB2403"/>
     <w:rsid w:val="00CB4619"/>
     <w:rsid w:val="00CB632B"/>
+    <w:rsid w:val="00CC027F"/>
     <w:rsid w:val="00CC038B"/>
     <w:rsid w:val="00CC0C61"/>
     <w:rsid w:val="00CC2780"/>
     <w:rsid w:val="00CC2A24"/>
     <w:rsid w:val="00CC39C0"/>
     <w:rsid w:val="00CC6966"/>
     <w:rsid w:val="00CC7DFB"/>
     <w:rsid w:val="00CD451C"/>
     <w:rsid w:val="00CD45CD"/>
     <w:rsid w:val="00CD49F1"/>
     <w:rsid w:val="00CD5907"/>
     <w:rsid w:val="00CD73F4"/>
+    <w:rsid w:val="00CE01D4"/>
     <w:rsid w:val="00CE055B"/>
     <w:rsid w:val="00CE0C3E"/>
     <w:rsid w:val="00CE219F"/>
     <w:rsid w:val="00CE386C"/>
     <w:rsid w:val="00CE5C39"/>
     <w:rsid w:val="00CE76FD"/>
     <w:rsid w:val="00CF176D"/>
     <w:rsid w:val="00CF20A8"/>
     <w:rsid w:val="00CF4C36"/>
     <w:rsid w:val="00CF59D4"/>
     <w:rsid w:val="00CF6614"/>
     <w:rsid w:val="00CF6E12"/>
     <w:rsid w:val="00D017B7"/>
     <w:rsid w:val="00D0186F"/>
     <w:rsid w:val="00D0248F"/>
     <w:rsid w:val="00D02499"/>
     <w:rsid w:val="00D051BC"/>
     <w:rsid w:val="00D126D3"/>
     <w:rsid w:val="00D1552F"/>
+    <w:rsid w:val="00D165AA"/>
     <w:rsid w:val="00D17563"/>
     <w:rsid w:val="00D176EE"/>
     <w:rsid w:val="00D2285C"/>
     <w:rsid w:val="00D232C4"/>
     <w:rsid w:val="00D23C27"/>
     <w:rsid w:val="00D250E4"/>
     <w:rsid w:val="00D27223"/>
     <w:rsid w:val="00D308C4"/>
     <w:rsid w:val="00D315C8"/>
     <w:rsid w:val="00D32670"/>
     <w:rsid w:val="00D35F07"/>
     <w:rsid w:val="00D36B39"/>
     <w:rsid w:val="00D40AE3"/>
     <w:rsid w:val="00D40BEA"/>
     <w:rsid w:val="00D41176"/>
     <w:rsid w:val="00D41762"/>
     <w:rsid w:val="00D41839"/>
     <w:rsid w:val="00D41E7A"/>
     <w:rsid w:val="00D44917"/>
     <w:rsid w:val="00D452BD"/>
     <w:rsid w:val="00D46FD7"/>
     <w:rsid w:val="00D51594"/>
     <w:rsid w:val="00D52221"/>
     <w:rsid w:val="00D52311"/>
     <w:rsid w:val="00D544A2"/>
@@ -9780,50 +10309,51 @@
     <w:rsid w:val="00DD7086"/>
     <w:rsid w:val="00DE0678"/>
     <w:rsid w:val="00DE2A03"/>
     <w:rsid w:val="00DE548B"/>
     <w:rsid w:val="00DE6966"/>
     <w:rsid w:val="00DF068F"/>
     <w:rsid w:val="00DF1FC6"/>
     <w:rsid w:val="00DF20B5"/>
     <w:rsid w:val="00DF2E86"/>
     <w:rsid w:val="00DF32F4"/>
     <w:rsid w:val="00DF392A"/>
     <w:rsid w:val="00DF393E"/>
     <w:rsid w:val="00DF3DE2"/>
     <w:rsid w:val="00DF6E5B"/>
     <w:rsid w:val="00DF6EB1"/>
     <w:rsid w:val="00DF7C87"/>
     <w:rsid w:val="00DF7FC9"/>
     <w:rsid w:val="00E01DF0"/>
     <w:rsid w:val="00E03B10"/>
     <w:rsid w:val="00E03FCB"/>
     <w:rsid w:val="00E057CA"/>
     <w:rsid w:val="00E113BB"/>
     <w:rsid w:val="00E12D81"/>
     <w:rsid w:val="00E15CDD"/>
     <w:rsid w:val="00E15D62"/>
+    <w:rsid w:val="00E16856"/>
     <w:rsid w:val="00E20B8C"/>
     <w:rsid w:val="00E214D5"/>
     <w:rsid w:val="00E25587"/>
     <w:rsid w:val="00E26D7F"/>
     <w:rsid w:val="00E276B8"/>
     <w:rsid w:val="00E309EA"/>
     <w:rsid w:val="00E31D0A"/>
     <w:rsid w:val="00E32E88"/>
     <w:rsid w:val="00E33B6A"/>
     <w:rsid w:val="00E33E56"/>
     <w:rsid w:val="00E357B3"/>
     <w:rsid w:val="00E35994"/>
     <w:rsid w:val="00E42024"/>
     <w:rsid w:val="00E4239C"/>
     <w:rsid w:val="00E437CF"/>
     <w:rsid w:val="00E45DFD"/>
     <w:rsid w:val="00E461B4"/>
     <w:rsid w:val="00E528CD"/>
     <w:rsid w:val="00E52CA1"/>
     <w:rsid w:val="00E5474A"/>
     <w:rsid w:val="00E564E3"/>
     <w:rsid w:val="00E603E3"/>
     <w:rsid w:val="00E618CB"/>
     <w:rsid w:val="00E628A9"/>
     <w:rsid w:val="00E63019"/>
@@ -9831,50 +10361,51 @@
     <w:rsid w:val="00E65079"/>
     <w:rsid w:val="00E66729"/>
     <w:rsid w:val="00E67CB4"/>
     <w:rsid w:val="00E720BF"/>
     <w:rsid w:val="00E722C7"/>
     <w:rsid w:val="00E72451"/>
     <w:rsid w:val="00E72CAF"/>
     <w:rsid w:val="00E736D9"/>
     <w:rsid w:val="00E73DB2"/>
     <w:rsid w:val="00E76948"/>
     <w:rsid w:val="00E77481"/>
     <w:rsid w:val="00E80311"/>
     <w:rsid w:val="00E80E71"/>
     <w:rsid w:val="00E82AA4"/>
     <w:rsid w:val="00E841B5"/>
     <w:rsid w:val="00E84792"/>
     <w:rsid w:val="00E85AB0"/>
     <w:rsid w:val="00E86BD3"/>
     <w:rsid w:val="00E9053F"/>
     <w:rsid w:val="00E917E1"/>
     <w:rsid w:val="00E95257"/>
     <w:rsid w:val="00E95888"/>
     <w:rsid w:val="00EA0333"/>
     <w:rsid w:val="00EA036D"/>
     <w:rsid w:val="00EA578D"/>
+    <w:rsid w:val="00EA71EC"/>
     <w:rsid w:val="00EB2AA8"/>
     <w:rsid w:val="00EB3A24"/>
     <w:rsid w:val="00EB65AF"/>
     <w:rsid w:val="00EB7F30"/>
     <w:rsid w:val="00EC0690"/>
     <w:rsid w:val="00EC0ED2"/>
     <w:rsid w:val="00EC4DE3"/>
     <w:rsid w:val="00EC6C72"/>
     <w:rsid w:val="00EC74DE"/>
     <w:rsid w:val="00EC770F"/>
     <w:rsid w:val="00ED0B6D"/>
     <w:rsid w:val="00ED0F28"/>
     <w:rsid w:val="00ED52D4"/>
     <w:rsid w:val="00ED56A8"/>
     <w:rsid w:val="00ED69FE"/>
     <w:rsid w:val="00ED6EFE"/>
     <w:rsid w:val="00ED7022"/>
     <w:rsid w:val="00ED7B2F"/>
     <w:rsid w:val="00EE0A4B"/>
     <w:rsid w:val="00EE2581"/>
     <w:rsid w:val="00EE259E"/>
     <w:rsid w:val="00EE29DA"/>
     <w:rsid w:val="00EF28AB"/>
     <w:rsid w:val="00EF308B"/>
     <w:rsid w:val="00EF36B7"/>
@@ -9885,137 +10416,139 @@
     <w:rsid w:val="00F11495"/>
     <w:rsid w:val="00F15E63"/>
     <w:rsid w:val="00F20E33"/>
     <w:rsid w:val="00F23923"/>
     <w:rsid w:val="00F256CC"/>
     <w:rsid w:val="00F3185F"/>
     <w:rsid w:val="00F355CA"/>
     <w:rsid w:val="00F356A8"/>
     <w:rsid w:val="00F35E8E"/>
     <w:rsid w:val="00F3766E"/>
     <w:rsid w:val="00F4202D"/>
     <w:rsid w:val="00F4429D"/>
     <w:rsid w:val="00F475DE"/>
     <w:rsid w:val="00F51E73"/>
     <w:rsid w:val="00F5271B"/>
     <w:rsid w:val="00F55FB5"/>
     <w:rsid w:val="00F57708"/>
     <w:rsid w:val="00F57FD8"/>
     <w:rsid w:val="00F61350"/>
     <w:rsid w:val="00F62067"/>
     <w:rsid w:val="00F64B2D"/>
     <w:rsid w:val="00F66230"/>
     <w:rsid w:val="00F72E91"/>
     <w:rsid w:val="00F736D8"/>
     <w:rsid w:val="00F74FFC"/>
+    <w:rsid w:val="00F754A4"/>
     <w:rsid w:val="00F76252"/>
     <w:rsid w:val="00F76BCE"/>
     <w:rsid w:val="00F77AFC"/>
     <w:rsid w:val="00F80C09"/>
     <w:rsid w:val="00F8199E"/>
     <w:rsid w:val="00F82623"/>
     <w:rsid w:val="00F82CAE"/>
     <w:rsid w:val="00F82D6A"/>
     <w:rsid w:val="00F84F17"/>
     <w:rsid w:val="00F8565E"/>
     <w:rsid w:val="00F85B36"/>
     <w:rsid w:val="00F87009"/>
     <w:rsid w:val="00F908A3"/>
     <w:rsid w:val="00F94D38"/>
     <w:rsid w:val="00F95166"/>
     <w:rsid w:val="00F97D30"/>
     <w:rsid w:val="00FA1800"/>
     <w:rsid w:val="00FA54BE"/>
     <w:rsid w:val="00FA5D5D"/>
     <w:rsid w:val="00FA5EB0"/>
     <w:rsid w:val="00FA762D"/>
     <w:rsid w:val="00FA79BB"/>
+    <w:rsid w:val="00FB088E"/>
     <w:rsid w:val="00FC0933"/>
     <w:rsid w:val="00FC1D18"/>
     <w:rsid w:val="00FC2A03"/>
     <w:rsid w:val="00FC2E9D"/>
     <w:rsid w:val="00FC3221"/>
     <w:rsid w:val="00FC5FEF"/>
     <w:rsid w:val="00FC6E48"/>
     <w:rsid w:val="00FD056F"/>
     <w:rsid w:val="00FD1E3C"/>
     <w:rsid w:val="00FD3AE7"/>
     <w:rsid w:val="00FD4275"/>
     <w:rsid w:val="00FD4504"/>
     <w:rsid w:val="00FD672E"/>
     <w:rsid w:val="00FE0094"/>
     <w:rsid w:val="00FE1D70"/>
     <w:rsid w:val="00FE68D5"/>
     <w:rsid w:val="00FE6F00"/>
     <w:rsid w:val="00FF5DEB"/>
     <w:rsid w:val="00FF62F2"/>
     <w:rsid w:val="00FF64A5"/>
     <w:rsid w:val="00FF6E55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:attachedSchema w:val="schemas-tilde-lv/tildestengine"/>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="schemas-tilde-lv/tildestengine" w:name="veidnes"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5191CE02"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E919780E-41CD-4324-894E-F8C19B6792FA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10343,50 +10876,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:right="-43"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
@@ -11054,59 +11591,59 @@
     <w:semiHidden/>
     <w:rsid w:val="002E1C2F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:rsid w:val="00F80C09"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0717-20231025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02013R1408-20231025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02013R1408-20231025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0717-20231025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11381,68 +11918,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -11569,164 +12088,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">268</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName>Karina Opaļeva</DisplayName>
+        <AccountId>231</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3EBDB8E-7294-46EE-B1F0-4F6E2AA11C46}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FECE0915-43BA-4DCC-B99A-C92CF6EE51BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A6E1D7B-7900-4559-A1B5-BC7C59DF56FA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A8CECB8-CD11-4991-BDDA-0325D2637A22}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3EBDB8E-7294-46EE-B1F0-4F6E2AA11C46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E296918D-3784-454F-92F3-E94A410EADC7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF6DFD39-E05D-436D-BA27-83D0D9F70DC3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6791</Characters>
+  <Pages>5</Pages>
+  <Words>5802</Words>
+  <Characters>3308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>23.pielikums_v1_Pieteikums apmācības pie darba devēja ar nozaru asociaciju iesaisti īstenošanai</vt:lpstr>
       <vt:lpstr>Pieteikums</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7721</CharactersWithSpaces>
+  <CharactersWithSpaces>9092</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>23.pielikums_v1_Pieteikums apmācības pie darba devēja ar nozaru asociaciju iesaisti īstenošanai</dc:title>
   <dc:creator>SolveigaR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100975A8901862D2A47AFD73703472CD4A1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Karina Opaleva</vt:lpwstr>