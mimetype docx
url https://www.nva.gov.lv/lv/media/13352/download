--- v0 (2025-10-06)
+++ v1 (2025-11-23)
@@ -1,121 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.4.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.7.0 -->
   <w:body>
     <w:p w:rsidR="00D864CD" w:rsidP="002F2762" w14:paraId="492FDA8C" w14:textId="4738E337">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc417567323"/>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Profesionālās tālākizglītības</w:t>
       </w:r>
       <w:r w:rsidRPr="00756803" w:rsidR="0033152A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00756803" w:rsidR="00322D56">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">programmu </w:t>
       </w:r>
       <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">saraksts, kurās nepieciešams veikt bezdarbnieku apmācību, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> un kvalifikācijas paaugstināšanu</w:t>
+        <w:t>saraksts, kurās nepieciešams veikt bezdarbnieku apmācību, pārkvalifikāciju un kvalifikācijas paaugstināšanu</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00912C28" w:rsidRPr="00756803" w:rsidP="002F2762" w14:paraId="6C718CA5" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E294A" w:rsidRPr="00756803" w:rsidP="008E294A" w14:paraId="4BDFFB16" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="2431"/>
           <w:tab w:val="left" w:pos="2618"/>
         </w:tabs>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -678,51 +664,51 @@
               </w:smartTagPr>
               <w:r w:rsidRPr="002F2762">
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>EUR</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="65E4831A" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="65E4831A" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="3C4DC104" w14:textId="44035911">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -822,2540 +808,2570 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="5AFB2449" w14:textId="70F6BD4A">
-[...13 lines deleted...]
-              <w:t>12,35%</w:t>
+          <w:p w:rsidR="00B232FE" w:rsidRPr="008B1BEA" w:rsidP="009E021A" w14:paraId="5AFB2449" w14:textId="393FF84E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B1BEA" w:rsidR="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1,97</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00364ED5" w14:paraId="6FABEA1F" w14:textId="44C8ADF4">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="00B232FE" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="6FABEA1F" w14:textId="6A62C642">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B1BEA" w:rsidR="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="31418CCA" w14:textId="7EE2A1D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="3AC30005" w14:textId="59C4624E">
+          <w:p w:rsidR="00B232FE" w:rsidRPr="00620BDD" w:rsidP="009E021A" w14:paraId="3AC30005" w14:textId="0FB1ACB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008D2117">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008D2117" w:rsidR="008D2117">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="007E198D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>,79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2FB5A1ED" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="2FB5A1ED" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="7D9E3B22" w14:textId="011F031C">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="7D9E3B22" w14:textId="011F031C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="205" w:hanging="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00756803" w:rsidR="009E021A">
+            <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="3A4F8B9A" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="3A4F8B9A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Betonētājs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="18AB5D5A" w14:textId="7E8F6858">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="18AB5D5A" w14:textId="7E8F6858">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7114 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="01290756" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="01290756" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:strike/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="1E0B2637" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="1E0B2637" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:strike/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-              <w:t>12,35%</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2CC5D9C2" w14:textId="799884C8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00364ED5" w14:paraId="3D3FBB49" w14:textId="08F201FA">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="3D3FBB49" w14:textId="2235FC95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="5100AC82" w14:textId="0724CCC3">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="5100AC82" w14:textId="0724CCC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="21E6D63D" w14:textId="5DFC346F">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="21E6D63D" w14:textId="1A8CCCB2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008D2117">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1,3</w:t>
+            </w:r>
+            <w:r w:rsidR="003271E4">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="56D162E8" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="56D162E8" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="6D8C87D2" w14:textId="7513C6C5">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="6D8C87D2" w14:textId="7513C6C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00756803" w:rsidR="009E021A">
+            <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="4343667F" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4343667F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Elektromontieris</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="0BBFDC7F" w14:textId="160A5D23">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="0BBFDC7F" w14:textId="160A5D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7411 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="5A7ABD1E" w14:textId="2CAEB7FA">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="5A7ABD1E" w14:textId="2CAEB7FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="31B5FE97" w14:textId="0F5E0FAF">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="31B5FE97" w14:textId="0F5E0FAF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="2DF4C6C4" w14:textId="2F0433EB">
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2DF4C6C4" w14:textId="6743B776">
             <w:pPr>
               <w:ind w:hanging="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>12,35%</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="007613C8" w14:paraId="227A13DD" w14:textId="4F48974F">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="227A13DD" w14:textId="6636A8E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="4058C3C7" w14:textId="49226B31">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4058C3C7" w14:textId="49226B31">
             <w:pPr>
               <w:ind w:hanging="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="285B6F81" w14:textId="2F7467F5">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="285B6F81" w14:textId="2695759F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>0</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>92,2</w:t>
+            </w:r>
+            <w:r w:rsidR="003271E4">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7F571202" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="7F571202" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidP="009E021A" w14:paraId="644922A8" w14:textId="06B7C952">
+          <w:p w:rsidR="008B1BEA" w:rsidP="008B1BEA" w14:paraId="644922A8" w14:textId="06B7C952">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="64C362F7" w14:textId="4C884EA0">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="64C362F7" w14:textId="4C884EA0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Gaļas produktu izgatavotājs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="36B89910" w14:textId="06C4648D">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="36B89910" w14:textId="06C4648D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7511 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="62D4D3E7" w14:textId="2CD7C553">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="62D4D3E7" w14:textId="2CD7C553">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="19D21DA3" w14:textId="153FAE85">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="19D21DA3" w14:textId="153FAE85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="2CC7AC17" w14:textId="131E3E7B">
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2CC7AC17" w14:textId="191C83C6">
             <w:pPr>
               <w:ind w:hanging="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-              <w:t>12,35%</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="007613C8" w14:paraId="0321B8D7" w14:textId="70E9D22D">
-[...12 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="0321B8D7" w14:textId="6C45A571">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="3FBCB259" w14:textId="0A21F158">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="3FBCB259" w14:textId="0A21F158">
             <w:pPr>
               <w:ind w:hanging="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="4512DA8C" w14:textId="1FC4EF7B">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="4512DA8C" w14:textId="4E4E9AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>117</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="353A05D3" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="353A05D3" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="356F69D6" w14:textId="1373B303">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="356F69D6" w14:textId="1373B303">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="0E3C13EB" w14:textId="3C127A08">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="0E3C13EB" w14:textId="3C127A08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Lokmetinātājs</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> metināšanā ar mehanizēto iekārtu inertās gāzes vidē (MIG/131)</w:t>
+              <w:t>Lokmetinātājs metināšanā ar mehanizēto iekārtu inertās gāzes vidē (MIG/131)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="31D4E002" w14:textId="313AFDDC">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="31D4E002" w14:textId="313AFDDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7212 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="4EA28B10" w14:textId="6CB9D837">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4EA28B10" w14:textId="6CB9D837">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="4CBDB296" w14:textId="4716F1DE">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4CBDB296" w14:textId="4716F1DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="2479132A" w14:textId="0A4FA5B1">
-[...13 lines deleted...]
-              <w:t>12,35%</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="2479132A" w14:textId="4566FD6F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="00364ED5" w14:paraId="53E0F099" w14:textId="55310866">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="53E0F099" w14:textId="6BE7D247">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="777AFC37" w14:textId="0F8F7F5B">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="777AFC37" w14:textId="0F8F7F5B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="442AB3A1" w14:textId="6124147A">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="442AB3A1" w14:textId="692180DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>7</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>57,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="151CAC6A" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="151CAC6A" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="6DBB8EB3" w14:textId="1F529372">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="6DBB8EB3" w14:textId="1F529372">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="4F5E523A" w14:textId="73144CAE">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4F5E523A" w14:textId="73144CAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Lokmetinātājs</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> metināšanā ar volframa elektrodu inertās gāzes vidē (TIG/141)</w:t>
+              <w:t>Lokmetinātājs metināšanā ar volframa elektrodu inertās gāzes vidē (TIG/141)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="708555CE" w14:textId="7725F7C2">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="708555CE" w14:textId="7725F7C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7212 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="4639BEC4" w14:textId="30A8B8BB">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4639BEC4" w14:textId="30A8B8BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="305833A8" w14:textId="5649AB69">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="305833A8" w14:textId="5649AB69">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="42C26E53" w14:textId="2C9422D6">
-[...13 lines deleted...]
-              <w:t>12,35%</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="42C26E53" w14:textId="20B9B835">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="00364ED5" w14:paraId="380F4C21" w14:textId="551C1B3A">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="380F4C21" w14:textId="7D493803">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="3DE86FFF" w14:textId="0F158E38">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="3DE86FFF" w14:textId="0F158E38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="191D5398" w14:textId="40328182">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="191D5398" w14:textId="76CB7476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2857,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="51C8B317" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="51C8B317" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="1C0B7473" w14:textId="200F4155">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="1C0B7473" w14:textId="200F4155">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="7E7F2010" w14:textId="771725B0">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="7E7F2010" w14:textId="771725B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Māsas palīgs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="6DFE002B" w14:textId="4B42C9F4">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="6DFE002B" w14:textId="4B42C9F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5321 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="4459634A" w14:textId="7720E6DA">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4459634A" w14:textId="7720E6DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="3442D67D" w14:textId="6341CC36">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="3442D67D" w14:textId="6341CC36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-              <w:t>12,35%</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="032B53A1" w14:textId="1853A77D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="00364ED5" w14:paraId="3033EF47" w14:textId="324D68AC">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="3033EF47" w14:textId="1F9793F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="536F3B94" w14:textId="48FDAABF">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="536F3B94" w14:textId="48FDAABF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="6D4D83DD" w14:textId="6C9F355C">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="6D4D83DD" w14:textId="24131A96">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>7</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>53,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5D94D555" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="5D94D555" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidP="009E021A" w14:paraId="16944481" w14:textId="151C94D7">
+          <w:p w:rsidR="008B1BEA" w:rsidP="008B1BEA" w14:paraId="16944481" w14:textId="151C94D7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00511B28" w:rsidP="009E021A" w14:paraId="5114B598" w14:textId="424FD367">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00511B28" w:rsidP="008B1BEA" w14:paraId="5114B598" w14:textId="424FD367">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Mūrnieks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="228772EB" w14:textId="6E69BA08">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="228772EB" w14:textId="6E69BA08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7112 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="41506E06" w14:textId="53C3B66C">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="41506E06" w14:textId="53C3B66C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="4599AF0D" w14:textId="6E441120">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4599AF0D" w14:textId="6E441120">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-              <w:t>12,35%</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="33DD5B84" w14:textId="161D5D2C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="00364ED5" w14:paraId="4E0CAFF8" w14:textId="5EB557D6">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="4E0CAFF8" w14:textId="3EDAB44F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="57C78ED7" w14:textId="076408B5">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="57C78ED7" w14:textId="076408B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="1DBFAE77" w14:textId="32CF0229">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="1DBFAE77" w14:textId="4ECE2E00">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008D2117">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1251,3</w:t>
+            </w:r>
+            <w:r w:rsidR="003271E4">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4D84E5C1" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="4D84E5C1" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="1B8B524C" w14:textId="3E2D3740">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="1B8B524C" w14:textId="3E2D3740">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="4AE0F863" w14:textId="4BB88EFB">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4AE0F863" w14:textId="4BB88EFB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rokas </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (MMA/111)</w:t>
+              <w:t>Rokas lokmetinātājs (MMA/111)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="33A5D272" w14:textId="169DAD49">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="33A5D272" w14:textId="169DAD49">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7212 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="7B872924" w14:textId="163A3AEF">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="7B872924" w14:textId="163A3AEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="0B424018" w14:textId="4451ECD7">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="0B424018" w14:textId="4451ECD7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-              <w:t>12,35%</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="07A18F7F" w14:textId="3E32EAEF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="00364ED5" w14:paraId="5C0AA625" w14:textId="6DF7A646">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="5C0AA625" w14:textId="369EA8CB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="1F94BD53" w14:textId="468C4843">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="1F94BD53" w14:textId="468C4843">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="282FD180" w14:textId="4A929C8F">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="282FD180" w14:textId="07F05E1E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2857,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="69BE0169" w14:textId="77777777" w:rsidTr="009E021A">
+      <w:tr w14:paraId="69BE0169" w14:textId="77777777" w:rsidTr="00CB0FA7">
         <w:tblPrEx>
           <w:tblW w:w="13735" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="53617103" w14:textId="0798B2C6">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="53617103" w14:textId="0798B2C6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00511B28" w:rsidP="009E021A" w14:paraId="5C396ADC" w14:textId="302E2613">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00511B28" w:rsidP="008B1BEA" w14:paraId="5C396ADC" w14:textId="302E2613">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk196219569"/>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vēdināšanas un kondicionēšanas iekārtu remontatslēdznieks</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="21C573E8" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="21C573E8" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="2EFC5A08" w14:textId="52F3934D">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="2EFC5A08" w14:textId="52F3934D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="2216BB13" w14:textId="15F7C375">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="2216BB13" w14:textId="15F7C375">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-              <w:t>12,35%</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="5D139D65" w14:textId="362DDA0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="009E021A" w:rsidP="00364ED5" w14:paraId="548A0F32" w14:textId="50B2BD18">
-[...13 lines deleted...]
-              <w:t>988,68</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="548A0F32" w14:textId="4109D84E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="4F75D365" w14:textId="6B1008D6">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4F75D365" w14:textId="6B1008D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>1,</w:t>
-[...7 lines deleted...]
-              <w:t>21</w:t>
+              <w:t>1,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E021A" w:rsidRPr="008D2117" w:rsidP="009E021A" w14:paraId="763BA88C" w14:textId="758D0698">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="763BA88C" w14:textId="56C79CA7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1192,2</w:t>
+            </w:r>
+            <w:r w:rsidR="003271E4">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>0</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00912C28" w:rsidP="002E352C" w14:paraId="24B8238F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003E7443" w:rsidRPr="009E021A" w:rsidP="002E352C" w14:paraId="7E6EF72C" w14:textId="7EDAA350">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E021A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>* Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E7443" w:rsidRPr="009E021A" w:rsidP="003E7443" w14:paraId="020D5FEE" w14:textId="78FC6DC1">
+    <w:p w:rsidR="003E7443" w:rsidRPr="009E021A" w:rsidP="003E7443" w14:paraId="020D5FEE" w14:textId="2EFAC777">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk107580323"/>
-      <w:r w:rsidRPr="009E021A">
+      <w:r w:rsidRPr="00CB0FA7">
         <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk112917821"/>
-      <w:r w:rsidRPr="009E021A">
+      <w:bookmarkStart w:id="5" w:name="_Hlk210720111"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00C742A2" w:rsidR="00C742A2">
         <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Saskaņā ar </w:t>
+        <w:t xml:space="preserve">Saskaņā ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="009E021A" w:rsidR="00F82658">
+      <w:r w:rsidRPr="00C742A2" w:rsidR="00337324">
         <w:rPr>
-          <w:sz w:val="18"/>
-[...39 lines deleted...]
-        <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk192846539"/>
-      <w:r w:rsidRPr="009E021A" w:rsidR="00525413">
+      <w:r w:rsidRPr="00C742A2" w:rsidR="00525413">
         <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. aprīļa.</w:t>
+        <w:t xml:space="preserve">Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C742A2" w:rsidR="00C742A2">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1. novembra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C742A2" w:rsidR="00525413">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w:rsidR="008E294A" w:rsidP="002E352C" w14:paraId="5625D433" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00663892">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="003E7443">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>**</w:t>
@@ -3952,981 +3968,894 @@
               </w:smartTagPr>
               <w:r w:rsidRPr="00F91042">
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>EUR</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="7"/>
       <w:tr w14:paraId="35F6A751" w14:textId="77777777" w:rsidTr="00337324">
         <w:tblPrEx>
           <w:tblW w:w="15153" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="25"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="334B64F7" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="334B64F7" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="6E6D3131" w14:textId="46C05298">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="6E6D3131" w14:textId="46C05298">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Aukstumiekārtu</w:t>
-            </w:r>
+              <w:t>Aukstumiekārtu sistēmu tehniķis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="6E05205B" w14:textId="7288133F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392DC3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3112 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="55B73121" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> sistēmu tehniķis</w:t>
-[...35 lines deleted...]
-              <w:rPr>
+              <w:t>960</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="6FE49262" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t>1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="2ED099D0" w14:textId="00661E13">
-[...13 lines deleted...]
-              <w:t>12,35%</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2ED099D0" w14:textId="1BD0DFDA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="13A97CBC" w14:textId="689C7466">
-[...14 lines deleted...]
-              <w:t>1505,49</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="13A97CBC" w14:textId="531A75E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1500,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="6822E64D" w14:textId="7EAD477B">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="6822E64D" w14:textId="7EAD477B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00D14FAC" w:rsidP="00B232FE" w14:paraId="1DEA060B" w14:textId="263BEB1C">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="1DEA060B" w14:textId="6A0EA500">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="000C3509">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...21 lines deleted...]
-              <w:t>4</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>15,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="686DDD64" w14:textId="77777777" w:rsidTr="009E021A">
         <w:tblPrEx>
           <w:tblW w:w="15153" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="25"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="43AB12AE" w14:textId="70DFEBCC">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="43AB12AE" w14:textId="70DFEBCC">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E021A" w:rsidR="009E021A">
+            <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="14F866A5" w14:textId="6EBE3A24">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="14F866A5" w14:textId="6EBE3A24">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Mežsaimniecības tehniķis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="18867BB8" w14:textId="5A174391">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="18867BB8" w14:textId="5A174391">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00392DC3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3143 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="7A450906" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="7A450906" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="45781A73" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="45781A73" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="2B9B7D94" w14:textId="2C3FCED0">
-[...13 lines deleted...]
-              <w:t>12,35%</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2B9B7D94" w14:textId="23601359">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="072D5B67" w14:textId="26EDC932">
-[...14 lines deleted...]
-              <w:t>1505,49</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="072D5B67" w14:textId="430FAA54">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1500,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="72184094" w14:textId="401DF813">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="72184094" w14:textId="401DF813">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="27725684" w14:textId="63B7514F">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="27725684" w14:textId="7EAB4A85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              <w:t>0</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1995,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="7"/>
       <w:tr w14:paraId="426F628A" w14:textId="77777777" w:rsidTr="009E021A">
         <w:tblPrEx>
           <w:tblW w:w="15153" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="25"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="59D3448E" w14:textId="37AAD304">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="59D3448E" w14:textId="37AAD304">
             <w:pPr>
               <w:ind w:left="140" w:right="-108" w:hanging="248"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E021A" w:rsidR="009E021A">
+            <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="45F02C14" w14:textId="58BE2B08">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="45F02C14" w14:textId="58BE2B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Programmēšanas tehniķis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="29D7C49F" w14:textId="5C6DF93F">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="29D7C49F" w14:textId="5C6DF93F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00392DC3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3512 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="559EDAEE" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="559EDAEE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="4A41CE20" w14:textId="77777777">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4A41CE20" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="598D9085" w14:textId="09935851">
-[...13 lines deleted...]
-              <w:t>12,35%</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="598D9085" w14:textId="3535E6CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="26EE1190" w14:textId="74AFDB56">
-[...14 lines deleted...]
-              <w:t>1505,49</w:t>
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="26EE1190" w14:textId="4764E321">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1500,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="16249396" w14:textId="431522AA">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="16249396" w14:textId="431522AA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="00B232FE" w14:paraId="143EA5E8" w14:textId="0096351D">
+          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="143EA5E8" w14:textId="42D186AA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00364ED5">
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>192</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="003271E4">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="00493092" w:rsidRPr="009E021A" w:rsidP="00493092" w14:paraId="4B04FF93" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E021A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>* Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00493092" w:rsidRPr="009E021A" w:rsidP="00493092" w14:paraId="19CD8598" w14:textId="5F1DC85D">
+    <w:p w:rsidR="00493092" w:rsidRPr="009E021A" w:rsidP="00493092" w14:paraId="19CD8598" w14:textId="5F68752C">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E021A">
+      <w:r w:rsidRPr="00CB0FA7">
         <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">** Saskaņā ar Labklājības ministrijas </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> Nr.32 “</w:t>
+        <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="009E021A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Par vienas vienības izmaksu metodikas “Vienības izmaksu standarta likmes aprēķina un piemērošanas metodika profesionālās un neformālās izglītības mācību programmas apguves un stipendijas izmaksām” apstiprināšanu</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E021A" w:rsidR="00B232FE">
+      <w:r w:rsidRPr="00C742A2">
         <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...21 lines deleted...]
-        <w:t>Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. aprīļa.</w:t>
+        <w:t>Saskaņā ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”.  Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F91042" w:rsidRPr="009E021A" w:rsidP="0031090B" w14:paraId="7C8ACDDD" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E021A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*** Ministru kabineta 2007. gada 2. oktobra noteikumi Nr.655 „Noteikumi par profesionālās izglītības programmu īstenošanas izmaksu minimumu uz vienu izglītojamo”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F91042" w:rsidP="005C047A" w14:paraId="74089995" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="009E021A">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1276" w:right="851" w:bottom="1276" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:chapStyle="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4982,106 +4911,164 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
+    <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00756803" w:rsidP="00355AAB" w14:paraId="06893A41" w14:textId="65595F22">
+  <w:p w:rsidR="00FF0646" w14:paraId="11A32F2F" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00756803" w:rsidP="00355AAB" w14:paraId="06893A41" w14:textId="1AE00A16">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">KRG_4.2.14.2_32.pielikums_4.versija </w:t>
+      <w:t>KRG_4.2.14.2_</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E314E2" w:rsidR="00E314E2">
+    <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:lang w:val="en-US" w:bidi="he-IL"/>
       </w:rPr>
-      <w:t>13.05.2025.</w:t>
+      <w:t>32.pielikums</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">_5.versija </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FF0646" w:rsidR="00D13019">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>10.10.2025.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FF0646" w:rsidR="00E314E2">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00756803" w:rsidP="00355AAB" w14:paraId="77CD604A" w14:textId="0459F848">
+  <w:p w:rsidR="00756803" w:rsidP="00355AAB" w14:paraId="77CD604A" w14:textId="4209242F">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">KRG_4.2.14.2_32.pielikums_4.versija </w:t>
+      <w:t>KRG_4.2.14.2_</w:t>
     </w:r>
-    <w:r w:rsidRPr="00E314E2" w:rsidR="00E314E2">
+    <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:lang w:val="en-US" w:bidi="he-IL"/>
       </w:rPr>
-      <w:t>13.05.2025.</w:t>
+      <w:t>32.pielikums</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidR="00C742A2">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.versija </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FF0646" w:rsidR="00D13019">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>10.10.2025.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00756803" w:rsidP="00355AAB" w14:paraId="663FE47E" w14:textId="0AC30CC4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00756803" w14:paraId="02432B8D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5148,50 +5135,60 @@
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00756803" w14:paraId="112B08D9" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00FF0646" w14:paraId="4326E1F7" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25777924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18166F52"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -6886,50 +6883,51 @@
     <w:rsid w:val="0031088A"/>
     <w:rsid w:val="0031090B"/>
     <w:rsid w:val="00310BFA"/>
     <w:rsid w:val="00310E94"/>
     <w:rsid w:val="00311521"/>
     <w:rsid w:val="003115CC"/>
     <w:rsid w:val="00311E83"/>
     <w:rsid w:val="00312CF9"/>
     <w:rsid w:val="003143BD"/>
     <w:rsid w:val="00314EE2"/>
     <w:rsid w:val="0031580B"/>
     <w:rsid w:val="00315F2B"/>
     <w:rsid w:val="0031611E"/>
     <w:rsid w:val="00316B32"/>
     <w:rsid w:val="0031731D"/>
     <w:rsid w:val="003214F7"/>
     <w:rsid w:val="00321B05"/>
     <w:rsid w:val="0032283A"/>
     <w:rsid w:val="00322D56"/>
     <w:rsid w:val="003239F5"/>
     <w:rsid w:val="00323C81"/>
     <w:rsid w:val="003246C8"/>
     <w:rsid w:val="0032551F"/>
     <w:rsid w:val="00325574"/>
     <w:rsid w:val="00325B61"/>
+    <w:rsid w:val="003271E4"/>
     <w:rsid w:val="00327F66"/>
     <w:rsid w:val="003304A6"/>
     <w:rsid w:val="003314DE"/>
     <w:rsid w:val="0033152A"/>
     <w:rsid w:val="003318D3"/>
     <w:rsid w:val="00331C56"/>
     <w:rsid w:val="003325D5"/>
     <w:rsid w:val="003325F7"/>
     <w:rsid w:val="0033317D"/>
     <w:rsid w:val="00333EE6"/>
     <w:rsid w:val="003340FF"/>
     <w:rsid w:val="00334359"/>
     <w:rsid w:val="00334376"/>
     <w:rsid w:val="00334F91"/>
     <w:rsid w:val="00335119"/>
     <w:rsid w:val="0033597B"/>
     <w:rsid w:val="00335F4B"/>
     <w:rsid w:val="00335FAA"/>
     <w:rsid w:val="003365F5"/>
     <w:rsid w:val="00336F9B"/>
     <w:rsid w:val="00337324"/>
     <w:rsid w:val="00337925"/>
     <w:rsid w:val="0033799A"/>
     <w:rsid w:val="00340164"/>
     <w:rsid w:val="00340BA1"/>
@@ -7050,50 +7048,51 @@
     <w:rsid w:val="003B5C7D"/>
     <w:rsid w:val="003C0529"/>
     <w:rsid w:val="003C1CDF"/>
     <w:rsid w:val="003C2685"/>
     <w:rsid w:val="003C2B20"/>
     <w:rsid w:val="003C2E39"/>
     <w:rsid w:val="003C2E91"/>
     <w:rsid w:val="003C2F69"/>
     <w:rsid w:val="003C368F"/>
     <w:rsid w:val="003C4617"/>
     <w:rsid w:val="003C65EA"/>
     <w:rsid w:val="003C6AD9"/>
     <w:rsid w:val="003C7093"/>
     <w:rsid w:val="003C7AAC"/>
     <w:rsid w:val="003C7F41"/>
     <w:rsid w:val="003D0B33"/>
     <w:rsid w:val="003D13B7"/>
     <w:rsid w:val="003D2C48"/>
     <w:rsid w:val="003D31FB"/>
     <w:rsid w:val="003D34FD"/>
     <w:rsid w:val="003D53A2"/>
     <w:rsid w:val="003D5473"/>
     <w:rsid w:val="003D5580"/>
     <w:rsid w:val="003D5B18"/>
     <w:rsid w:val="003D60F9"/>
+    <w:rsid w:val="003D623D"/>
     <w:rsid w:val="003D74EE"/>
     <w:rsid w:val="003E02A2"/>
     <w:rsid w:val="003E0E1F"/>
     <w:rsid w:val="003E1EDE"/>
     <w:rsid w:val="003E1F66"/>
     <w:rsid w:val="003E2308"/>
     <w:rsid w:val="003E2697"/>
     <w:rsid w:val="003E3139"/>
     <w:rsid w:val="003E4AE5"/>
     <w:rsid w:val="003E4BE9"/>
     <w:rsid w:val="003E5435"/>
     <w:rsid w:val="003E59ED"/>
     <w:rsid w:val="003E5DC3"/>
     <w:rsid w:val="003E685F"/>
     <w:rsid w:val="003E68C1"/>
     <w:rsid w:val="003E7230"/>
     <w:rsid w:val="003E7443"/>
     <w:rsid w:val="003E7E29"/>
     <w:rsid w:val="003E7F9E"/>
     <w:rsid w:val="003F0249"/>
     <w:rsid w:val="003F2E9E"/>
     <w:rsid w:val="003F3074"/>
     <w:rsid w:val="003F3EAA"/>
     <w:rsid w:val="003F4AF5"/>
     <w:rsid w:val="00400425"/>
@@ -7497,50 +7496,51 @@
     <w:rsid w:val="00606305"/>
     <w:rsid w:val="00606311"/>
     <w:rsid w:val="00606BFB"/>
     <w:rsid w:val="006077DB"/>
     <w:rsid w:val="00607861"/>
     <w:rsid w:val="006078E9"/>
     <w:rsid w:val="006108F4"/>
     <w:rsid w:val="006109CF"/>
     <w:rsid w:val="00610ED8"/>
     <w:rsid w:val="00611EC1"/>
     <w:rsid w:val="00612433"/>
     <w:rsid w:val="006126DF"/>
     <w:rsid w:val="00612D43"/>
     <w:rsid w:val="00612E08"/>
     <w:rsid w:val="0061337A"/>
     <w:rsid w:val="00614C66"/>
     <w:rsid w:val="00614FA7"/>
     <w:rsid w:val="0061607A"/>
     <w:rsid w:val="006165C4"/>
     <w:rsid w:val="00617B00"/>
     <w:rsid w:val="00617BB4"/>
     <w:rsid w:val="00617F2E"/>
     <w:rsid w:val="00617FF8"/>
     <w:rsid w:val="00620874"/>
     <w:rsid w:val="00620989"/>
+    <w:rsid w:val="00620BDD"/>
     <w:rsid w:val="0062124D"/>
     <w:rsid w:val="0062138F"/>
     <w:rsid w:val="00622019"/>
     <w:rsid w:val="00622114"/>
     <w:rsid w:val="006226DA"/>
     <w:rsid w:val="00622C34"/>
     <w:rsid w:val="00624D1B"/>
     <w:rsid w:val="00624EAA"/>
     <w:rsid w:val="00625177"/>
     <w:rsid w:val="0062589D"/>
     <w:rsid w:val="00627EBB"/>
     <w:rsid w:val="00630623"/>
     <w:rsid w:val="00630810"/>
     <w:rsid w:val="00630D21"/>
     <w:rsid w:val="0063131B"/>
     <w:rsid w:val="00631A2E"/>
     <w:rsid w:val="00632CB6"/>
     <w:rsid w:val="006334CF"/>
     <w:rsid w:val="00635809"/>
     <w:rsid w:val="00635D17"/>
     <w:rsid w:val="006367DE"/>
     <w:rsid w:val="0063699B"/>
     <w:rsid w:val="0063744F"/>
     <w:rsid w:val="00640029"/>
     <w:rsid w:val="00640B9F"/>
@@ -7900,50 +7900,51 @@
     <w:rsid w:val="007C5A7E"/>
     <w:rsid w:val="007C5CA5"/>
     <w:rsid w:val="007C5F11"/>
     <w:rsid w:val="007C64D7"/>
     <w:rsid w:val="007C69E2"/>
     <w:rsid w:val="007C6E2E"/>
     <w:rsid w:val="007C7594"/>
     <w:rsid w:val="007C7E4E"/>
     <w:rsid w:val="007D0C54"/>
     <w:rsid w:val="007D0E8B"/>
     <w:rsid w:val="007D10EA"/>
     <w:rsid w:val="007D1D59"/>
     <w:rsid w:val="007D3DD9"/>
     <w:rsid w:val="007D4354"/>
     <w:rsid w:val="007D56A8"/>
     <w:rsid w:val="007D5BD4"/>
     <w:rsid w:val="007D6443"/>
     <w:rsid w:val="007D6C00"/>
     <w:rsid w:val="007D6F2C"/>
     <w:rsid w:val="007D7571"/>
     <w:rsid w:val="007D78D1"/>
     <w:rsid w:val="007D7D36"/>
     <w:rsid w:val="007E0200"/>
     <w:rsid w:val="007E0B02"/>
     <w:rsid w:val="007E0E7F"/>
+    <w:rsid w:val="007E198D"/>
     <w:rsid w:val="007E1C31"/>
     <w:rsid w:val="007E23F2"/>
     <w:rsid w:val="007E2503"/>
     <w:rsid w:val="007E2883"/>
     <w:rsid w:val="007E3AEF"/>
     <w:rsid w:val="007E3D19"/>
     <w:rsid w:val="007E4132"/>
     <w:rsid w:val="007E4150"/>
     <w:rsid w:val="007E45E6"/>
     <w:rsid w:val="007E5CFC"/>
     <w:rsid w:val="007E6950"/>
     <w:rsid w:val="007E6966"/>
     <w:rsid w:val="007F0408"/>
     <w:rsid w:val="007F2433"/>
     <w:rsid w:val="007F2CB2"/>
     <w:rsid w:val="007F318E"/>
     <w:rsid w:val="007F34FF"/>
     <w:rsid w:val="007F38FF"/>
     <w:rsid w:val="007F4B2C"/>
     <w:rsid w:val="007F537D"/>
     <w:rsid w:val="007F56E6"/>
     <w:rsid w:val="007F5FCC"/>
     <w:rsid w:val="007F609E"/>
     <w:rsid w:val="007F6EAC"/>
     <w:rsid w:val="007F7591"/>
@@ -7966,74 +7967,76 @@
     <w:rsid w:val="008079C5"/>
     <w:rsid w:val="00807F98"/>
     <w:rsid w:val="00811758"/>
     <w:rsid w:val="00811FDC"/>
     <w:rsid w:val="00812015"/>
     <w:rsid w:val="00812288"/>
     <w:rsid w:val="008131F8"/>
     <w:rsid w:val="0081385A"/>
     <w:rsid w:val="00814776"/>
     <w:rsid w:val="00814B57"/>
     <w:rsid w:val="00814B88"/>
     <w:rsid w:val="00814BA2"/>
     <w:rsid w:val="0081593F"/>
     <w:rsid w:val="00816181"/>
     <w:rsid w:val="008171BC"/>
     <w:rsid w:val="0081772F"/>
     <w:rsid w:val="00820E5D"/>
     <w:rsid w:val="00820E77"/>
     <w:rsid w:val="0082136B"/>
     <w:rsid w:val="00821951"/>
     <w:rsid w:val="00823059"/>
     <w:rsid w:val="00823AD8"/>
     <w:rsid w:val="00823C46"/>
     <w:rsid w:val="00823FAE"/>
     <w:rsid w:val="008244F0"/>
+    <w:rsid w:val="00825730"/>
     <w:rsid w:val="008257A3"/>
     <w:rsid w:val="00825E87"/>
     <w:rsid w:val="0082742E"/>
     <w:rsid w:val="008300B6"/>
     <w:rsid w:val="008306FD"/>
     <w:rsid w:val="00831EA5"/>
     <w:rsid w:val="00831FC1"/>
     <w:rsid w:val="0083316D"/>
     <w:rsid w:val="008339BF"/>
     <w:rsid w:val="00833FC4"/>
     <w:rsid w:val="008347AB"/>
     <w:rsid w:val="008347E9"/>
     <w:rsid w:val="008351D7"/>
     <w:rsid w:val="00836B90"/>
     <w:rsid w:val="00837710"/>
     <w:rsid w:val="00837C87"/>
     <w:rsid w:val="00837EB5"/>
     <w:rsid w:val="00837F9E"/>
     <w:rsid w:val="008402D9"/>
     <w:rsid w:val="00840652"/>
     <w:rsid w:val="00840729"/>
     <w:rsid w:val="008415BD"/>
     <w:rsid w:val="00842F43"/>
     <w:rsid w:val="0084355C"/>
+    <w:rsid w:val="00843566"/>
     <w:rsid w:val="00844608"/>
     <w:rsid w:val="00844CAB"/>
     <w:rsid w:val="008459D1"/>
     <w:rsid w:val="00845E25"/>
     <w:rsid w:val="00845F66"/>
     <w:rsid w:val="00851164"/>
     <w:rsid w:val="008518B9"/>
     <w:rsid w:val="00852138"/>
     <w:rsid w:val="00852B79"/>
     <w:rsid w:val="008531A1"/>
     <w:rsid w:val="008534D8"/>
     <w:rsid w:val="008542C6"/>
     <w:rsid w:val="00855EF4"/>
     <w:rsid w:val="008565A4"/>
     <w:rsid w:val="00857102"/>
     <w:rsid w:val="00857116"/>
     <w:rsid w:val="008571CC"/>
     <w:rsid w:val="0085721B"/>
     <w:rsid w:val="00857573"/>
     <w:rsid w:val="00857D1C"/>
     <w:rsid w:val="0086165C"/>
     <w:rsid w:val="008616DF"/>
     <w:rsid w:val="00861979"/>
     <w:rsid w:val="00861E67"/>
     <w:rsid w:val="00862422"/>
@@ -8078,50 +8081,51 @@
     <w:rsid w:val="00893494"/>
     <w:rsid w:val="00893D40"/>
     <w:rsid w:val="00894457"/>
     <w:rsid w:val="008956EA"/>
     <w:rsid w:val="0089581A"/>
     <w:rsid w:val="008961DC"/>
     <w:rsid w:val="008967F9"/>
     <w:rsid w:val="0089781D"/>
     <w:rsid w:val="008A05C5"/>
     <w:rsid w:val="008A06FA"/>
     <w:rsid w:val="008A0CB6"/>
     <w:rsid w:val="008A15B9"/>
     <w:rsid w:val="008A260B"/>
     <w:rsid w:val="008A27C2"/>
     <w:rsid w:val="008A2BDE"/>
     <w:rsid w:val="008A31FE"/>
     <w:rsid w:val="008A3E1F"/>
     <w:rsid w:val="008A3FBD"/>
     <w:rsid w:val="008A3FC5"/>
     <w:rsid w:val="008A40D4"/>
     <w:rsid w:val="008A59F8"/>
     <w:rsid w:val="008A6CB7"/>
     <w:rsid w:val="008B0041"/>
     <w:rsid w:val="008B0AEE"/>
     <w:rsid w:val="008B0F86"/>
+    <w:rsid w:val="008B1BEA"/>
     <w:rsid w:val="008B1E2F"/>
     <w:rsid w:val="008B1E7E"/>
     <w:rsid w:val="008B24A2"/>
     <w:rsid w:val="008B2CD7"/>
     <w:rsid w:val="008B41AD"/>
     <w:rsid w:val="008B45ED"/>
     <w:rsid w:val="008B4F6E"/>
     <w:rsid w:val="008B59EB"/>
     <w:rsid w:val="008B5BD1"/>
     <w:rsid w:val="008B6A59"/>
     <w:rsid w:val="008B6B2D"/>
     <w:rsid w:val="008B6B3A"/>
     <w:rsid w:val="008B6FAC"/>
     <w:rsid w:val="008B7009"/>
     <w:rsid w:val="008B73EE"/>
     <w:rsid w:val="008B7531"/>
     <w:rsid w:val="008B75A1"/>
     <w:rsid w:val="008B7BC8"/>
     <w:rsid w:val="008C12C2"/>
     <w:rsid w:val="008C2405"/>
     <w:rsid w:val="008C2559"/>
     <w:rsid w:val="008C2AD1"/>
     <w:rsid w:val="008C2B96"/>
     <w:rsid w:val="008C2E0C"/>
     <w:rsid w:val="008C30B0"/>
@@ -8669,50 +8673,51 @@
     <w:rsid w:val="00B11E68"/>
     <w:rsid w:val="00B1234E"/>
     <w:rsid w:val="00B1246C"/>
     <w:rsid w:val="00B1382C"/>
     <w:rsid w:val="00B13F95"/>
     <w:rsid w:val="00B14398"/>
     <w:rsid w:val="00B14939"/>
     <w:rsid w:val="00B158E1"/>
     <w:rsid w:val="00B160AB"/>
     <w:rsid w:val="00B171B8"/>
     <w:rsid w:val="00B17510"/>
     <w:rsid w:val="00B178DF"/>
     <w:rsid w:val="00B17B3B"/>
     <w:rsid w:val="00B20030"/>
     <w:rsid w:val="00B20F65"/>
     <w:rsid w:val="00B22923"/>
     <w:rsid w:val="00B232FE"/>
     <w:rsid w:val="00B23E9A"/>
     <w:rsid w:val="00B24C9A"/>
     <w:rsid w:val="00B24DC7"/>
     <w:rsid w:val="00B250A6"/>
     <w:rsid w:val="00B2533C"/>
     <w:rsid w:val="00B25737"/>
     <w:rsid w:val="00B30EB7"/>
     <w:rsid w:val="00B31AA4"/>
+    <w:rsid w:val="00B32391"/>
     <w:rsid w:val="00B335C6"/>
     <w:rsid w:val="00B3371B"/>
     <w:rsid w:val="00B33C5E"/>
     <w:rsid w:val="00B34875"/>
     <w:rsid w:val="00B348A1"/>
     <w:rsid w:val="00B36811"/>
     <w:rsid w:val="00B36DC9"/>
     <w:rsid w:val="00B36E09"/>
     <w:rsid w:val="00B377C1"/>
     <w:rsid w:val="00B37803"/>
     <w:rsid w:val="00B379D0"/>
     <w:rsid w:val="00B37C79"/>
     <w:rsid w:val="00B37F7C"/>
     <w:rsid w:val="00B37F81"/>
     <w:rsid w:val="00B40109"/>
     <w:rsid w:val="00B417BF"/>
     <w:rsid w:val="00B43F27"/>
     <w:rsid w:val="00B44863"/>
     <w:rsid w:val="00B44950"/>
     <w:rsid w:val="00B456B0"/>
     <w:rsid w:val="00B46301"/>
     <w:rsid w:val="00B46844"/>
     <w:rsid w:val="00B470DA"/>
     <w:rsid w:val="00B4790E"/>
     <w:rsid w:val="00B47AF5"/>
@@ -8960,100 +8965,102 @@
     <w:rsid w:val="00C547B4"/>
     <w:rsid w:val="00C55E04"/>
     <w:rsid w:val="00C56BAE"/>
     <w:rsid w:val="00C56C5D"/>
     <w:rsid w:val="00C57DB7"/>
     <w:rsid w:val="00C61DA5"/>
     <w:rsid w:val="00C61DAE"/>
     <w:rsid w:val="00C6248F"/>
     <w:rsid w:val="00C6324E"/>
     <w:rsid w:val="00C64562"/>
     <w:rsid w:val="00C646EF"/>
     <w:rsid w:val="00C64C19"/>
     <w:rsid w:val="00C652CA"/>
     <w:rsid w:val="00C65302"/>
     <w:rsid w:val="00C6591F"/>
     <w:rsid w:val="00C65C14"/>
     <w:rsid w:val="00C66053"/>
     <w:rsid w:val="00C665FC"/>
     <w:rsid w:val="00C66B0A"/>
     <w:rsid w:val="00C66E70"/>
     <w:rsid w:val="00C675BD"/>
     <w:rsid w:val="00C67870"/>
     <w:rsid w:val="00C70325"/>
     <w:rsid w:val="00C7145D"/>
     <w:rsid w:val="00C73AD2"/>
+    <w:rsid w:val="00C742A2"/>
     <w:rsid w:val="00C745E1"/>
     <w:rsid w:val="00C75A3A"/>
     <w:rsid w:val="00C76598"/>
     <w:rsid w:val="00C76731"/>
     <w:rsid w:val="00C7677A"/>
     <w:rsid w:val="00C76831"/>
     <w:rsid w:val="00C76C2A"/>
     <w:rsid w:val="00C806F0"/>
     <w:rsid w:val="00C8089E"/>
     <w:rsid w:val="00C817C9"/>
     <w:rsid w:val="00C81CB5"/>
     <w:rsid w:val="00C82A3B"/>
     <w:rsid w:val="00C82C2B"/>
     <w:rsid w:val="00C84D85"/>
     <w:rsid w:val="00C856CE"/>
     <w:rsid w:val="00C85FE2"/>
     <w:rsid w:val="00C86507"/>
     <w:rsid w:val="00C866F1"/>
     <w:rsid w:val="00C86E58"/>
     <w:rsid w:val="00C8796F"/>
     <w:rsid w:val="00C87984"/>
     <w:rsid w:val="00C87AE1"/>
     <w:rsid w:val="00C87F17"/>
     <w:rsid w:val="00C90368"/>
     <w:rsid w:val="00C90B2A"/>
     <w:rsid w:val="00C92571"/>
     <w:rsid w:val="00C9285F"/>
     <w:rsid w:val="00C929F0"/>
     <w:rsid w:val="00C92FC4"/>
     <w:rsid w:val="00C9319D"/>
     <w:rsid w:val="00C93590"/>
     <w:rsid w:val="00C9392B"/>
     <w:rsid w:val="00C940FF"/>
     <w:rsid w:val="00C948BF"/>
     <w:rsid w:val="00C94BC6"/>
     <w:rsid w:val="00C9511D"/>
     <w:rsid w:val="00C963C8"/>
     <w:rsid w:val="00C979EC"/>
     <w:rsid w:val="00CA0386"/>
     <w:rsid w:val="00CA08F3"/>
     <w:rsid w:val="00CA18A7"/>
     <w:rsid w:val="00CA2654"/>
     <w:rsid w:val="00CA33E6"/>
     <w:rsid w:val="00CA33F0"/>
     <w:rsid w:val="00CA3E28"/>
     <w:rsid w:val="00CA45F2"/>
     <w:rsid w:val="00CA4A47"/>
     <w:rsid w:val="00CA7D82"/>
     <w:rsid w:val="00CB0086"/>
     <w:rsid w:val="00CB0D04"/>
+    <w:rsid w:val="00CB0FA7"/>
     <w:rsid w:val="00CB17CA"/>
     <w:rsid w:val="00CB1E50"/>
     <w:rsid w:val="00CB1F58"/>
     <w:rsid w:val="00CB21F1"/>
     <w:rsid w:val="00CB2C18"/>
     <w:rsid w:val="00CB2C75"/>
     <w:rsid w:val="00CB372D"/>
     <w:rsid w:val="00CB51A2"/>
     <w:rsid w:val="00CB545D"/>
     <w:rsid w:val="00CB57BD"/>
     <w:rsid w:val="00CB5F65"/>
     <w:rsid w:val="00CB64DA"/>
     <w:rsid w:val="00CB69B9"/>
     <w:rsid w:val="00CC0323"/>
     <w:rsid w:val="00CC08D1"/>
     <w:rsid w:val="00CC0ABA"/>
     <w:rsid w:val="00CC0E3F"/>
     <w:rsid w:val="00CC0FAC"/>
     <w:rsid w:val="00CC1628"/>
     <w:rsid w:val="00CC185C"/>
     <w:rsid w:val="00CC1A32"/>
     <w:rsid w:val="00CC33F2"/>
     <w:rsid w:val="00CC48BC"/>
     <w:rsid w:val="00CC4C4D"/>
     <w:rsid w:val="00CC5E34"/>
@@ -9095,50 +9102,51 @@
     <w:rsid w:val="00CF4BF5"/>
     <w:rsid w:val="00CF4EBA"/>
     <w:rsid w:val="00CF50B8"/>
     <w:rsid w:val="00CF52C9"/>
     <w:rsid w:val="00CF5341"/>
     <w:rsid w:val="00CF6A8F"/>
     <w:rsid w:val="00CF7F43"/>
     <w:rsid w:val="00D0042A"/>
     <w:rsid w:val="00D004E8"/>
     <w:rsid w:val="00D011F0"/>
     <w:rsid w:val="00D019F0"/>
     <w:rsid w:val="00D01AC0"/>
     <w:rsid w:val="00D02368"/>
     <w:rsid w:val="00D0265F"/>
     <w:rsid w:val="00D02E86"/>
     <w:rsid w:val="00D02EFD"/>
     <w:rsid w:val="00D0406B"/>
     <w:rsid w:val="00D041E7"/>
     <w:rsid w:val="00D05301"/>
     <w:rsid w:val="00D057C1"/>
     <w:rsid w:val="00D05DF6"/>
     <w:rsid w:val="00D068C3"/>
     <w:rsid w:val="00D06CEC"/>
     <w:rsid w:val="00D11078"/>
     <w:rsid w:val="00D11B12"/>
+    <w:rsid w:val="00D13019"/>
     <w:rsid w:val="00D14CB3"/>
     <w:rsid w:val="00D14D23"/>
     <w:rsid w:val="00D14FAC"/>
     <w:rsid w:val="00D169AE"/>
     <w:rsid w:val="00D16BEC"/>
     <w:rsid w:val="00D16EF4"/>
     <w:rsid w:val="00D16FA2"/>
     <w:rsid w:val="00D171B3"/>
     <w:rsid w:val="00D17618"/>
     <w:rsid w:val="00D1788C"/>
     <w:rsid w:val="00D20275"/>
     <w:rsid w:val="00D2029A"/>
     <w:rsid w:val="00D2038B"/>
     <w:rsid w:val="00D2048E"/>
     <w:rsid w:val="00D205D9"/>
     <w:rsid w:val="00D207BA"/>
     <w:rsid w:val="00D207C1"/>
     <w:rsid w:val="00D2179C"/>
     <w:rsid w:val="00D22E7C"/>
     <w:rsid w:val="00D230B3"/>
     <w:rsid w:val="00D23DC9"/>
     <w:rsid w:val="00D249F9"/>
     <w:rsid w:val="00D24E0C"/>
     <w:rsid w:val="00D25F1F"/>
     <w:rsid w:val="00D2755F"/>
@@ -9601,50 +9609,51 @@
     <w:rsid w:val="00F419A0"/>
     <w:rsid w:val="00F423D8"/>
     <w:rsid w:val="00F42DD0"/>
     <w:rsid w:val="00F4370D"/>
     <w:rsid w:val="00F442FC"/>
     <w:rsid w:val="00F44336"/>
     <w:rsid w:val="00F44998"/>
     <w:rsid w:val="00F46EA4"/>
     <w:rsid w:val="00F47328"/>
     <w:rsid w:val="00F47D1E"/>
     <w:rsid w:val="00F47E6E"/>
     <w:rsid w:val="00F47F66"/>
     <w:rsid w:val="00F5066E"/>
     <w:rsid w:val="00F50B11"/>
     <w:rsid w:val="00F51A8E"/>
     <w:rsid w:val="00F5203C"/>
     <w:rsid w:val="00F52BBF"/>
     <w:rsid w:val="00F52CE0"/>
     <w:rsid w:val="00F53294"/>
     <w:rsid w:val="00F53C85"/>
     <w:rsid w:val="00F54239"/>
     <w:rsid w:val="00F542DA"/>
     <w:rsid w:val="00F55373"/>
     <w:rsid w:val="00F55519"/>
     <w:rsid w:val="00F55A56"/>
+    <w:rsid w:val="00F569EE"/>
     <w:rsid w:val="00F57606"/>
     <w:rsid w:val="00F576B7"/>
     <w:rsid w:val="00F57BEA"/>
     <w:rsid w:val="00F6188D"/>
     <w:rsid w:val="00F61A90"/>
     <w:rsid w:val="00F63DF5"/>
     <w:rsid w:val="00F64209"/>
     <w:rsid w:val="00F65C94"/>
     <w:rsid w:val="00F65D29"/>
     <w:rsid w:val="00F65E29"/>
     <w:rsid w:val="00F6663D"/>
     <w:rsid w:val="00F66CA2"/>
     <w:rsid w:val="00F66E39"/>
     <w:rsid w:val="00F67194"/>
     <w:rsid w:val="00F67566"/>
     <w:rsid w:val="00F7030A"/>
     <w:rsid w:val="00F7035A"/>
     <w:rsid w:val="00F70A28"/>
     <w:rsid w:val="00F70B9D"/>
     <w:rsid w:val="00F70F5C"/>
     <w:rsid w:val="00F70F9F"/>
     <w:rsid w:val="00F718E9"/>
     <w:rsid w:val="00F7206F"/>
     <w:rsid w:val="00F72A25"/>
     <w:rsid w:val="00F73296"/>
@@ -9740,50 +9749,51 @@
     <w:rsid w:val="00FD7564"/>
     <w:rsid w:val="00FD75F4"/>
     <w:rsid w:val="00FD7CA0"/>
     <w:rsid w:val="00FD7FC6"/>
     <w:rsid w:val="00FE02F2"/>
     <w:rsid w:val="00FE049C"/>
     <w:rsid w:val="00FE073E"/>
     <w:rsid w:val="00FE3625"/>
     <w:rsid w:val="00FE3A68"/>
     <w:rsid w:val="00FE3B0D"/>
     <w:rsid w:val="00FE3E6B"/>
     <w:rsid w:val="00FE4014"/>
     <w:rsid w:val="00FE4346"/>
     <w:rsid w:val="00FE437E"/>
     <w:rsid w:val="00FE486C"/>
     <w:rsid w:val="00FE4A57"/>
     <w:rsid w:val="00FE4ECA"/>
     <w:rsid w:val="00FE5590"/>
     <w:rsid w:val="00FE6AD0"/>
     <w:rsid w:val="00FE6DB8"/>
     <w:rsid w:val="00FE6EA3"/>
     <w:rsid w:val="00FE747C"/>
     <w:rsid w:val="00FE7568"/>
     <w:rsid w:val="00FE76C2"/>
     <w:rsid w:val="00FF0588"/>
+    <w:rsid w:val="00FF0646"/>
     <w:rsid w:val="00FF133B"/>
     <w:rsid w:val="00FF15DD"/>
     <w:rsid w:val="00FF21E9"/>
     <w:rsid w:val="00FF2886"/>
     <w:rsid w:val="00FF2947"/>
     <w:rsid w:val="00FF3185"/>
     <w:rsid w:val="00FF36AD"/>
     <w:rsid w:val="00FF3C12"/>
     <w:rsid w:val="00FF3D63"/>
     <w:rsid w:val="00FF5346"/>
     <w:rsid w:val="00FF549F"/>
     <w:rsid w:val="00FF58D4"/>
     <w:rsid w:val="00FF62B8"/>
     <w:rsid w:val="00FF6951"/>
     <w:rsid w:val="00FF6F78"/>
     <w:rsid w:val="00FF75AE"/>
     <w:rsid w:val="00FF7877"/>
     <w:rsid w:val="00FF7B70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -10595,51 +10605,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00355AAB"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10872,56 +10882,68 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SignaturesHtml xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
+    <ValidationDate xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
+    <RegNr xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <IsSysUpdate xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
+    <ValidationStatus xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
+    <ThreeRoApprovalComments xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007D3C5E59C970B741AE328B4EE99B0AEE" ma:contentTypeVersion="9" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="41f2ff5c7831833a941c841e9c8d9595">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac0f992c-7adf-438d-b4e2-b453d9154b75" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="35c0e823eef2f10df749567e6293beb8" ns2:_="" ns3:_="">
     <xsd:import namespace="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:SignaturesHtml" minOccurs="0"/>
                 <xsd:element ref="ns3:ValidationDate" minOccurs="0"/>
                 <xsd:element ref="ns3:ValidationStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -11072,149 +11094,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E605E43-6846-4A41-B049-64903FFDE943}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{568DCF23-865B-435C-87B4-628570956B59}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2C556B-5519-453D-A17A-D9ECFAA083F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{568DCF23-865B-435C-87B4-628570956B59}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E605E43-6846-4A41-B049-64903FFDE943}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEF0BB17-0B71-4113-AE1E-162D96E9EF0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F5518B9-063F-4C8F-9D1E-BEB6868E0DA9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>460</Words>
-  <Characters>3091</Characters>
+  <Words>440</Words>
+  <Characters>2931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3544</CharactersWithSpaces>
+  <CharactersWithSpaces>3365</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Raimonds Brīdaks</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007D3C5E59C970B741AE328B4EE99B0AEE</vt:lpwstr>
   </property>
 </Properties>
 </file>