--- v1 (2025-11-23)
+++ v2 (2025-12-14)
@@ -1,399 +1,399 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.7.0 -->
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00D864CD" w:rsidP="002F2762" w14:paraId="492FDA8C" w14:textId="4738E337">
+    <w:p w14:paraId="6C718CA5" w14:textId="4F0A28B2" w:rsidR="00912C28" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="00840698">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc417567323"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Profesionālās tālākizglītības</w:t>
       </w:r>
-      <w:r w:rsidRPr="00756803" w:rsidR="0033152A">
+      <w:r w:rsidR="0033152A" w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00756803" w:rsidR="00322D56">
+      <w:r w:rsidR="00322D56" w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">programmu </w:t>
       </w:r>
       <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>saraksts, kurās nepieciešams veikt bezdarbnieku apmācību, pārkvalifikāciju un kvalifikācijas paaugstināšanu</w:t>
+        <w:t xml:space="preserve">saraksts, kurās nepieciešams veikt bezdarbnieku apmācību, </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>pārkvalifikāciju</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00756803">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un kvalifikācijas paaugstināšanu</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008E294A" w:rsidRPr="00756803" w:rsidP="008E294A" w14:paraId="4BDFFB16" w14:textId="77777777">
+    <w:p w14:paraId="4BDFFB16" w14:textId="77777777" w:rsidR="008E294A" w:rsidRPr="00756803" w:rsidRDefault="008E294A" w:rsidP="008E294A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="2431"/>
           <w:tab w:val="left" w:pos="2618"/>
         </w:tabs>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E294A" w:rsidRPr="00756803" w:rsidP="008E294A" w14:paraId="6AB046BE" w14:textId="77777777">
+    <w:p w14:paraId="6AB046BE" w14:textId="77777777" w:rsidR="008E294A" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008E294A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="2431"/>
           <w:tab w:val="left" w:pos="2618"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">I Profesionālās tālākizglītības programmas - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00756803" w:rsidR="0033152A">
+      <w:r w:rsidR="0033152A" w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.kvalifikācijas līmenis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13735" w:type="dxa"/>
+        <w:tblW w:w="13311" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="597"/>
-        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="3216"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="1417"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w14:paraId="2A3A5533" w14:textId="77777777" w:rsidTr="002F2762">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="2A3A5533" w14:textId="77777777" w:rsidTr="00AE0A10">
         <w:trPr>
           <w:trHeight w:val="1327"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="004261CE" w14:paraId="0796D95E" w14:textId="77777777">
+          <w:p w14:paraId="0796D95E" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="004261CE" w14:paraId="411DA5AB" w14:textId="77777777">
+          <w:p w14:paraId="411DA5AB" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="004261CE" w14:paraId="296965A4" w14:textId="77777777">
+          <w:p w14:paraId="296965A4" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Iegūstamā profesionālā kvalifikācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="004261CE" w14:paraId="4B6D1A39" w14:textId="77777777">
+          <w:p w14:paraId="4B6D1A39" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>LR Profesiju klasifikatora kods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="004261CE" w14:paraId="3393C7C9" w14:textId="77777777">
+          <w:p w14:paraId="3393C7C9" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Izglītības programmas kopējais mācību stundu </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="004261CE" w14:paraId="47644402" w14:textId="77777777">
+          <w:p w14:paraId="47644402" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="004261CE" w14:paraId="6C91E055" w14:textId="77777777">
+          <w:p w14:paraId="6C91E055" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kupona bāzes vērtība</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="004261CE" w14:paraId="33581464" w14:textId="77777777">
+          <w:p w14:paraId="33581464" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="currency2">
               <w:smartTagPr>
                 <w:attr w:name="currency_id" w:val="16"/>
                 <w:attr w:name="currency_key" w:val="EUR"/>
                 <w:attr w:name="currency_text" w:val="EUR"/>
@@ -402,261 +402,261 @@
               <w:r w:rsidRPr="002F2762">
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>EUR</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
+          </w:tcPr>
+          <w:p w14:paraId="55130F60" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="00981E01" w:rsidP="001B5166">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5741C7EA" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="00981E01" w:rsidP="001B5166">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="119F4762" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="001B5166">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F2762">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Indeksācija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F2762">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F2762">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>%**</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2682393E" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="00981E01" w:rsidP="004261CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDAD3AA" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="00B31AA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F2762">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Kupona bāzes vērtība kopā ar indeksācijas %</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F7204A" w14:textId="0F40648F" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F2762">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(EUR)</w:t>
+            </w:r>
+            <w:r w:rsidR="00337324">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
-          </w:tcPr>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="001B5166" w14:paraId="55130F60" w14:textId="77777777">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="209E705B" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="001B5166" w14:paraId="119F4762" w14:textId="77777777">
+              <w:t>Koeficients atbilstoši Ministru kabineta noteikumiem***</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="794912BF" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="00981E01" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F2762">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0361125E" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="00981E01">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Indeksācija</w:t>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>%**</w:t>
-[...141 lines deleted...]
-              </w:rPr>
               <w:t>Kupona vērtība pēc indeksācijas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidP="00981E01" w14:paraId="3E0A3FB2" w14:textId="77777777">
+          <w:p w14:paraId="3E0A3FB2" w14:textId="77777777" w:rsidR="00981E01" w:rsidRPr="002F2762" w:rsidRDefault="0026779C" w:rsidP="00981E01">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="currency2">
               <w:smartTagPr>
                 <w:attr w:name="currency_id" w:val="16"/>
                 <w:attr w:name="currency_key" w:val="EUR"/>
                 <w:attr w:name="currency_text" w:val="EUR"/>
@@ -664,3066 +664,3079 @@
               </w:smartTagPr>
               <w:r w:rsidRPr="002F2762">
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>EUR</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="002F2762">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="65E4831A" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="65E4831A" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="3C4DC104" w14:textId="44035911">
+          <w:p w14:paraId="3C4DC104" w14:textId="44035911" w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="00B232FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="0DF28EF2" w14:textId="77777777">
-[...8 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="_Hlk106780589"/>
+          <w:p w14:paraId="0DF28EF2" w14:textId="77777777" w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="00B232FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk106780589"/>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Aprūpētājs</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="00B232FE" w14:paraId="2D62A13F" w14:textId="3A2B4D40">
+          <w:p w14:paraId="2D62A13F" w14:textId="3A2B4D40" w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="00B232FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C236FC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5322 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="3BD0C4BB" w14:textId="0422978A">
+          <w:p w14:paraId="3BD0C4BB" w14:textId="0422978A" w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="009E021A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidP="009E021A" w14:paraId="5318016A" w14:textId="436D3713">
+          <w:p w14:paraId="5318016A" w14:textId="436D3713" w:rsidR="00B232FE" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="009E021A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFB2449" w14:textId="393FF84E" w:rsidR="00B232FE" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="009E021A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1BEA" w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1,97</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FABEA1F" w14:textId="6A62C642" w:rsidR="00B232FE" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+            <w:r w:rsidR="008B1BEA" w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...72 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidP="009E021A" w14:paraId="31418CCA" w14:textId="7EE2A1D1">
+          <w:p w14:paraId="31418CCA" w14:textId="7EE2A1D1" w:rsidR="00B232FE" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="009E021A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B232FE" w:rsidRPr="00620BDD" w:rsidP="009E021A" w14:paraId="3AC30005" w14:textId="0FB1ACB0">
+          <w:p w14:paraId="3AC30005" w14:textId="0FB1ACB0" w:rsidR="00B232FE" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="009E021A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="007E198D">
+            <w:r w:rsidR="007E198D" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
+            <w:r w:rsidR="00CB0FA7" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>,79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2FB5A1ED" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="2FB5A1ED" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="7D9E3B22" w14:textId="011F031C">
+          <w:p w14:paraId="7D9E3B22" w14:textId="011F031C" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="205" w:hanging="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="3A4F8B9A" w14:textId="77777777">
+          <w:p w14:paraId="1DD9F9D1" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Betonētājs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4F8B9A" w14:textId="4D3727DC" w:rsidR="00840698" w:rsidRPr="00756803" w:rsidRDefault="00AE0A10" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(NVA mācību piedāvājumu sarakstā nav programmas īstenotāja)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="18AB5D5A" w14:textId="7E8F6858">
+          <w:p w14:paraId="18AB5D5A" w14:textId="7E8F6858" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7114 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="01290756" w14:textId="77777777">
+          <w:p w14:paraId="01290756" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:strike/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="1E0B2637" w14:textId="77777777">
+          <w:p w14:paraId="1E0B2637" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:strike/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC5D9C2" w14:textId="799884C8" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3FBB49" w14:textId="2235FC95" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-[...47 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="5100AC82" w14:textId="0724CCC3">
+          <w:p w14:paraId="5100AC82" w14:textId="0724CCC3" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="21E6D63D" w14:textId="1A8CCCB2">
+          <w:p w14:paraId="21E6D63D" w14:textId="1A8CCCB2" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>125</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
+            <w:r w:rsidR="00CB0FA7" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,3</w:t>
             </w:r>
             <w:r w:rsidR="003271E4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="56D162E8" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="56D162E8" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="6D8C87D2" w14:textId="7513C6C5">
+          <w:p w14:paraId="6D8C87D2" w14:textId="7513C6C5" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4343667F" w14:textId="77777777">
+          <w:p w14:paraId="4343667F" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Elektromontieris</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="0BBFDC7F" w14:textId="160A5D23">
+          <w:p w14:paraId="0BBFDC7F" w14:textId="160A5D23" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7411 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="5A7ABD1E" w14:textId="2CAEB7FA">
+          <w:p w14:paraId="5A7ABD1E" w14:textId="2CAEB7FA" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="31B5FE97" w14:textId="0F5E0FAF">
+          <w:p w14:paraId="31B5FE97" w14:textId="0F5E0FAF" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF4C6C4" w14:textId="6743B776" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:ind w:hanging="43"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="227A13DD" w14:textId="6636A8E4" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2DF4C6C4" w14:textId="6743B776">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4058C3C7" w14:textId="49226B31" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:ind w:hanging="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...42 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4058C3C7" w14:textId="49226B31">
-[...25 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="285B6F81" w14:textId="2695759F">
+          <w:p w14:paraId="285B6F81" w14:textId="2695759F" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
+            <w:r w:rsidR="00CB0FA7" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>92,2</w:t>
             </w:r>
             <w:r w:rsidR="003271E4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7F571202" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="7F571202" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidP="008B1BEA" w14:paraId="644922A8" w14:textId="06B7C952">
+          <w:p w14:paraId="644922A8" w14:textId="06B7C952" w:rsidR="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="64C362F7" w14:textId="4C884EA0">
+          <w:p w14:paraId="64C362F7" w14:textId="4C884EA0" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Gaļas produktu izgatavotājs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="36B89910" w14:textId="06C4648D">
+          <w:p w14:paraId="36B89910" w14:textId="06C4648D" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7511 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="62D4D3E7" w14:textId="2CD7C553">
+          <w:p w14:paraId="62D4D3E7" w14:textId="2CD7C553" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="19D21DA3" w14:textId="153FAE85">
+          <w:p w14:paraId="19D21DA3" w14:textId="153FAE85" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC7AC17" w14:textId="191C83C6" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:ind w:hanging="43"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0321B8D7" w14:textId="6C45A571" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2CC7AC17" w14:textId="191C83C6">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FBCB259" w14:textId="0A21F158" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:ind w:hanging="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="0000FF"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1,19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="3FBCB259" w14:textId="0A21F158">
-[...25 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="4512DA8C" w14:textId="4E4E9AAC">
+          <w:p w14:paraId="4512DA8C" w14:textId="4E4E9AAC" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>117</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
+            <w:r w:rsidR="00CB0FA7" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="353A05D3" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="353A05D3" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="356F69D6" w14:textId="1373B303">
+          <w:p w14:paraId="356F69D6" w14:textId="1373B303" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="0E3C13EB" w14:textId="3C127A08">
+            <w:tcW w:w="3216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3C13EB" w14:textId="3C127A08" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Lokmetinātājs metināšanā ar mehanizēto iekārtu inertās gāzes vidē (MIG/131)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="31D4E002" w14:textId="313AFDDC">
+          <w:p w14:paraId="31D4E002" w14:textId="313AFDDC" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7212 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4EA28B10" w14:textId="6CB9D837">
+          <w:p w14:paraId="4EA28B10" w14:textId="6CB9D837" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4CBDB296" w14:textId="4716F1DE">
+          <w:p w14:paraId="4CBDB296" w14:textId="4716F1DE" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2479132A" w14:textId="4566FD6F" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E0F099" w14:textId="6BE7D247" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="2479132A" w14:textId="4566FD6F">
-[...49 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="777AFC37" w14:textId="0F8F7F5B">
+          <w:p w14:paraId="777AFC37" w14:textId="0F8F7F5B" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="442AB3A1" w14:textId="692180DB">
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="442AB3A1" w14:textId="692180DB" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
+            <w:r w:rsidR="00CB0FA7" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>57,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="151CAC6A" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="151CAC6A" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="6DBB8EB3" w14:textId="1F529372">
+          <w:p w14:paraId="6DBB8EB3" w14:textId="1F529372" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4F5E523A" w14:textId="73144CAE">
+            <w:tcW w:w="3216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5E523A" w14:textId="73144CAE" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Lokmetinātājs metināšanā ar volframa elektrodu inertās gāzes vidē (TIG/141)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="708555CE" w14:textId="7725F7C2">
+          <w:p w14:paraId="708555CE" w14:textId="7725F7C2" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7212 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4639BEC4" w14:textId="30A8B8BB">
+          <w:p w14:paraId="4639BEC4" w14:textId="30A8B8BB" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="305833A8" w14:textId="5649AB69">
+          <w:p w14:paraId="305833A8" w14:textId="5649AB69" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C26E53" w14:textId="20B9B835" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="380F4C21" w14:textId="7D493803" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="00CB0FA7" w14:paraId="42C26E53" w14:textId="20B9B835">
-[...49 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="3DE86FFF" w14:textId="0F158E38">
+          <w:p w14:paraId="3DE86FFF" w14:textId="0F158E38" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="191D5398" w14:textId="76CB7476">
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="191D5398" w14:textId="76CB7476" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2857,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="51C8B317" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="51C8B317" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="1C0B7473" w14:textId="200F4155">
+          <w:p w14:paraId="1C0B7473" w14:textId="200F4155" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="7E7F2010" w14:textId="771725B0">
+            <w:tcW w:w="3216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7F2010" w14:textId="771725B0" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Māsas palīgs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="6DFE002B" w14:textId="4B42C9F4">
+          <w:p w14:paraId="6DFE002B" w14:textId="4B42C9F4" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5321 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4459634A" w14:textId="7720E6DA">
+          <w:p w14:paraId="4459634A" w14:textId="7720E6DA" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="3442D67D" w14:textId="6341CC36">
+          <w:p w14:paraId="3442D67D" w14:textId="6341CC36" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032B53A1" w14:textId="1853A77D" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3033EF47" w14:textId="1F9793F6" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-[...50 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="536F3B94" w14:textId="48FDAABF">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="536F3B94" w14:textId="48FDAABF" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="6D4D83DD" w14:textId="24131A96">
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4D83DD" w14:textId="24131A96" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
+            <w:r w:rsidR="00CB0FA7" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>53,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5D94D555" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="5D94D555" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidP="008B1BEA" w14:paraId="16944481" w14:textId="151C94D7">
+          <w:p w14:paraId="16944481" w14:textId="151C94D7" w:rsidR="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00511B28" w:rsidP="008B1BEA" w14:paraId="5114B598" w14:textId="424FD367">
+            <w:tcW w:w="3216" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684B6BCC" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Mūrnieks</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5114B598" w14:textId="70F47628" w:rsidR="00840698" w:rsidRPr="00840698" w:rsidRDefault="00AE0A10" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(NVA mācību piedāvājumu sarakstā nav programmas īstenotāja)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="228772EB" w14:textId="6E69BA08">
+          <w:p w14:paraId="228772EB" w14:textId="6E69BA08" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7112 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="41506E06" w14:textId="53C3B66C">
+          <w:p w14:paraId="41506E06" w14:textId="53C3B66C" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4599AF0D" w14:textId="6E441120">
+          <w:p w14:paraId="4599AF0D" w14:textId="6E441120" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DD5B84" w14:textId="161D5D2C" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0CAFF8" w14:textId="3EDAB44F" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-[...50 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="57C78ED7" w14:textId="076408B5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C78ED7" w14:textId="076408B5" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="1DBFAE77" w14:textId="4ECE2E00">
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBFAE77" w14:textId="4ECE2E00" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1251,3</w:t>
             </w:r>
             <w:r w:rsidR="003271E4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4D84E5C1" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="4D84E5C1" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="1B8B524C" w14:textId="3E2D3740">
+          <w:p w14:paraId="1B8B524C" w14:textId="3E2D3740" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00756803">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4AE0F863" w14:textId="4BB88EFB">
+          <w:p w14:paraId="4AE0F863" w14:textId="4BB88EFB" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Rokas lokmetinātājs (MMA/111)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="33A5D272" w14:textId="169DAD49">
+          <w:p w14:paraId="33A5D272" w14:textId="169DAD49" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008131F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7212 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="7B872924" w14:textId="163A3AEF">
+          <w:p w14:paraId="7B872924" w14:textId="163A3AEF" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="0B424018" w14:textId="4451ECD7">
+          <w:p w14:paraId="0B424018" w14:textId="4451ECD7" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A18F7F" w14:textId="3E32EAEF" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0AA625" w14:textId="369EA8CB" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-[...47 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="1F94BD53" w14:textId="468C4843">
+          <w:p w14:paraId="1F94BD53" w14:textId="468C4843" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="282FD180" w14:textId="07F05E1E">
+          <w:p w14:paraId="282FD180" w14:textId="07F05E1E" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2857,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="69BE0169" w14:textId="77777777" w:rsidTr="00CB0FA7">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="69BE0169" w14:textId="77777777" w:rsidTr="00AE0A10">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="53617103" w14:textId="0798B2C6">
+          <w:p w14:paraId="53617103" w14:textId="0798B2C6" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="64"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="297"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00511B28" w:rsidP="008B1BEA" w14:paraId="5C396ADC" w14:textId="302E2613">
-[...8 lines deleted...]
-            <w:bookmarkStart w:id="3" w:name="_Hlk196219569"/>
+          <w:p w14:paraId="4C5E3A14" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk196219569"/>
             <w:r w:rsidRPr="00511B28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vēdināšanas un kondicionēšanas iekārtu remontatslēdznieks</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+          <w:p w14:paraId="5C396ADC" w14:textId="1CA48C92" w:rsidR="00840698" w:rsidRPr="00511B28" w:rsidRDefault="00AE0A10" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(NVA mācību piedāvājumu sarakstā nav programmas īstenotāja)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="21C573E8" w14:textId="77777777">
+          <w:p w14:paraId="21C573E8" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="008B1BEA" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="2EFC5A08" w14:textId="52F3934D">
+          <w:p w14:paraId="2EFC5A08" w14:textId="52F3934D" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="2216BB13" w14:textId="15F7C375">
+          <w:p w14:paraId="2216BB13" w14:textId="15F7C375" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D139D65" w14:textId="362DDA0E" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11,97%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="548A0F32" w14:textId="4109D84E" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="00CB0FA7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B1BEA">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>985,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-[...47 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidP="008B1BEA" w14:paraId="4F75D365" w14:textId="6B1008D6">
+          <w:p w14:paraId="4F75D365" w14:textId="6B1008D6" w:rsidR="008B1BEA" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="763BA88C" w14:textId="56C79CA7">
+          <w:p w14:paraId="763BA88C" w14:textId="56C79CA7" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1192,2</w:t>
             </w:r>
             <w:r w:rsidR="003271E4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00912C28" w:rsidP="002E352C" w14:paraId="24B8238F" w14:textId="77777777">
+    <w:p w14:paraId="24B8238F" w14:textId="77777777" w:rsidR="00912C28" w:rsidRDefault="00912C28" w:rsidP="002E352C">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E7443" w:rsidRPr="009E021A" w:rsidP="002E352C" w14:paraId="7E6EF72C" w14:textId="7EDAA350">
+    <w:p w14:paraId="7E6EF72C" w14:textId="7EDAA350" w:rsidR="003E7443" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="002E352C">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E021A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>* Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E7443" w:rsidRPr="009E021A" w:rsidP="003E7443" w14:paraId="020D5FEE" w14:textId="2EFAC777">
+    <w:p w14:paraId="020D5FEE" w14:textId="2EFAC777" w:rsidR="003E7443" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="003E7443">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk107580323"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk107580323"/>
       <w:r w:rsidRPr="00CB0FA7">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk210720111"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C742A2" w:rsidR="00C742A2">
+      <w:bookmarkStart w:id="4" w:name="_Hlk210720111"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00C742A2" w:rsidRPr="00C742A2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Saskaņā ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C742A2" w:rsidR="00337324">
+      <w:r w:rsidR="00337324" w:rsidRPr="00C742A2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Hlk192846539"/>
-      <w:r w:rsidRPr="00C742A2" w:rsidR="00525413">
+      <w:bookmarkStart w:id="5" w:name="_Hlk192846539"/>
+      <w:r w:rsidR="00525413" w:rsidRPr="00C742A2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C742A2" w:rsidR="00C742A2">
+      <w:r w:rsidR="00C742A2" w:rsidRPr="00C742A2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1. novembra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C742A2" w:rsidR="00525413">
+      <w:r w:rsidR="00525413" w:rsidRPr="00C742A2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="008E294A" w:rsidP="002E352C" w14:paraId="5625D433" w14:textId="77777777">
+    <w:p w14:paraId="5625D433" w14:textId="77777777" w:rsidR="008E294A" w:rsidRDefault="0026779C" w:rsidP="002E352C">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00663892">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="003E7443">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="00663892">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E7443" w:rsidR="003E7443">
+      <w:r w:rsidR="003E7443" w:rsidRPr="003E7443">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministru kabineta </w:t>
       </w:r>
       <w:r w:rsidRPr="00663892">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2007. gada 2.</w:t>
       </w:r>
       <w:r w:rsidR="004506D4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00663892">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>oktobra noteikumi Nr.655 „Noteikumi par profesionālās izglītības programmu īstenošanas izmaksu minimumu uz vienu izglītojamo”</w:t>
       </w:r>
       <w:r w:rsidR="00BF333F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00310325" w:rsidP="002E352C" w14:paraId="044A7EDA" w14:textId="77777777">
-[...27 lines deleted...]
-    <w:p w:rsidR="00912C28" w:rsidP="009E021A" w14:paraId="097263E4" w14:textId="77777777">
+    <w:p w14:paraId="72B5DF5A" w14:textId="77777777" w:rsidR="00912C28" w:rsidRDefault="00912C28" w:rsidP="00840698">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E294A" w:rsidRPr="00756803" w:rsidP="008E294A" w14:paraId="153B561E" w14:textId="3092C3E8">
+    <w:p w14:paraId="097263E4" w14:textId="77777777" w:rsidR="00912C28" w:rsidRDefault="00912C28" w:rsidP="009E021A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="153B561E" w14:textId="3092C3E8" w:rsidR="008E294A" w:rsidRPr="00756803" w:rsidRDefault="0026779C" w:rsidP="008E294A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">II Profesionālās tālākizglītības programmas - </w:t>
       </w:r>
-      <w:r w:rsidRPr="00756803" w:rsidR="0033152A">
+      <w:r w:rsidR="0033152A" w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00756803">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.kvalifikācijas līmenis</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098369B" w:rsidRPr="00F91042" w:rsidP="008E294A" w14:paraId="20637A58" w14:textId="77777777">
+    <w:p w14:paraId="20637A58" w14:textId="77777777" w:rsidR="0098369B" w:rsidRPr="00F91042" w:rsidRDefault="0098369B" w:rsidP="008E294A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15153" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="836"/>
-        <w:gridCol w:w="3260"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1234"/>
         <w:gridCol w:w="1034"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w14:paraId="221FA6B6" w14:textId="77777777" w:rsidTr="0031090B">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w:rsidRPr="00AE0A10" w14:paraId="221FA6B6" w14:textId="77777777" w:rsidTr="00840698">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1549"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="23593359" w14:textId="77777777">
+          <w:p w14:paraId="23593359" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:spacing w:line="255" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Hlk196216459"/>
+            <w:bookmarkStart w:id="6" w:name="_Hlk196216459"/>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nr. p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="3013ABB5" w14:textId="77777777">
+          <w:p w14:paraId="3013ABB5" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Iegūstamā profesionālā kvalifikācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="7DAF1871" w14:textId="77777777">
+          <w:p w14:paraId="7DAF1871" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">LR </w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="_Hlk196219871"/>
+            <w:bookmarkStart w:id="7" w:name="_Hlk196219871"/>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Profesiju klasifikatora kods</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="41499126" w14:textId="77777777">
+          <w:p w14:paraId="41499126" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Izglītības programmas kopējais mācību stundu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="3E524070" w14:textId="77777777">
+          <w:p w14:paraId="3E524070" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kupona bāzes vērtība</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="747ED629" w14:textId="77777777">
+          <w:p w14:paraId="747ED629" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="currency2">
               <w:smartTagPr>
                 <w:attr w:name="currency_id" w:val="16"/>
                 <w:attr w:name="currency_key" w:val="EUR"/>
                 <w:attr w:name="currency_text" w:val="EUR"/>
@@ -3746,221 +3759,221 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="003E7443">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="009063A2" w:rsidP="009063A2" w14:paraId="40EADC0E" w14:textId="77777777">
+          <w:p w14:paraId="40EADC0E" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="009063A2" w:rsidRDefault="0026779C" w:rsidP="009063A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009063A2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Indeksācija</w:t>
             </w:r>
             <w:r w:rsidRPr="009063A2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009063A2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>%**</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009063A2" w:rsidRPr="009063A2" w:rsidP="009063A2" w14:paraId="0D08D3FD" w14:textId="77777777">
+          <w:p w14:paraId="0D08D3FD" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="009063A2" w:rsidRDefault="009063A2" w:rsidP="009063A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="009063A2" w:rsidP="009063A2" w14:paraId="26B94EA7" w14:textId="77777777">
+          <w:p w14:paraId="26B94EA7" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="009063A2" w:rsidRDefault="0026779C" w:rsidP="009063A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009063A2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kupona bāzes vērtība kopā ar indeksācijas %</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009063A2" w:rsidRPr="009063A2" w:rsidP="009063A2" w14:paraId="2E0B29EC" w14:textId="76C14CFB">
+          <w:p w14:paraId="2E0B29EC" w14:textId="76C14CFB" w:rsidR="009063A2" w:rsidRPr="009063A2" w:rsidRDefault="0026779C" w:rsidP="009063A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009063A2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(EUR)</w:t>
             </w:r>
             <w:r w:rsidR="00337324">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="7D54009F" w14:textId="77777777">
+          <w:p w14:paraId="7D54009F" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Koeficients atbilstoši Ministru kabineta noteikumiem*</w:t>
             </w:r>
             <w:r w:rsidR="003E7443">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="1AA8D551" w14:textId="77777777">
+          <w:p w14:paraId="1AA8D551" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="009063A2" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidP="004261CE" w14:paraId="5A0C3A26" w14:textId="77777777">
+          <w:p w14:paraId="5A0C3A26" w14:textId="77777777" w:rsidR="009063A2" w:rsidRPr="00F91042" w:rsidRDefault="0026779C" w:rsidP="004261CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Maksimālās kopējās Apmācību izmaksas vienai personai par visu apmācību periodu (</w:t>
             </w:r>
             <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="currency2">
               <w:smartTagPr>
                 <w:attr w:name="currency_id" w:val="16"/>
                 <w:attr w:name="currency_key" w:val="EUR"/>
                 <w:attr w:name="currency_text" w:val="EUR"/>
@@ -3968,907 +3981,945 @@
               </w:smartTagPr>
               <w:r w:rsidRPr="00F91042">
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>EUR</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="7"/>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:bookmarkEnd w:id="6"/>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="35F6A751" w14:textId="77777777" w:rsidTr="00840698">
         <w:trPr>
           <w:trHeight w:val="25"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="334B64F7" w14:textId="77777777">
+          <w:p w14:paraId="334B64F7" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...10 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F28C96" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Aukstumiekārtu sistēmu tehniķis</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="6E05205B" w14:textId="7288133F">
+              <w:t>Aukstumiekārtu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E021A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sistēmu tehniķis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E6D3131" w14:textId="5FCD9685" w:rsidR="00840698" w:rsidRPr="009E021A" w:rsidRDefault="00AE0A10" w:rsidP="008B1BEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(NVA mācību piedāvājumu sarakstā nav programmas īstenotāja)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E05205B" w14:textId="7288133F" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00392DC3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3112 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="55B73121" w14:textId="77777777">
+          <w:p w14:paraId="55B73121" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="6FE49262" w14:textId="77777777">
+          <w:p w14:paraId="6FE49262" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2ED099D0" w14:textId="1BD0DFDA">
+          <w:p w14:paraId="2ED099D0" w14:textId="1BD0DFDA" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B1BEA">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="13A97CBC" w14:textId="531A75E7">
+          <w:p w14:paraId="13A97CBC" w14:textId="531A75E7" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B1BEA">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1500,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="6822E64D" w14:textId="7EAD477B">
+          <w:p w14:paraId="6822E64D" w14:textId="7EAD477B" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="1DEA060B" w14:textId="6A0EA500">
+          <w:p w14:paraId="1DEA060B" w14:textId="6A0EA500" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
+            <w:r w:rsidR="00CB0FA7" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>15,47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="686DDD64" w14:textId="77777777" w:rsidTr="009E021A">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="686DDD64" w14:textId="77777777" w:rsidTr="00840698">
         <w:trPr>
           <w:trHeight w:val="25"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="43AB12AE" w14:textId="70DFEBCC">
+          <w:p w14:paraId="43AB12AE" w14:textId="70DFEBCC" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="14F866A5" w14:textId="6EBE3A24">
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F866A5" w14:textId="6EBE3A24" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Mežsaimniecības tehniķis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="18867BB8" w14:textId="5A174391">
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18867BB8" w14:textId="5A174391" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00392DC3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3143 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="7A450906" w14:textId="77777777">
+          <w:p w14:paraId="7A450906" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="45781A73" w14:textId="77777777">
+          <w:p w14:paraId="45781A73" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="2B9B7D94" w14:textId="23601359">
+          <w:p w14:paraId="2B9B7D94" w14:textId="23601359" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B1BEA">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="072D5B67" w14:textId="430FAA54">
+          <w:p w14:paraId="072D5B67" w14:textId="430FAA54" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B1BEA">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1500,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="72184094" w14:textId="401DF813">
+          <w:p w14:paraId="72184094" w14:textId="401DF813" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="27725684" w14:textId="7EAB4A85">
+          <w:p w14:paraId="27725684" w14:textId="7EAB4A85" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1995,51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="426F628A" w14:textId="77777777" w:rsidTr="009E021A">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00A46AB5" w14:paraId="426F628A" w14:textId="77777777" w:rsidTr="00840698">
         <w:trPr>
           <w:trHeight w:val="25"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="836" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="59D3448E" w14:textId="37AAD304">
+          <w:p w14:paraId="59D3448E" w14:textId="37AAD304" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:ind w:left="140" w:right="-108" w:hanging="248"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="45F02C14" w14:textId="58BE2B08">
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F02C14" w14:textId="58BE2B08" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Programmēšanas tehniķis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="29D7C49F" w14:textId="5C6DF93F">
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D7C49F" w14:textId="5C6DF93F" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00392DC3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3512 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1234" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="559EDAEE" w14:textId="77777777">
+          <w:p w14:paraId="559EDAEE" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="4A41CE20" w14:textId="77777777">
+          <w:p w14:paraId="4A41CE20" w14:textId="77777777" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E021A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="598D9085" w14:textId="3535E6CD">
+          <w:p w14:paraId="598D9085" w14:textId="3535E6CD" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B1BEA">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11,97%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidP="008B1BEA" w14:paraId="26EE1190" w14:textId="4764E321">
+          <w:p w14:paraId="26EE1190" w14:textId="4764E321" w:rsidR="008B1BEA" w:rsidRPr="008B1BEA" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B1BEA">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1500,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidP="008B1BEA" w14:paraId="16249396" w14:textId="431522AA">
+          <w:p w14:paraId="16249396" w14:textId="431522AA" w:rsidR="008B1BEA" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidP="008B1BEA" w14:paraId="143EA5E8" w14:textId="42D186AA">
+          <w:p w14:paraId="143EA5E8" w14:textId="42D186AA" w:rsidR="008B1BEA" w:rsidRPr="00620BDD" w:rsidRDefault="0026779C" w:rsidP="008B1BEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>192</w:t>
             </w:r>
-            <w:r w:rsidRPr="00620BDD" w:rsidR="00CB0FA7">
+            <w:r w:rsidR="00CB0FA7" w:rsidRPr="00620BDD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
             <w:r w:rsidR="003271E4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00493092" w:rsidRPr="009E021A" w:rsidP="00493092" w14:paraId="4B04FF93" w14:textId="77777777">
+    <w:p w14:paraId="4B04FF93" w14:textId="77777777" w:rsidR="00493092" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="00493092">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E021A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>* Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00493092" w:rsidRPr="009E021A" w:rsidP="00493092" w14:paraId="19CD8598" w14:textId="5F68752C">
+    <w:p w14:paraId="19CD8598" w14:textId="5F68752C" w:rsidR="00493092" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="00493092">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB0FA7">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="009E021A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C742A2">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Saskaņā ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”.  Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91042" w:rsidRPr="009E021A" w:rsidP="0031090B" w14:paraId="7C8ACDDD" w14:textId="77777777">
+    <w:p w14:paraId="7C8ACDDD" w14:textId="77777777" w:rsidR="00F91042" w:rsidRPr="009E021A" w:rsidRDefault="0026779C" w:rsidP="0031090B">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E021A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*** Ministru kabineta 2007. gada 2. oktobra noteikumi Nr.655 „Noteikumi par profesionālās izglītības programmu īstenošanas izmaksu minimumu uz vienu izglītojamo”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F91042" w:rsidP="005C047A" w14:paraId="74089995" w14:textId="77777777">
+    <w:p w14:paraId="74089995" w14:textId="77777777" w:rsidR="00F91042" w:rsidRDefault="00F91042" w:rsidP="005C047A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:sectPr w:rsidSect="009E021A">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00F91042" w:rsidSect="00AE0A10">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
-      <w:pgMar w:top="1276" w:right="851" w:bottom="1276" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="851" w:bottom="709" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:chapStyle="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6185D4B5" w14:textId="77777777" w:rsidR="00DD6AAC" w:rsidRDefault="00DD6AAC">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="77A5EECE" w14:textId="77777777" w:rsidR="00DD6AAC" w:rsidRDefault="00DD6AAC">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -4921,607 +4972,592 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00FF0646" w14:paraId="11A32F2F" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="11A32F2F" w14:textId="77777777" w:rsidR="00FF0646" w:rsidRDefault="00FF0646">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00756803" w:rsidP="00355AAB" w14:paraId="06893A41" w14:textId="1AE00A16">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="06893A41" w14:textId="1AE00A16" w:rsidR="00756803" w:rsidRDefault="0026779C" w:rsidP="00355AAB">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>KRG_4.2.14.2_</w:t>
+      <w:t xml:space="preserve">KRG_4.2.14.2_32.pielikums_5.versija </w:t>
     </w:r>
-    <w:r>
-[...13 lines deleted...]
-    <w:r w:rsidRPr="00FF0646" w:rsidR="00D13019">
+    <w:r w:rsidR="00D13019" w:rsidRPr="00FF0646">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>10.10.2025.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00FF0646" w:rsidR="00E314E2">
+    <w:r w:rsidR="00E314E2" w:rsidRPr="00FF0646">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00756803" w:rsidP="00355AAB" w14:paraId="77CD604A" w14:textId="4209242F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="77CD604A" w14:textId="4209242F" w:rsidR="00756803" w:rsidRDefault="0026779C" w:rsidP="00355AAB">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>KRG_4.2.14.2_</w:t>
-[...13 lines deleted...]
-      <w:t>_</w:t>
+      <w:t>KRG_4.2.14.2_32.pielikums_</w:t>
     </w:r>
     <w:r w:rsidR="00C742A2">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">.versija </w:t>
     </w:r>
-    <w:r w:rsidRPr="00FF0646" w:rsidR="00D13019">
+    <w:r w:rsidR="00D13019" w:rsidRPr="00FF0646">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>10.10.2025.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00756803" w:rsidP="00355AAB" w14:paraId="663FE47E" w14:textId="0AC30CC4">
+  <w:p w14:paraId="663FE47E" w14:textId="0AC30CC4" w:rsidR="00756803" w:rsidRDefault="00756803" w:rsidP="00355AAB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00756803" w14:paraId="02432B8D" w14:textId="77777777">
+  <w:p w14:paraId="02432B8D" w14:textId="77777777" w:rsidR="00756803" w:rsidRDefault="00756803">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0D0D0A5C" w14:textId="77777777" w:rsidR="00DD6AAC" w:rsidRDefault="00DD6AAC">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="39873BB3" w14:textId="77777777" w:rsidR="00DD6AAC" w:rsidRDefault="00DD6AAC">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00756803" w:rsidP="002C5954" w14:paraId="4022A489" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="4022A489" w14:textId="77777777" w:rsidR="00756803" w:rsidRDefault="0026779C" w:rsidP="002C5954">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="separate"/>
-[...4 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00756803" w14:paraId="0C0EF024" w14:textId="77777777">
+  <w:p w14:paraId="0C0EF024" w14:textId="77777777" w:rsidR="00756803" w:rsidRDefault="00756803">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00756803" w:rsidP="002C5954" w14:paraId="32375E57" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="32375E57" w14:textId="77777777" w:rsidR="00756803" w:rsidRDefault="0026779C" w:rsidP="002C5954">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00756803" w14:paraId="112B08D9" w14:textId="77777777">
+  <w:p w14:paraId="112B08D9" w14:textId="77777777" w:rsidR="00756803" w:rsidRDefault="00756803">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00FF0646" w14:paraId="4326E1F7" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="4326E1F7" w14:textId="77777777" w:rsidR="00FF0646" w:rsidRDefault="00FF0646">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25777924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18166F52"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="E428509A">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95BCDBBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52F01AEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8CDAFB80" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="150E1C60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FE9E7CDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="845EA590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="09127CEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5AB4121C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B3B4115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2026D222"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="7D28D634">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41CA478A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F76A5F2C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A7969420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="088C26F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49CC6C74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31B8EC9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A9687002" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9CC4AF94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="511A14A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28BC2E72"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="9448F334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="CE58B5A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8F72A1AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="851AA7B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50A09DBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60981090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B8121848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D6064BA6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73BE9D74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65D15786"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C3B0CCC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -5617,126 +5653,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6658163B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="312246D6"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="690EA59A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AB883602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6CB4B17C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68748F5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72CA322C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3AF4EB0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8A486A2E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C6925E2C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30B27D7A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A8D705E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="349245AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5847,172 +5883,172 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73BE7F85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB045634"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="162CD552">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37C605D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41327DE0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8DF432E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72405A00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21D676B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F18C4926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="890E75D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3B50D854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79D36CD1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F5CC8B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6142,60 +6178,68 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="1" w:directFormattingOnParagraphs="1" w:directFormattingOnRuns="1" w:directFormattingOnTables="1" w:headingStyles="0" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="0" w:tableStyles="0" w:top3HeadingStyles="1" w:visibleStyles="0"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003017C6"/>
     <w:rsid w:val="000002E1"/>
     <w:rsid w:val="000028EE"/>
     <w:rsid w:val="000036CE"/>
     <w:rsid w:val="0000413B"/>
     <w:rsid w:val="000041CB"/>
     <w:rsid w:val="000047BD"/>
     <w:rsid w:val="00004B59"/>
     <w:rsid w:val="00004B9F"/>
     <w:rsid w:val="000052AF"/>
     <w:rsid w:val="00005848"/>
     <w:rsid w:val="00006002"/>
     <w:rsid w:val="00007108"/>
     <w:rsid w:val="00007508"/>
     <w:rsid w:val="00007797"/>
     <w:rsid w:val="00007EAE"/>
@@ -6719,50 +6763,51 @@
     <w:rsid w:val="00251564"/>
     <w:rsid w:val="00251B29"/>
     <w:rsid w:val="00251C6A"/>
     <w:rsid w:val="00252352"/>
     <w:rsid w:val="00252804"/>
     <w:rsid w:val="00252DF6"/>
     <w:rsid w:val="00253DE1"/>
     <w:rsid w:val="00254DF7"/>
     <w:rsid w:val="00255FED"/>
     <w:rsid w:val="00256172"/>
     <w:rsid w:val="002568D5"/>
     <w:rsid w:val="002573D7"/>
     <w:rsid w:val="00257AF8"/>
     <w:rsid w:val="0026048B"/>
     <w:rsid w:val="00261383"/>
     <w:rsid w:val="00261B8B"/>
     <w:rsid w:val="00261E2A"/>
     <w:rsid w:val="00262550"/>
     <w:rsid w:val="00262831"/>
     <w:rsid w:val="002635AB"/>
     <w:rsid w:val="00263CC8"/>
     <w:rsid w:val="002640BF"/>
     <w:rsid w:val="002640F2"/>
     <w:rsid w:val="00264C78"/>
     <w:rsid w:val="0026725B"/>
+    <w:rsid w:val="0026779C"/>
     <w:rsid w:val="00270533"/>
     <w:rsid w:val="00271138"/>
     <w:rsid w:val="00273588"/>
     <w:rsid w:val="002747B3"/>
     <w:rsid w:val="0027481E"/>
     <w:rsid w:val="00275C72"/>
     <w:rsid w:val="002767A2"/>
     <w:rsid w:val="002767A8"/>
     <w:rsid w:val="00277703"/>
     <w:rsid w:val="00277A00"/>
     <w:rsid w:val="002804A2"/>
     <w:rsid w:val="00283673"/>
     <w:rsid w:val="00283EBE"/>
     <w:rsid w:val="00283F11"/>
     <w:rsid w:val="00284233"/>
     <w:rsid w:val="00284938"/>
     <w:rsid w:val="00284D13"/>
     <w:rsid w:val="00285085"/>
     <w:rsid w:val="002855C4"/>
     <w:rsid w:val="0028588C"/>
     <w:rsid w:val="00285D53"/>
     <w:rsid w:val="002872D1"/>
     <w:rsid w:val="002872D5"/>
     <w:rsid w:val="00287421"/>
     <w:rsid w:val="00287761"/>
@@ -7988,50 +8033,51 @@
     <w:rsid w:val="00823AD8"/>
     <w:rsid w:val="00823C46"/>
     <w:rsid w:val="00823FAE"/>
     <w:rsid w:val="008244F0"/>
     <w:rsid w:val="00825730"/>
     <w:rsid w:val="008257A3"/>
     <w:rsid w:val="00825E87"/>
     <w:rsid w:val="0082742E"/>
     <w:rsid w:val="008300B6"/>
     <w:rsid w:val="008306FD"/>
     <w:rsid w:val="00831EA5"/>
     <w:rsid w:val="00831FC1"/>
     <w:rsid w:val="0083316D"/>
     <w:rsid w:val="008339BF"/>
     <w:rsid w:val="00833FC4"/>
     <w:rsid w:val="008347AB"/>
     <w:rsid w:val="008347E9"/>
     <w:rsid w:val="008351D7"/>
     <w:rsid w:val="00836B90"/>
     <w:rsid w:val="00837710"/>
     <w:rsid w:val="00837C87"/>
     <w:rsid w:val="00837EB5"/>
     <w:rsid w:val="00837F9E"/>
     <w:rsid w:val="008402D9"/>
     <w:rsid w:val="00840652"/>
+    <w:rsid w:val="00840698"/>
     <w:rsid w:val="00840729"/>
     <w:rsid w:val="008415BD"/>
     <w:rsid w:val="00842F43"/>
     <w:rsid w:val="0084355C"/>
     <w:rsid w:val="00843566"/>
     <w:rsid w:val="00844608"/>
     <w:rsid w:val="00844CAB"/>
     <w:rsid w:val="008459D1"/>
     <w:rsid w:val="00845E25"/>
     <w:rsid w:val="00845F66"/>
     <w:rsid w:val="00851164"/>
     <w:rsid w:val="008518B9"/>
     <w:rsid w:val="00852138"/>
     <w:rsid w:val="00852B79"/>
     <w:rsid w:val="008531A1"/>
     <w:rsid w:val="008534D8"/>
     <w:rsid w:val="008542C6"/>
     <w:rsid w:val="00855EF4"/>
     <w:rsid w:val="008565A4"/>
     <w:rsid w:val="00857102"/>
     <w:rsid w:val="00857116"/>
     <w:rsid w:val="008571CC"/>
     <w:rsid w:val="0085721B"/>
     <w:rsid w:val="00857573"/>
     <w:rsid w:val="00857D1C"/>
@@ -8474,50 +8520,51 @@
     <w:rsid w:val="00A33A85"/>
     <w:rsid w:val="00A3409B"/>
     <w:rsid w:val="00A34D2E"/>
     <w:rsid w:val="00A353F1"/>
     <w:rsid w:val="00A37136"/>
     <w:rsid w:val="00A3730A"/>
     <w:rsid w:val="00A37682"/>
     <w:rsid w:val="00A37B27"/>
     <w:rsid w:val="00A4033E"/>
     <w:rsid w:val="00A40BF1"/>
     <w:rsid w:val="00A418F3"/>
     <w:rsid w:val="00A4192D"/>
     <w:rsid w:val="00A41CFB"/>
     <w:rsid w:val="00A41D58"/>
     <w:rsid w:val="00A423BC"/>
     <w:rsid w:val="00A42B4A"/>
     <w:rsid w:val="00A42E39"/>
     <w:rsid w:val="00A43342"/>
     <w:rsid w:val="00A433CB"/>
     <w:rsid w:val="00A44DE7"/>
     <w:rsid w:val="00A4504B"/>
     <w:rsid w:val="00A45376"/>
     <w:rsid w:val="00A455EA"/>
     <w:rsid w:val="00A45975"/>
     <w:rsid w:val="00A46889"/>
+    <w:rsid w:val="00A46AB5"/>
     <w:rsid w:val="00A47DCD"/>
     <w:rsid w:val="00A504A4"/>
     <w:rsid w:val="00A50871"/>
     <w:rsid w:val="00A518AD"/>
     <w:rsid w:val="00A51BF9"/>
     <w:rsid w:val="00A51CBF"/>
     <w:rsid w:val="00A521F3"/>
     <w:rsid w:val="00A533A8"/>
     <w:rsid w:val="00A560E7"/>
     <w:rsid w:val="00A56530"/>
     <w:rsid w:val="00A56DD9"/>
     <w:rsid w:val="00A574C4"/>
     <w:rsid w:val="00A5767C"/>
     <w:rsid w:val="00A579E4"/>
     <w:rsid w:val="00A57FC7"/>
     <w:rsid w:val="00A62C99"/>
     <w:rsid w:val="00A6337C"/>
     <w:rsid w:val="00A63D0E"/>
     <w:rsid w:val="00A63E62"/>
     <w:rsid w:val="00A64102"/>
     <w:rsid w:val="00A644A0"/>
     <w:rsid w:val="00A654D3"/>
     <w:rsid w:val="00A65536"/>
     <w:rsid w:val="00A661AE"/>
     <w:rsid w:val="00A66BDF"/>
@@ -8600,50 +8647,51 @@
     <w:rsid w:val="00AC2D6F"/>
     <w:rsid w:val="00AC2D8A"/>
     <w:rsid w:val="00AC2EF5"/>
     <w:rsid w:val="00AC3106"/>
     <w:rsid w:val="00AC3A2C"/>
     <w:rsid w:val="00AC3F27"/>
     <w:rsid w:val="00AC4292"/>
     <w:rsid w:val="00AC495B"/>
     <w:rsid w:val="00AC52C0"/>
     <w:rsid w:val="00AC5E0C"/>
     <w:rsid w:val="00AC5FFC"/>
     <w:rsid w:val="00AC64C6"/>
     <w:rsid w:val="00AC79FC"/>
     <w:rsid w:val="00AD01C3"/>
     <w:rsid w:val="00AD0429"/>
     <w:rsid w:val="00AD0BD9"/>
     <w:rsid w:val="00AD16BB"/>
     <w:rsid w:val="00AD1C38"/>
     <w:rsid w:val="00AD1CB1"/>
     <w:rsid w:val="00AD3A9A"/>
     <w:rsid w:val="00AD3EB9"/>
     <w:rsid w:val="00AD5CE9"/>
     <w:rsid w:val="00AD670A"/>
     <w:rsid w:val="00AD6A5C"/>
     <w:rsid w:val="00AD7621"/>
+    <w:rsid w:val="00AE0A10"/>
     <w:rsid w:val="00AE0F8A"/>
     <w:rsid w:val="00AE142A"/>
     <w:rsid w:val="00AE1B40"/>
     <w:rsid w:val="00AE31BB"/>
     <w:rsid w:val="00AE31C0"/>
     <w:rsid w:val="00AE3C36"/>
     <w:rsid w:val="00AE40E9"/>
     <w:rsid w:val="00AE53F1"/>
     <w:rsid w:val="00AE5C9F"/>
     <w:rsid w:val="00AE60E7"/>
     <w:rsid w:val="00AE6E98"/>
     <w:rsid w:val="00AE6F99"/>
     <w:rsid w:val="00AE7D4E"/>
     <w:rsid w:val="00AF017C"/>
     <w:rsid w:val="00AF10C4"/>
     <w:rsid w:val="00AF18D2"/>
     <w:rsid w:val="00AF30AE"/>
     <w:rsid w:val="00AF3252"/>
     <w:rsid w:val="00AF426C"/>
     <w:rsid w:val="00AF430A"/>
     <w:rsid w:val="00AF54FA"/>
     <w:rsid w:val="00AF565D"/>
     <w:rsid w:val="00AF5FE3"/>
     <w:rsid w:val="00AF6311"/>
     <w:rsid w:val="00AF6A23"/>
@@ -9283,50 +9331,51 @@
     <w:rsid w:val="00DC0F7C"/>
     <w:rsid w:val="00DC116C"/>
     <w:rsid w:val="00DC158F"/>
     <w:rsid w:val="00DC1CC0"/>
     <w:rsid w:val="00DC21DB"/>
     <w:rsid w:val="00DC2B4D"/>
     <w:rsid w:val="00DC2D18"/>
     <w:rsid w:val="00DC30AC"/>
     <w:rsid w:val="00DC36AD"/>
     <w:rsid w:val="00DC4F57"/>
     <w:rsid w:val="00DC5313"/>
     <w:rsid w:val="00DC5377"/>
     <w:rsid w:val="00DC56EC"/>
     <w:rsid w:val="00DC5B68"/>
     <w:rsid w:val="00DC5DAB"/>
     <w:rsid w:val="00DC6F05"/>
     <w:rsid w:val="00DD059E"/>
     <w:rsid w:val="00DD3BA2"/>
     <w:rsid w:val="00DD42A4"/>
     <w:rsid w:val="00DD4531"/>
     <w:rsid w:val="00DD4F09"/>
     <w:rsid w:val="00DD5B3D"/>
     <w:rsid w:val="00DD66F2"/>
     <w:rsid w:val="00DD6A64"/>
     <w:rsid w:val="00DD6A89"/>
+    <w:rsid w:val="00DD6AAC"/>
     <w:rsid w:val="00DD6E1A"/>
     <w:rsid w:val="00DD7643"/>
     <w:rsid w:val="00DE01C0"/>
     <w:rsid w:val="00DE0AA9"/>
     <w:rsid w:val="00DE187C"/>
     <w:rsid w:val="00DE1DA2"/>
     <w:rsid w:val="00DE26AF"/>
     <w:rsid w:val="00DE2EB0"/>
     <w:rsid w:val="00DE3B84"/>
     <w:rsid w:val="00DE4065"/>
     <w:rsid w:val="00DE5054"/>
     <w:rsid w:val="00DE5BE5"/>
     <w:rsid w:val="00DE5EB2"/>
     <w:rsid w:val="00DE748D"/>
     <w:rsid w:val="00DE7C4B"/>
     <w:rsid w:val="00DE7DCE"/>
     <w:rsid w:val="00DF0933"/>
     <w:rsid w:val="00DF13A9"/>
     <w:rsid w:val="00DF26EE"/>
     <w:rsid w:val="00DF281D"/>
     <w:rsid w:val="00DF49A1"/>
     <w:rsid w:val="00DF5093"/>
     <w:rsid w:val="00DF56B0"/>
     <w:rsid w:val="00DF679A"/>
     <w:rsid w:val="00DF67EA"/>
@@ -9771,62 +9820,81 @@
     <w:rsid w:val="00FE7568"/>
     <w:rsid w:val="00FE76C2"/>
     <w:rsid w:val="00FF0588"/>
     <w:rsid w:val="00FF0646"/>
     <w:rsid w:val="00FF133B"/>
     <w:rsid w:val="00FF15DD"/>
     <w:rsid w:val="00FF21E9"/>
     <w:rsid w:val="00FF2886"/>
     <w:rsid w:val="00FF2947"/>
     <w:rsid w:val="00FF3185"/>
     <w:rsid w:val="00FF36AD"/>
     <w:rsid w:val="00FF3C12"/>
     <w:rsid w:val="00FF3D63"/>
     <w:rsid w:val="00FF5346"/>
     <w:rsid w:val="00FF549F"/>
     <w:rsid w:val="00FF58D4"/>
     <w:rsid w:val="00FF62B8"/>
     <w:rsid w:val="00FF6951"/>
     <w:rsid w:val="00FF6F78"/>
     <w:rsid w:val="00FF75AE"/>
     <w:rsid w:val="00FF7877"/>
     <w:rsid w:val="00FF7B70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="schemas-tilde-lv/tildestengine" w:name="currency2"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1AAA4D5D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A13881C9-231A-4157-BE26-835BE8A22BAF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote text" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
@@ -10538,118 +10606,119 @@
     <w:name w:val="Footnote Text Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00024A25"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet">
     <w:name w:val="Bullet"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="BulletChar"/>
     <w:qFormat/>
     <w:rsid w:val="00E74595"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:after="60"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="MS Gothic" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lt-LT" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletChar">
     <w:name w:val="Bullet Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Bullet"/>
     <w:rsid w:val="00E74595"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="MS Gothic" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lt-LT" w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00322D56"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006A0AD3"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00355AAB"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10869,84 +10938,97 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SignaturesHtml xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
     <ValidationDate xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
     <RegNr xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <IsSysUpdate xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
     <ValidationStatus xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
     <ThreeRoApprovalComments xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007D3C5E59C970B741AE328B4EE99B0AEE" ma:contentTypeVersion="9" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="41f2ff5c7831833a941c841e9c8d9595">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac0f992c-7adf-438d-b4e2-b453d9154b75" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="35c0e823eef2f10df749567e6293beb8" ns2:_="" ns3:_="">
     <xsd:import namespace="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:SignaturesHtml" minOccurs="0"/>
                 <xsd:element ref="ns3:ValidationDate" minOccurs="0"/>
                 <xsd:element ref="ns3:ValidationStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -11093,138 +11175,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E605E43-6846-4A41-B049-64903FFDE943}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{568DCF23-865B-435C-87B4-628570956B59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2C556B-5519-453D-A17A-D9ECFAA083F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F5518B9-063F-4C8F-9D1E-BEB6868E0DA9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15AF77F3-65A9-4224-A465-3EA96EE85416}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>440</Words>
-  <Characters>2931</Characters>
+  <Words>2298</Words>
+  <Characters>1310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3365</CharactersWithSpaces>
+  <CharactersWithSpaces>3601</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Raimonds Brīdaks</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007D3C5E59C970B741AE328B4EE99B0AEE</vt:lpwstr>
   </property>
 </Properties>
 </file>