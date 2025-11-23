--- v0 (2025-10-06)
+++ v1 (2025-11-23)
@@ -1,61 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.4.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.7.0 -->
   <w:body>
     <w:p w:rsidR="00692067" w:rsidP="00F91042" w14:paraId="57EE3573" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc417567323"/>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w:rsidR="00D864CD" w:rsidRPr="00663892" w:rsidP="00F91042" w14:paraId="68856F1E" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
@@ -991,1649 +993,1680 @@
           </w:tcPr>
           <w:p w:rsidR="00DA64CE" w:rsidRPr="00F91042" w:rsidP="00DA64CE" w14:paraId="782BF1BF" w14:textId="7ACAA648">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="48E62133" w14:textId="47758620">
+          <w:p w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidP="00DA64CE" w14:paraId="48E62133" w14:textId="1FCDB785">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>6,64%</w:t>
+            <w:r w:rsidRPr="00D812EF">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5,45</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D812EF" w:rsidR="002B191E">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3F948243" w14:textId="594858A1">
+          <w:p w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidP="00DA64CE" w14:paraId="3F948243" w14:textId="7C6C2672">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>469,21</w:t>
+            <w:r w:rsidRPr="00D812EF">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+            <w:r w:rsidR="00D812EF">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3F560AEC" w14:textId="2A611B1B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="62EDDD9E" w14:textId="53F81E84">
+          <w:p w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidP="00DA64CE" w14:paraId="62EDDD9E" w14:textId="396539C6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>595,</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00AF08BA">
+            <w:r w:rsidR="00D812EF">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>89</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>89,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="679F2B56" w14:textId="77777777" w:rsidTr="00DA64CE">
+      <w:tr w14:paraId="679F2B56" w14:textId="77777777" w:rsidTr="00D812EF">
         <w:tblPrEx>
           <w:tblW w:w="15861" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="575A8040" w14:textId="599D2543">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="575A8040" w14:textId="599D2543">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="45F6F104" w14:textId="091DA987">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="45F6F104" w14:textId="091DA987">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ēdināšanas pakalpojumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3182DA4A" w14:textId="5173E7B7">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3182DA4A" w14:textId="5173E7B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="7998690A" w14:textId="67ABF9EA">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="7998690A" w14:textId="67ABF9EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="670298D8" w14:textId="22C3B612">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="670298D8" w14:textId="22C3B612">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00F91042" w:rsidP="00DA64CE" w14:paraId="69AE8C2E" w14:textId="77777777">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidP="00D812EF" w14:paraId="69AE8C2E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="6844A842" w14:textId="163D120A">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="6844A842" w14:textId="4491BB8B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>6,64%</w:t>
+            <w:r w:rsidRPr="00D812EF">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5,45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="2CF7ED3B" w14:textId="45E91EAC">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="2CF7ED3B" w14:textId="2A4E6363">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>469,21</w:t>
+            <w:r w:rsidRPr="00C751BE">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>463,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3E54B093" w14:textId="5B797E29">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3E54B093" w14:textId="5B797E29">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="5206BD76" w14:textId="70B78ED5">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="5206BD76" w14:textId="62F0FF1E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D812EF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>558,3</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2,1</w:t>
             </w:r>
-            <w:r w:rsidR="00AF08BA">
+            <w:r w:rsidR="00061C6D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>5</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2F5AE18B" w14:textId="77777777" w:rsidTr="00DA64CE">
+      <w:tr w14:paraId="2F5AE18B" w14:textId="77777777" w:rsidTr="00D812EF">
         <w:tblPrEx>
           <w:tblW w:w="15861" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="604E696B" w14:textId="54F52B9D">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="604E696B" w14:textId="54F52B9D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3B2F0C48" w14:textId="2355E455">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3B2F0C48" w14:textId="2355E455">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Grāmatvedība</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="204F6EB6" w14:textId="668D391C">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="204F6EB6" w14:textId="668D391C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="1C04341B" w14:textId="3D606BAB">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="1C04341B" w14:textId="3D606BAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="684FAE85" w14:textId="4F9733AC">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="684FAE85" w14:textId="4F9733AC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00F91042" w:rsidP="00DA64CE" w14:paraId="53E725CB" w14:textId="77777777">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidP="00D812EF" w14:paraId="53E725CB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="65A1B1CA" w14:textId="4FEA1015">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="65A1B1CA" w14:textId="682EE337">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>6,64%</w:t>
+            <w:r w:rsidRPr="00D812EF">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5,45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="072E7272" w14:textId="4BD50679">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="072E7272" w14:textId="0116BE32">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>469,21</w:t>
+            <w:r w:rsidRPr="00C751BE">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>463,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="1BE92DA6" w14:textId="5EE9C495">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="1BE92DA6" w14:textId="5EE9C495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="5B88EF8D" w14:textId="4CEF7C43">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="5B88EF8D" w14:textId="646540C4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...12 lines deleted...]
-              <w:t>2</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>1</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3,9</w:t>
+            </w:r>
+            <w:r w:rsidR="00061C6D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="602C6227" w14:textId="77777777" w:rsidTr="00DA64CE">
+      <w:tr w14:paraId="602C6227" w14:textId="77777777" w:rsidTr="00D812EF">
         <w:tblPrEx>
           <w:tblW w:w="15861" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="4C8B6BDC" w14:textId="291F37D3">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="4C8B6BDC" w14:textId="291F37D3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="1BB5B303" w14:textId="7F711512">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="1BB5B303" w14:textId="7F711512">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Metālapstrāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="7D12A1CD" w14:textId="52D4DB03">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="7D12A1CD" w14:textId="52D4DB03">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="57B9B5B3" w14:textId="5FEC2888">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="57B9B5B3" w14:textId="5FEC2888">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="0A7C6D7F" w14:textId="5EA433CE">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="0A7C6D7F" w14:textId="5EA433CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00F91042" w:rsidP="00DA64CE" w14:paraId="62814FF7" w14:textId="77777777">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidP="00D812EF" w14:paraId="62814FF7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="15E5A4BA" w14:textId="5932FF36">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="15E5A4BA" w14:textId="5CE8A5F7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>6,64%</w:t>
+            <w:r w:rsidRPr="00D812EF">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5,45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="25ED3FED" w14:textId="7E069B96">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="25ED3FED" w14:textId="59A5ABF2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>469,21</w:t>
+            <w:r w:rsidRPr="00C751BE">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>463,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="19BA1E19" w14:textId="18803BB5">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="19BA1E19" w14:textId="18803BB5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>1,35 vai 2,9</w:t>
+              <w:t xml:space="preserve">1,35 vai </w:t>
             </w:r>
-            <w:r w:rsidRPr="00314C2B">
-[...6 lines deleted...]
-              <w:t>****</w:t>
+            <w:r w:rsidRPr="002B191E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2,9****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="14216500" w14:textId="122FEDA1">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="14216500" w14:textId="2C04283B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...12 lines deleted...]
-              <w:t>3</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vai 1360,7</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>26,37</w:t>
             </w:r>
-            <w:r w:rsidR="00AF08BA">
+            <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>0</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai 13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>45,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3D5E5893" w14:textId="77777777" w:rsidTr="00DA64CE">
+      <w:tr w14:paraId="3D5E5893" w14:textId="77777777" w:rsidTr="00D812EF">
         <w:tblPrEx>
           <w:tblW w:w="15861" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3A072248" w14:textId="77777777">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3A072248" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3EBAE844" w14:textId="36E734EC">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3EBAE844" w14:textId="36E734EC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Sociālā aprūpe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="6E8A3150" w14:textId="4AE2D4E3">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="6E8A3150" w14:textId="4AE2D4E3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="236D56D1" w14:textId="6B8703E3">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="236D56D1" w14:textId="6B8703E3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="34A848CC" w14:textId="1174ED46">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="34A848CC" w14:textId="1174ED46">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00F91042" w:rsidP="00DA64CE" w14:paraId="36FD8EC7" w14:textId="77777777">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidP="00D812EF" w14:paraId="36FD8EC7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="385B4BE0" w14:textId="2BBFCFD6">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="385B4BE0" w14:textId="34D00E75">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>6,64%</w:t>
+            <w:r w:rsidRPr="00D812EF">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5,45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="217A9337" w14:textId="09B50379">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="217A9337" w14:textId="100E6DDB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64CE">
-[...5 lines deleted...]
-              <w:t>469,21</w:t>
+            <w:r w:rsidRPr="00C751BE">
+              <w:rPr>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>463,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="766E595A" w14:textId="3393E172">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="766E595A" w14:textId="3393E172">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="0266D0A1" w14:textId="53BBED1D">
+          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="0266D0A1" w14:textId="1B727885">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D812EF">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>774,</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>65,5</w:t>
             </w:r>
-            <w:r w:rsidR="00AF08BA">
+            <w:r w:rsidR="00061C6D">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>19</w:t>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00597540" w:rsidRPr="00DA64CE" w:rsidP="00597540" w14:paraId="6778E00F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk144375247"/>
       <w:r w:rsidRPr="00DA64CE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>* Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00597540" w:rsidRPr="00DA64CE" w:rsidP="00597540" w14:paraId="23389C6F" w14:textId="33783B08">
+    <w:p w:rsidR="00597540" w:rsidRPr="00DA64CE" w:rsidP="00597540" w14:paraId="23389C6F" w14:textId="5E01A400">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk107580323"/>
-      <w:r w:rsidRPr="00DA64CE">
+      <w:r w:rsidRPr="002B191E">
         <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk112917821"/>
-      <w:r w:rsidRPr="00DA64CE">
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="002B191E">
         <w:rPr>
+          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Saskaņā ar </w:t>
-[...25 lines deleted...]
-        <w:t>Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. aprīļa.</w:t>
+        <w:t>Saskaņā ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”.  Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597540" w:rsidP="00597540" w14:paraId="4DD600E6" w14:textId="76D8A6E4">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA64CE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*** Ministru kabineta 2007. gada 2. oktobra noteikumi Nr.655 „Noteikumi par profesionālās izglītības programmu īstenošanas izmaksu minimumu uz vienu izglītojamo”</w:t>
       </w:r>
       <w:r w:rsidR="00E47536">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk196380005"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk196380005"/>
       <w:r w:rsidR="00E47536">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>MK noteikumi Nr.655</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00E47536">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000F6079">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F6079" w:rsidRPr="00314C2B" w:rsidP="00597540" w14:paraId="36A61D22" w14:textId="44D3A48C">
+    <w:p w:rsidR="000F6079" w:rsidRPr="002B191E" w:rsidP="00597540" w14:paraId="36A61D22" w14:textId="44D3A48C">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
-          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00314C2B">
+      <w:r w:rsidRPr="002B191E">
         <w:rPr>
-          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">**** </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E47536" w:rsidR="00E47536">
+      <w:r w:rsidRPr="002B191E" w:rsidR="00E47536">
         <w:rPr>
-          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Atbilstoši MK noteikumos Nr.655</w:t>
+        <w:t>Atbilstoši MK noteikumos Nr.655 noteiktajam, m</w:t>
       </w:r>
-      <w:r w:rsidR="00E47536">
+      <w:r w:rsidRPr="002B191E">
         <w:rPr>
-          <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> noteiktajam, m</w:t>
-[...17 lines deleted...]
-        <w:t>izglītības programmu grupas izglītības programmu, kurās sagatavo metināšanas speciālistus, izmaksu minimālais koeficients – 2,9.</w:t>
+        <w:t>etālapstrādes izglītības programmu grupas izglītības programmu, kurās sagatavo metināšanas speciālistus, izmaksu minimālais koeficients – 2,9.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="003E7443" w:rsidRPr="003E7443" w:rsidP="00054F75" w14:paraId="25ED68B3" w14:textId="77777777">
+    <w:p w:rsidR="003E7443" w:rsidRPr="002B191E" w:rsidP="00054F75" w14:paraId="25ED68B3" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C047A" w:rsidP="005C047A" w14:paraId="1FD65925" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C047A" w:rsidP="005C047A" w14:paraId="7D26AA2B" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C047A" w:rsidP="005C047A" w14:paraId="4F5B29A2" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F91042" w:rsidP="00DA64CE" w14:paraId="3A78EFD9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="000028EE">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="709" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:chapStyle="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -2700,132 +2733,127 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="000F6F71" w14:paraId="48536DC8" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00266ADA" w:rsidP="00266ADA" w14:paraId="7A984BBA" w14:textId="2211C78A">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>KRG_4.2.14.2_33.pielikums_</w:t>
     </w:r>
     <w:r w:rsidR="0042363C">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">.versija </w:t>
     </w:r>
     <w:r w:rsidRPr="009B5FFC">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:lang w:val="en-US" w:bidi="he-IL"/>
       </w:rPr>
       <w:t>14.03.2025.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00266ADA" w:rsidRPr="00266ADA" w:rsidP="00266ADA" w14:paraId="158FC66F" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00266ADA" w:rsidP="00266ADA" w14:paraId="7329ABF9" w14:textId="0B4E3090">
+  <w:p w:rsidR="00266ADA" w:rsidP="00266ADA" w14:paraId="7329ABF9" w14:textId="73DAE7BE">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>KRG_4.2.14.2_33.pielikums_</w:t>
+      <w:t xml:space="preserve">KRG_4.2.14.2_33.pielikums_4.versija </w:t>
     </w:r>
-    <w:r w:rsidR="00DA64CE">
+    <w:r w:rsidRPr="000F6F71" w:rsidR="002F1350">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
-[...14 lines deleted...]
-      <w:t>13.05.2025.</w:t>
+      <w:t>10.10.2025.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00266ADA" w14:paraId="7872B030" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00266ADA" w:rsidP="002C5954" w14:paraId="66B3E0B4" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -2878,50 +2906,60 @@
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00266ADA" w14:paraId="0DBE02DF" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="000F6F71" w14:paraId="07EDC329" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25777924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18166F52"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4099,50 +4137,51 @@
     <w:rsid w:val="000434B7"/>
     <w:rsid w:val="00043636"/>
     <w:rsid w:val="00043A4A"/>
     <w:rsid w:val="00046800"/>
     <w:rsid w:val="000475FB"/>
     <w:rsid w:val="00047AC6"/>
     <w:rsid w:val="0005002F"/>
     <w:rsid w:val="000508C8"/>
     <w:rsid w:val="00050B88"/>
     <w:rsid w:val="00050FBE"/>
     <w:rsid w:val="0005160E"/>
     <w:rsid w:val="00052299"/>
     <w:rsid w:val="00052505"/>
     <w:rsid w:val="00054370"/>
     <w:rsid w:val="000545A0"/>
     <w:rsid w:val="00054904"/>
     <w:rsid w:val="0005495F"/>
     <w:rsid w:val="00054F75"/>
     <w:rsid w:val="000551FD"/>
     <w:rsid w:val="00055B24"/>
     <w:rsid w:val="00055DAC"/>
     <w:rsid w:val="00056BBC"/>
     <w:rsid w:val="000606BB"/>
     <w:rsid w:val="0006109F"/>
     <w:rsid w:val="00061C14"/>
+    <w:rsid w:val="00061C6D"/>
     <w:rsid w:val="00061E33"/>
     <w:rsid w:val="00061E96"/>
     <w:rsid w:val="00062383"/>
     <w:rsid w:val="000632AD"/>
     <w:rsid w:val="00064ABB"/>
     <w:rsid w:val="00064C80"/>
     <w:rsid w:val="00064E5C"/>
     <w:rsid w:val="0006573A"/>
     <w:rsid w:val="0006665F"/>
     <w:rsid w:val="00066A7B"/>
     <w:rsid w:val="00067637"/>
     <w:rsid w:val="0007108E"/>
     <w:rsid w:val="0007182E"/>
     <w:rsid w:val="0007302A"/>
     <w:rsid w:val="0007329E"/>
     <w:rsid w:val="000743B7"/>
     <w:rsid w:val="00075DA3"/>
     <w:rsid w:val="00075DA9"/>
     <w:rsid w:val="0007691B"/>
     <w:rsid w:val="00076EAC"/>
     <w:rsid w:val="00076EB9"/>
     <w:rsid w:val="00076FAC"/>
     <w:rsid w:val="000806B2"/>
     <w:rsid w:val="00080999"/>
     <w:rsid w:val="00080C81"/>
@@ -4227,50 +4266,51 @@
     <w:rsid w:val="000D441C"/>
     <w:rsid w:val="000D65C5"/>
     <w:rsid w:val="000D6EA2"/>
     <w:rsid w:val="000D7961"/>
     <w:rsid w:val="000D796B"/>
     <w:rsid w:val="000E1F1C"/>
     <w:rsid w:val="000E354A"/>
     <w:rsid w:val="000E4300"/>
     <w:rsid w:val="000E4483"/>
     <w:rsid w:val="000E453D"/>
     <w:rsid w:val="000E59D3"/>
     <w:rsid w:val="000E767D"/>
     <w:rsid w:val="000E7F4D"/>
     <w:rsid w:val="000F0154"/>
     <w:rsid w:val="000F0C18"/>
     <w:rsid w:val="000F0FC0"/>
     <w:rsid w:val="000F2AA5"/>
     <w:rsid w:val="000F42C4"/>
     <w:rsid w:val="000F4749"/>
     <w:rsid w:val="000F4778"/>
     <w:rsid w:val="000F4992"/>
     <w:rsid w:val="000F6079"/>
     <w:rsid w:val="000F615A"/>
     <w:rsid w:val="000F6376"/>
     <w:rsid w:val="000F671B"/>
+    <w:rsid w:val="000F6F71"/>
     <w:rsid w:val="001000C4"/>
     <w:rsid w:val="0010046A"/>
     <w:rsid w:val="0010131D"/>
     <w:rsid w:val="00101A97"/>
     <w:rsid w:val="001022DF"/>
     <w:rsid w:val="00104326"/>
     <w:rsid w:val="00104706"/>
     <w:rsid w:val="00105AD0"/>
     <w:rsid w:val="00105FB5"/>
     <w:rsid w:val="00106315"/>
     <w:rsid w:val="00107027"/>
     <w:rsid w:val="001070FD"/>
     <w:rsid w:val="00110BF2"/>
     <w:rsid w:val="00110F48"/>
     <w:rsid w:val="001110F0"/>
     <w:rsid w:val="00111571"/>
     <w:rsid w:val="001116E7"/>
     <w:rsid w:val="00111703"/>
     <w:rsid w:val="00111BD7"/>
     <w:rsid w:val="00111D50"/>
     <w:rsid w:val="00113237"/>
     <w:rsid w:val="001137C7"/>
     <w:rsid w:val="00114646"/>
     <w:rsid w:val="0011515D"/>
     <w:rsid w:val="00115258"/>
@@ -4382,50 +4422,51 @@
     <w:rsid w:val="001909DC"/>
     <w:rsid w:val="0019182A"/>
     <w:rsid w:val="001921CA"/>
     <w:rsid w:val="00192690"/>
     <w:rsid w:val="00192717"/>
     <w:rsid w:val="001929E9"/>
     <w:rsid w:val="00192EFF"/>
     <w:rsid w:val="00193528"/>
     <w:rsid w:val="00193995"/>
     <w:rsid w:val="001942F9"/>
     <w:rsid w:val="001944B4"/>
     <w:rsid w:val="001946CF"/>
     <w:rsid w:val="0019476A"/>
     <w:rsid w:val="001953A9"/>
     <w:rsid w:val="00195796"/>
     <w:rsid w:val="00195E7E"/>
     <w:rsid w:val="001966F1"/>
     <w:rsid w:val="00196A56"/>
     <w:rsid w:val="00196AFC"/>
     <w:rsid w:val="001A0131"/>
     <w:rsid w:val="001A1CD8"/>
     <w:rsid w:val="001A2110"/>
     <w:rsid w:val="001A232C"/>
     <w:rsid w:val="001A24DB"/>
     <w:rsid w:val="001A391E"/>
+    <w:rsid w:val="001A398D"/>
     <w:rsid w:val="001A5A59"/>
     <w:rsid w:val="001A5D64"/>
     <w:rsid w:val="001A6139"/>
     <w:rsid w:val="001A647C"/>
     <w:rsid w:val="001A6515"/>
     <w:rsid w:val="001A684D"/>
     <w:rsid w:val="001A6F05"/>
     <w:rsid w:val="001A7B5C"/>
     <w:rsid w:val="001A7BB6"/>
     <w:rsid w:val="001B0A4A"/>
     <w:rsid w:val="001B115C"/>
     <w:rsid w:val="001B1AA6"/>
     <w:rsid w:val="001B1EFD"/>
     <w:rsid w:val="001B2CF1"/>
     <w:rsid w:val="001B335A"/>
     <w:rsid w:val="001B3BFB"/>
     <w:rsid w:val="001B4063"/>
     <w:rsid w:val="001B42B0"/>
     <w:rsid w:val="001B48E3"/>
     <w:rsid w:val="001B5166"/>
     <w:rsid w:val="001B54B2"/>
     <w:rsid w:val="001B6870"/>
     <w:rsid w:val="001B68F8"/>
     <w:rsid w:val="001B6BE1"/>
     <w:rsid w:val="001B6BEF"/>
@@ -4627,50 +4668,51 @@
     <w:rsid w:val="0029588D"/>
     <w:rsid w:val="00295E85"/>
     <w:rsid w:val="0029652D"/>
     <w:rsid w:val="00296898"/>
     <w:rsid w:val="002969AE"/>
     <w:rsid w:val="002A00D0"/>
     <w:rsid w:val="002A0832"/>
     <w:rsid w:val="002A143F"/>
     <w:rsid w:val="002A20ED"/>
     <w:rsid w:val="002A2400"/>
     <w:rsid w:val="002A274C"/>
     <w:rsid w:val="002A2754"/>
     <w:rsid w:val="002A385F"/>
     <w:rsid w:val="002A3B2B"/>
     <w:rsid w:val="002A5E8F"/>
     <w:rsid w:val="002A6A1F"/>
     <w:rsid w:val="002A6E13"/>
     <w:rsid w:val="002A6E84"/>
     <w:rsid w:val="002A7ABF"/>
     <w:rsid w:val="002B04A6"/>
     <w:rsid w:val="002B04EE"/>
     <w:rsid w:val="002B08C7"/>
     <w:rsid w:val="002B08E3"/>
     <w:rsid w:val="002B1039"/>
     <w:rsid w:val="002B16F4"/>
+    <w:rsid w:val="002B191E"/>
     <w:rsid w:val="002B2AFE"/>
     <w:rsid w:val="002B3566"/>
     <w:rsid w:val="002B35D4"/>
     <w:rsid w:val="002B3735"/>
     <w:rsid w:val="002B3DEC"/>
     <w:rsid w:val="002B493D"/>
     <w:rsid w:val="002B4B40"/>
     <w:rsid w:val="002B642B"/>
     <w:rsid w:val="002B6DEB"/>
     <w:rsid w:val="002B7005"/>
     <w:rsid w:val="002B7199"/>
     <w:rsid w:val="002B72D3"/>
     <w:rsid w:val="002B7DFF"/>
     <w:rsid w:val="002C03F8"/>
     <w:rsid w:val="002C0E47"/>
     <w:rsid w:val="002C1105"/>
     <w:rsid w:val="002C1844"/>
     <w:rsid w:val="002C1E78"/>
     <w:rsid w:val="002C2417"/>
     <w:rsid w:val="002C32E2"/>
     <w:rsid w:val="002C54F7"/>
     <w:rsid w:val="002C5954"/>
     <w:rsid w:val="002C7AA9"/>
     <w:rsid w:val="002D0140"/>
     <w:rsid w:val="002D0381"/>
@@ -4679,50 +4721,51 @@
     <w:rsid w:val="002D2A35"/>
     <w:rsid w:val="002D303B"/>
     <w:rsid w:val="002D3065"/>
     <w:rsid w:val="002D4B09"/>
     <w:rsid w:val="002D5216"/>
     <w:rsid w:val="002D5E48"/>
     <w:rsid w:val="002D5F69"/>
     <w:rsid w:val="002D73FE"/>
     <w:rsid w:val="002D7544"/>
     <w:rsid w:val="002D7FDC"/>
     <w:rsid w:val="002E0655"/>
     <w:rsid w:val="002E083C"/>
     <w:rsid w:val="002E0C12"/>
     <w:rsid w:val="002E1EB4"/>
     <w:rsid w:val="002E2362"/>
     <w:rsid w:val="002E3362"/>
     <w:rsid w:val="002E33EB"/>
     <w:rsid w:val="002E352C"/>
     <w:rsid w:val="002E3636"/>
     <w:rsid w:val="002E418B"/>
     <w:rsid w:val="002E4A3F"/>
     <w:rsid w:val="002E4D15"/>
     <w:rsid w:val="002E51D0"/>
     <w:rsid w:val="002E6F94"/>
     <w:rsid w:val="002E7B29"/>
+    <w:rsid w:val="002F1350"/>
     <w:rsid w:val="002F3A2A"/>
     <w:rsid w:val="002F3EF6"/>
     <w:rsid w:val="002F3F48"/>
     <w:rsid w:val="002F40BA"/>
     <w:rsid w:val="002F41AB"/>
     <w:rsid w:val="002F5B2C"/>
     <w:rsid w:val="002F5CB5"/>
     <w:rsid w:val="002F5DA9"/>
     <w:rsid w:val="002F6065"/>
     <w:rsid w:val="002F62AE"/>
     <w:rsid w:val="002F63AD"/>
     <w:rsid w:val="00301169"/>
     <w:rsid w:val="00301335"/>
     <w:rsid w:val="003015C9"/>
     <w:rsid w:val="003017C6"/>
     <w:rsid w:val="003024DA"/>
     <w:rsid w:val="00302A2A"/>
     <w:rsid w:val="00302E5F"/>
     <w:rsid w:val="00303331"/>
     <w:rsid w:val="00303FD5"/>
     <w:rsid w:val="003042ED"/>
     <w:rsid w:val="00304F4B"/>
     <w:rsid w:val="003054A4"/>
     <w:rsid w:val="00305595"/>
     <w:rsid w:val="00305FE3"/>
@@ -4732,50 +4775,51 @@
     <w:rsid w:val="00310BFA"/>
     <w:rsid w:val="00310E94"/>
     <w:rsid w:val="00311521"/>
     <w:rsid w:val="003115CC"/>
     <w:rsid w:val="00311E83"/>
     <w:rsid w:val="003143BD"/>
     <w:rsid w:val="00314C2B"/>
     <w:rsid w:val="00314EE2"/>
     <w:rsid w:val="0031580B"/>
     <w:rsid w:val="00315F2B"/>
     <w:rsid w:val="0031611E"/>
     <w:rsid w:val="00316B32"/>
     <w:rsid w:val="0031731D"/>
     <w:rsid w:val="00317F24"/>
     <w:rsid w:val="003214F7"/>
     <w:rsid w:val="00321B05"/>
     <w:rsid w:val="0032283A"/>
     <w:rsid w:val="00322D56"/>
     <w:rsid w:val="003239F5"/>
     <w:rsid w:val="00323C81"/>
     <w:rsid w:val="00324132"/>
     <w:rsid w:val="003246C8"/>
     <w:rsid w:val="0032551F"/>
     <w:rsid w:val="00325574"/>
     <w:rsid w:val="00325B61"/>
+    <w:rsid w:val="003276AD"/>
     <w:rsid w:val="00327F66"/>
     <w:rsid w:val="003304A6"/>
     <w:rsid w:val="003314DE"/>
     <w:rsid w:val="003318D3"/>
     <w:rsid w:val="00331C56"/>
     <w:rsid w:val="003325D5"/>
     <w:rsid w:val="003325F7"/>
     <w:rsid w:val="0033317D"/>
     <w:rsid w:val="00333EE6"/>
     <w:rsid w:val="003340FF"/>
     <w:rsid w:val="00334359"/>
     <w:rsid w:val="00334376"/>
     <w:rsid w:val="00334F91"/>
     <w:rsid w:val="00335119"/>
     <w:rsid w:val="0033597B"/>
     <w:rsid w:val="00335F4B"/>
     <w:rsid w:val="00335FAA"/>
     <w:rsid w:val="003365F5"/>
     <w:rsid w:val="00337925"/>
     <w:rsid w:val="0033799A"/>
     <w:rsid w:val="00340164"/>
     <w:rsid w:val="00340BA1"/>
     <w:rsid w:val="00340DCD"/>
     <w:rsid w:val="003414B9"/>
     <w:rsid w:val="00341859"/>
@@ -4786,50 +4830,51 @@
     <w:rsid w:val="00343283"/>
     <w:rsid w:val="0034421B"/>
     <w:rsid w:val="00347212"/>
     <w:rsid w:val="003472B0"/>
     <w:rsid w:val="00347A5E"/>
     <w:rsid w:val="00350610"/>
     <w:rsid w:val="00350743"/>
     <w:rsid w:val="00350A7C"/>
     <w:rsid w:val="00350E95"/>
     <w:rsid w:val="00350FC4"/>
     <w:rsid w:val="00351095"/>
     <w:rsid w:val="00351D50"/>
     <w:rsid w:val="00351F9A"/>
     <w:rsid w:val="00352983"/>
     <w:rsid w:val="00352F17"/>
     <w:rsid w:val="003532BF"/>
     <w:rsid w:val="00353CF0"/>
     <w:rsid w:val="0035497A"/>
     <w:rsid w:val="00355641"/>
     <w:rsid w:val="00355A17"/>
     <w:rsid w:val="00357CF6"/>
     <w:rsid w:val="00357E7E"/>
     <w:rsid w:val="003601C2"/>
     <w:rsid w:val="00360A4C"/>
     <w:rsid w:val="0036170D"/>
+    <w:rsid w:val="00361D68"/>
     <w:rsid w:val="00362668"/>
     <w:rsid w:val="003628FC"/>
     <w:rsid w:val="003629FA"/>
     <w:rsid w:val="00362B1B"/>
     <w:rsid w:val="00362B1D"/>
     <w:rsid w:val="00362F36"/>
     <w:rsid w:val="003650DE"/>
     <w:rsid w:val="00365959"/>
     <w:rsid w:val="00366CF8"/>
     <w:rsid w:val="003670AD"/>
     <w:rsid w:val="00367C1A"/>
     <w:rsid w:val="003710CB"/>
     <w:rsid w:val="00371338"/>
     <w:rsid w:val="00371C2B"/>
     <w:rsid w:val="00372A57"/>
     <w:rsid w:val="00372D67"/>
     <w:rsid w:val="00373142"/>
     <w:rsid w:val="00373831"/>
     <w:rsid w:val="00374991"/>
     <w:rsid w:val="003749B7"/>
     <w:rsid w:val="0037557D"/>
     <w:rsid w:val="003755DF"/>
     <w:rsid w:val="003767CE"/>
     <w:rsid w:val="00377DBA"/>
     <w:rsid w:val="003808F2"/>
@@ -5533,50 +5578,51 @@
     <w:rsid w:val="006C6C82"/>
     <w:rsid w:val="006C7189"/>
     <w:rsid w:val="006C736E"/>
     <w:rsid w:val="006C7B8B"/>
     <w:rsid w:val="006D0C73"/>
     <w:rsid w:val="006D21D4"/>
     <w:rsid w:val="006D2C3F"/>
     <w:rsid w:val="006D336E"/>
     <w:rsid w:val="006D3DE7"/>
     <w:rsid w:val="006D40CE"/>
     <w:rsid w:val="006D414F"/>
     <w:rsid w:val="006D4241"/>
     <w:rsid w:val="006D4C7D"/>
     <w:rsid w:val="006D52E2"/>
     <w:rsid w:val="006D603D"/>
     <w:rsid w:val="006D6188"/>
     <w:rsid w:val="006D6F27"/>
     <w:rsid w:val="006D771B"/>
     <w:rsid w:val="006E2110"/>
     <w:rsid w:val="006E2F88"/>
     <w:rsid w:val="006E5237"/>
     <w:rsid w:val="006E65E2"/>
     <w:rsid w:val="006F0B24"/>
     <w:rsid w:val="006F0FD6"/>
     <w:rsid w:val="006F10C6"/>
+    <w:rsid w:val="006F1F7A"/>
     <w:rsid w:val="006F22D9"/>
     <w:rsid w:val="006F3058"/>
     <w:rsid w:val="006F37BD"/>
     <w:rsid w:val="006F3EEB"/>
     <w:rsid w:val="006F43B4"/>
     <w:rsid w:val="006F4600"/>
     <w:rsid w:val="006F5DFD"/>
     <w:rsid w:val="006F6462"/>
     <w:rsid w:val="006F70ED"/>
     <w:rsid w:val="00700380"/>
     <w:rsid w:val="00701880"/>
     <w:rsid w:val="007025F7"/>
     <w:rsid w:val="00702CCE"/>
     <w:rsid w:val="00703C16"/>
     <w:rsid w:val="00703CED"/>
     <w:rsid w:val="00704A5E"/>
     <w:rsid w:val="00704F1D"/>
     <w:rsid w:val="007053B7"/>
     <w:rsid w:val="007065A8"/>
     <w:rsid w:val="0070664E"/>
     <w:rsid w:val="00707254"/>
     <w:rsid w:val="007073E4"/>
     <w:rsid w:val="007075E8"/>
     <w:rsid w:val="00710400"/>
     <w:rsid w:val="007106E0"/>
@@ -6557,50 +6603,51 @@
     <w:rsid w:val="00B5052C"/>
     <w:rsid w:val="00B50652"/>
     <w:rsid w:val="00B50E3A"/>
     <w:rsid w:val="00B51DD0"/>
     <w:rsid w:val="00B521DE"/>
     <w:rsid w:val="00B5228A"/>
     <w:rsid w:val="00B5246D"/>
     <w:rsid w:val="00B549CF"/>
     <w:rsid w:val="00B54C55"/>
     <w:rsid w:val="00B563FC"/>
     <w:rsid w:val="00B571E1"/>
     <w:rsid w:val="00B57929"/>
     <w:rsid w:val="00B57C12"/>
     <w:rsid w:val="00B57F42"/>
     <w:rsid w:val="00B616F3"/>
     <w:rsid w:val="00B6294C"/>
     <w:rsid w:val="00B62BBE"/>
     <w:rsid w:val="00B647AF"/>
     <w:rsid w:val="00B6488E"/>
     <w:rsid w:val="00B65B4E"/>
     <w:rsid w:val="00B65CA1"/>
     <w:rsid w:val="00B6620A"/>
     <w:rsid w:val="00B67180"/>
     <w:rsid w:val="00B671C7"/>
     <w:rsid w:val="00B67EB5"/>
+    <w:rsid w:val="00B7049D"/>
     <w:rsid w:val="00B7163F"/>
     <w:rsid w:val="00B721ED"/>
     <w:rsid w:val="00B7256E"/>
     <w:rsid w:val="00B73432"/>
     <w:rsid w:val="00B7352C"/>
     <w:rsid w:val="00B748CF"/>
     <w:rsid w:val="00B75EBC"/>
     <w:rsid w:val="00B77387"/>
     <w:rsid w:val="00B775A4"/>
     <w:rsid w:val="00B77B7A"/>
     <w:rsid w:val="00B80F89"/>
     <w:rsid w:val="00B81073"/>
     <w:rsid w:val="00B81B5F"/>
     <w:rsid w:val="00B81DEA"/>
     <w:rsid w:val="00B82B18"/>
     <w:rsid w:val="00B83D95"/>
     <w:rsid w:val="00B83FD4"/>
     <w:rsid w:val="00B84111"/>
     <w:rsid w:val="00B8432D"/>
     <w:rsid w:val="00B845C0"/>
     <w:rsid w:val="00B85546"/>
     <w:rsid w:val="00B8568C"/>
     <w:rsid w:val="00B85EA7"/>
     <w:rsid w:val="00B86484"/>
     <w:rsid w:val="00B865EE"/>
@@ -6793,50 +6840,51 @@
     <w:rsid w:val="00C55E04"/>
     <w:rsid w:val="00C56BAE"/>
     <w:rsid w:val="00C56C5D"/>
     <w:rsid w:val="00C61DA5"/>
     <w:rsid w:val="00C61DAE"/>
     <w:rsid w:val="00C6248F"/>
     <w:rsid w:val="00C6324E"/>
     <w:rsid w:val="00C64562"/>
     <w:rsid w:val="00C646EF"/>
     <w:rsid w:val="00C64C19"/>
     <w:rsid w:val="00C652CA"/>
     <w:rsid w:val="00C65302"/>
     <w:rsid w:val="00C6591F"/>
     <w:rsid w:val="00C65C14"/>
     <w:rsid w:val="00C66053"/>
     <w:rsid w:val="00C665FC"/>
     <w:rsid w:val="00C66B0A"/>
     <w:rsid w:val="00C66E70"/>
     <w:rsid w:val="00C675BD"/>
     <w:rsid w:val="00C67870"/>
     <w:rsid w:val="00C70325"/>
     <w:rsid w:val="00C7145D"/>
     <w:rsid w:val="00C720A2"/>
     <w:rsid w:val="00C73AD2"/>
     <w:rsid w:val="00C745E1"/>
+    <w:rsid w:val="00C751BE"/>
     <w:rsid w:val="00C75A3A"/>
     <w:rsid w:val="00C76598"/>
     <w:rsid w:val="00C76731"/>
     <w:rsid w:val="00C76831"/>
     <w:rsid w:val="00C76C2A"/>
     <w:rsid w:val="00C806F0"/>
     <w:rsid w:val="00C8089E"/>
     <w:rsid w:val="00C817C9"/>
     <w:rsid w:val="00C81CB5"/>
     <w:rsid w:val="00C82A3B"/>
     <w:rsid w:val="00C82C2B"/>
     <w:rsid w:val="00C84D85"/>
     <w:rsid w:val="00C85FE2"/>
     <w:rsid w:val="00C86507"/>
     <w:rsid w:val="00C866F1"/>
     <w:rsid w:val="00C86E58"/>
     <w:rsid w:val="00C8796F"/>
     <w:rsid w:val="00C87984"/>
     <w:rsid w:val="00C87AE1"/>
     <w:rsid w:val="00C87F17"/>
     <w:rsid w:val="00C90368"/>
     <w:rsid w:val="00C90B2A"/>
     <w:rsid w:val="00C92571"/>
     <w:rsid w:val="00C9285F"/>
     <w:rsid w:val="00C929F0"/>
@@ -7014,50 +7062,51 @@
     <w:rsid w:val="00D57D17"/>
     <w:rsid w:val="00D57EC3"/>
     <w:rsid w:val="00D601F4"/>
     <w:rsid w:val="00D604DA"/>
     <w:rsid w:val="00D60F34"/>
     <w:rsid w:val="00D610FD"/>
     <w:rsid w:val="00D62601"/>
     <w:rsid w:val="00D62724"/>
     <w:rsid w:val="00D62E27"/>
     <w:rsid w:val="00D62E59"/>
     <w:rsid w:val="00D62E8D"/>
     <w:rsid w:val="00D63128"/>
     <w:rsid w:val="00D63573"/>
     <w:rsid w:val="00D635B8"/>
     <w:rsid w:val="00D65129"/>
     <w:rsid w:val="00D65D96"/>
     <w:rsid w:val="00D6630A"/>
     <w:rsid w:val="00D672EF"/>
     <w:rsid w:val="00D67F88"/>
     <w:rsid w:val="00D70B52"/>
     <w:rsid w:val="00D74071"/>
     <w:rsid w:val="00D74CAD"/>
     <w:rsid w:val="00D750CD"/>
     <w:rsid w:val="00D77310"/>
     <w:rsid w:val="00D80816"/>
+    <w:rsid w:val="00D812EF"/>
     <w:rsid w:val="00D83676"/>
     <w:rsid w:val="00D83B1A"/>
     <w:rsid w:val="00D84514"/>
     <w:rsid w:val="00D85A4E"/>
     <w:rsid w:val="00D85BF0"/>
     <w:rsid w:val="00D864CD"/>
     <w:rsid w:val="00D86728"/>
     <w:rsid w:val="00D86BB9"/>
     <w:rsid w:val="00D86D7D"/>
     <w:rsid w:val="00D87C13"/>
     <w:rsid w:val="00D90422"/>
     <w:rsid w:val="00D91B4C"/>
     <w:rsid w:val="00D939BF"/>
     <w:rsid w:val="00D94A30"/>
     <w:rsid w:val="00D9514B"/>
     <w:rsid w:val="00D95460"/>
     <w:rsid w:val="00D954AF"/>
     <w:rsid w:val="00D95501"/>
     <w:rsid w:val="00D95B5F"/>
     <w:rsid w:val="00D96214"/>
     <w:rsid w:val="00D971F5"/>
     <w:rsid w:val="00D97275"/>
     <w:rsid w:val="00D975BB"/>
     <w:rsid w:val="00D97D0E"/>
     <w:rsid w:val="00DA0D9F"/>
@@ -8407,51 +8456,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A30056"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8684,50 +8733,80 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SignaturesHtml xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
+    <ValidationDate xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
+    <RegNr xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <IsSysUpdate xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
+    <ValidationStatus xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
+    <ThreeRoApprovalComments xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007D3C5E59C970B741AE328B4EE99B0AEE" ma:contentTypeVersion="9" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="41f2ff5c7831833a941c841e9c8d9595">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac0f992c-7adf-438d-b4e2-b453d9154b75" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="35c0e823eef2f10df749567e6293beb8" ns2:_="" ns3:_="">
     <xsd:import namespace="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:SignaturesHtml" minOccurs="0"/>
                 <xsd:element ref="ns3:ValidationDate" minOccurs="0"/>
                 <xsd:element ref="ns3:ValidationStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -8874,165 +8953,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{568DCF23-865B-435C-87B4-628570956B59}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E605E43-6846-4A41-B049-64903FFDE943}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2C556B-5519-453D-A17A-D9ECFAA083F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A4F1511-56DD-48B1-8E06-884DF645BFFF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C5F77C0-2E91-4E26-A281-9E651A0789C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>258</Words>
-  <Characters>1803</Characters>
+  <Words>248</Words>
+  <Characters>1723</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2057</CharactersWithSpaces>
+  <CharactersWithSpaces>1968</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Raimonds Brīdaks</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007D3C5E59C970B741AE328B4EE99B0AEE</vt:lpwstr>
   </property>
 </Properties>
 </file>