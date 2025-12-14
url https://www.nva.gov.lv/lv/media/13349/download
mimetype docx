--- v1 (2025-11-23)
+++ v2 (2025-12-14)
@@ -1,90 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.7.0 -->
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00692067" w:rsidP="00F91042" w14:paraId="57EE3573" w14:textId="77777777">
+    <w:p w14:paraId="68856F1E" w14:textId="77777777" w:rsidR="00D864CD" w:rsidRPr="00663892" w:rsidRDefault="00C90884" w:rsidP="00573D2E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc417567323"/>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00213B25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Profesionālās </w:t>
       </w:r>
       <w:r w:rsidR="005C047A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pilnveides izglītības </w:t>
       </w:r>
       <w:r w:rsidRPr="00213B25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
@@ -93,2018 +79,2038 @@
         </w:rPr>
         <w:t>programmu</w:t>
       </w:r>
       <w:r w:rsidR="00692067">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00213B25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>saraksts, kurās nepieciešams veikt bezdarbnieku apmācību</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00F91042" w:rsidP="0003153A" w14:paraId="6204B2C7" w14:textId="77777777">
+    <w:p w14:paraId="6204B2C7" w14:textId="77777777" w:rsidR="00F91042" w:rsidRDefault="00F91042" w:rsidP="0003153A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C047A" w:rsidP="00F91042" w14:paraId="694B772C" w14:textId="77777777">
+    <w:p w14:paraId="694B772C" w14:textId="77777777" w:rsidR="005C047A" w:rsidRDefault="005C047A" w:rsidP="00F91042">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C047A" w:rsidP="005C047A" w14:paraId="0F27CEFE" w14:textId="77777777">
+    <w:p w14:paraId="0F27CEFE" w14:textId="77777777" w:rsidR="005C047A" w:rsidRDefault="00C90884" w:rsidP="005C047A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91042">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Profesionālās pilnveides izglītības programmu kopas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098369B" w:rsidRPr="00F91042" w:rsidP="005C047A" w14:paraId="053CB15B" w14:textId="77777777">
+    <w:p w14:paraId="053CB15B" w14:textId="77777777" w:rsidR="0098369B" w:rsidRPr="00F91042" w:rsidRDefault="0098369B" w:rsidP="005C047A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15861" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="2101"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1833"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1712"/>
         <w:gridCol w:w="1983"/>
       </w:tblGrid>
-      <w:tr w14:paraId="61F38C4E" w14:textId="77777777" w:rsidTr="00DA64CE">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006902BB" w14:paraId="61F38C4E" w14:textId="77777777" w:rsidTr="00DA64CE">
         <w:trPr>
           <w:cantSplit/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="046CA3B0" w14:textId="77777777">
+          <w:p w14:paraId="046CA3B0" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nr. p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="56D0502F" w14:textId="77777777">
+          <w:p w14:paraId="56D0502F" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Profesionālās pilnveides programmu kopas nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="5FBA6930" w14:textId="77777777">
+          <w:p w14:paraId="5FBA6930" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Mācību</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="0D623107" w14:textId="77777777">
+          <w:p w14:paraId="0D623107" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>stundu</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="6F858742" w14:textId="0AFFA42D">
+          <w:p w14:paraId="6F858742" w14:textId="0AFFA42D" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3EF27CA6" w14:textId="3BEB8AF4">
+          <w:p w14:paraId="3EF27CA6" w14:textId="3BEB8AF4" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Profesionālās pilnveides izglītības programmas kods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="77A4D0EE" w14:textId="77777777">
+          <w:p w14:paraId="77A4D0EE" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Prasības</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="08F0387E" w14:textId="77777777">
+          <w:p w14:paraId="08F0387E" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>iepriekšējai izglītībai izglītojamajam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="02B40156" w14:textId="77777777">
+          <w:p w14:paraId="02B40156" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kupona bāzes vērtība</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="4EA3DF43" w14:textId="77777777">
+          <w:p w14:paraId="4EA3DF43" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="currency2">
               <w:smartTagPr>
+                <w:attr w:name="currency_value" w:val="1"/>
+                <w:attr w:name="currency_text" w:val="EUR"/>
+                <w:attr w:name="currency_key" w:val="EUR"/>
                 <w:attr w:name="currency_id" w:val="16"/>
-                <w:attr w:name="currency_key" w:val="EUR"/>
-[...1 lines deleted...]
-                <w:attr w:name="currency_value" w:val="1"/>
               </w:smartTagPr>
               <w:r w:rsidRPr="00AF430A">
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>EUR</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="7FB8EED2" w14:textId="77777777">
+          <w:p w14:paraId="7FB8EED2" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Indeksācija %**</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="74AEEB31" w14:textId="77777777">
+          <w:p w14:paraId="74AEEB31" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00DA64CE" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="7581AF35" w14:textId="77777777">
+          <w:p w14:paraId="7581AF35" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kupona bāzes vērtība kopā ar indeksācijas %</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="0B2B8090" w14:textId="4914BA75">
+          <w:p w14:paraId="0B2B8090" w14:textId="4914BA75" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(EUR)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="1EEFD4FA" w14:textId="77777777">
+          <w:p w14:paraId="1EEFD4FA" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Koeficients</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="71CA4B4A" w14:textId="77777777">
+          <w:p w14:paraId="71CA4B4A" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>atbilstoši</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="78B7593B" w14:textId="77777777">
+          <w:p w14:paraId="78B7593B" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ministru</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="2CE7164F" w14:textId="77777777">
+          <w:p w14:paraId="2CE7164F" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>kabineta noteikumiem*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidP="00DA64CE" w14:paraId="384FA180" w14:textId="77777777">
+          <w:p w14:paraId="384FA180" w14:textId="77777777" w:rsidR="00DA64CE" w:rsidRPr="00AF430A" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2022"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Maksimālās kopējās izmaksas vienai personai par visu Apmācību periodu (</w:t>
             </w:r>
             <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="currency2">
               <w:smartTagPr>
+                <w:attr w:name="currency_value" w:val="1"/>
+                <w:attr w:name="currency_text" w:val="EUR"/>
+                <w:attr w:name="currency_key" w:val="EUR"/>
                 <w:attr w:name="currency_id" w:val="16"/>
-                <w:attr w:name="currency_key" w:val="EUR"/>
-[...1 lines deleted...]
-                <w:attr w:name="currency_value" w:val="1"/>
               </w:smartTagPr>
               <w:r w:rsidRPr="00AF430A">
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>EUR</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00AF430A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5A5BE717" w14:textId="77777777" w:rsidTr="00DA64CE">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006902BB" w14:paraId="5A5BE717" w14:textId="77777777" w:rsidTr="00DA64CE">
         <w:trPr>
           <w:cantSplit/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="262914ED" w14:textId="15033A6A">
+          <w:p w14:paraId="262914ED" w14:textId="15033A6A" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="11148791" w14:textId="010F3E6D">
+          <w:p w14:paraId="11148791" w14:textId="010F3E6D" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Būvdarbi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="5BA17361" w14:textId="1B601E37">
+          <w:p w14:paraId="5BA17361" w14:textId="1B601E37" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="5BD448CC" w14:textId="563E88BB">
+          <w:p w14:paraId="5BD448CC" w14:textId="563E88BB" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="79F99DE9" w14:textId="63EDF5EE">
+          <w:p w14:paraId="79F99DE9" w14:textId="63EDF5EE" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00F91042" w:rsidP="00DA64CE" w14:paraId="782BF1BF" w14:textId="7ACAA648">
+          <w:p w14:paraId="782BF1BF" w14:textId="7ACAA648" w:rsidR="00DA64CE" w:rsidRPr="00F91042" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidP="00DA64CE" w14:paraId="48E62133" w14:textId="1FCDB785">
+          <w:p w14:paraId="48E62133" w14:textId="1FCDB785" w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5,45</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D812EF" w:rsidR="002B191E">
+            <w:r w:rsidR="002B191E" w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidP="00DA64CE" w14:paraId="3F948243" w14:textId="7C6C2672">
+          <w:p w14:paraId="3F948243" w14:textId="7C6C2672" w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r w:rsidR="00D812EF">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidP="00DA64CE" w14:paraId="3F560AEC" w14:textId="2A611B1B">
+          <w:p w14:paraId="3F560AEC" w14:textId="2A611B1B" w:rsidR="00DA64CE" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidP="00DA64CE" w14:paraId="62EDDD9E" w14:textId="396539C6">
+          <w:p w14:paraId="62EDDD9E" w14:textId="396539C6" w:rsidR="00DA64CE" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00DA64CE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00D812EF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>89,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="679F2B56" w14:textId="77777777" w:rsidTr="00D812EF">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006902BB" w14:paraId="679F2B56" w14:textId="77777777" w:rsidTr="00D812EF">
         <w:trPr>
           <w:cantSplit/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="575A8040" w14:textId="599D2543">
+          <w:p w14:paraId="575A8040" w14:textId="599D2543" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="45F6F104" w14:textId="091DA987">
+          <w:p w14:paraId="45F6F104" w14:textId="091DA987" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ēdināšanas pakalpojumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3182DA4A" w14:textId="5173E7B7">
+          <w:p w14:paraId="3182DA4A" w14:textId="5173E7B7" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="7998690A" w14:textId="67ABF9EA">
+          <w:p w14:paraId="7998690A" w14:textId="67ABF9EA" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="670298D8" w14:textId="22C3B612">
+          <w:p w14:paraId="670298D8" w14:textId="22C3B612" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidP="00D812EF" w14:paraId="69AE8C2E" w14:textId="77777777">
+          <w:p w14:paraId="69AE8C2E" w14:textId="77777777" w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="6844A842" w14:textId="4491BB8B">
+          <w:p w14:paraId="6844A842" w14:textId="4491BB8B" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5,45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="2CF7ED3B" w14:textId="2A4E6363">
+          <w:p w14:paraId="2CF7ED3B" w14:textId="2A4E6363" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C751BE">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>463,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3E54B093" w14:textId="5B797E29">
+          <w:p w14:paraId="3E54B093" w14:textId="5B797E29" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="5206BD76" w14:textId="62F0FF1E">
+          <w:p w14:paraId="5206BD76" w14:textId="62F0FF1E" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,1</w:t>
             </w:r>
             <w:r w:rsidR="00061C6D">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2F5AE18B" w14:textId="77777777" w:rsidTr="00D812EF">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006902BB" w14:paraId="2F5AE18B" w14:textId="77777777" w:rsidTr="00D812EF">
         <w:trPr>
           <w:cantSplit/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="604E696B" w14:textId="54F52B9D">
+          <w:p w14:paraId="604E696B" w14:textId="54F52B9D" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3B2F0C48" w14:textId="2355E455">
+          <w:p w14:paraId="3B2F0C48" w14:textId="2355E455" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Grāmatvedība</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="204F6EB6" w14:textId="668D391C">
+          <w:p w14:paraId="204F6EB6" w14:textId="668D391C" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="1C04341B" w14:textId="3D606BAB">
+          <w:p w14:paraId="1C04341B" w14:textId="3D606BAB" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="684FAE85" w14:textId="4F9733AC">
+          <w:p w14:paraId="684FAE85" w14:textId="4F9733AC" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidP="00D812EF" w14:paraId="53E725CB" w14:textId="77777777">
+          <w:p w14:paraId="53E725CB" w14:textId="77777777" w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="65A1B1CA" w14:textId="682EE337">
+          <w:p w14:paraId="65A1B1CA" w14:textId="682EE337" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5,45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="072E7272" w14:textId="0116BE32">
+          <w:p w14:paraId="072E7272" w14:textId="0116BE32" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C751BE">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>463,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="1BE92DA6" w14:textId="5EE9C495">
+          <w:p w14:paraId="1BE92DA6" w14:textId="5EE9C495" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="5B88EF8D" w14:textId="646540C4">
+          <w:p w14:paraId="5B88EF8D" w14:textId="646540C4" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3,9</w:t>
             </w:r>
             <w:r w:rsidR="00061C6D">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="602C6227" w14:textId="77777777" w:rsidTr="00D812EF">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006902BB" w14:paraId="602C6227" w14:textId="77777777" w:rsidTr="00D812EF">
         <w:trPr>
           <w:cantSplit/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="4C8B6BDC" w14:textId="291F37D3">
+          <w:p w14:paraId="4C8B6BDC" w14:textId="291F37D3" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="1BB5B303" w14:textId="7F711512">
+          <w:p w14:paraId="39CD1850" w14:textId="77777777" w:rsidR="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Metālapstrāde</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BB5B303" w14:textId="78E1754B" w:rsidR="00777F50" w:rsidRPr="00573D2E" w:rsidRDefault="00777F50" w:rsidP="00D812EF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="2431"/>
+                <w:tab w:val="left" w:pos="2618"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573D2E">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00573D2E" w:rsidRPr="00573D2E">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>NVA mācību piedāvājumu sarakstā nav programmas īstenotāja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00573D2E">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="7D12A1CD" w14:textId="52D4DB03">
+          <w:p w14:paraId="7D12A1CD" w14:textId="52D4DB03" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="57B9B5B3" w14:textId="5FEC2888">
+          <w:p w14:paraId="57B9B5B3" w14:textId="5FEC2888" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="0A7C6D7F" w14:textId="5EA433CE">
+          <w:p w14:paraId="0A7C6D7F" w14:textId="5EA433CE" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidP="00D812EF" w14:paraId="62814FF7" w14:textId="77777777">
+          <w:p w14:paraId="62814FF7" w14:textId="77777777" w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="15E5A4BA" w14:textId="5CE8A5F7">
+          <w:p w14:paraId="15E5A4BA" w14:textId="5CE8A5F7" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5,45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="25ED3FED" w14:textId="59A5ABF2">
+          <w:p w14:paraId="25ED3FED" w14:textId="59A5ABF2" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C751BE">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>463,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="19BA1E19" w14:textId="18803BB5">
+          <w:p w14:paraId="19BA1E19" w14:textId="18803BB5" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1,35 vai </w:t>
             </w:r>
             <w:r w:rsidRPr="002B191E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2,9****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="14216500" w14:textId="2C04283B">
+          <w:p w14:paraId="14216500" w14:textId="2C04283B" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
@@ -2119,413 +2125,431 @@
               <w:t>26,37</w:t>
             </w:r>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai 13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>45,54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3D5E5893" w14:textId="77777777" w:rsidTr="00D812EF">
-[...4 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006902BB" w14:paraId="3D5E5893" w14:textId="77777777" w:rsidTr="00D812EF">
         <w:trPr>
           <w:cantSplit/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3A072248" w14:textId="77777777">
+          <w:p w14:paraId="3A072248" w14:textId="77777777" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="3EBAE844" w14:textId="36E734EC">
+          <w:p w14:paraId="3FFDA271" w14:textId="77777777" w:rsidR="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Sociālā aprūpe</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EBAE844" w14:textId="1DFD76BE" w:rsidR="00777F50" w:rsidRPr="00DA64CE" w:rsidRDefault="00573D2E" w:rsidP="00D812EF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1080"/>
+                <w:tab w:val="left" w:pos="2431"/>
+                <w:tab w:val="left" w:pos="2618"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00573D2E">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(NVA mācību piedāvājumu sarakstā nav programmas īstenotāja)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="6E8A3150" w14:textId="4AE2D4E3">
+          <w:p w14:paraId="6E8A3150" w14:textId="4AE2D4E3" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>no 80 stundām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="236D56D1" w14:textId="6B8703E3">
+          <w:p w14:paraId="236D56D1" w14:textId="6B8703E3" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>30P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="34A848CC" w14:textId="1174ED46">
+          <w:p w14:paraId="34A848CC" w14:textId="1174ED46" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA64CE">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>profesionālā izglītība nozarē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidP="00D812EF" w14:paraId="36FD8EC7" w14:textId="77777777">
+          <w:p w14:paraId="36FD8EC7" w14:textId="77777777" w:rsidR="00D812EF" w:rsidRPr="00F91042" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91042">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="385B4BE0" w14:textId="34D00E75">
+          <w:p w14:paraId="385B4BE0" w14:textId="34D00E75" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5,45%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="217A9337" w14:textId="100E6DDB">
+          <w:p w14:paraId="217A9337" w14:textId="100E6DDB" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C751BE">
               <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>463,98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidP="00D812EF" w14:paraId="766E595A" w14:textId="3393E172">
+          <w:p w14:paraId="766E595A" w14:textId="3393E172" w:rsidR="00D812EF" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidP="00D812EF" w14:paraId="0266D0A1" w14:textId="1B727885">
+          <w:p w14:paraId="0266D0A1" w14:textId="1B727885" w:rsidR="00D812EF" w:rsidRPr="00D812EF" w:rsidRDefault="00C90884" w:rsidP="00D812EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2431"/>
                 <w:tab w:val="left" w:pos="2618"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812EF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>65,5</w:t>
             </w:r>
             <w:r w:rsidR="00061C6D">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00597540" w:rsidRPr="00DA64CE" w:rsidP="00597540" w14:paraId="6778E00F" w14:textId="77777777">
+    <w:p w14:paraId="6778E00F" w14:textId="77777777" w:rsidR="00597540" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00597540">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk144375247"/>
       <w:r w:rsidRPr="00DA64CE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>* Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00597540" w:rsidRPr="00DA64CE" w:rsidP="00597540" w14:paraId="23389C6F" w14:textId="5E01A400">
+    <w:p w14:paraId="23389C6F" w14:textId="5E01A400" w:rsidR="00597540" w:rsidRPr="00DA64CE" w:rsidRDefault="00C90884" w:rsidP="00597540">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk107580323"/>
       <w:r w:rsidRPr="002B191E">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="002B191E">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Saskaņā ar Labklājības ministrijas 2025. gada 6.oktobra Rīkojumu Nr.3/AF “Par vienības izmaksu standarta likmes aprēķina un piemērošanas metodiku mācību un stipendijas izmaksām” apstiprināšanu”.  Šajā metodikā noteiktās likmes un kuponu vērtības piemēro no 2025. gada 1. novembra.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00597540" w:rsidP="00597540" w14:paraId="4DD600E6" w14:textId="76D8A6E4">
+    <w:p w14:paraId="4DD600E6" w14:textId="76D8A6E4" w:rsidR="00597540" w:rsidRDefault="00C90884" w:rsidP="00597540">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA64CE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*** Ministru kabineta 2007. gada 2. oktobra noteikumi Nr.655 „Noteikumi par profesionālās izglītības programmu īstenošanas izmaksu minimumu uz vienu izglītojamo”</w:t>
       </w:r>
       <w:r w:rsidR="00E47536">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk196380005"/>
@@ -2533,153 +2557,142 @@
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>MK noteikumi Nr.655</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00E47536">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000F6079">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F6079" w:rsidRPr="002B191E" w:rsidP="00597540" w14:paraId="36A61D22" w14:textId="44D3A48C">
+    <w:p w14:paraId="36A61D22" w14:textId="44D3A48C" w:rsidR="000F6079" w:rsidRPr="002B191E" w:rsidRDefault="00C90884" w:rsidP="00597540">
       <w:pPr>
         <w:ind w:left="142" w:hanging="142"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B191E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">**** </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B191E" w:rsidR="00E47536">
+      <w:r w:rsidR="00E47536" w:rsidRPr="002B191E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Atbilstoši MK noteikumos Nr.655 noteiktajam, m</w:t>
       </w:r>
       <w:r w:rsidRPr="002B191E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>etālapstrādes izglītības programmu grupas izglītības programmu, kurās sagatavo metināšanas speciālistus, izmaksu minimālais koeficients – 2,9.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="003E7443" w:rsidRPr="002B191E" w:rsidP="00054F75" w14:paraId="25ED68B3" w14:textId="77777777">
+    <w:p w14:paraId="25ED68B3" w14:textId="77777777" w:rsidR="003E7443" w:rsidRPr="002B191E" w:rsidRDefault="003E7443" w:rsidP="00054F75">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C047A" w:rsidP="005C047A" w14:paraId="1FD65925" w14:textId="77777777">
-[...29 lines deleted...]
-    <w:p w:rsidR="00F91042" w:rsidP="00DA64CE" w14:paraId="3A78EFD9" w14:textId="77777777">
+    <w:p w14:paraId="3A78EFD9" w14:textId="77777777" w:rsidR="00F91042" w:rsidRDefault="00F91042" w:rsidP="00DA64CE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidSect="000028EE">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00F91042" w:rsidSect="000028EE">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="709" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:chapStyle="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="23D563E4" w14:textId="77777777" w:rsidR="00B21DBB" w:rsidRDefault="00B21DBB">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7D77D7AE" w14:textId="77777777" w:rsidR="00B21DBB" w:rsidRDefault="00B21DBB">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -2732,680 +2745,693 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="000F6F71" w14:paraId="48536DC8" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="48536DC8" w14:textId="77777777" w:rsidR="000F6F71" w:rsidRDefault="000F6F71">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00266ADA" w:rsidP="00266ADA" w14:paraId="7A984BBA" w14:textId="2211C78A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7A984BBA" w14:textId="2211C78A" w:rsidR="00266ADA" w:rsidRDefault="00C90884" w:rsidP="00266ADA">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>KRG_4.2.14.2_33.pielikums_</w:t>
     </w:r>
     <w:r w:rsidR="0042363C">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">.versija </w:t>
     </w:r>
     <w:r w:rsidRPr="009B5FFC">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:lang w:val="en-US" w:bidi="he-IL"/>
       </w:rPr>
       <w:t>14.03.2025.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00266ADA" w:rsidRPr="00266ADA" w:rsidP="00266ADA" w14:paraId="158FC66F" w14:textId="77777777">
+  <w:p w14:paraId="158FC66F" w14:textId="77777777" w:rsidR="00266ADA" w:rsidRPr="00266ADA" w:rsidRDefault="00266ADA" w:rsidP="00266ADA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00266ADA" w:rsidP="00266ADA" w14:paraId="7329ABF9" w14:textId="73DAE7BE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7329ABF9" w14:textId="73DAE7BE" w:rsidR="00266ADA" w:rsidRDefault="00C90884" w:rsidP="00266ADA">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">KRG_4.2.14.2_33.pielikums_4.versija </w:t>
     </w:r>
-    <w:r w:rsidRPr="000F6F71" w:rsidR="002F1350">
+    <w:r w:rsidR="002F1350" w:rsidRPr="000F6F71">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>10.10.2025.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00266ADA" w14:paraId="7872B030" w14:textId="77777777">
+  <w:p w14:paraId="7872B030" w14:textId="77777777" w:rsidR="00266ADA" w:rsidRDefault="00266ADA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="58009CA5" w14:textId="77777777" w:rsidR="00B21DBB" w:rsidRDefault="00B21DBB">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7E7728BA" w14:textId="77777777" w:rsidR="00B21DBB" w:rsidRDefault="00B21DBB">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00266ADA" w:rsidP="002C5954" w14:paraId="66B3E0B4" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="66B3E0B4" w14:textId="77777777" w:rsidR="00266ADA" w:rsidRDefault="00C90884" w:rsidP="002C5954">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="separate"/>
-[...4 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00266ADA" w14:paraId="1DC0449E" w14:textId="77777777">
+  <w:p w14:paraId="1DC0449E" w14:textId="77777777" w:rsidR="00266ADA" w:rsidRDefault="00266ADA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00266ADA" w:rsidP="002C5954" w14:paraId="67644BD4" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="67644BD4" w14:textId="77777777" w:rsidR="00266ADA" w:rsidRDefault="00C90884" w:rsidP="002C5954">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00266ADA" w14:paraId="0DBE02DF" w14:textId="77777777">
+  <w:p w14:paraId="0DBE02DF" w14:textId="77777777" w:rsidR="00266ADA" w:rsidRDefault="00266ADA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="000F6F71" w14:paraId="07EDC329" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="07EDC329" w14:textId="77777777" w:rsidR="000F6F71" w:rsidRDefault="000F6F71">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25777924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18166F52"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="C39835C4">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2FB0F6B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30C41DE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18AAA964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D960CC60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3A4AA502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A5F65242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2932CEC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53A68214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B3B4115"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2026D222"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="B5E0D044">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56FC69C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="CE0641A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="004EF06E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6E80834E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="CB0E8F28" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66C8602A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BF0A68E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="CAF00388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42C06FC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C666EF8C"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="FBD49F76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0400F458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8DDA71BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DA8CA528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="5D18D1E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1E44717A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="BEE02E02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75222E0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="07408776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="511A14A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28BC2E72"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="1D98C242">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E7787E92" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0E0401EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="AF7840EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D19E1F98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="5E5662B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="497A5A06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30D00A4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="723E55B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65D15786"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C3B0CCC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -3501,126 +3527,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6658163B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="312246D6"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="65981978">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="736C627C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="CA86131A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3F9A53B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FD7C3B92" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="9F8AE1DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3E20AE0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8BFE104E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D9BE0E06" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A8D705E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="349245AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3731,172 +3757,172 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73BE7F85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB045634"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="2B66677E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A4B0A1A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BEB4842A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B8A2C450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A5760F72" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D06690A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9800E128" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="372A9E2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2076BA66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79D36CD1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F5CC8B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4029,60 +4055,68 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="1" w:directFormattingOnParagraphs="1" w:directFormattingOnRuns="1" w:directFormattingOnTables="1" w:headingStyles="0" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="0" w:tableStyles="0" w:top3HeadingStyles="1" w:visibleStyles="0"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003017C6"/>
     <w:rsid w:val="000002E1"/>
     <w:rsid w:val="000028EE"/>
     <w:rsid w:val="000036CE"/>
     <w:rsid w:val="0000413B"/>
     <w:rsid w:val="000041CB"/>
     <w:rsid w:val="000047BD"/>
     <w:rsid w:val="00004B59"/>
     <w:rsid w:val="00004B9F"/>
     <w:rsid w:val="000052AF"/>
     <w:rsid w:val="00005848"/>
     <w:rsid w:val="00006002"/>
     <w:rsid w:val="00007108"/>
     <w:rsid w:val="00007508"/>
     <w:rsid w:val="00007797"/>
     <w:rsid w:val="00007EAE"/>
@@ -5228,50 +5262,51 @@
     <w:rsid w:val="00552B41"/>
     <w:rsid w:val="00554806"/>
     <w:rsid w:val="00557684"/>
     <w:rsid w:val="00557729"/>
     <w:rsid w:val="00560232"/>
     <w:rsid w:val="00560B7E"/>
     <w:rsid w:val="00560D4A"/>
     <w:rsid w:val="00561458"/>
     <w:rsid w:val="005618D4"/>
     <w:rsid w:val="00561D5B"/>
     <w:rsid w:val="00564E55"/>
     <w:rsid w:val="00565507"/>
     <w:rsid w:val="0056570C"/>
     <w:rsid w:val="0056695E"/>
     <w:rsid w:val="00567351"/>
     <w:rsid w:val="00567AEA"/>
     <w:rsid w:val="00567F35"/>
     <w:rsid w:val="0057058A"/>
     <w:rsid w:val="00570A07"/>
     <w:rsid w:val="005711A7"/>
     <w:rsid w:val="005713E5"/>
     <w:rsid w:val="0057176D"/>
     <w:rsid w:val="00571B1E"/>
     <w:rsid w:val="00573281"/>
     <w:rsid w:val="0057338C"/>
+    <w:rsid w:val="00573D2E"/>
     <w:rsid w:val="00574765"/>
     <w:rsid w:val="0057483F"/>
     <w:rsid w:val="005748B7"/>
     <w:rsid w:val="00574CC3"/>
     <w:rsid w:val="0057612A"/>
     <w:rsid w:val="005761CA"/>
     <w:rsid w:val="00576C8B"/>
     <w:rsid w:val="00576CBC"/>
     <w:rsid w:val="00580093"/>
     <w:rsid w:val="00580580"/>
     <w:rsid w:val="0058061C"/>
     <w:rsid w:val="00580829"/>
     <w:rsid w:val="005815FA"/>
     <w:rsid w:val="00581DCA"/>
     <w:rsid w:val="005828AD"/>
     <w:rsid w:val="00582C23"/>
     <w:rsid w:val="00583083"/>
     <w:rsid w:val="00583265"/>
     <w:rsid w:val="005840FE"/>
     <w:rsid w:val="00584A2A"/>
     <w:rsid w:val="005851D2"/>
     <w:rsid w:val="005853DC"/>
     <w:rsid w:val="00585648"/>
     <w:rsid w:val="00587274"/>
     <w:rsid w:val="00587576"/>
@@ -5490,50 +5525,51 @@
     <w:rsid w:val="00672A2B"/>
     <w:rsid w:val="00672AF5"/>
     <w:rsid w:val="00672B75"/>
     <w:rsid w:val="0067300E"/>
     <w:rsid w:val="0067370F"/>
     <w:rsid w:val="0067433E"/>
     <w:rsid w:val="00674887"/>
     <w:rsid w:val="00675380"/>
     <w:rsid w:val="00676310"/>
     <w:rsid w:val="00676E44"/>
     <w:rsid w:val="00677509"/>
     <w:rsid w:val="0067791F"/>
     <w:rsid w:val="00677A5C"/>
     <w:rsid w:val="006809D7"/>
     <w:rsid w:val="00680DE6"/>
     <w:rsid w:val="00681EB1"/>
     <w:rsid w:val="00683B91"/>
     <w:rsid w:val="00684662"/>
     <w:rsid w:val="00684C2C"/>
     <w:rsid w:val="00684D13"/>
     <w:rsid w:val="006853EB"/>
     <w:rsid w:val="00685AD3"/>
     <w:rsid w:val="00685FB3"/>
     <w:rsid w:val="006864B6"/>
     <w:rsid w:val="0068671A"/>
+    <w:rsid w:val="006902BB"/>
     <w:rsid w:val="00690BA8"/>
     <w:rsid w:val="00690BE7"/>
     <w:rsid w:val="0069145A"/>
     <w:rsid w:val="00691F6F"/>
     <w:rsid w:val="00692067"/>
     <w:rsid w:val="00692093"/>
     <w:rsid w:val="00692A18"/>
     <w:rsid w:val="00692F8D"/>
     <w:rsid w:val="00693A2C"/>
     <w:rsid w:val="00693CAF"/>
     <w:rsid w:val="0069488C"/>
     <w:rsid w:val="0069543B"/>
     <w:rsid w:val="006954F8"/>
     <w:rsid w:val="00695C95"/>
     <w:rsid w:val="00696008"/>
     <w:rsid w:val="00696743"/>
     <w:rsid w:val="00697180"/>
     <w:rsid w:val="00697A9F"/>
     <w:rsid w:val="006A0237"/>
     <w:rsid w:val="006A09B8"/>
     <w:rsid w:val="006A1A10"/>
     <w:rsid w:val="006A22E0"/>
     <w:rsid w:val="006A248F"/>
     <w:rsid w:val="006A27CA"/>
     <w:rsid w:val="006A3495"/>
@@ -5702,50 +5738,51 @@
     <w:rsid w:val="007572F5"/>
     <w:rsid w:val="007573DC"/>
     <w:rsid w:val="00760E9B"/>
     <w:rsid w:val="00761008"/>
     <w:rsid w:val="0076135B"/>
     <w:rsid w:val="00761F73"/>
     <w:rsid w:val="007624BE"/>
     <w:rsid w:val="00765306"/>
     <w:rsid w:val="007668A2"/>
     <w:rsid w:val="00766FBD"/>
     <w:rsid w:val="00767518"/>
     <w:rsid w:val="00767851"/>
     <w:rsid w:val="00767968"/>
     <w:rsid w:val="0077013B"/>
     <w:rsid w:val="0077059A"/>
     <w:rsid w:val="00771F68"/>
     <w:rsid w:val="007722A9"/>
     <w:rsid w:val="00772A57"/>
     <w:rsid w:val="00773549"/>
     <w:rsid w:val="00773AE2"/>
     <w:rsid w:val="00773D33"/>
     <w:rsid w:val="00773F55"/>
     <w:rsid w:val="00774D00"/>
     <w:rsid w:val="0077586A"/>
     <w:rsid w:val="0077602E"/>
+    <w:rsid w:val="00777F50"/>
     <w:rsid w:val="00780800"/>
     <w:rsid w:val="00781923"/>
     <w:rsid w:val="00781C31"/>
     <w:rsid w:val="0078353A"/>
     <w:rsid w:val="00783FDF"/>
     <w:rsid w:val="0078435A"/>
     <w:rsid w:val="00784C9E"/>
     <w:rsid w:val="00785027"/>
     <w:rsid w:val="00787F1A"/>
     <w:rsid w:val="007906FD"/>
     <w:rsid w:val="00790D14"/>
     <w:rsid w:val="007921AD"/>
     <w:rsid w:val="0079274A"/>
     <w:rsid w:val="00792CBC"/>
     <w:rsid w:val="00792E51"/>
     <w:rsid w:val="00793C4C"/>
     <w:rsid w:val="007944CE"/>
     <w:rsid w:val="007949E6"/>
     <w:rsid w:val="0079512C"/>
     <w:rsid w:val="00795592"/>
     <w:rsid w:val="007956C4"/>
     <w:rsid w:val="00795D7D"/>
     <w:rsid w:val="00795F48"/>
     <w:rsid w:val="0079753D"/>
     <w:rsid w:val="00797B59"/>
@@ -6133,50 +6170,51 @@
     <w:rsid w:val="00937975"/>
     <w:rsid w:val="00940377"/>
     <w:rsid w:val="00940936"/>
     <w:rsid w:val="009417C7"/>
     <w:rsid w:val="00941CE1"/>
     <w:rsid w:val="00942148"/>
     <w:rsid w:val="009437E3"/>
     <w:rsid w:val="00943D14"/>
     <w:rsid w:val="00943F94"/>
     <w:rsid w:val="00943FFE"/>
     <w:rsid w:val="00944312"/>
     <w:rsid w:val="009456B7"/>
     <w:rsid w:val="00945E08"/>
     <w:rsid w:val="00946ED4"/>
     <w:rsid w:val="00947B7B"/>
     <w:rsid w:val="009502EE"/>
     <w:rsid w:val="00950454"/>
     <w:rsid w:val="00950FC2"/>
     <w:rsid w:val="0095138A"/>
     <w:rsid w:val="00951391"/>
     <w:rsid w:val="00951EA2"/>
     <w:rsid w:val="00952F76"/>
     <w:rsid w:val="0095415E"/>
     <w:rsid w:val="009541AF"/>
     <w:rsid w:val="00954CA4"/>
+    <w:rsid w:val="009550B5"/>
     <w:rsid w:val="00955381"/>
     <w:rsid w:val="009554A1"/>
     <w:rsid w:val="009554DB"/>
     <w:rsid w:val="009562DE"/>
     <w:rsid w:val="00957391"/>
     <w:rsid w:val="009573C6"/>
     <w:rsid w:val="009574D0"/>
     <w:rsid w:val="0095769C"/>
     <w:rsid w:val="00957AC9"/>
     <w:rsid w:val="00957F44"/>
     <w:rsid w:val="00960E1D"/>
     <w:rsid w:val="00961700"/>
     <w:rsid w:val="00961D05"/>
     <w:rsid w:val="00962025"/>
     <w:rsid w:val="00962DDA"/>
     <w:rsid w:val="00963016"/>
     <w:rsid w:val="00963073"/>
     <w:rsid w:val="00963247"/>
     <w:rsid w:val="00963DEF"/>
     <w:rsid w:val="00963ED1"/>
     <w:rsid w:val="00963F1E"/>
     <w:rsid w:val="00964AFC"/>
     <w:rsid w:val="00964D42"/>
     <w:rsid w:val="00965E03"/>
     <w:rsid w:val="009669E3"/>
@@ -6545,50 +6583,51 @@
     <w:rsid w:val="00B060DD"/>
     <w:rsid w:val="00B06929"/>
     <w:rsid w:val="00B069F5"/>
     <w:rsid w:val="00B06ED3"/>
     <w:rsid w:val="00B07445"/>
     <w:rsid w:val="00B07702"/>
     <w:rsid w:val="00B079EA"/>
     <w:rsid w:val="00B07C95"/>
     <w:rsid w:val="00B104AC"/>
     <w:rsid w:val="00B11E68"/>
     <w:rsid w:val="00B1234E"/>
     <w:rsid w:val="00B1246C"/>
     <w:rsid w:val="00B12501"/>
     <w:rsid w:val="00B1382C"/>
     <w:rsid w:val="00B13F95"/>
     <w:rsid w:val="00B14398"/>
     <w:rsid w:val="00B14939"/>
     <w:rsid w:val="00B158E1"/>
     <w:rsid w:val="00B160AB"/>
     <w:rsid w:val="00B171B8"/>
     <w:rsid w:val="00B17510"/>
     <w:rsid w:val="00B178DF"/>
     <w:rsid w:val="00B17B3B"/>
     <w:rsid w:val="00B20030"/>
     <w:rsid w:val="00B20F65"/>
+    <w:rsid w:val="00B21DBB"/>
     <w:rsid w:val="00B22923"/>
     <w:rsid w:val="00B23E9A"/>
     <w:rsid w:val="00B24C9A"/>
     <w:rsid w:val="00B24DC7"/>
     <w:rsid w:val="00B250A6"/>
     <w:rsid w:val="00B2533C"/>
     <w:rsid w:val="00B25737"/>
     <w:rsid w:val="00B30EB7"/>
     <w:rsid w:val="00B31AA4"/>
     <w:rsid w:val="00B335C6"/>
     <w:rsid w:val="00B3371B"/>
     <w:rsid w:val="00B33C5E"/>
     <w:rsid w:val="00B34875"/>
     <w:rsid w:val="00B348A1"/>
     <w:rsid w:val="00B36811"/>
     <w:rsid w:val="00B36DC9"/>
     <w:rsid w:val="00B36E09"/>
     <w:rsid w:val="00B377C1"/>
     <w:rsid w:val="00B37803"/>
     <w:rsid w:val="00B37C79"/>
     <w:rsid w:val="00B37F7C"/>
     <w:rsid w:val="00B37F81"/>
     <w:rsid w:val="00B40109"/>
     <w:rsid w:val="00B417BF"/>
     <w:rsid w:val="00B43F27"/>
@@ -6862,50 +6901,51 @@
     <w:rsid w:val="00C720A2"/>
     <w:rsid w:val="00C73AD2"/>
     <w:rsid w:val="00C745E1"/>
     <w:rsid w:val="00C751BE"/>
     <w:rsid w:val="00C75A3A"/>
     <w:rsid w:val="00C76598"/>
     <w:rsid w:val="00C76731"/>
     <w:rsid w:val="00C76831"/>
     <w:rsid w:val="00C76C2A"/>
     <w:rsid w:val="00C806F0"/>
     <w:rsid w:val="00C8089E"/>
     <w:rsid w:val="00C817C9"/>
     <w:rsid w:val="00C81CB5"/>
     <w:rsid w:val="00C82A3B"/>
     <w:rsid w:val="00C82C2B"/>
     <w:rsid w:val="00C84D85"/>
     <w:rsid w:val="00C85FE2"/>
     <w:rsid w:val="00C86507"/>
     <w:rsid w:val="00C866F1"/>
     <w:rsid w:val="00C86E58"/>
     <w:rsid w:val="00C8796F"/>
     <w:rsid w:val="00C87984"/>
     <w:rsid w:val="00C87AE1"/>
     <w:rsid w:val="00C87F17"/>
     <w:rsid w:val="00C90368"/>
+    <w:rsid w:val="00C90884"/>
     <w:rsid w:val="00C90B2A"/>
     <w:rsid w:val="00C92571"/>
     <w:rsid w:val="00C9285F"/>
     <w:rsid w:val="00C929F0"/>
     <w:rsid w:val="00C92FC4"/>
     <w:rsid w:val="00C9319D"/>
     <w:rsid w:val="00C93590"/>
     <w:rsid w:val="00C9392B"/>
     <w:rsid w:val="00C940FF"/>
     <w:rsid w:val="00C948BF"/>
     <w:rsid w:val="00C94BC6"/>
     <w:rsid w:val="00C9511D"/>
     <w:rsid w:val="00C963C8"/>
     <w:rsid w:val="00C979EC"/>
     <w:rsid w:val="00CA0386"/>
     <w:rsid w:val="00CA08F3"/>
     <w:rsid w:val="00CA18A7"/>
     <w:rsid w:val="00CA2654"/>
     <w:rsid w:val="00CA33E6"/>
     <w:rsid w:val="00CA33F0"/>
     <w:rsid w:val="00CA3E28"/>
     <w:rsid w:val="00CA45F2"/>
     <w:rsid w:val="00CA4A47"/>
     <w:rsid w:val="00CA7D82"/>
     <w:rsid w:val="00CB0086"/>
@@ -7565,50 +7605,51 @@
     <w:rsid w:val="00F97A57"/>
     <w:rsid w:val="00F97E58"/>
     <w:rsid w:val="00FA0250"/>
     <w:rsid w:val="00FA042B"/>
     <w:rsid w:val="00FA06A5"/>
     <w:rsid w:val="00FA1702"/>
     <w:rsid w:val="00FA21E6"/>
     <w:rsid w:val="00FA2CDF"/>
     <w:rsid w:val="00FA3B97"/>
     <w:rsid w:val="00FA50F1"/>
     <w:rsid w:val="00FA5EA2"/>
     <w:rsid w:val="00FA63A8"/>
     <w:rsid w:val="00FA73B4"/>
     <w:rsid w:val="00FA79E0"/>
     <w:rsid w:val="00FB00BC"/>
     <w:rsid w:val="00FB0A55"/>
     <w:rsid w:val="00FB119E"/>
     <w:rsid w:val="00FB3A5C"/>
     <w:rsid w:val="00FB4126"/>
     <w:rsid w:val="00FB43C0"/>
     <w:rsid w:val="00FB4C9E"/>
     <w:rsid w:val="00FB53B5"/>
     <w:rsid w:val="00FB6876"/>
     <w:rsid w:val="00FB7BA0"/>
     <w:rsid w:val="00FC09EA"/>
+    <w:rsid w:val="00FC102F"/>
     <w:rsid w:val="00FC2B1B"/>
     <w:rsid w:val="00FC38CD"/>
     <w:rsid w:val="00FC40DE"/>
     <w:rsid w:val="00FC4BD3"/>
     <w:rsid w:val="00FC4D58"/>
     <w:rsid w:val="00FC519B"/>
     <w:rsid w:val="00FC6030"/>
     <w:rsid w:val="00FC6886"/>
     <w:rsid w:val="00FC6A97"/>
     <w:rsid w:val="00FC6BF1"/>
     <w:rsid w:val="00FC6D9D"/>
     <w:rsid w:val="00FC6E24"/>
     <w:rsid w:val="00FC7560"/>
     <w:rsid w:val="00FD0B74"/>
     <w:rsid w:val="00FD0DFB"/>
     <w:rsid w:val="00FD188C"/>
     <w:rsid w:val="00FD1B4C"/>
     <w:rsid w:val="00FD1EF7"/>
     <w:rsid w:val="00FD220C"/>
     <w:rsid w:val="00FD33A2"/>
     <w:rsid w:val="00FD3671"/>
     <w:rsid w:val="00FD3D3A"/>
     <w:rsid w:val="00FD4A69"/>
     <w:rsid w:val="00FD50A3"/>
     <w:rsid w:val="00FD50E8"/>
@@ -7635,62 +7676,81 @@
     <w:rsid w:val="00FE6EA3"/>
     <w:rsid w:val="00FE747C"/>
     <w:rsid w:val="00FE7568"/>
     <w:rsid w:val="00FE76C2"/>
     <w:rsid w:val="00FF0588"/>
     <w:rsid w:val="00FF133B"/>
     <w:rsid w:val="00FF15DD"/>
     <w:rsid w:val="00FF21E9"/>
     <w:rsid w:val="00FF2886"/>
     <w:rsid w:val="00FF2947"/>
     <w:rsid w:val="00FF3185"/>
     <w:rsid w:val="00FF36AD"/>
     <w:rsid w:val="00FF3C12"/>
     <w:rsid w:val="00FF3D63"/>
     <w:rsid w:val="00FF5346"/>
     <w:rsid w:val="00FF58D4"/>
     <w:rsid w:val="00FF62B8"/>
     <w:rsid w:val="00FF6951"/>
     <w:rsid w:val="00FF6F78"/>
     <w:rsid w:val="00FF75AE"/>
     <w:rsid w:val="00FF7877"/>
     <w:rsid w:val="00FF7B70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="schemas-tilde-lv/tildestengine" w:name="currency2"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="501E944F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A13881C9-231A-4157-BE26-835BE8A22BAF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="lo-LA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote text" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
@@ -8401,106 +8461,107 @@
     <w:name w:val="Footnote Text Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00024A25"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet">
     <w:name w:val="Bullet"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="BulletChar"/>
     <w:qFormat/>
     <w:rsid w:val="00E74595"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:after="60"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="MS Gothic" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lt-LT" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletChar">
     <w:name w:val="Bullet Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Bullet"/>
     <w:rsid w:val="00E74595"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="MS Gothic" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cs="Cambria"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lt-LT" w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00322D56"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A30056"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8720,90 +8781,94 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SignaturesHtml xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
     <ValidationDate xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
     <RegNr xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <IsSysUpdate xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
     <ValidationStatus xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
     <ThreeRoApprovalComments xmlns="ac0f992c-7adf-438d-b4e2-b453d9154b75" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007D3C5E59C970B741AE328B4EE99B0AEE" ma:contentTypeVersion="9" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="41f2ff5c7831833a941c841e9c8d9595">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac0f992c-7adf-438d-b4e2-b453d9154b75" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="35c0e823eef2f10df749567e6293beb8" ns2:_="" ns3:_="">
     <xsd:import namespace="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:SignaturesHtml" minOccurs="0"/>
                 <xsd:element ref="ns3:ValidationDate" minOccurs="0"/>
                 <xsd:element ref="ns3:ValidationStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8958,130 +9023,124 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{568DCF23-865B-435C-87B4-628570956B59}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E605E43-6846-4A41-B049-64903FFDE943}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E605E43-6846-4A41-B049-64903FFDE943}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{568DCF23-865B-435C-87B4-628570956B59}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2C556B-5519-453D-A17A-D9ECFAA083F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ac0f992c-7adf-438d-b4e2-b453d9154b75"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C5F77C0-2E91-4E26-A281-9E651A0789C0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65AA9022-BEBD-4574-B9FD-04E30EEDD345}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>248</Words>
-  <Characters>1723</Characters>
+  <Words>1329</Words>
+  <Characters>758</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1968</CharactersWithSpaces>
+  <CharactersWithSpaces>2083</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Raimonds Brīdaks</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007D3C5E59C970B741AE328B4EE99B0AEE</vt:lpwstr>
   </property>
 </Properties>
 </file>