--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -7,102 +7,102 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00361981" w:rsidRDefault="00361981" w:rsidP="00001241">
       <w:pPr>
         <w:ind w:left="426" w:right="196"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0065209C" w:rsidRDefault="0065209C" w:rsidP="00234563">
       <w:pPr>
         <w:ind w:right="-6"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D94E34" w:rsidRDefault="00105804" w:rsidP="007E4D53">
+    <w:p w:rsidR="00D94E34" w:rsidRDefault="0057101F" w:rsidP="007E4D53">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>APLIECINĀJUMS</w:t>
       </w:r>
       <w:r w:rsidR="00D06A0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB664C" w:rsidRPr="00C26EFC" w:rsidRDefault="00105804" w:rsidP="007E4D53">
+    <w:p w:rsidR="00DB664C" w:rsidRPr="00C26EFC" w:rsidRDefault="0057101F" w:rsidP="007E4D53">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">par iepazīšanos ar </w:t>
       </w:r>
       <w:r w:rsidR="00EC6D13" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">nosacījumiem dalībai </w:t>
       </w:r>
       <w:r w:rsidRPr="00C26EFC">
         <w:rPr>
@@ -133,100 +133,100 @@
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>pasākum</w:t>
       </w:r>
       <w:r w:rsidR="00EC6D13" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="006F68B9" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F68B9" w:rsidRPr="00C26EFC" w:rsidRDefault="00105804" w:rsidP="00C776D4">
+    <w:p w:rsidR="006F68B9" w:rsidRPr="00C26EFC" w:rsidRDefault="0057101F" w:rsidP="00C776D4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="002A0A68" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Atbalsts reģionālajai mobilitātei aktīvo nodarbinātības pasākumu ietvaros”</w:t>
       </w:r>
       <w:r w:rsidR="00976DB2" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0071128B" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(Pasākums)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C776D4" w:rsidRPr="00C26EFC" w:rsidRDefault="00105804" w:rsidP="00C776D4">
+    <w:p w:rsidR="00C776D4" w:rsidRPr="00C26EFC" w:rsidRDefault="0057101F" w:rsidP="00C776D4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="006F68B9" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>pienākum</w:t>
       </w:r>
       <w:r w:rsidR="009F0673" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -242,51 +242,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC6D13" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Pasākuma īstenošanas laikā</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F60986" w:rsidRPr="00C26EFC" w:rsidRDefault="00F60986" w:rsidP="00CD05AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF56D5" w:rsidRDefault="00105804" w:rsidP="00CD05AF">
+    <w:p w:rsidR="00AF56D5" w:rsidRDefault="0057101F" w:rsidP="00CD05AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -305,51 +305,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4117975" cy="346710"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00926A88" w:rsidRPr="00FF7CFE" w:rsidRDefault="00105804" w:rsidP="00AF56D5">
+                          <w:p w:rsidR="00926A88" w:rsidRPr="00FF7CFE" w:rsidRDefault="0057101F" w:rsidP="00AF56D5">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="2160"/>
                               </w:tabs>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="-169"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FF7CFE">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">1. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>Klienta</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FF7CFE">
                               <w:rPr>
                                 <w:b/>
@@ -378,139 +378,139 @@
                           <w:p w:rsidR="00926A88" w:rsidRDefault="00926A88" w:rsidP="00AF56D5">
                             <w:pPr>
                               <w:ind w:right="-169"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1025" type="#_x0000_t202" style="width:324.25pt;height:27.3pt;margin-top:2.5pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251661312" fillcolor="silver">
+              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:2.5pt;width:324.25pt;height:27.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDi2LlpHgIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOc2mMOMWWrsOA&#10;7gK0+wBalm1huk1SYmdfP0pO06DbXobZgCCK1BF5Drm5GZQkB+68MLqk+WRKCdfM1EK3Jf32ePfm&#10;mhIfQNcgjeYlPXJPb7avX216W/CZ6YysuSMIon3R25J2IdgiyzzruAI/MZZrdDbGKQhoujarHfSI&#10;rmQ2m06XWW9cbZ1h3Hs8vR2ddJvwm4az8KVpPA9ElhRzC2l1aa3imm03ULQObCfYKQ34hywUCI2P&#10;nqFuIQDZO/EblBLMGW+aMGFGZaZpBOOpBqwmn76o5qEDy1MtSI63Z5r8/4Nlnw9fHRF1Sa8o0aBQ&#10;okc+BPLODGQZ2emtLzDowWJYGPAYVU6Ventv2HdPtNl1oFv+1jnTdxxqzC6PN7OLqyOOjyBV/8nU&#10;+Azsg0lAQ+NUpA7JIIiOKh3PysRUGB7O83y1Xi0oYei7mi9XeZIug+LptnU+fOBGkbgpqUPlEzoc&#10;7n2I2UDxFBIf80aK+k5ImQzXVjvpyAGwS3bT+KcCXoRJTfqSrhezxUjAXyGm6fsThBIB210KVdLr&#10;cxAUkbb3uk7NGEDIcY8pS33iMVI3khiGajjpUpn6iIw6M7Y1jiFuOuN+UtJjS5fU/9iD45TIjxpV&#10;WefzeZyBZMwXqxka7tJTXXpAM4QqaaBk3O7CODd760Tb4UvPKmNzJoZPgxS7/9JONTyP+/YXAAAA&#10;//8DAFBLAwQUAAYACAAAACEAeNC9OdoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF&#10;7yb9D5tp4s0uNZZUZGkakkY9GSneF3YElJ0l7FLw3zue7Onl5U3e+yY9LLYXFxx950jBdhOBQKqd&#10;6ahRUJ5Pd3sQPmgyuneECn7QwyFb3aQ6MW6md7wUoRFcQj7RCtoQhkRKX7dotd+4AYmzTzdaHdiO&#10;jTSjnrnc9vI+imJpdUe80OoB8xbr72KyCl6nr9pVH1X0POQ2f5uL8uV8KpW6XS/HJxABl/B/DH/4&#10;jA4ZM1VuIuNFr4AfCQp2LBzGD/sdiIr9YwwyS+U1ffYLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA4ti5aR4CAAA2BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAeNC9OdoAAAAFAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00926A88" w:rsidRPr="00FF7CFE" w:rsidP="00AF56D5" w14:paraId="29156085" w14:textId="77777777">
+                    <w:p w:rsidR="00926A88" w:rsidRPr="00FF7CFE" w:rsidRDefault="0057101F" w:rsidP="00AF56D5">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="2160"/>
                         </w:tabs>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="-169"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FF7CFE">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">1. </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>Klienta</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FF7CFE">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> dalības</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> nosacījumi</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FF7CFE">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Pasākumā</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00926A88" w:rsidP="00AF56D5" w14:paraId="29156086" w14:textId="77777777">
+                    <w:p w:rsidR="00926A88" w:rsidRDefault="00926A88" w:rsidP="00AF56D5">
                       <w:pPr>
                         <w:ind w:right="-169"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F60986" w:rsidRDefault="00F60986" w:rsidP="00CD05AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3060"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00226ED7" w:rsidRDefault="00105804" w:rsidP="00F251B3">
+    <w:p w:rsidR="00226ED7" w:rsidRDefault="0057101F" w:rsidP="00F251B3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasākuma ietvaros </w:t>
       </w:r>
       <w:r w:rsidR="006F0D57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>klienta</w:t>
       </w:r>
       <w:r w:rsidR="00201376">
         <w:rPr>
@@ -539,51 +539,51 @@
       <w:r w:rsidR="00156463">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir iespēja saņemt finanšu atlīdzību</w:t>
       </w:r>
       <w:r w:rsidR="00182CED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00924A86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226ED7" w:rsidRDefault="00105804" w:rsidP="008F5E22">
+    <w:p w:rsidR="00226ED7" w:rsidRDefault="0057101F" w:rsidP="008F5E22">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nepārsniedzot </w:t>
       </w:r>
       <w:r w:rsidR="00C51370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
@@ -619,51 +619,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002B699D">
         <w:t xml:space="preserve">Atlīdzību transporta izmaksu segšanai piešķir gadījumos, ja attālums no </w:t>
       </w:r>
       <w:r w:rsidR="006F0D57">
         <w:t>klienta</w:t>
       </w:r>
       <w:r w:rsidR="002B699D">
         <w:t xml:space="preserve"> deklarētās dzīvesvietas līdz apmācību</w:t>
       </w:r>
       <w:r w:rsidR="00162471">
         <w:t>/prakses</w:t>
       </w:r>
       <w:r w:rsidR="002B699D">
         <w:t xml:space="preserve"> vai darba vietai nepārsniedz 110 km</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226ED7" w:rsidRDefault="00105804" w:rsidP="003F3272">
+    <w:p w:rsidR="00226ED7" w:rsidRDefault="0057101F" w:rsidP="003F3272">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nepārsniedzot </w:t>
       </w:r>
       <w:r w:rsidR="00C51370">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -709,76 +709,76 @@
       <w:r w:rsidR="00B55480">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidR="00B55480" w:rsidRPr="00B55480">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>apmācību/prakses</w:t>
       </w:r>
       <w:r w:rsidR="00B55480">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vietu</w:t>
       </w:r>
       <w:r w:rsidRPr="00575A73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> un atpakaļ).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226ED7" w:rsidRPr="009F19CC" w:rsidRDefault="00105804" w:rsidP="00F251B3">
+    <w:p w:rsidR="00226ED7" w:rsidRPr="009F19CC" w:rsidRDefault="0057101F" w:rsidP="00F251B3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00644F69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Iesaist</w:t>
       </w:r>
       <w:r w:rsidRPr="009F19CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>es kritēriji Pasākumā:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00923B8D" w:rsidRPr="008F7B17" w:rsidRDefault="00105804" w:rsidP="008F7B17">
+    <w:p w:rsidR="00923B8D" w:rsidRPr="008F7B17" w:rsidRDefault="0057101F" w:rsidP="008F7B17">
       <w:pPr>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F7B17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00013861" w:rsidRPr="00EF6EF6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -1023,51 +1023,51 @@
       <w:r w:rsidR="00A67ABA" w:rsidRPr="008F7B17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> pirmā deklarētā dzīvesvieta Latvijā</w:t>
       </w:r>
       <w:r w:rsidR="007F0AD1" w:rsidRPr="008F7B17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="001D3A38" w:rsidRPr="008F7B17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F0AD1" w:rsidRPr="008F7B17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F7B17" w:rsidRDefault="00105804" w:rsidP="008F7B17">
+    <w:p w:rsidR="008F7B17" w:rsidRDefault="0057101F" w:rsidP="008F7B17">
       <w:pPr>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F7B17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.2.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226ED7" w:rsidRPr="008F7B17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -1336,51 +1336,51 @@
       <w:r w:rsidR="006F0D57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>klienta</w:t>
       </w:r>
       <w:r w:rsidR="00226ED7" w:rsidRPr="009F19CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> darba alga ir vismaz valstī noteiktās minimālās mēneša darba algas apmērā, bet ne lielāka par divu valstī noteikto mi</w:t>
       </w:r>
       <w:r w:rsidR="00226ED7" w:rsidRPr="00EF6EF6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>nimālo mēneša darba algu apmēru</w:t>
       </w:r>
       <w:r w:rsidR="000B2A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE3F3A" w:rsidRPr="00C26EFC" w:rsidRDefault="00105804" w:rsidP="008F7B17">
+    <w:p w:rsidR="00EE3F3A" w:rsidRPr="00C26EFC" w:rsidRDefault="0057101F" w:rsidP="008F7B17">
       <w:pPr>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.2.3.</w:t>
       </w:r>
       <w:r w:rsidR="009F19CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F0D57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>klients</w:t>
       </w:r>
@@ -1501,51 +1501,51 @@
       <w:r w:rsidR="008E26CB" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="004236F1" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> par nepieciešamo finanšu atbalstu</w:t>
       </w:r>
       <w:r w:rsidR="00226ED7" w:rsidRPr="00C26EFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, un ir pieņēmusi lēmumu par finanšu atlīdzības piešķiršanu</w:t>
       </w:r>
       <w:r w:rsidR="001614CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C96D23" w:rsidRPr="00A93EC9" w:rsidRDefault="00105804" w:rsidP="00BA60CD">
+    <w:p w:rsidR="00C96D23" w:rsidRPr="00A93EC9" w:rsidRDefault="0057101F" w:rsidP="00BA60CD">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.3</w:t>
       </w:r>
       <w:r w:rsidR="009625A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labvēlīga lēmuma gadījumā </w:t>
       </w:r>
@@ -1625,51 +1625,51 @@
       <w:r w:rsidR="00AB18C7" w:rsidRPr="00020175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>par dzīvojamās telpas īri</w:t>
       </w:r>
       <w:r w:rsidR="00AB18C7" w:rsidRPr="00D21F62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai dzīvošanu dienesta viesnīcā</w:t>
       </w:r>
       <w:r w:rsidR="00AB18C7" w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (t.sk transporta izmaksas vienam braucienam mēnesī no deklarētās dzīvesvietas uz darba vai apmācību/prakses vietu un atpakaļ) šādā kārtībā</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028219A" w:rsidRPr="00A93EC9" w:rsidRDefault="00105804" w:rsidP="008F5E22">
+    <w:p w:rsidR="0028219A" w:rsidRPr="00A93EC9" w:rsidRDefault="0057101F" w:rsidP="008F5E22">
       <w:pPr>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1.3.1</w:t>
       </w:r>
       <w:r w:rsidR="003D30AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>par apmācību</w:t>
@@ -1898,51 +1898,51 @@
       <w:r w:rsidR="003D30AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">pirmā </w:t>
       </w:r>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>apmācību, darba tiesisko</w:t>
       </w:r>
       <w:r w:rsidR="00D421E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai dienesta attiecību</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> mēneša beigām;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F60CE1" w:rsidRDefault="00105804" w:rsidP="008F5E22">
+    <w:p w:rsidR="00F60CE1" w:rsidRDefault="0057101F" w:rsidP="008F5E22">
       <w:pPr>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.3.2</w:t>
       </w:r>
       <w:r w:rsidR="003D30AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A93EC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> par nākamajiem apmāc</w:t>
       </w:r>
@@ -2015,102 +2015,102 @@
       <w:r w:rsidR="0064470E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>jiem mēnešiem a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>prēķina, ņemot vērā attiecīgajā mēnesī radušās dzīvojamo telpu īres vai transporta izmaksas</w:t>
       </w:r>
       <w:r w:rsidR="00256BD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C96D23" w:rsidRDefault="00105804" w:rsidP="00BA60CD">
+    <w:p w:rsidR="00C96D23" w:rsidRDefault="0057101F" w:rsidP="00BA60CD">
       <w:pPr>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.3.3.</w:t>
       </w:r>
       <w:r w:rsidR="0064470E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ikmēneša finanšu atlīdzību izmaksā uz </w:t>
       </w:r>
       <w:r w:rsidR="006F0D57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>klienta</w:t>
       </w:r>
       <w:r w:rsidR="0064470E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādīto </w:t>
       </w:r>
       <w:r w:rsidR="00696F66">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">personīgo </w:t>
       </w:r>
       <w:r w:rsidR="0064470E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>bankas kontu.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00226ED7" w:rsidRDefault="00105804" w:rsidP="006E4F96">
+    <w:p w:rsidR="00226ED7" w:rsidRDefault="0057101F" w:rsidP="006E4F96">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00650755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Par pārejošas darbnespējas laiku finanšu atlīdzības izmaksas netiek veiktas</w:t>
       </w:r>
       <w:r w:rsidR="00166DFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2234,99 +2234,111 @@
       <w:r w:rsidR="009625A1" w:rsidRPr="009625A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="009625A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00064E63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Apmācību gadījumā finanšu atlīdzības saņemšanas laiks nepagarinās.</w:t>
       </w:r>
       <w:r w:rsidRPr="004817C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B48F9" w:rsidRDefault="00105804" w:rsidP="006E4F96">
+    <w:p w:rsidR="008B48F9" w:rsidRDefault="0057101F" w:rsidP="006E4F96">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ikmēneša finanšu atbalsts transporta izdevumu segšanai tiek aprēķināts proporcionāli dienām, kurās </w:t>
+        <w:t xml:space="preserve">Ikmēneša finanšu atbalsts transporta izdevumu segšanai tiek aprēķināts </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienām, kurās </w:t>
       </w:r>
       <w:r w:rsidR="006F0D57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>klients</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> piedalījies Pasākumā</w:t>
       </w:r>
       <w:r w:rsidR="009B72CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> klātienē</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC472A" w:rsidRDefault="00105804" w:rsidP="0045630D">
+    <w:p w:rsidR="00CC472A" w:rsidRDefault="0057101F" w:rsidP="0045630D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="002C4451">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -2356,60 +2368,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> par periodu, kad </w:t>
       </w:r>
       <w:r w:rsidR="006F0D57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>klients</w:t>
       </w:r>
       <w:r w:rsidRPr="002C4451">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, paralēli dalībai </w:t>
       </w:r>
       <w:r w:rsidR="00C0234C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="002C4451">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">asākumā ieguvis darba ņēmēja statusu uz </w:t>
-[...5 lines deleted...]
-        <w:t>laiku, kas nepārsniedz divus mēnešus.</w:t>
+        <w:t>asākumā ieguvis darba ņēmēja statusu</w:t>
+      </w:r>
+      <w:r w:rsidR="003F38DC" w:rsidRPr="00625E3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC472A" w:rsidRDefault="00105804" w:rsidP="006E4F96">
+    <w:p w:rsidR="00CC472A" w:rsidRDefault="0057101F" w:rsidP="006E4F96">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00497EE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2419,89 +2431,90 @@
       <w:r w:rsidR="006F0D57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>bezdarbnieka</w:t>
       </w:r>
       <w:r w:rsidR="00497EE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> statuss, </w:t>
       </w:r>
       <w:r w:rsidR="00C0234C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>finanšu atlīdzība</w:t>
       </w:r>
       <w:r w:rsidR="00497EE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiek pārtraukta ar dienu, kad zaudēts bezdarbnieka statuss.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E48D9" w:rsidRDefault="00105804" w:rsidP="006E4F96">
+    <w:p w:rsidR="000E48D9" w:rsidRDefault="0057101F" w:rsidP="006E4F96">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00497EE2">
         <w:t>Gadījumos, ja telpu īres līgums ir noslēgts ar fizisku personu, piešķirot finanšu atbalstu, tiks vērtēts, vai persona ir reģistrēta VID kā saimnieciskās darbības veicējs vai VID ir reģistrēta paziņotā saimnieciskā darbība.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00773B24" w:rsidRPr="00A85807" w:rsidRDefault="00105804" w:rsidP="007D3FA7">
+    <w:p w:rsidR="00773B24" w:rsidRPr="006B7A14" w:rsidRDefault="0057101F" w:rsidP="007D3FA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00497EE2" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Ja tiek pārtraukta dal</w:t>
       </w:r>
       <w:r w:rsidR="00CD2149" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ība</w:t>
       </w:r>
       <w:r w:rsidR="00497EE2" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> aktīvajā nodarbinātības pasākumā, kura ietvaros </w:t>
@@ -2518,99 +2531,99 @@
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00497EE2" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieš</w:t>
       </w:r>
       <w:r w:rsidR="00CD2149" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ķirts atbalsts reģionālajai </w:t>
       </w:r>
       <w:r w:rsidR="00497EE2" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>mobilit</w:t>
       </w:r>
       <w:r w:rsidR="00CD2149" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">ātei, finanšu atlīdzība tiek pārtraukta ar dienu, kad pārtraukta </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00497EE2" w:rsidRPr="00DC4A7C">
+        <w:t>ātei, finanšu atlīdzība tiek pārtraukta ar dienu, kad pārtraukta dalība aktīvajā nodarbinātības pasākumā.</w:t>
+      </w:r>
+      <w:r w:rsidR="00497EE2" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A85807">
+      <w:r w:rsidRPr="00D83C16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Ja k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A85807">
+      <w:r w:rsidRPr="00D83C16">
         <w:t xml:space="preserve">lients ar izglītības iestādes rīkojumu ir atskaitīts no izglītojamo skaita un tādēļ zaudējis bezdarbnieka statusu, tad </w:t>
       </w:r>
-      <w:r w:rsidR="006B7A14" w:rsidRPr="00A85807">
+      <w:r w:rsidR="006B7A14" w:rsidRPr="00D83C16">
         <w:t xml:space="preserve">klients atlīdzina Aģentūrai apmācību laikā saņemto mobilitātes atbalstu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D1C8B" w:rsidRPr="00773B24" w:rsidRDefault="00105804" w:rsidP="007D3FA7">
+    <w:p w:rsidR="000D1C8B" w:rsidRPr="00773B24" w:rsidRDefault="0057101F" w:rsidP="007D3FA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aģentūrai ir tiesības </w:t>
+        <w:t>Aģ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00773B24">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entūrai ir tiesības </w:t>
       </w:r>
       <w:r w:rsidR="00D31DBE" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>pieprasīt iesniegt izdevumu</w:t>
       </w:r>
       <w:r w:rsidR="003E01E3" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00D31DBE" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> apliecinoš</w:t>
       </w:r>
       <w:r w:rsidR="001760E7" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
@@ -2665,51 +2678,51 @@
       <w:r w:rsidR="005969CA" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, ja </w:t>
       </w:r>
       <w:r w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras </w:t>
       </w:r>
       <w:r w:rsidR="005969CA" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">rīcībā ir informācija par iespējami neatbilstošu finansējuma izmantošanu, </w:t>
       </w:r>
       <w:r w:rsidR="00D31DBE" w:rsidRPr="00773B24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">līdz situācijas noskaidrošanai. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B90DBA" w:rsidRDefault="00105804" w:rsidP="006E4F96">
+    <w:p w:rsidR="00B90DBA" w:rsidRDefault="0057101F" w:rsidP="006E4F96">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūra viena mēneša laikā pēc </w:t>
       </w:r>
       <w:r w:rsidR="006F0D57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2732,51 +2745,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādīto e-pasta adresi nosūta uzaicinājumu aizpildīt aptaujas anketu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> par dalību Pasākumā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000E48D9" w:rsidRDefault="000E48D9" w:rsidP="000E48D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC472A" w:rsidRPr="004817C5" w:rsidRDefault="00105804" w:rsidP="006E4F96">
+    <w:p w:rsidR="00CC472A" w:rsidRPr="004817C5" w:rsidRDefault="0057101F" w:rsidP="006E4F96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="510"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6985</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -2795,51 +2808,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2254250" cy="334645"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00926A88" w:rsidRPr="00FF7CFE" w:rsidRDefault="00105804" w:rsidP="00575A73">
+                          <w:p w:rsidR="00926A88" w:rsidRPr="00FF7CFE" w:rsidRDefault="0057101F" w:rsidP="00575A73">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="2160"/>
                               </w:tabs>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="-169"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00FF7CFE">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t xml:space="preserve">2. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                               <w:t>Klienta</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00FF7CFE">
                               <w:rPr>
                                 <w:b/>
@@ -2850,125 +2863,125 @@
                           <w:p w:rsidR="00926A88" w:rsidRDefault="00926A88" w:rsidP="00575A73">
                             <w:pPr>
                               <w:ind w:right="-169"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1026" type="#_x0000_t202" style="width:177.5pt;height:26.35pt;margin-top:9.45pt;margin-left:0.55pt;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251663360" fillcolor="silver">
+              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:.55pt;margin-top:9.45pt;width:177.5pt;height:26.35pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAG11NAIAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthx7aw14hRbug4D&#10;ugvQ7gNkWbaFyZJGKbGzry8lp2l2exlmAwIpUofkIbm+ngZF9gKcNLqiy0VKidDcNFJ3Ff36cPvq&#10;khLnmW6YMlpU9CAcvd68fLEebSky0xvVCCAIol052or23tsySRzvxcDcwlih0dgaGJhHFbqkATYi&#10;+qCSLE1XyWigsWC4cA5vb2Yj3UT8thXcf25bJzxRFcXcfDwhnnU4k82alR0w20t+TIP9QxYDkxqD&#10;nqBumGdkB/I3qEFyMM60fsHNkJi2lVzEGrCaZfpLNfc9syLWguQ4e6LJ/T9Y/mn/BYhsKppRotmA&#10;LXoQkydvzURWgZ3RuhKd7i26+QmvscuxUmfvDP/miDbbnulOvAEwYy9Yg9ktw8vk7OmM4wJIPX40&#10;DYZhO28i0NTCEKhDMgiiY5cOp86EVDheZlmRZwWaONouLvJVXsQQrHx6bcH598IMJAgVBex8RGf7&#10;O+dDNqx8cgnBnFGyuZVKRQW6equA7BlOyTYN/xH9JzelyVjRqyIrZgL+CpHG708Qg/Q47koOFb08&#10;ObEy0PZON3EYPZNqljFlpY88BupmEv1UT7FhkeTAcW2aAxILZp5u3EYUegM/KBlxsivqvu8YCErU&#10;B43NuVrmeViFqOTF6wwVOLfU5xamOUJV1FMyi1s/r8/Ogux6jPTcbJzRSPRxn8ISnOuxlOet3zwC&#10;AAD//wMAUEsDBBQABgAIAAAAIQBS3h1H2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BT4Qw&#10;EIXvJv6HZky8uQWNuMtSNoZko56MLN4LHQGlU0LLgv/e8aSnyZv38t6XHVY7iDNOvnekIN5EIJAa&#10;Z3pqFVSn480WhA+ajB4coYJv9HDILy8ynRq30Buey9AKLiGfagVdCGMqpW86tNpv3IjE3oebrA4s&#10;p1aaSS9cbgd5G0WJtLonXuj0iEWHzVc5WwUv82fj6vc6ehoLW7wuZfV8OlZKXV+tj3sQAdfwF4Zf&#10;fEaHnJlqN5PxYmAdc5DPdgeC7bv7hB+1goc4AZln8j9//gMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAG11NAIAIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBS3h1H2gAAAAcBAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00926A88" w:rsidRPr="00FF7CFE" w:rsidP="00575A73" w14:paraId="29156087" w14:textId="77777777">
+                    <w:p w:rsidR="00926A88" w:rsidRPr="00FF7CFE" w:rsidRDefault="0057101F" w:rsidP="00575A73">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="2160"/>
                         </w:tabs>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="-169"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00FF7CFE">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">2. </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>Klienta</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00FF7CFE">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve"> pienākumi</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00926A88" w:rsidP="00575A73" w14:paraId="29156088" w14:textId="77777777">
+                    <w:p w:rsidR="00926A88" w:rsidRDefault="00926A88" w:rsidP="00575A73">
                       <w:pPr>
                         <w:ind w:right="-169"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00575A73" w:rsidRDefault="00575A73" w:rsidP="006E4F96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="8820"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00226ED7" w:rsidRDefault="00226ED7" w:rsidP="00394D86">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A76A0" w:rsidRPr="00BA60CD" w:rsidRDefault="00105804" w:rsidP="00C26805">
+    <w:p w:rsidR="006A76A0" w:rsidRPr="00BA60CD" w:rsidRDefault="0057101F" w:rsidP="00C26805">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00DF5735">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3021,51 +3034,51 @@
       <w:r w:rsidR="00533C49" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apmācību/prakses vai </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">darba vietu un </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>atpakaļ) gadījumā</w:t>
       </w:r>
       <w:r w:rsidR="00A6060A" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD1A77" w:rsidRPr="00A85807" w:rsidRDefault="00105804" w:rsidP="00533C49">
+    <w:p w:rsidR="00FD1A77" w:rsidRPr="00D83C16" w:rsidRDefault="0057101F" w:rsidP="00533C49">
       <w:pPr>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00DF5735" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
@@ -3112,204 +3125,204 @@
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003D2A4C" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> kopiju</w:t>
       </w:r>
       <w:r w:rsidR="00A6060A" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 darbdienu laikā pēc pirmā </w:t>
       </w:r>
       <w:r w:rsidR="00694CD0" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apmācību/prakses vai </w:t>
       </w:r>
       <w:r w:rsidR="00A6060A" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">darba tiesisko attiecību </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="001A2002" w:rsidRPr="00A85807">
+        <w:t>darba tiesisko attiecību mēneša beigām</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2002" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0063727C" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0063727C" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0064067D" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0064067D" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="0063727C" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0063727C" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>aksājumu apliecinošaj</w:t>
       </w:r>
-      <w:r w:rsidR="0064067D" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0064067D" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r w:rsidR="0063727C" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0063727C" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokument</w:t>
       </w:r>
-      <w:r w:rsidR="0064067D" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0064067D" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r w:rsidR="0063727C" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0063727C" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> jābūt norādītam noslēgtā dzīvojamās telpas īres vai dzīvošanas dienesta viesnīcā apliecinošā dokumenta</w:t>
       </w:r>
-      <w:r w:rsidR="00BD0812" w:rsidRPr="00A85807">
-[...5 lines deleted...]
-      <w:r w:rsidR="002F7148" w:rsidRPr="00A85807">
+      <w:r w:rsidR="00BD0812" w:rsidRPr="00BA60CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0812" w:rsidRPr="00D83C16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(līguma</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7148" w:rsidRPr="00D83C16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, rēkina</w:t>
       </w:r>
-      <w:r w:rsidR="00BD0812" w:rsidRPr="00A85807">
+      <w:r w:rsidR="00BD0812" w:rsidRPr="00D83C16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0063727C" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0063727C" w:rsidRPr="00D83C16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> numuram un datumam</w:t>
       </w:r>
-      <w:r w:rsidR="002F7148" w:rsidRPr="00A85807">
+      <w:r w:rsidR="002F7148" w:rsidRPr="00D83C16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, ja maksātājs ir cita persona, jābūt norādītam pakalpojuma saņēmēja vārdam, uzvārdam</w:t>
       </w:r>
-      <w:r w:rsidR="0048794A" w:rsidRPr="00A85807">
+      <w:r w:rsidR="0048794A" w:rsidRPr="00D83C16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:r w:rsidR="008074E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002320DA" w:rsidRPr="00BA60CD" w:rsidRDefault="00105804" w:rsidP="00533C49">
+    <w:p w:rsidR="008074E2" w:rsidRDefault="0057101F" w:rsidP="00533C49">
       <w:pPr>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A85807">
+      <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00DF5735" w:rsidRPr="00A85807">
+      <w:r w:rsidR="00DF5735" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="006A76A0" w:rsidRPr="00A85807">
+      <w:r w:rsidR="006A76A0" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.2.</w:t>
       </w:r>
-      <w:r w:rsidR="00D06A0C" w:rsidRPr="00A85807">
+      <w:r w:rsidR="00D06A0C" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00183E67" w:rsidRPr="00A85807">
+      <w:r w:rsidR="00183E67" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ja mainās </w:t>
       </w:r>
-      <w:r w:rsidR="00694CD0" w:rsidRPr="00A85807">
+      <w:r w:rsidR="00694CD0" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apmācību/prakses vai </w:t>
       </w:r>
-      <w:r w:rsidR="00183E67" w:rsidRPr="00A85807">
+      <w:r w:rsidR="00183E67" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>darbavietas adrese</w:t>
       </w:r>
-      <w:r w:rsidR="005806EE" w:rsidRPr="00A85807">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="005806EE" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>dienesta viesnīcu (ja attiecināms))</w:t>
+        <w:t xml:space="preserve"> (maina dzīvojamo telpu vai dienesta viesnīcu (ja attiecināms))</w:t>
       </w:r>
       <w:r w:rsidR="007F4E19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005806EE" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A6060A" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00DF5735" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -3347,64 +3360,81 @@
       <w:r w:rsidR="0029793E" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">tiesisko attiecību </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="0029793E" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>vai apmācību</w:t>
       </w:r>
       <w:r w:rsidR="00FE528F" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>/prakses</w:t>
       </w:r>
       <w:r w:rsidR="0029793E" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> mēneša beigām, kurā notikušas minētās izmaiņas</w:t>
       </w:r>
-      <w:r w:rsidR="00A6060A" w:rsidRPr="00BA60CD">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002320DA" w:rsidRPr="009D1D91" w:rsidRDefault="0057101F" w:rsidP="008074E2">
+      <w:pPr>
+        <w:ind w:left="993" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk221692392"/>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2.1.3. informēt 1.8. apakšpunktā minēto fizisko personu par viņu datu apstrādi Pasākuma ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4633" w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1A77" w:rsidRPr="00BA60CD">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DF5735" w:rsidRPr="004875AC" w:rsidRDefault="00105804" w:rsidP="00BA60CD">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00DF5735" w:rsidRPr="004875AC" w:rsidRDefault="0057101F" w:rsidP="00BA60CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:t>Ja piedaloties akt</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ī</w:t>
@@ -3487,51 +3517,51 @@
       <w:r w:rsidRPr="009648FF">
         <w:t xml:space="preserve"> ar Iesniegumu iesniegt</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:t xml:space="preserve"> pl</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:t>noto darba grafiku pirmajam m</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="004875AC">
         <w:t>nesim.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C67C96" w:rsidRPr="004875AC" w:rsidRDefault="00105804" w:rsidP="00BA60CD">
+    <w:p w:rsidR="00C67C96" w:rsidRPr="004875AC" w:rsidRDefault="0057101F" w:rsidP="00BA60CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004875AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="004308CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja darba pienākumus veic vairākās adresēs, </w:t>
       </w:r>
       <w:r w:rsidR="00F81916">
         <w:rPr>
@@ -3587,60 +3617,54 @@
         </w:rPr>
         <w:t xml:space="preserve">darba devēja apstiprinājumu </w:t>
       </w:r>
       <w:r w:rsidR="00422630">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>katrā darba dienā norādot darba sākšanas</w:t>
       </w:r>
       <w:r w:rsidR="00422630" w:rsidRPr="004308CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> adresi</w:t>
       </w:r>
       <w:r w:rsidR="00422630">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> un darba noslēgšanas adresi</w:t>
       </w:r>
       <w:r w:rsidRPr="004308CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...5 lines deleted...]
-        <w:t>kurās pārskata periodā veikti darba pienākumi.</w:t>
+        <w:t>, kurās pārskata periodā veikti darba pienākumi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C19C8" w:rsidRPr="001D21CA" w:rsidRDefault="00105804" w:rsidP="00DF5735">
+    <w:p w:rsidR="006C19C8" w:rsidRPr="001D21CA" w:rsidRDefault="0057101F" w:rsidP="00DF5735">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004875AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00FC3EEB" w:rsidRPr="004308CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="001D21CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -3673,78 +3697,84 @@
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbdienas laikā, </w:t>
       </w:r>
       <w:r w:rsidR="00EE39A9" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ja</w:t>
       </w:r>
       <w:r w:rsidR="00951793" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pasākuma īstenošanas laikā</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C19C8" w:rsidRPr="00780960" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="006C19C8" w:rsidRPr="00780960" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00FC3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>.1.</w:t>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00780960">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">zaudēta atbilstība </w:t>
       </w:r>
       <w:r w:rsidR="0092545F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">šī apliecinājuma </w:t>
       </w:r>
       <w:r w:rsidR="00D853BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>1.2</w:t>
       </w:r>
@@ -3781,643 +3811,520 @@
       <w:r w:rsidR="0092545F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="0071128B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pasākumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00780960">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00951793" w:rsidRPr="00CD05AF" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00951793" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00FC3EEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="006C19C8" w:rsidRPr="00780960">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> paralēli dalībai </w:t>
       </w:r>
       <w:r w:rsidR="004B50A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="006C19C8" w:rsidRPr="00780960">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">asākumā iegūts darba ņēmēja statuss uz laiku, kas nepārsniedz divus </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CD05AF">
+        <w:t xml:space="preserve">asākumā iegūts darba ņēmēja statuss </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C2D78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F3DF4" w:rsidRPr="001D21CA" w:rsidRDefault="00105804" w:rsidP="00B33461">
-[...154 lines deleted...]
-    <w:p w:rsidR="004F3DF4" w:rsidRPr="001D21CA" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00C021C1" w:rsidRDefault="0057101F" w:rsidP="00C021C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve">2.4.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ir b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ū</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>tiskas izmai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ņ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>as apm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>bu vai darba grafik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D21CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3DF4" w:rsidRPr="009D1D91" w:rsidRDefault="0057101F" w:rsidP="00DE40EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="852" w:hanging="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3EEB" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B87FF9" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja ir </w:t>
+      </w:r>
+      <w:r w:rsidR="006C3EB5" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>mainīju</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87FF9" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3EB5" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87FF9" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008162FE" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>iesaistes kritēriji</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE40EE" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF32D5" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegt atkārtoti Iesniegumu Aģentūrā 10 darbdienu laikā pēc izmaiņu iestāšanās brīža</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE40EE" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3DF4" w:rsidRPr="009D1D91" w:rsidRDefault="0057101F" w:rsidP="00B33461">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="993" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00DF5735" w:rsidRPr="001D21CA">
+      <w:r w:rsidR="00DF5735" w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00C67C96" w:rsidRPr="001D21CA">
+      <w:r w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00171FAF" w:rsidRPr="001D21CA">
+      <w:r w:rsidR="00171FAF" w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009F24EA" w:rsidRPr="001D21CA">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="001D21CA">
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F24EA" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0D57" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>klienta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deklar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D21CA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001D21CA">
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D21CA">
-[...3 lines deleted...]
-        <w:t>bu (t.sk. prakses) vietas vai darba vietas adrese;</w:t>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>vesvietas adrese;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B72CE" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="009B72CE" w:rsidRPr="009D1D91" w:rsidRDefault="0057101F" w:rsidP="00C021C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004F3DF4" w:rsidRPr="001D21CA">
+      <w:r w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00DF5735" w:rsidRPr="001D21CA">
+      <w:r w:rsidR="00DF5735" w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="004F3DF4" w:rsidRPr="001D21CA">
+      <w:r w:rsidR="00C67C96" w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00171FAF" w:rsidRPr="001D21CA">
+      <w:r w:rsidR="00171FAF" w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00C67C96" w:rsidRPr="001D21CA">
-[...17 lines deleted...]
-      <w:r w:rsidR="004F3DF4" w:rsidRPr="001D21CA">
+      <w:r w:rsidR="009F24EA" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>apm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>ū</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="004F3DF4" w:rsidRPr="001D21CA">
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>ņ</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>ī</w:t>
       </w:r>
-      <w:r w:rsidR="004F3DF4" w:rsidRPr="001D21CA">
-[...15 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>bu (t.sk. prakses) vietas vai darba vietas adrese;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F24EA" w:rsidRPr="001D21CA" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="003239D9" w:rsidRPr="00DE40EE" w:rsidRDefault="0057101F" w:rsidP="00FB4C5E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009B72CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.4.4.</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00C021C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="009B72CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009B72CE" w:rsidRPr="009B72CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>mainījies iesniegumā norādītais transporta veids nokļūšanai no deklarētās dzīvesvietas līdz apmācību vai prakses vai darba vietai un atpakaļ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003239D9" w:rsidRPr="001D21CA" w:rsidRDefault="00105804" w:rsidP="00B33461">
-[...105 lines deleted...]
-    <w:p w:rsidR="007249F7" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="007249F7" w:rsidRDefault="0057101F" w:rsidP="00FB4C5E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00DF5735">
-[...3 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="00FB4C5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>. J</w:t>
       </w:r>
       <w:r w:rsidR="00087D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">a iestājusies pārejoša darbnespēja, </w:t>
       </w:r>
       <w:r w:rsidR="00087D2F" w:rsidRPr="008956AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>trīs</w:t>
       </w:r>
       <w:r w:rsidR="00087D2F" w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbdienu</w:t>
       </w:r>
@@ -4448,66 +4355,66 @@
       <w:r w:rsidR="00087D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F0359">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="001C4D9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00BB50BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00764070" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00764070" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00DF5735">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00FB4C5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FA2DE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Darba tiesisko attiecību gadījumā </w:t>
       </w:r>
       <w:r w:rsidR="00FA2DE6" w:rsidRPr="001D21CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>nākamajā</w:t>
       </w:r>
       <w:r w:rsidR="001822BE" w:rsidRPr="001D21CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbdien</w:t>
       </w:r>
@@ -4619,257 +4526,266 @@
       <w:r w:rsidR="00E11DDF" w:rsidRPr="00BA60CD">
         <w:t>lieci</w:t>
       </w:r>
       <w:r w:rsidR="004277BD" w:rsidRPr="00BA60CD">
         <w:t>nošu dokumentu</w:t>
       </w:r>
       <w:r w:rsidR="00B54CC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006316BC">
         <w:t xml:space="preserve">un iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="00B54CC3">
         <w:t xml:space="preserve">iesniegt </w:t>
       </w:r>
       <w:r w:rsidR="00BC16C6">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00B54CC3">
         <w:t xml:space="preserve"> darbdienu laikā pēc pārejošas darbnespējas beigām.</w:t>
       </w:r>
       <w:r w:rsidRPr="004308CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424BB2" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00424BB2" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">2.8. </w:t>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4C5E">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00873707">
         <w:t>Četrus mēnešus</w:t>
       </w:r>
       <w:r w:rsidR="001E07D1">
         <w:t xml:space="preserve"> (no izdevumu apliecinošā dokumenta </w:t>
       </w:r>
       <w:r w:rsidR="008118F3">
         <w:t>izdošanas diena</w:t>
       </w:r>
       <w:r w:rsidR="001E07D1">
         <w:t xml:space="preserve">s) </w:t>
       </w:r>
       <w:r w:rsidR="00873707">
         <w:t xml:space="preserve">saglabāt </w:t>
       </w:r>
       <w:r w:rsidR="00786EA6">
         <w:t xml:space="preserve">transporta vai īres </w:t>
       </w:r>
       <w:r w:rsidR="00873707">
         <w:t xml:space="preserve">izdevumus apliecinošu dokumentu oriģinālus (degvielas pirkuma čekus, transporta biļetes, maksājuma uzdevumus u.c.) un pēc </w:t>
       </w:r>
       <w:r w:rsidR="001F0359">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras </w:t>
       </w:r>
       <w:r w:rsidR="00873707">
         <w:t xml:space="preserve">pieprasījuma tos uzrādīt desmit darbdienu laikā no pieprasījuma saņemšanas dienas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424BB2" w:rsidRPr="004308CE" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00424BB2" w:rsidRPr="004308CE" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">2.9. Piešķirto atbalstu izmantot tikai </w:t>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4C5E">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Piešķirto atbalstu izmantot tikai </w:t>
       </w:r>
       <w:r w:rsidR="003B6388">
         <w:t xml:space="preserve">transporta </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">izdevumu kompensēšanai </w:t>
       </w:r>
       <w:r w:rsidR="001240D0">
         <w:t xml:space="preserve">nokļūšanai </w:t>
       </w:r>
       <w:r>
         <w:t>no deklarētās dzīvesvietas uz apmācību/prakses vai darba vietu un atpakaļ uz deklarēto dzīvesvietu</w:t>
       </w:r>
       <w:r w:rsidR="003B6388" w:rsidRPr="003B6388">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B6388">
         <w:t>vai īres izdevumu kompensēšanai</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001822BE" w:rsidRPr="001822BE" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="001822BE" w:rsidRPr="001822BE" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004308CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00594A51">
-[...3 lines deleted...]
-        <w:t>10</w:t>
+      <w:r w:rsidR="00FB4C5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="001D21CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D21CA">
         <w:t>Atmaksāt</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F0359">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūrai </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA60CD">
         <w:t>pārmaksāto</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00500046">
-        <w:t>fina</w:t>
-[...2 lines deleted...]
-        <w:t>nšu atlīdzības summu</w:t>
+        <w:t>finanšu atlīdzības summu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> labprātīgi</w:t>
       </w:r>
       <w:r w:rsidRPr="00500046">
         <w:t xml:space="preserve"> piecu darbdienu laikā</w:t>
       </w:r>
       <w:r w:rsidRPr="00A80E1E">
         <w:t>, ja</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F0D57">
         <w:t>klients</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD7C42" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00FD7C42" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00594A51">
-        <w:t>10</w:t>
+      <w:r w:rsidR="00FB4C5E">
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:t>.1.</w:t>
       </w:r>
       <w:r w:rsidR="008B2080">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00511A94">
         <w:t>pārtrauc dalību pasākumā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD7C42" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00FD7C42" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00594A51">
-        <w:t>10</w:t>
+      <w:r w:rsidR="00FB4C5E">
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="008B2080">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001822BE" w:rsidRPr="006F0644">
         <w:t>zaudē atbilstību Pasākuma iesaistes kritērijiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F52F0" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="001F52F0" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="425" w:right="-6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="00594A51">
-        <w:t>10</w:t>
+      <w:r w:rsidR="00FB4C5E">
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:t>.3.</w:t>
       </w:r>
       <w:r w:rsidR="008B2080">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F50A52" w:rsidRPr="00B874D5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>neapliecina piešķirtā finanšu atbalsta izlietojumu īres izdevumu kompensēšanai vai</w:t>
       </w:r>
       <w:r w:rsidR="005540C6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F50A52" w:rsidRPr="00B874D5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pēc </w:t>
       </w:r>
@@ -4879,84 +4795,93 @@
       <w:r w:rsidR="00F50A52" w:rsidRPr="00B874D5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pieprasījuma</w:t>
       </w:r>
       <w:r w:rsidR="005540C6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F50A52" w:rsidRPr="00B874D5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> transporta izdevumu kompensēšanai</w:t>
       </w:r>
       <w:r w:rsidR="00F50A52">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C6C5C" w:rsidRDefault="00105804" w:rsidP="008956AA">
+    <w:p w:rsidR="005C6C5C" w:rsidRDefault="0057101F" w:rsidP="008956AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F50A52">
         <w:lastRenderedPageBreak/>
         <w:t>2.1</w:t>
       </w:r>
-      <w:r w:rsidR="00594A51">
-        <w:t>1</w:t>
+      <w:r w:rsidR="00FB4C5E">
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50A52">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t>Ja 90 dienu laikā pēc apmācības pabeigšanas bez attaisnojošiem iemesliem nekārto eksāmenu vai noslēguma pārbaudījumu, atlīdzināt Aģentūrai apmācības laikā saņemto mobilitātes atbalstu</w:t>
+        <w:t>Ja 90 dienu laikā pēc apmācības pabeigšanas bez attaisnojošiem iemesliem nekārto eksāmenu vai noslēguma pārbaudījumu, atlīdzināt Aģentūrai apmācības laikā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> saņemto mobilitātes atbalstu</w:t>
       </w:r>
       <w:r w:rsidR="002B6091">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A053DE" w:rsidRDefault="00105804" w:rsidP="008956AA">
+    <w:p w:rsidR="00A053DE" w:rsidRDefault="0057101F" w:rsidP="008956AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">2.12. </w:t>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4C5E">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E878EF" w:rsidRPr="008956AA">
         <w:t xml:space="preserve">Ja </w:t>
       </w:r>
       <w:r w:rsidR="00F8354A" w:rsidRPr="008956AA">
         <w:t>atl</w:t>
       </w:r>
       <w:r w:rsidR="00F8354A" w:rsidRPr="008956AA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r w:rsidR="00F8354A" w:rsidRPr="008956AA">
         <w:t>dz</w:t>
       </w:r>
       <w:r w:rsidR="00F8354A" w:rsidRPr="008956AA">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r w:rsidR="00F8354A" w:rsidRPr="008956AA">
         <w:t>bas sa</w:t>
       </w:r>
@@ -5063,73 +4988,79 @@
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="00F8354A" w:rsidRPr="008956AA">
         <w:t xml:space="preserve"> akta piespiedu izpilde</w:t>
       </w:r>
       <w:r w:rsidR="00F8354A" w:rsidRPr="001F52F0">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00861C00" w:rsidRPr="00A470CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00361981" w:rsidRDefault="00361981" w:rsidP="008956AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E26C93" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00E26C93" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="005C6C5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>13</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4C5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001822BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001822BE" w:rsidRPr="00500046">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ārmaksāto fi</w:t>
       </w:r>
       <w:r w:rsidR="001822BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nanšu atlīdzības summu pārskaitīt </w:t>
       </w:r>
@@ -5203,129 +5134,133 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ēš</w:t>
       </w:r>
       <w:r w:rsidR="001822BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00361981" w:rsidRPr="00B33461" w:rsidRDefault="00361981" w:rsidP="00B33461">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E4201" w:rsidRDefault="00105804" w:rsidP="00CD05AF">
+    <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+    <w:p w:rsidR="006E4201" w:rsidRDefault="0057101F" w:rsidP="00CD05AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00500046">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3175</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>47625</wp:posOffset>
+                  <wp:posOffset>43815</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="5841365" cy="1950720"/>
-                <wp:effectExtent l="6985" t="9525" r="9525" b="11430"/>
+                <wp:extent cx="5911200" cy="2462400"/>
+                <wp:effectExtent l="0" t="0" r="13970" b="14605"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5841365" cy="1950720"/>
+                          <a:ext cx="5911200" cy="2462400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1027" style="width:459.95pt;height:153.6pt;margin-top:3.75pt;margin-left:0.25pt;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:-251657216"/>
+              <v:rect id="Rectangle 7" o:spid="_x0000_s1027" style="width:465.45pt;height:193.9pt;margin-top:3.45pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:-251657216">
+                <w10:wrap anchorx="margin"/>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nodarbin</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5374,124 +5309,132 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ent</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ū</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ra</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Re</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ģ</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Nr. 90001634668</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00651D8A" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00651D8A" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valsts kase </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Kods: TRELLV22</w:t>
+        <w:t xml:space="preserve">Kods: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53461">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TRELLV22</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00B17DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -5501,108 +5444,102 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta </w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk143000490"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk143000490"/>
       <w:r w:rsidRPr="00F956A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prasmju </w:t>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:t>Prasmju pilnveide pieaugušajiem</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr.</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2D58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F956A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>3.1.2.5.i.0/1/23/I/CFLA/001</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ietvaros;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Konts: </w:t>
       </w:r>
       <w:r w:rsidR="00017907" w:rsidRPr="00017907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5624,51 +5561,51 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TREL2180451</w:t>
       </w:r>
       <w:r w:rsidR="00B17DAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>114</w:t>
       </w:r>
       <w:r w:rsidR="00017907" w:rsidRPr="00017907">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>00B</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ESF </w:t>
       </w:r>
       <w:r w:rsidR="00A2510E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -5725,83 +5662,83 @@
       <w:r w:rsidR="007D3FA7" w:rsidRPr="007D3FA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.3.3.2/1/24/I/002</w:t>
       </w:r>
       <w:r w:rsidR="007D3FA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ietvaros;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="001251E0" w:rsidRDefault="0057101F" w:rsidP="001251E0">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Konts: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk152950652"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk152950652"/>
       <w:r w:rsidR="0074235C" w:rsidRPr="0074235C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>LV24TREL218045111500B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="001251E0" w:rsidRPr="00A53461" w:rsidRDefault="0057101F" w:rsidP="001251E0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -5852,94 +5789,169 @@
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eta finans</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>juma ietvaros:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00105804" w:rsidP="00B33461">
+    <w:p w:rsidR="001251E0" w:rsidRPr="009D1D91" w:rsidRDefault="0057101F" w:rsidP="001251E0">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A53461">
+      <w:r w:rsidRPr="009D1D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Konts: LV16TREL5180451030000</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A53461" w:rsidRPr="00A53461" w:rsidRDefault="00A53461" w:rsidP="00F75A6E">
+    <w:p w:rsidR="00A53461" w:rsidRPr="009D1D91" w:rsidRDefault="0057101F" w:rsidP="00B33461">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ESF Plus projekta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>“Atbalsts pieaugušo izglītībai” ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47FF1" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53461" w:rsidRPr="009D1D91" w:rsidRDefault="0057101F" w:rsidP="00B33461">
       <w:pPr>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Konts:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D30EA" w:rsidRPr="009D1D91">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>LV21TREL218045112100B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53461" w:rsidRPr="009D1D91" w:rsidRDefault="00A53461" w:rsidP="00F75A6E">
+      <w:pPr>
+        <w:ind w:left="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="003F3272" w:rsidRDefault="003F3272" w:rsidP="009648FF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C26EFC" w:rsidRDefault="00105804" w:rsidP="009648FF">
+    <w:p w:rsidR="00C26EFC" w:rsidRDefault="0057101F" w:rsidP="009648FF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Maks</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00A53461">
@@ -6206,189 +6218,187 @@
         </w:rPr>
         <w:t>rdu, personas kodu).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C26EFC" w:rsidRDefault="00C26EFC" w:rsidP="009648FF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C26EFC" w:rsidRDefault="00C26EFC" w:rsidP="00B33461">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C776D4" w:rsidRDefault="00105804" w:rsidP="004A5E5E">
+    <w:p w:rsidR="00C776D4" w:rsidRDefault="0057101F" w:rsidP="004A5E5E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00500046">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Esmu iepazinies</w:t>
       </w:r>
       <w:r w:rsidR="004F37F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (-usies)</w:t>
       </w:r>
       <w:r w:rsidRPr="00500046">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> un piekrītu: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C26EFC" w:rsidRDefault="00C26EFC" w:rsidP="004A5E5E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D94E34" w:rsidRPr="00761FB0" w:rsidRDefault="00D94E34" w:rsidP="004A5E5E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4597"/>
         <w:gridCol w:w="4778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00503AFE" w:rsidTr="00F7201F">
+      <w:tr w:rsidR="001E6B06" w:rsidTr="00F7201F">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD7DD6" w:rsidRPr="00500046" w:rsidRDefault="00105804" w:rsidP="004A5E5E">
+          <w:p w:rsidR="00AD7DD6" w:rsidRPr="00500046" w:rsidRDefault="0057101F" w:rsidP="004A5E5E">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00500046">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD7DD6" w:rsidRPr="00500046" w:rsidRDefault="00105804" w:rsidP="004A5E5E">
+          <w:p w:rsidR="00AD7DD6" w:rsidRPr="00500046" w:rsidRDefault="0057101F" w:rsidP="004A5E5E">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00500046">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">      _______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503AFE" w:rsidTr="00F7201F">
+      <w:tr w:rsidR="001E6B06" w:rsidTr="00F7201F">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD7DD6" w:rsidRPr="00E90E37" w:rsidRDefault="00105804" w:rsidP="004A5E5E">
+          <w:p w:rsidR="00AD7DD6" w:rsidRPr="00E90E37" w:rsidRDefault="0057101F" w:rsidP="004A5E5E">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E90E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(datums – dd.mm.gggg.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD7DD6" w:rsidRPr="00E90E37" w:rsidRDefault="00105804" w:rsidP="004A5E5E">
+          <w:p w:rsidR="00AD7DD6" w:rsidRPr="00E90E37" w:rsidRDefault="0057101F" w:rsidP="004A5E5E">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00500046">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidRPr="00E90E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>(</w:t>
@@ -6399,369 +6409,402 @@
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>klienta</w:t>
             </w:r>
             <w:r w:rsidR="00073B7A" w:rsidRPr="00E90E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E90E37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>paraksts, tā atšifrējums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0046455C" w:rsidRPr="00043D25" w:rsidRDefault="0046455C" w:rsidP="004A5E5E">
+    <w:p w:rsidR="0046455C" w:rsidRDefault="0046455C" w:rsidP="004A5E5E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0046455C" w:rsidRPr="00043D25" w:rsidSect="00001241">
+    <w:p w:rsidR="009D30EA" w:rsidRDefault="009D30EA" w:rsidP="004A5E5E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009D30EA" w:rsidSect="00001241">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00105804" w:rsidRDefault="00105804">
+    <w:p w:rsidR="0057101F" w:rsidRDefault="0057101F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00105804" w:rsidRDefault="00105804">
+    <w:p w:rsidR="0057101F" w:rsidRDefault="0057101F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00926A88" w:rsidRPr="00A85B2A" w:rsidRDefault="00105804">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00926A88" w:rsidRPr="00A85B2A" w:rsidRDefault="0057101F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A85B2A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A85B2A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A85B2A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00A85807">
+    <w:r w:rsidR="002F7148">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00A85B2A">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00926A88" w:rsidRPr="00AA0101" w:rsidRDefault="00105804" w:rsidP="00AA0101">
+  <w:p w:rsidR="00926A88" w:rsidRPr="00AA0101" w:rsidRDefault="0057101F" w:rsidP="00AA0101">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AA0101">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">KRG_4.2.39.1_1.pielikums_Iesniegumam_2.versija </w:t>
+      <w:t>KRG_4.2.39.1_1.pielikums_Iesniegumam_</w:t>
+    </w:r>
+    <w:r w:rsidR="00AD6986">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00AA0101">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
-      </w:rPr>
-      <w:t>27.08.2024.</w:t>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.versija </w:t>
+    </w:r>
+    <w:r w:rsidR="00AD6986" w:rsidRPr="007E5DC9">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>09.03.2026.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00926A88" w:rsidRPr="00DE4F8C" w:rsidRDefault="00926A88" w:rsidP="000F2E77">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00105804" w:rsidRDefault="00105804" w:rsidP="00BE44E7">
+    <w:p w:rsidR="0057101F" w:rsidRDefault="0057101F" w:rsidP="00BE44E7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00105804" w:rsidRDefault="00105804" w:rsidP="00BE44E7">
+    <w:p w:rsidR="0057101F" w:rsidRDefault="0057101F" w:rsidP="00BE44E7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00105804" w:rsidRDefault="00105804"/>
+    <w:p w:rsidR="0057101F" w:rsidRDefault="0057101F"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00926A88" w:rsidRPr="004F0F5D" w:rsidRDefault="00105804" w:rsidP="00C26EFC">
+    <w:p w:rsidR="00926A88" w:rsidRPr="004F0F5D" w:rsidRDefault="0057101F" w:rsidP="00C26EFC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F0F5D">
-        <w:t xml:space="preserve">Pasākumu īsteno atbilstoši Ministru kabineta 2011.gada 25.janvāra noteikumiem Nr.75 „Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu </w:t>
+        <w:t xml:space="preserve">Pasākumu īsteno atbilstoši Ministru kabineta 2011.gada </w:t>
       </w:r>
       <w:r w:rsidRPr="004F0F5D">
-        <w:t>organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” 5.</w:t>
+        <w:t>25.janvāra noteikumiem Nr.75 „Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” 5.</w:t>
       </w:r>
       <w:r w:rsidRPr="004F0F5D">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F0F5D">
         <w:t>nodaļai.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00926A88" w:rsidRDefault="00926A88">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00926A88" w:rsidRDefault="00105804" w:rsidP="003B6388">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00926A88" w:rsidRDefault="0057101F" w:rsidP="003B6388">
     <w:pPr>
       <w:ind w:left="426" w:right="196"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:t>1.p</w:t>
     </w:r>
     <w:r w:rsidRPr="00F946F0">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:t>ielikums</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve"> Iesniegumam</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:spacing w:val="40"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00926A88" w:rsidRDefault="00926A88">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03102A00"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E69ED02E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -7072,148 +7115,148 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17415EDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A9F48E8A"/>
-    <w:lvl w:ilvl="0" w:tplc="181098D2">
+    <w:tmpl w:val="58ECA948"/>
+    <w:lvl w:ilvl="0" w:tplc="EB965818">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1713" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="283863E8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1E120192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2433" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19F2A8C2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8B441BD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A07077EA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C6624F22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B0CE841C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4D2AD352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C4104500" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="695201B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5313" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="811C70B4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8D64DFE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6033" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0584F188" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F408805E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6753" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9AE0238E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1B9C7B54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18E8305E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9A78651A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7846,126 +7889,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29BE0639"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEE0CF3E"/>
-    <w:lvl w:ilvl="0" w:tplc="347AB3D2">
+    <w:lvl w:ilvl="0" w:tplc="6FF217D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFC00230" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C6D0B50A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46582126" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="DE4A3780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="089476DE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="730E685E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83F84010" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63B6A958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1B9A4E80" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1B62D9F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0EBA323A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="EBC0C5A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46B4D128" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6A76967A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8F623982" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3F16C1F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A54004E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A92CDAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -8614,147 +8657,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D1E6D0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3724D5E2"/>
-    <w:lvl w:ilvl="0" w:tplc="765889AE">
+    <w:lvl w:ilvl="0" w:tplc="E4289762">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1859" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5212FD12" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16F6276E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2579" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="452E6200" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2274113C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3299" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F84E5ADE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A40A92EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4019" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87C88B70" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D8561B40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4739" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B5A286E0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E9A60690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5459" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A0461392" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18FAAC56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6179" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44B65030" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E67E0052" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6899" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9C340476" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B4141372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7619" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="404B4FA5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D8D87362"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8841,147 +8884,147 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42712F0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9078ECA0"/>
-    <w:lvl w:ilvl="0" w:tplc="9CCA89DE">
+    <w:lvl w:ilvl="0" w:tplc="ED78AAD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A3A4596A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5B02B42C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2214" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B3D8F5F0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9CACEAEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2934" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A1E684BE" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C520DF44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3654" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D77C57EA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D866479E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4374" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0CEAEC7A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E72AD10E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5094" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85E8BBFA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98849A60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5814" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E9AAE06E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="016247F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6534" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95E88DC0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96524BD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7254" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="456F6DE0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BA5E2ABC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9817,233 +9860,233 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6720167F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B98C96E"/>
-    <w:lvl w:ilvl="0" w:tplc="F0B85830">
+    <w:lvl w:ilvl="0" w:tplc="412E1132">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="BE3A4CFA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0EFC4708" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8D88354C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6B0AD1A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="201C4A54" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4CC82132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="03D07B08" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D744C2B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7E167EF0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="5F98B4AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48C2B9B0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="7D56F14E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14428C3A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BC9E6B58" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F6B053E6" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9AE4B746" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7677034B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBA49CEA"/>
-    <w:lvl w:ilvl="0" w:tplc="7FC04FA2">
+    <w:lvl w:ilvl="0" w:tplc="91748234">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1230" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8AA69EA6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A82C3352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1950" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DB025F3C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2232458A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E0A6BA74" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13368316" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3390" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6C7413E6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7F30DF78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4110" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B114DD8C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="962808F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D17865E2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22325A78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5550" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F628F1EE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44BAE25A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6270" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="BAD86E34" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1EF27A88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C994157"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BCACB66A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10340,72 +10383,72 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="164"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006240D2"/>
     <w:rsid w:val="00000168"/>
     <w:rsid w:val="00001241"/>
     <w:rsid w:val="00010195"/>
     <w:rsid w:val="00010C42"/>
     <w:rsid w:val="00013861"/>
     <w:rsid w:val="000150C6"/>
     <w:rsid w:val="00015766"/>
     <w:rsid w:val="00016E85"/>
     <w:rsid w:val="00017078"/>
     <w:rsid w:val="000170F1"/>
     <w:rsid w:val="00017737"/>
     <w:rsid w:val="00017907"/>
     <w:rsid w:val="00020175"/>
     <w:rsid w:val="00020560"/>
     <w:rsid w:val="00021889"/>
     <w:rsid w:val="00023F68"/>
     <w:rsid w:val="000259C7"/>
     <w:rsid w:val="000259E1"/>
     <w:rsid w:val="0002618A"/>
     <w:rsid w:val="0002765B"/>
     <w:rsid w:val="00027D7F"/>
     <w:rsid w:val="000316F7"/>
@@ -10473,144 +10516,149 @@
     <w:rsid w:val="000D0F2F"/>
     <w:rsid w:val="000D1C8B"/>
     <w:rsid w:val="000D36F4"/>
     <w:rsid w:val="000D3800"/>
     <w:rsid w:val="000D3856"/>
     <w:rsid w:val="000D3DBB"/>
     <w:rsid w:val="000D6B95"/>
     <w:rsid w:val="000E08FB"/>
     <w:rsid w:val="000E11EB"/>
     <w:rsid w:val="000E1960"/>
     <w:rsid w:val="000E48D9"/>
     <w:rsid w:val="000F1E1B"/>
     <w:rsid w:val="000F23B6"/>
     <w:rsid w:val="000F2D97"/>
     <w:rsid w:val="000F2E77"/>
     <w:rsid w:val="000F3ADD"/>
     <w:rsid w:val="000F424F"/>
     <w:rsid w:val="000F45A9"/>
     <w:rsid w:val="000F7295"/>
     <w:rsid w:val="000F7CF5"/>
     <w:rsid w:val="000F7E3C"/>
     <w:rsid w:val="00100C59"/>
     <w:rsid w:val="00101E00"/>
     <w:rsid w:val="00102988"/>
     <w:rsid w:val="0010454D"/>
-    <w:rsid w:val="00105804"/>
     <w:rsid w:val="00105DF6"/>
     <w:rsid w:val="00106F45"/>
     <w:rsid w:val="00107812"/>
     <w:rsid w:val="00111A46"/>
     <w:rsid w:val="00112719"/>
     <w:rsid w:val="00113003"/>
     <w:rsid w:val="00113D42"/>
     <w:rsid w:val="00114921"/>
     <w:rsid w:val="00115890"/>
     <w:rsid w:val="00117948"/>
     <w:rsid w:val="001240D0"/>
     <w:rsid w:val="00124455"/>
+    <w:rsid w:val="001251E0"/>
     <w:rsid w:val="0012530E"/>
     <w:rsid w:val="00125F2B"/>
+    <w:rsid w:val="00126BE6"/>
     <w:rsid w:val="001277F7"/>
     <w:rsid w:val="00127D5A"/>
     <w:rsid w:val="00130398"/>
     <w:rsid w:val="001324B2"/>
     <w:rsid w:val="001349EF"/>
     <w:rsid w:val="00135094"/>
     <w:rsid w:val="00135564"/>
     <w:rsid w:val="0013673F"/>
     <w:rsid w:val="0013731B"/>
     <w:rsid w:val="0014051F"/>
     <w:rsid w:val="001405C8"/>
     <w:rsid w:val="00141D9C"/>
     <w:rsid w:val="001423BC"/>
     <w:rsid w:val="0014265F"/>
     <w:rsid w:val="0014269A"/>
     <w:rsid w:val="001430C4"/>
     <w:rsid w:val="001455FC"/>
     <w:rsid w:val="00147647"/>
+    <w:rsid w:val="0015117C"/>
     <w:rsid w:val="001561B4"/>
     <w:rsid w:val="00156463"/>
     <w:rsid w:val="00156662"/>
     <w:rsid w:val="00157193"/>
     <w:rsid w:val="001614CE"/>
     <w:rsid w:val="0016166C"/>
     <w:rsid w:val="001622EE"/>
     <w:rsid w:val="00162471"/>
     <w:rsid w:val="00162DA5"/>
     <w:rsid w:val="00165480"/>
     <w:rsid w:val="00165D33"/>
     <w:rsid w:val="0016645B"/>
     <w:rsid w:val="00166DFC"/>
     <w:rsid w:val="00167E83"/>
     <w:rsid w:val="00171064"/>
     <w:rsid w:val="00171714"/>
     <w:rsid w:val="00171FAF"/>
     <w:rsid w:val="00173867"/>
     <w:rsid w:val="00173984"/>
     <w:rsid w:val="0017443A"/>
     <w:rsid w:val="00175C78"/>
     <w:rsid w:val="001760E7"/>
     <w:rsid w:val="0017623B"/>
+    <w:rsid w:val="00177387"/>
     <w:rsid w:val="001773AE"/>
     <w:rsid w:val="00177F06"/>
     <w:rsid w:val="001822BE"/>
     <w:rsid w:val="00182CED"/>
     <w:rsid w:val="00183168"/>
     <w:rsid w:val="00183E67"/>
     <w:rsid w:val="001847B3"/>
     <w:rsid w:val="001849A7"/>
     <w:rsid w:val="00186665"/>
     <w:rsid w:val="00186D27"/>
     <w:rsid w:val="00186D57"/>
     <w:rsid w:val="001874CC"/>
     <w:rsid w:val="0019087C"/>
     <w:rsid w:val="00191B5D"/>
     <w:rsid w:val="0019675C"/>
+    <w:rsid w:val="00197B4F"/>
     <w:rsid w:val="001A2002"/>
     <w:rsid w:val="001A72A8"/>
     <w:rsid w:val="001B0BDB"/>
     <w:rsid w:val="001B10DE"/>
     <w:rsid w:val="001B17A3"/>
     <w:rsid w:val="001B26EE"/>
     <w:rsid w:val="001B43D8"/>
     <w:rsid w:val="001C19AA"/>
     <w:rsid w:val="001C4D9E"/>
     <w:rsid w:val="001C6163"/>
     <w:rsid w:val="001C62B8"/>
     <w:rsid w:val="001D17FC"/>
     <w:rsid w:val="001D21CA"/>
     <w:rsid w:val="001D3A38"/>
     <w:rsid w:val="001D6300"/>
     <w:rsid w:val="001D7572"/>
     <w:rsid w:val="001E07D1"/>
     <w:rsid w:val="001E1938"/>
     <w:rsid w:val="001E3E23"/>
     <w:rsid w:val="001E3F00"/>
     <w:rsid w:val="001E47A1"/>
     <w:rsid w:val="001E4C5C"/>
     <w:rsid w:val="001E56F4"/>
+    <w:rsid w:val="001E6B06"/>
     <w:rsid w:val="001E6B77"/>
     <w:rsid w:val="001E6DB0"/>
     <w:rsid w:val="001E6FEB"/>
     <w:rsid w:val="001F0359"/>
     <w:rsid w:val="001F06FE"/>
     <w:rsid w:val="001F1DB1"/>
     <w:rsid w:val="001F39E6"/>
     <w:rsid w:val="001F4CE3"/>
     <w:rsid w:val="001F52F0"/>
     <w:rsid w:val="001F7A96"/>
     <w:rsid w:val="00201376"/>
     <w:rsid w:val="00202225"/>
     <w:rsid w:val="0020264E"/>
     <w:rsid w:val="0020287E"/>
     <w:rsid w:val="00203616"/>
     <w:rsid w:val="00205197"/>
     <w:rsid w:val="00206278"/>
     <w:rsid w:val="00207DE5"/>
     <w:rsid w:val="002120C8"/>
     <w:rsid w:val="002129BC"/>
     <w:rsid w:val="00212C73"/>
     <w:rsid w:val="0021396F"/>
     <w:rsid w:val="00214B44"/>
     <w:rsid w:val="0021530A"/>
     <w:rsid w:val="00215335"/>
@@ -10646,155 +10694,159 @@
     <w:rsid w:val="002629A2"/>
     <w:rsid w:val="00264765"/>
     <w:rsid w:val="00266838"/>
     <w:rsid w:val="00266FE0"/>
     <w:rsid w:val="00273D60"/>
     <w:rsid w:val="00275712"/>
     <w:rsid w:val="00275A1D"/>
     <w:rsid w:val="00276489"/>
     <w:rsid w:val="00276A24"/>
     <w:rsid w:val="00280981"/>
     <w:rsid w:val="00281B68"/>
     <w:rsid w:val="0028219A"/>
     <w:rsid w:val="0028605E"/>
     <w:rsid w:val="00290DEA"/>
     <w:rsid w:val="00291207"/>
     <w:rsid w:val="00292E43"/>
     <w:rsid w:val="0029414D"/>
     <w:rsid w:val="00295D46"/>
     <w:rsid w:val="00295E1B"/>
     <w:rsid w:val="00295F0F"/>
     <w:rsid w:val="0029793E"/>
     <w:rsid w:val="002A002D"/>
     <w:rsid w:val="002A02E5"/>
     <w:rsid w:val="002A0A68"/>
     <w:rsid w:val="002A35EF"/>
+    <w:rsid w:val="002A3C64"/>
     <w:rsid w:val="002A5064"/>
     <w:rsid w:val="002A6A52"/>
     <w:rsid w:val="002A7E81"/>
     <w:rsid w:val="002B1FCB"/>
     <w:rsid w:val="002B2FA4"/>
     <w:rsid w:val="002B4DB1"/>
     <w:rsid w:val="002B6091"/>
     <w:rsid w:val="002B699D"/>
     <w:rsid w:val="002B6DC8"/>
     <w:rsid w:val="002B6FE4"/>
     <w:rsid w:val="002B7548"/>
     <w:rsid w:val="002C0835"/>
     <w:rsid w:val="002C0A40"/>
     <w:rsid w:val="002C3380"/>
     <w:rsid w:val="002C4451"/>
     <w:rsid w:val="002C571C"/>
     <w:rsid w:val="002D2D55"/>
     <w:rsid w:val="002D369B"/>
     <w:rsid w:val="002D3A7F"/>
     <w:rsid w:val="002D3AAC"/>
     <w:rsid w:val="002D757F"/>
     <w:rsid w:val="002E5D48"/>
     <w:rsid w:val="002E7774"/>
     <w:rsid w:val="002F0240"/>
     <w:rsid w:val="002F1709"/>
     <w:rsid w:val="002F1CD6"/>
+    <w:rsid w:val="002F6DA9"/>
     <w:rsid w:val="002F7148"/>
     <w:rsid w:val="00300AD9"/>
     <w:rsid w:val="00301FB9"/>
     <w:rsid w:val="00304D5D"/>
     <w:rsid w:val="00306FFE"/>
     <w:rsid w:val="0030776F"/>
     <w:rsid w:val="003102B5"/>
     <w:rsid w:val="00310E8A"/>
     <w:rsid w:val="003136C5"/>
     <w:rsid w:val="0031656C"/>
     <w:rsid w:val="0032071C"/>
     <w:rsid w:val="00321D99"/>
     <w:rsid w:val="00322996"/>
     <w:rsid w:val="003239D9"/>
     <w:rsid w:val="0032441D"/>
     <w:rsid w:val="00327D9D"/>
     <w:rsid w:val="00327F81"/>
     <w:rsid w:val="00332CBB"/>
     <w:rsid w:val="00335F6F"/>
     <w:rsid w:val="00336D5D"/>
     <w:rsid w:val="00340666"/>
     <w:rsid w:val="003407FC"/>
     <w:rsid w:val="00342CA0"/>
     <w:rsid w:val="00344680"/>
     <w:rsid w:val="00345901"/>
     <w:rsid w:val="00345DF6"/>
     <w:rsid w:val="00347B8F"/>
     <w:rsid w:val="00350273"/>
     <w:rsid w:val="00353D97"/>
     <w:rsid w:val="003551A8"/>
     <w:rsid w:val="00356292"/>
     <w:rsid w:val="003562E8"/>
     <w:rsid w:val="00356FCB"/>
     <w:rsid w:val="00361981"/>
     <w:rsid w:val="00361AD3"/>
     <w:rsid w:val="00363DB3"/>
     <w:rsid w:val="00372CC5"/>
     <w:rsid w:val="00374170"/>
     <w:rsid w:val="00374AAA"/>
+    <w:rsid w:val="00375B75"/>
     <w:rsid w:val="00380C88"/>
     <w:rsid w:val="00380FCC"/>
     <w:rsid w:val="00385C0A"/>
     <w:rsid w:val="0039307D"/>
     <w:rsid w:val="0039387D"/>
     <w:rsid w:val="00394B9D"/>
     <w:rsid w:val="00394D86"/>
     <w:rsid w:val="00396640"/>
     <w:rsid w:val="003A21E0"/>
     <w:rsid w:val="003A29FB"/>
     <w:rsid w:val="003A4B5B"/>
     <w:rsid w:val="003A7AF6"/>
     <w:rsid w:val="003B0018"/>
     <w:rsid w:val="003B2430"/>
     <w:rsid w:val="003B27FD"/>
     <w:rsid w:val="003B6388"/>
     <w:rsid w:val="003B726A"/>
     <w:rsid w:val="003C0272"/>
     <w:rsid w:val="003C16B9"/>
     <w:rsid w:val="003C1A80"/>
     <w:rsid w:val="003C5855"/>
     <w:rsid w:val="003D0AD9"/>
     <w:rsid w:val="003D23D3"/>
     <w:rsid w:val="003D2A4C"/>
     <w:rsid w:val="003D30AB"/>
     <w:rsid w:val="003D3110"/>
     <w:rsid w:val="003D4B54"/>
     <w:rsid w:val="003D64D1"/>
     <w:rsid w:val="003D7049"/>
     <w:rsid w:val="003D73B2"/>
     <w:rsid w:val="003D7898"/>
     <w:rsid w:val="003D78D1"/>
     <w:rsid w:val="003E01E3"/>
     <w:rsid w:val="003E0A66"/>
     <w:rsid w:val="003E1A30"/>
     <w:rsid w:val="003E241E"/>
     <w:rsid w:val="003E2DFC"/>
     <w:rsid w:val="003E719B"/>
     <w:rsid w:val="003F31C0"/>
     <w:rsid w:val="003F3272"/>
+    <w:rsid w:val="003F38DC"/>
     <w:rsid w:val="003F5246"/>
     <w:rsid w:val="003F5B7A"/>
     <w:rsid w:val="003F655D"/>
     <w:rsid w:val="003F67A3"/>
     <w:rsid w:val="003F76DF"/>
     <w:rsid w:val="003F77F7"/>
     <w:rsid w:val="003F7AA3"/>
     <w:rsid w:val="00400271"/>
     <w:rsid w:val="00402B8B"/>
     <w:rsid w:val="00402D5F"/>
     <w:rsid w:val="00402DD5"/>
     <w:rsid w:val="004057AE"/>
     <w:rsid w:val="004072E2"/>
     <w:rsid w:val="00407BA0"/>
     <w:rsid w:val="004116E8"/>
     <w:rsid w:val="004117E4"/>
     <w:rsid w:val="00413B0F"/>
     <w:rsid w:val="00413CD4"/>
     <w:rsid w:val="00413D34"/>
     <w:rsid w:val="00415008"/>
     <w:rsid w:val="0041569F"/>
     <w:rsid w:val="00416B3A"/>
     <w:rsid w:val="00417771"/>
     <w:rsid w:val="00420999"/>
     <w:rsid w:val="00421D1B"/>
@@ -10867,153 +10919,158 @@
     <w:rsid w:val="004D41B9"/>
     <w:rsid w:val="004D5334"/>
     <w:rsid w:val="004D5785"/>
     <w:rsid w:val="004D584F"/>
     <w:rsid w:val="004D5D97"/>
     <w:rsid w:val="004D7C5A"/>
     <w:rsid w:val="004E0091"/>
     <w:rsid w:val="004E1F75"/>
     <w:rsid w:val="004E4B50"/>
     <w:rsid w:val="004E53C8"/>
     <w:rsid w:val="004E613E"/>
     <w:rsid w:val="004E6EDC"/>
     <w:rsid w:val="004E73F9"/>
     <w:rsid w:val="004F07A0"/>
     <w:rsid w:val="004F0F5D"/>
     <w:rsid w:val="004F2077"/>
     <w:rsid w:val="004F37F6"/>
     <w:rsid w:val="004F3DF4"/>
     <w:rsid w:val="004F4739"/>
     <w:rsid w:val="004F490B"/>
     <w:rsid w:val="004F5498"/>
     <w:rsid w:val="004F73E2"/>
     <w:rsid w:val="004F760D"/>
     <w:rsid w:val="00500046"/>
     <w:rsid w:val="00500ADB"/>
-    <w:rsid w:val="00503AFE"/>
     <w:rsid w:val="005059CF"/>
     <w:rsid w:val="00511A94"/>
     <w:rsid w:val="00516A74"/>
+    <w:rsid w:val="00516F7D"/>
     <w:rsid w:val="00520670"/>
     <w:rsid w:val="00525DBB"/>
     <w:rsid w:val="00526D2E"/>
     <w:rsid w:val="0053014B"/>
     <w:rsid w:val="00530761"/>
     <w:rsid w:val="00533C49"/>
+    <w:rsid w:val="00533DB2"/>
     <w:rsid w:val="00534E82"/>
-    <w:rsid w:val="005416ED"/>
     <w:rsid w:val="00542604"/>
     <w:rsid w:val="00543333"/>
     <w:rsid w:val="00543E7C"/>
     <w:rsid w:val="00544E8A"/>
     <w:rsid w:val="00544E94"/>
     <w:rsid w:val="005457AA"/>
     <w:rsid w:val="00545C4A"/>
     <w:rsid w:val="005467A1"/>
     <w:rsid w:val="00547FE3"/>
     <w:rsid w:val="00550EB1"/>
     <w:rsid w:val="0055157E"/>
     <w:rsid w:val="00552835"/>
     <w:rsid w:val="005534C8"/>
     <w:rsid w:val="00553FF4"/>
     <w:rsid w:val="005540C6"/>
     <w:rsid w:val="005559E5"/>
     <w:rsid w:val="00560EDB"/>
     <w:rsid w:val="005622CB"/>
     <w:rsid w:val="005668B6"/>
     <w:rsid w:val="00567418"/>
     <w:rsid w:val="00570314"/>
     <w:rsid w:val="00570CD4"/>
+    <w:rsid w:val="0057101F"/>
     <w:rsid w:val="00572DCB"/>
     <w:rsid w:val="00575A40"/>
     <w:rsid w:val="00575A73"/>
     <w:rsid w:val="005761B3"/>
     <w:rsid w:val="00576340"/>
     <w:rsid w:val="00577B8D"/>
     <w:rsid w:val="005806EE"/>
     <w:rsid w:val="005809DE"/>
     <w:rsid w:val="00580FFA"/>
     <w:rsid w:val="005821B1"/>
     <w:rsid w:val="00582528"/>
     <w:rsid w:val="00582FBB"/>
     <w:rsid w:val="00583373"/>
     <w:rsid w:val="00583657"/>
     <w:rsid w:val="00584214"/>
     <w:rsid w:val="0058492F"/>
     <w:rsid w:val="005856D3"/>
     <w:rsid w:val="00586EF4"/>
     <w:rsid w:val="00590C3C"/>
     <w:rsid w:val="005927D6"/>
     <w:rsid w:val="00594A51"/>
     <w:rsid w:val="00595B0C"/>
     <w:rsid w:val="00596083"/>
     <w:rsid w:val="00596307"/>
     <w:rsid w:val="005968F9"/>
     <w:rsid w:val="005969CA"/>
     <w:rsid w:val="00596B42"/>
     <w:rsid w:val="00597514"/>
     <w:rsid w:val="00597578"/>
     <w:rsid w:val="005979DE"/>
     <w:rsid w:val="005A394B"/>
     <w:rsid w:val="005A4C7D"/>
     <w:rsid w:val="005B0070"/>
     <w:rsid w:val="005B1472"/>
     <w:rsid w:val="005B2DFB"/>
     <w:rsid w:val="005B5F53"/>
+    <w:rsid w:val="005B79AB"/>
     <w:rsid w:val="005C0EF3"/>
     <w:rsid w:val="005C163A"/>
     <w:rsid w:val="005C29C0"/>
+    <w:rsid w:val="005C2D78"/>
     <w:rsid w:val="005C5468"/>
     <w:rsid w:val="005C5966"/>
     <w:rsid w:val="005C6C5C"/>
     <w:rsid w:val="005C792F"/>
     <w:rsid w:val="005D03E1"/>
     <w:rsid w:val="005D22FA"/>
     <w:rsid w:val="005D281F"/>
     <w:rsid w:val="005D4021"/>
     <w:rsid w:val="005D5713"/>
     <w:rsid w:val="005D69B6"/>
     <w:rsid w:val="005E37F9"/>
     <w:rsid w:val="005E56FE"/>
     <w:rsid w:val="005E6C33"/>
     <w:rsid w:val="005F042F"/>
     <w:rsid w:val="005F69CD"/>
     <w:rsid w:val="005F6B0E"/>
     <w:rsid w:val="005F6F7A"/>
     <w:rsid w:val="005F7E1B"/>
     <w:rsid w:val="00600D3B"/>
     <w:rsid w:val="00603242"/>
     <w:rsid w:val="00603CF6"/>
+    <w:rsid w:val="00605E95"/>
     <w:rsid w:val="00612193"/>
     <w:rsid w:val="00612AC4"/>
     <w:rsid w:val="00613EA8"/>
     <w:rsid w:val="00615AA5"/>
     <w:rsid w:val="00616AC8"/>
     <w:rsid w:val="00620C8E"/>
     <w:rsid w:val="00622A39"/>
     <w:rsid w:val="006240D2"/>
     <w:rsid w:val="0062598E"/>
+    <w:rsid w:val="00625E3A"/>
     <w:rsid w:val="0063044C"/>
     <w:rsid w:val="0063143E"/>
     <w:rsid w:val="006316BC"/>
     <w:rsid w:val="00633C64"/>
     <w:rsid w:val="00635DB3"/>
     <w:rsid w:val="0063612C"/>
     <w:rsid w:val="006369C3"/>
     <w:rsid w:val="0063727C"/>
     <w:rsid w:val="0064067D"/>
     <w:rsid w:val="0064470E"/>
     <w:rsid w:val="00644DF5"/>
     <w:rsid w:val="00644E5E"/>
     <w:rsid w:val="00644F69"/>
     <w:rsid w:val="00646AD7"/>
     <w:rsid w:val="006470E0"/>
     <w:rsid w:val="0065042B"/>
     <w:rsid w:val="00650755"/>
     <w:rsid w:val="00651D8A"/>
     <w:rsid w:val="0065209C"/>
     <w:rsid w:val="0065351A"/>
     <w:rsid w:val="00657000"/>
     <w:rsid w:val="006612FE"/>
     <w:rsid w:val="00663ABD"/>
     <w:rsid w:val="00664EC9"/>
     <w:rsid w:val="00674F29"/>
@@ -11042,50 +11099,51 @@
     <w:rsid w:val="006C3EB5"/>
     <w:rsid w:val="006C4887"/>
     <w:rsid w:val="006C4F24"/>
     <w:rsid w:val="006C6227"/>
     <w:rsid w:val="006C7CB6"/>
     <w:rsid w:val="006D1A56"/>
     <w:rsid w:val="006D1C02"/>
     <w:rsid w:val="006D2B9E"/>
     <w:rsid w:val="006D2DF7"/>
     <w:rsid w:val="006D30C3"/>
     <w:rsid w:val="006D5E76"/>
     <w:rsid w:val="006D665D"/>
     <w:rsid w:val="006E1BE8"/>
     <w:rsid w:val="006E3D54"/>
     <w:rsid w:val="006E3E53"/>
     <w:rsid w:val="006E4201"/>
     <w:rsid w:val="006E4F96"/>
     <w:rsid w:val="006E53AF"/>
     <w:rsid w:val="006F04AB"/>
     <w:rsid w:val="006F0644"/>
     <w:rsid w:val="006F0CF9"/>
     <w:rsid w:val="006F0D57"/>
     <w:rsid w:val="006F1100"/>
     <w:rsid w:val="006F60CA"/>
     <w:rsid w:val="006F68B9"/>
+    <w:rsid w:val="007001CF"/>
     <w:rsid w:val="007009A3"/>
     <w:rsid w:val="00702582"/>
     <w:rsid w:val="0070287D"/>
     <w:rsid w:val="00702F44"/>
     <w:rsid w:val="0070368F"/>
     <w:rsid w:val="00703EDA"/>
     <w:rsid w:val="0071128B"/>
     <w:rsid w:val="00713AAD"/>
     <w:rsid w:val="00714400"/>
     <w:rsid w:val="00714D97"/>
     <w:rsid w:val="00715431"/>
     <w:rsid w:val="007213C2"/>
     <w:rsid w:val="00721D31"/>
     <w:rsid w:val="00721DCA"/>
     <w:rsid w:val="0072249D"/>
     <w:rsid w:val="00724238"/>
     <w:rsid w:val="007249F7"/>
     <w:rsid w:val="00725DF8"/>
     <w:rsid w:val="007268E5"/>
     <w:rsid w:val="00726E5A"/>
     <w:rsid w:val="00732385"/>
     <w:rsid w:val="0073795B"/>
     <w:rsid w:val="00737AE3"/>
     <w:rsid w:val="00740A92"/>
     <w:rsid w:val="00741190"/>
@@ -11134,61 +11192,65 @@
     <w:rsid w:val="007B04E8"/>
     <w:rsid w:val="007B0D7C"/>
     <w:rsid w:val="007B10F1"/>
     <w:rsid w:val="007B25FF"/>
     <w:rsid w:val="007B2601"/>
     <w:rsid w:val="007B2774"/>
     <w:rsid w:val="007B2AAA"/>
     <w:rsid w:val="007B4CEC"/>
     <w:rsid w:val="007B5657"/>
     <w:rsid w:val="007B5785"/>
     <w:rsid w:val="007B6628"/>
     <w:rsid w:val="007C2EBA"/>
     <w:rsid w:val="007C4443"/>
     <w:rsid w:val="007C60F9"/>
     <w:rsid w:val="007C63A7"/>
     <w:rsid w:val="007D1457"/>
     <w:rsid w:val="007D1F73"/>
     <w:rsid w:val="007D24FF"/>
     <w:rsid w:val="007D2E67"/>
     <w:rsid w:val="007D3FA7"/>
     <w:rsid w:val="007D45C7"/>
     <w:rsid w:val="007D5FCE"/>
     <w:rsid w:val="007E08CF"/>
     <w:rsid w:val="007E279B"/>
     <w:rsid w:val="007E4D53"/>
+    <w:rsid w:val="007E5DC9"/>
     <w:rsid w:val="007E7EEB"/>
     <w:rsid w:val="007F0AD1"/>
+    <w:rsid w:val="007F4CF6"/>
     <w:rsid w:val="007F4E19"/>
     <w:rsid w:val="007F5EF6"/>
     <w:rsid w:val="007F792C"/>
     <w:rsid w:val="00802147"/>
     <w:rsid w:val="00802640"/>
     <w:rsid w:val="00804AFB"/>
+    <w:rsid w:val="008074E2"/>
     <w:rsid w:val="008101F9"/>
     <w:rsid w:val="008118F3"/>
     <w:rsid w:val="00814F49"/>
+    <w:rsid w:val="008162FE"/>
     <w:rsid w:val="00817940"/>
     <w:rsid w:val="00817CFD"/>
     <w:rsid w:val="008253C4"/>
     <w:rsid w:val="00825D95"/>
     <w:rsid w:val="00826256"/>
     <w:rsid w:val="00831363"/>
     <w:rsid w:val="008366F6"/>
     <w:rsid w:val="00836D97"/>
     <w:rsid w:val="00837697"/>
     <w:rsid w:val="00841892"/>
     <w:rsid w:val="008428BA"/>
     <w:rsid w:val="00844229"/>
     <w:rsid w:val="008442F3"/>
     <w:rsid w:val="00847502"/>
     <w:rsid w:val="00853ABE"/>
     <w:rsid w:val="0085511E"/>
     <w:rsid w:val="00856B93"/>
     <w:rsid w:val="00856E98"/>
     <w:rsid w:val="008603D7"/>
     <w:rsid w:val="00861C00"/>
     <w:rsid w:val="00861C27"/>
     <w:rsid w:val="008620FD"/>
     <w:rsid w:val="00862C78"/>
     <w:rsid w:val="008649B2"/>
     <w:rsid w:val="00864F87"/>
@@ -11313,81 +11375,87 @@
     <w:rsid w:val="00972C5E"/>
     <w:rsid w:val="00974654"/>
     <w:rsid w:val="00976DB2"/>
     <w:rsid w:val="00977475"/>
     <w:rsid w:val="00977E51"/>
     <w:rsid w:val="0098046C"/>
     <w:rsid w:val="00980A4A"/>
     <w:rsid w:val="0098224C"/>
     <w:rsid w:val="009843B5"/>
     <w:rsid w:val="00985514"/>
     <w:rsid w:val="00990C4B"/>
     <w:rsid w:val="009919E3"/>
     <w:rsid w:val="00992ACD"/>
     <w:rsid w:val="00995223"/>
     <w:rsid w:val="00996A57"/>
     <w:rsid w:val="009971DF"/>
     <w:rsid w:val="009976CE"/>
     <w:rsid w:val="009A0412"/>
     <w:rsid w:val="009A129C"/>
     <w:rsid w:val="009A16DA"/>
     <w:rsid w:val="009A27F2"/>
     <w:rsid w:val="009A2C9F"/>
     <w:rsid w:val="009A3C26"/>
     <w:rsid w:val="009A4105"/>
     <w:rsid w:val="009A6DC9"/>
+    <w:rsid w:val="009A751B"/>
     <w:rsid w:val="009A7CFD"/>
     <w:rsid w:val="009A7D97"/>
     <w:rsid w:val="009B0008"/>
     <w:rsid w:val="009B29B2"/>
     <w:rsid w:val="009B371F"/>
+    <w:rsid w:val="009B4187"/>
     <w:rsid w:val="009B5646"/>
     <w:rsid w:val="009B57DF"/>
     <w:rsid w:val="009B61BD"/>
     <w:rsid w:val="009B6325"/>
     <w:rsid w:val="009B64F6"/>
     <w:rsid w:val="009B72CE"/>
     <w:rsid w:val="009B7CB6"/>
     <w:rsid w:val="009C1327"/>
     <w:rsid w:val="009C26E7"/>
     <w:rsid w:val="009C2D88"/>
     <w:rsid w:val="009C3834"/>
     <w:rsid w:val="009D03F6"/>
     <w:rsid w:val="009D08F9"/>
+    <w:rsid w:val="009D1D91"/>
     <w:rsid w:val="009D1EDE"/>
+    <w:rsid w:val="009D30EA"/>
     <w:rsid w:val="009D31A1"/>
     <w:rsid w:val="009D7319"/>
     <w:rsid w:val="009D7701"/>
     <w:rsid w:val="009D7B0B"/>
     <w:rsid w:val="009E09D6"/>
     <w:rsid w:val="009E2692"/>
+    <w:rsid w:val="009E5A89"/>
     <w:rsid w:val="009E64D8"/>
     <w:rsid w:val="009F0673"/>
     <w:rsid w:val="009F19CC"/>
     <w:rsid w:val="009F1D1F"/>
     <w:rsid w:val="009F24EA"/>
     <w:rsid w:val="009F2ABE"/>
+    <w:rsid w:val="009F34D5"/>
     <w:rsid w:val="009F4C9E"/>
     <w:rsid w:val="009F4D11"/>
     <w:rsid w:val="009F55A2"/>
     <w:rsid w:val="009F5F19"/>
     <w:rsid w:val="009F6AA6"/>
     <w:rsid w:val="00A00F23"/>
     <w:rsid w:val="00A01F7F"/>
     <w:rsid w:val="00A02C24"/>
     <w:rsid w:val="00A03023"/>
     <w:rsid w:val="00A053DE"/>
     <w:rsid w:val="00A056B4"/>
     <w:rsid w:val="00A06F61"/>
     <w:rsid w:val="00A075B1"/>
     <w:rsid w:val="00A07ECE"/>
     <w:rsid w:val="00A10CBB"/>
     <w:rsid w:val="00A11DB7"/>
     <w:rsid w:val="00A211E0"/>
     <w:rsid w:val="00A250BE"/>
     <w:rsid w:val="00A2510E"/>
     <w:rsid w:val="00A3010F"/>
     <w:rsid w:val="00A308C6"/>
     <w:rsid w:val="00A31260"/>
     <w:rsid w:val="00A32892"/>
     <w:rsid w:val="00A32B0D"/>
     <w:rsid w:val="00A335F8"/>
@@ -11400,81 +11468,83 @@
     <w:rsid w:val="00A457D5"/>
     <w:rsid w:val="00A463ED"/>
     <w:rsid w:val="00A470CA"/>
     <w:rsid w:val="00A47CCB"/>
     <w:rsid w:val="00A50B78"/>
     <w:rsid w:val="00A50F72"/>
     <w:rsid w:val="00A5117F"/>
     <w:rsid w:val="00A51856"/>
     <w:rsid w:val="00A53461"/>
     <w:rsid w:val="00A54B46"/>
     <w:rsid w:val="00A54DE7"/>
     <w:rsid w:val="00A55EAA"/>
     <w:rsid w:val="00A57C2C"/>
     <w:rsid w:val="00A6060A"/>
     <w:rsid w:val="00A64CFC"/>
     <w:rsid w:val="00A67ABA"/>
     <w:rsid w:val="00A706B4"/>
     <w:rsid w:val="00A73D2F"/>
     <w:rsid w:val="00A75CD2"/>
     <w:rsid w:val="00A80E1E"/>
     <w:rsid w:val="00A817F0"/>
     <w:rsid w:val="00A82EDD"/>
     <w:rsid w:val="00A8364D"/>
     <w:rsid w:val="00A84C64"/>
     <w:rsid w:val="00A85704"/>
-    <w:rsid w:val="00A85807"/>
     <w:rsid w:val="00A85B2A"/>
     <w:rsid w:val="00A8691C"/>
     <w:rsid w:val="00A86CBE"/>
     <w:rsid w:val="00A87376"/>
     <w:rsid w:val="00A874EC"/>
     <w:rsid w:val="00A87F0B"/>
     <w:rsid w:val="00A90C4E"/>
     <w:rsid w:val="00A935F4"/>
     <w:rsid w:val="00A93EC9"/>
     <w:rsid w:val="00A95312"/>
     <w:rsid w:val="00A95B7A"/>
     <w:rsid w:val="00AA0101"/>
     <w:rsid w:val="00AA0BAE"/>
     <w:rsid w:val="00AA3077"/>
     <w:rsid w:val="00AA3893"/>
     <w:rsid w:val="00AA3975"/>
     <w:rsid w:val="00AA4845"/>
     <w:rsid w:val="00AA5475"/>
     <w:rsid w:val="00AA5A71"/>
     <w:rsid w:val="00AB18C7"/>
     <w:rsid w:val="00AB2C9D"/>
+    <w:rsid w:val="00AB4633"/>
     <w:rsid w:val="00AB5A63"/>
     <w:rsid w:val="00AB6012"/>
     <w:rsid w:val="00AB6801"/>
     <w:rsid w:val="00AC2052"/>
     <w:rsid w:val="00AC453E"/>
     <w:rsid w:val="00AC45DE"/>
     <w:rsid w:val="00AC7953"/>
+    <w:rsid w:val="00AD1D53"/>
     <w:rsid w:val="00AD2E0C"/>
     <w:rsid w:val="00AD4331"/>
+    <w:rsid w:val="00AD6986"/>
     <w:rsid w:val="00AD6F8D"/>
     <w:rsid w:val="00AD79A3"/>
     <w:rsid w:val="00AD7AC5"/>
     <w:rsid w:val="00AD7DD6"/>
     <w:rsid w:val="00AD7E66"/>
     <w:rsid w:val="00AE0825"/>
     <w:rsid w:val="00AE146F"/>
     <w:rsid w:val="00AF0890"/>
     <w:rsid w:val="00AF1664"/>
     <w:rsid w:val="00AF1713"/>
     <w:rsid w:val="00AF24C6"/>
     <w:rsid w:val="00AF3966"/>
     <w:rsid w:val="00AF56D5"/>
     <w:rsid w:val="00AF5B81"/>
     <w:rsid w:val="00AF661B"/>
     <w:rsid w:val="00AF7373"/>
     <w:rsid w:val="00B003D1"/>
     <w:rsid w:val="00B004A4"/>
     <w:rsid w:val="00B01CA6"/>
     <w:rsid w:val="00B039F3"/>
     <w:rsid w:val="00B04161"/>
     <w:rsid w:val="00B04B66"/>
     <w:rsid w:val="00B052F2"/>
     <w:rsid w:val="00B05BD0"/>
     <w:rsid w:val="00B1061B"/>
@@ -11485,122 +11555,129 @@
     <w:rsid w:val="00B16F14"/>
     <w:rsid w:val="00B17026"/>
     <w:rsid w:val="00B17DAA"/>
     <w:rsid w:val="00B204A5"/>
     <w:rsid w:val="00B214D2"/>
     <w:rsid w:val="00B21865"/>
     <w:rsid w:val="00B218AF"/>
     <w:rsid w:val="00B22975"/>
     <w:rsid w:val="00B22B6A"/>
     <w:rsid w:val="00B230AB"/>
     <w:rsid w:val="00B23AA8"/>
     <w:rsid w:val="00B24A88"/>
     <w:rsid w:val="00B27FB0"/>
     <w:rsid w:val="00B30FDC"/>
     <w:rsid w:val="00B31162"/>
     <w:rsid w:val="00B320E7"/>
     <w:rsid w:val="00B32DED"/>
     <w:rsid w:val="00B33461"/>
     <w:rsid w:val="00B367AC"/>
     <w:rsid w:val="00B410BA"/>
     <w:rsid w:val="00B42BF5"/>
     <w:rsid w:val="00B46042"/>
     <w:rsid w:val="00B468E1"/>
     <w:rsid w:val="00B468EE"/>
     <w:rsid w:val="00B47323"/>
+    <w:rsid w:val="00B47FF1"/>
     <w:rsid w:val="00B54CC3"/>
     <w:rsid w:val="00B55480"/>
     <w:rsid w:val="00B60D8E"/>
     <w:rsid w:val="00B62706"/>
     <w:rsid w:val="00B62A22"/>
     <w:rsid w:val="00B64DF4"/>
     <w:rsid w:val="00B667D4"/>
     <w:rsid w:val="00B71D96"/>
     <w:rsid w:val="00B73616"/>
     <w:rsid w:val="00B74838"/>
     <w:rsid w:val="00B7518C"/>
     <w:rsid w:val="00B75A77"/>
     <w:rsid w:val="00B77F6C"/>
     <w:rsid w:val="00B80A76"/>
     <w:rsid w:val="00B83DFF"/>
     <w:rsid w:val="00B874D5"/>
+    <w:rsid w:val="00B87FF9"/>
     <w:rsid w:val="00B90674"/>
     <w:rsid w:val="00B90DBA"/>
+    <w:rsid w:val="00B919FD"/>
     <w:rsid w:val="00B91BEA"/>
     <w:rsid w:val="00B925C9"/>
     <w:rsid w:val="00B9482B"/>
     <w:rsid w:val="00B94A10"/>
     <w:rsid w:val="00BA1032"/>
     <w:rsid w:val="00BA363B"/>
     <w:rsid w:val="00BA4626"/>
     <w:rsid w:val="00BA490B"/>
     <w:rsid w:val="00BA4D11"/>
     <w:rsid w:val="00BA60CD"/>
     <w:rsid w:val="00BA7575"/>
     <w:rsid w:val="00BB0ED8"/>
     <w:rsid w:val="00BB182E"/>
     <w:rsid w:val="00BB2B05"/>
     <w:rsid w:val="00BB3414"/>
     <w:rsid w:val="00BB50BC"/>
     <w:rsid w:val="00BB6AE5"/>
     <w:rsid w:val="00BB7FD2"/>
     <w:rsid w:val="00BC16C6"/>
     <w:rsid w:val="00BC2089"/>
     <w:rsid w:val="00BC3925"/>
     <w:rsid w:val="00BC4881"/>
+    <w:rsid w:val="00BC61DB"/>
     <w:rsid w:val="00BC6307"/>
     <w:rsid w:val="00BC6724"/>
     <w:rsid w:val="00BC6F8A"/>
     <w:rsid w:val="00BC70CC"/>
     <w:rsid w:val="00BC7AF7"/>
     <w:rsid w:val="00BD035D"/>
     <w:rsid w:val="00BD0812"/>
     <w:rsid w:val="00BD1B3D"/>
     <w:rsid w:val="00BD2081"/>
     <w:rsid w:val="00BD32F4"/>
     <w:rsid w:val="00BD75DF"/>
     <w:rsid w:val="00BE1DDF"/>
     <w:rsid w:val="00BE3487"/>
+    <w:rsid w:val="00BE378F"/>
     <w:rsid w:val="00BE388B"/>
     <w:rsid w:val="00BE44E7"/>
     <w:rsid w:val="00BE4A3D"/>
     <w:rsid w:val="00BE7DF6"/>
     <w:rsid w:val="00BF1399"/>
     <w:rsid w:val="00BF1793"/>
     <w:rsid w:val="00BF4660"/>
     <w:rsid w:val="00BF4C21"/>
     <w:rsid w:val="00BF56BF"/>
+    <w:rsid w:val="00C021C1"/>
     <w:rsid w:val="00C0234C"/>
     <w:rsid w:val="00C032FF"/>
     <w:rsid w:val="00C05081"/>
     <w:rsid w:val="00C055AC"/>
     <w:rsid w:val="00C11A53"/>
     <w:rsid w:val="00C15E81"/>
     <w:rsid w:val="00C166BF"/>
     <w:rsid w:val="00C22709"/>
     <w:rsid w:val="00C22A21"/>
     <w:rsid w:val="00C235D9"/>
+    <w:rsid w:val="00C244F1"/>
     <w:rsid w:val="00C24881"/>
     <w:rsid w:val="00C254BD"/>
     <w:rsid w:val="00C260CD"/>
     <w:rsid w:val="00C26805"/>
     <w:rsid w:val="00C26EFC"/>
     <w:rsid w:val="00C3088F"/>
     <w:rsid w:val="00C3284F"/>
     <w:rsid w:val="00C330AC"/>
     <w:rsid w:val="00C33A54"/>
     <w:rsid w:val="00C349CB"/>
     <w:rsid w:val="00C364E5"/>
     <w:rsid w:val="00C41AAE"/>
     <w:rsid w:val="00C41B50"/>
     <w:rsid w:val="00C42A86"/>
     <w:rsid w:val="00C43532"/>
     <w:rsid w:val="00C47302"/>
     <w:rsid w:val="00C50B5B"/>
     <w:rsid w:val="00C50C30"/>
     <w:rsid w:val="00C51370"/>
     <w:rsid w:val="00C5137A"/>
     <w:rsid w:val="00C51506"/>
     <w:rsid w:val="00C52DF3"/>
     <w:rsid w:val="00C535E2"/>
     <w:rsid w:val="00C546E9"/>
     <w:rsid w:val="00C55F7C"/>
@@ -11675,140 +11752,142 @@
     <w:rsid w:val="00CE353A"/>
     <w:rsid w:val="00CE5501"/>
     <w:rsid w:val="00CE69D7"/>
     <w:rsid w:val="00CF2E98"/>
     <w:rsid w:val="00CF3D2E"/>
     <w:rsid w:val="00CF4180"/>
     <w:rsid w:val="00CF7C9B"/>
     <w:rsid w:val="00D00389"/>
     <w:rsid w:val="00D0119C"/>
     <w:rsid w:val="00D01BF6"/>
     <w:rsid w:val="00D01FD6"/>
     <w:rsid w:val="00D03520"/>
     <w:rsid w:val="00D05CD6"/>
     <w:rsid w:val="00D05E02"/>
     <w:rsid w:val="00D06A0C"/>
     <w:rsid w:val="00D07116"/>
     <w:rsid w:val="00D072A0"/>
     <w:rsid w:val="00D07B99"/>
     <w:rsid w:val="00D07E1D"/>
     <w:rsid w:val="00D13751"/>
     <w:rsid w:val="00D141E6"/>
     <w:rsid w:val="00D152A9"/>
     <w:rsid w:val="00D17B0D"/>
     <w:rsid w:val="00D207D3"/>
     <w:rsid w:val="00D20864"/>
+    <w:rsid w:val="00D20BA8"/>
     <w:rsid w:val="00D21158"/>
     <w:rsid w:val="00D21F62"/>
     <w:rsid w:val="00D2201B"/>
     <w:rsid w:val="00D23108"/>
     <w:rsid w:val="00D23174"/>
     <w:rsid w:val="00D24030"/>
     <w:rsid w:val="00D27455"/>
     <w:rsid w:val="00D31DBE"/>
     <w:rsid w:val="00D328B7"/>
     <w:rsid w:val="00D35504"/>
     <w:rsid w:val="00D36112"/>
     <w:rsid w:val="00D372B7"/>
     <w:rsid w:val="00D40040"/>
     <w:rsid w:val="00D41931"/>
     <w:rsid w:val="00D421E5"/>
     <w:rsid w:val="00D426E3"/>
     <w:rsid w:val="00D43615"/>
     <w:rsid w:val="00D442FA"/>
     <w:rsid w:val="00D45F17"/>
     <w:rsid w:val="00D46799"/>
     <w:rsid w:val="00D50D5D"/>
     <w:rsid w:val="00D50DE2"/>
     <w:rsid w:val="00D5208D"/>
     <w:rsid w:val="00D52D24"/>
     <w:rsid w:val="00D52DF3"/>
     <w:rsid w:val="00D5306B"/>
     <w:rsid w:val="00D54E06"/>
     <w:rsid w:val="00D61F05"/>
     <w:rsid w:val="00D61FAC"/>
     <w:rsid w:val="00D64C4A"/>
     <w:rsid w:val="00D65359"/>
     <w:rsid w:val="00D67CF4"/>
     <w:rsid w:val="00D702C4"/>
     <w:rsid w:val="00D70307"/>
     <w:rsid w:val="00D708B2"/>
     <w:rsid w:val="00D71B74"/>
     <w:rsid w:val="00D73096"/>
     <w:rsid w:val="00D73733"/>
     <w:rsid w:val="00D7544D"/>
     <w:rsid w:val="00D759E7"/>
     <w:rsid w:val="00D83704"/>
+    <w:rsid w:val="00D83C16"/>
     <w:rsid w:val="00D853BA"/>
     <w:rsid w:val="00D864A5"/>
     <w:rsid w:val="00D86D07"/>
     <w:rsid w:val="00D875C5"/>
     <w:rsid w:val="00D90444"/>
     <w:rsid w:val="00D91A73"/>
     <w:rsid w:val="00D92494"/>
     <w:rsid w:val="00D92E00"/>
     <w:rsid w:val="00D94E34"/>
     <w:rsid w:val="00D96B83"/>
     <w:rsid w:val="00D97E6D"/>
     <w:rsid w:val="00D97EAB"/>
     <w:rsid w:val="00DA16D2"/>
     <w:rsid w:val="00DA236C"/>
     <w:rsid w:val="00DA278C"/>
     <w:rsid w:val="00DA4A72"/>
     <w:rsid w:val="00DA5245"/>
     <w:rsid w:val="00DA5587"/>
     <w:rsid w:val="00DA6C0E"/>
     <w:rsid w:val="00DB0466"/>
     <w:rsid w:val="00DB0483"/>
     <w:rsid w:val="00DB3965"/>
     <w:rsid w:val="00DB45C6"/>
     <w:rsid w:val="00DB5775"/>
     <w:rsid w:val="00DB664C"/>
     <w:rsid w:val="00DB6EC5"/>
     <w:rsid w:val="00DC01A7"/>
     <w:rsid w:val="00DC05DD"/>
     <w:rsid w:val="00DC0F0A"/>
     <w:rsid w:val="00DC28DA"/>
     <w:rsid w:val="00DC2EBA"/>
     <w:rsid w:val="00DC39D3"/>
     <w:rsid w:val="00DC402E"/>
-    <w:rsid w:val="00DC4A7C"/>
     <w:rsid w:val="00DC4DBF"/>
     <w:rsid w:val="00DD0C66"/>
     <w:rsid w:val="00DD1D6F"/>
     <w:rsid w:val="00DD23B9"/>
     <w:rsid w:val="00DD24A5"/>
     <w:rsid w:val="00DD2517"/>
     <w:rsid w:val="00DD347A"/>
     <w:rsid w:val="00DD5567"/>
     <w:rsid w:val="00DD58DD"/>
     <w:rsid w:val="00DD5973"/>
     <w:rsid w:val="00DD6DBB"/>
     <w:rsid w:val="00DD7205"/>
     <w:rsid w:val="00DE0C58"/>
     <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2F32"/>
+    <w:rsid w:val="00DE40EE"/>
     <w:rsid w:val="00DE4EAB"/>
     <w:rsid w:val="00DE4F8C"/>
     <w:rsid w:val="00DE5107"/>
     <w:rsid w:val="00DE661C"/>
     <w:rsid w:val="00DE7A30"/>
     <w:rsid w:val="00DF0170"/>
     <w:rsid w:val="00DF047E"/>
     <w:rsid w:val="00DF37B8"/>
     <w:rsid w:val="00DF3A21"/>
     <w:rsid w:val="00DF5735"/>
     <w:rsid w:val="00DF6F18"/>
     <w:rsid w:val="00E001E4"/>
     <w:rsid w:val="00E022C4"/>
     <w:rsid w:val="00E035EC"/>
     <w:rsid w:val="00E03C02"/>
     <w:rsid w:val="00E03D77"/>
     <w:rsid w:val="00E0527D"/>
     <w:rsid w:val="00E07894"/>
     <w:rsid w:val="00E11634"/>
     <w:rsid w:val="00E11DDF"/>
     <w:rsid w:val="00E13725"/>
     <w:rsid w:val="00E160A0"/>
     <w:rsid w:val="00E20329"/>
     <w:rsid w:val="00E20485"/>
     <w:rsid w:val="00E20B63"/>
@@ -11883,182 +11962,185 @@
     <w:rsid w:val="00EF52EA"/>
     <w:rsid w:val="00EF5A66"/>
     <w:rsid w:val="00EF6EF6"/>
     <w:rsid w:val="00EF7416"/>
     <w:rsid w:val="00EF75F2"/>
     <w:rsid w:val="00F00923"/>
     <w:rsid w:val="00F03BAF"/>
     <w:rsid w:val="00F04B7E"/>
     <w:rsid w:val="00F05E93"/>
     <w:rsid w:val="00F06CEE"/>
     <w:rsid w:val="00F12960"/>
     <w:rsid w:val="00F12E14"/>
     <w:rsid w:val="00F13B52"/>
     <w:rsid w:val="00F16CD8"/>
     <w:rsid w:val="00F221D4"/>
     <w:rsid w:val="00F22E82"/>
     <w:rsid w:val="00F24303"/>
     <w:rsid w:val="00F24BB7"/>
     <w:rsid w:val="00F24CB2"/>
     <w:rsid w:val="00F251B3"/>
     <w:rsid w:val="00F25F04"/>
     <w:rsid w:val="00F33CE5"/>
     <w:rsid w:val="00F36421"/>
     <w:rsid w:val="00F379D4"/>
     <w:rsid w:val="00F414CD"/>
+    <w:rsid w:val="00F44A74"/>
     <w:rsid w:val="00F45690"/>
     <w:rsid w:val="00F46E5B"/>
     <w:rsid w:val="00F4729C"/>
     <w:rsid w:val="00F50909"/>
     <w:rsid w:val="00F50A52"/>
     <w:rsid w:val="00F50CBC"/>
     <w:rsid w:val="00F52228"/>
     <w:rsid w:val="00F536E5"/>
     <w:rsid w:val="00F5374C"/>
     <w:rsid w:val="00F55316"/>
     <w:rsid w:val="00F558E1"/>
     <w:rsid w:val="00F55DFB"/>
     <w:rsid w:val="00F606C0"/>
     <w:rsid w:val="00F606E6"/>
     <w:rsid w:val="00F60986"/>
     <w:rsid w:val="00F60CE1"/>
     <w:rsid w:val="00F61773"/>
     <w:rsid w:val="00F61EC2"/>
     <w:rsid w:val="00F62854"/>
     <w:rsid w:val="00F62A15"/>
     <w:rsid w:val="00F639B5"/>
     <w:rsid w:val="00F64782"/>
     <w:rsid w:val="00F65166"/>
     <w:rsid w:val="00F673B3"/>
     <w:rsid w:val="00F700F8"/>
+    <w:rsid w:val="00F71B32"/>
     <w:rsid w:val="00F71E90"/>
     <w:rsid w:val="00F7201F"/>
     <w:rsid w:val="00F7231F"/>
     <w:rsid w:val="00F73DF0"/>
     <w:rsid w:val="00F74577"/>
     <w:rsid w:val="00F75A6E"/>
     <w:rsid w:val="00F765F7"/>
     <w:rsid w:val="00F77007"/>
     <w:rsid w:val="00F802B2"/>
     <w:rsid w:val="00F80A54"/>
     <w:rsid w:val="00F80ACF"/>
     <w:rsid w:val="00F81916"/>
     <w:rsid w:val="00F822E9"/>
     <w:rsid w:val="00F8354A"/>
     <w:rsid w:val="00F83798"/>
     <w:rsid w:val="00F904E4"/>
     <w:rsid w:val="00F928CB"/>
     <w:rsid w:val="00F939FE"/>
     <w:rsid w:val="00F946F0"/>
     <w:rsid w:val="00F956A2"/>
     <w:rsid w:val="00FA2DE6"/>
     <w:rsid w:val="00FB0D5C"/>
     <w:rsid w:val="00FB0FCC"/>
     <w:rsid w:val="00FB1325"/>
     <w:rsid w:val="00FB180F"/>
     <w:rsid w:val="00FB272D"/>
     <w:rsid w:val="00FB3FFD"/>
+    <w:rsid w:val="00FB4C5E"/>
     <w:rsid w:val="00FB576E"/>
     <w:rsid w:val="00FB601D"/>
     <w:rsid w:val="00FB68DF"/>
     <w:rsid w:val="00FB7C75"/>
     <w:rsid w:val="00FC054C"/>
     <w:rsid w:val="00FC0D5A"/>
     <w:rsid w:val="00FC1467"/>
     <w:rsid w:val="00FC33E5"/>
     <w:rsid w:val="00FC3EEB"/>
     <w:rsid w:val="00FC6737"/>
     <w:rsid w:val="00FC79D9"/>
     <w:rsid w:val="00FD1A77"/>
     <w:rsid w:val="00FD1AC6"/>
     <w:rsid w:val="00FD1C36"/>
     <w:rsid w:val="00FD7C2A"/>
     <w:rsid w:val="00FD7C42"/>
     <w:rsid w:val="00FE0F54"/>
     <w:rsid w:val="00FE2769"/>
     <w:rsid w:val="00FE4015"/>
     <w:rsid w:val="00FE528F"/>
     <w:rsid w:val="00FE5828"/>
     <w:rsid w:val="00FE5C09"/>
     <w:rsid w:val="00FF04E2"/>
     <w:rsid w:val="00FF06B2"/>
     <w:rsid w:val="00FF133B"/>
     <w:rsid w:val="00FF1862"/>
     <w:rsid w:val="00FF1DD2"/>
     <w:rsid w:val="00FF2D9C"/>
+    <w:rsid w:val="00FF32D5"/>
     <w:rsid w:val="00FF38CD"/>
     <w:rsid w:val="00FF3ECD"/>
     <w:rsid w:val="00FF47AB"/>
     <w:rsid w:val="00FF4DCE"/>
     <w:rsid w:val="00FF4ECC"/>
     <w:rsid w:val="00FF69FC"/>
     <w:rsid w:val="00FF70D2"/>
     <w:rsid w:val="00FF7750"/>
     <w:rsid w:val="00FF7CFE"/>
     <w:rsid w:val="00FF7EF1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="59FD361B"/>
   <w15:docId w15:val="{25125E26-83DC-4277-9262-E6005BA18E45}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12379,50 +12461,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005D5713"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006240D2"/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:right="-43"/>
@@ -12745,51 +12831,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D54E06"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="001F52F0"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -13324,79 +13410,79 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20199E8C-DB17-441D-A988-A46170D11E48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96E20110-1EBD-433E-810A-D241D4D2CE39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D69D3FC3-A549-41D4-AB4F-FD3D483D7819}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16DEADC0-40F2-4785-BF26-994AD297278D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>7073</Words>
-  <Characters>4032</Characters>
+  <Words>7110</Words>
+  <Characters>4053</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodarbinātības valsts aģentūras</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11083</CharactersWithSpaces>
+  <CharactersWithSpaces>11141</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nodarbinātības valsts aģentūras</dc:title>
   <dc:creator>eval</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>