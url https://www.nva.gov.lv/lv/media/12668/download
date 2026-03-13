--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -1,114 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00D426E3" w:rsidRPr="00237D96" w:rsidRDefault="005D75BD" w:rsidP="00D426E3">
+    <w:p w:rsidR="00D426E3" w:rsidRPr="00237D96" w:rsidRDefault="001E4F1D" w:rsidP="00D426E3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:firstLine="75"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00237D96">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nodarbinātības valsts aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="00CD6EA3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00980FD8" w:rsidRPr="005A30C3" w:rsidRDefault="00980FD8" w:rsidP="005A30C3"/>
-    <w:p w:rsidR="00F82459" w:rsidRPr="00F82459" w:rsidRDefault="005D75BD" w:rsidP="005A30C3">
+    <w:p w:rsidR="00F82459" w:rsidRPr="00F82459" w:rsidRDefault="001E4F1D" w:rsidP="005A30C3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00237D96">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IESNIEGUMS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D426E3" w:rsidRPr="00237D96" w:rsidRDefault="00D426E3" w:rsidP="00D426E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F06CEE" w:rsidRPr="000B3330" w:rsidRDefault="005D75BD" w:rsidP="006B6F25">
+    <w:p w:rsidR="00F06CEE" w:rsidRPr="000B3330" w:rsidRDefault="001E4F1D" w:rsidP="006B6F25">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00237D96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Lūdzu </w:t>
       </w:r>
       <w:r w:rsidR="00F606C0" w:rsidRPr="00237D96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>piešķirt man finanšu atlīdzību</w:t>
       </w:r>
       <w:r w:rsidR="000D602A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -222,51 +227,51 @@
       </w:r>
       <w:r w:rsidR="00654812" w:rsidRPr="0094757C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>atzīmē atbilstošo</w:t>
       </w:r>
       <w:r w:rsidR="00654812" w:rsidRPr="0094757C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00654812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00286270" w:rsidRPr="00771485" w:rsidRDefault="005D75BD" w:rsidP="00286270">
+    <w:p w:rsidR="00286270" w:rsidRPr="00771485" w:rsidRDefault="001E4F1D" w:rsidP="00286270">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="008735F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>transporta izdevumu segšanai par braucieniem no deklarētās dzīvesvietas uz</w:t>
       </w:r>
       <w:r w:rsidR="009D7BED">
@@ -278,51 +283,51 @@
       <w:r w:rsidR="004E65D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="004E65D7" w:rsidRPr="00EF4880">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>pmācību/prakses vai darbaviet</w:t>
       </w:r>
       <w:r w:rsidR="004E65D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>u un atpakaļ</w:t>
       </w:r>
       <w:r w:rsidR="008735F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D2E92" w:rsidRDefault="005D75BD" w:rsidP="00F15652">
+    <w:p w:rsidR="003D2E92" w:rsidRDefault="001E4F1D" w:rsidP="00F15652">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00F5374C" w:rsidRPr="00F15652">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>dzīvojam</w:t>
       </w:r>
       <w:r w:rsidR="004D0DAB" w:rsidRPr="00F15652">
         <w:rPr>
@@ -407,104 +412,104 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>/prakses</w:t>
       </w:r>
       <w:r w:rsidR="008735F4" w:rsidRPr="00F15652">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vietu un atpakaļ</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00F5374C" w:rsidRPr="00F15652">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E9653B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011B12" w:rsidRDefault="005D75BD" w:rsidP="00011B12">
+    <w:p w:rsidR="00011B12" w:rsidRDefault="001E4F1D" w:rsidP="00011B12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cits</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00011B12" w:rsidRDefault="005D75BD" w:rsidP="00011B12">
+    <w:p w:rsidR="00011B12" w:rsidRDefault="001E4F1D" w:rsidP="00011B12">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB7C6B" w:rsidRPr="00E00079" w:rsidRDefault="005D75BD" w:rsidP="00771485">
+    <w:p w:rsidR="00CB7C6B" w:rsidRPr="00E00079" w:rsidRDefault="001E4F1D" w:rsidP="00771485">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>9525</wp:posOffset>
                 </wp:positionH>
@@ -524,488 +529,484 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3949065" cy="281940"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="001E21BF" w:rsidRDefault="005D75BD" w:rsidP="00F6384D">
+                          <w:p w:rsidR="001E21BF" w:rsidRDefault="001E4F1D" w:rsidP="00F6384D">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="2160"/>
                               </w:tabs>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="-169"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>1. Informācija par iesniedzēju</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="001E21BF" w:rsidRDefault="001E21BF" w:rsidP="00FE282E">
                             <w:pPr>
                               <w:ind w:right="-169"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1025" type="#_x0000_t202" style="width:310.95pt;height:22.2pt;margin-top:5.4pt;margin-left:0.75pt;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251659264" fillcolor="silver">
+              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:.75pt;margin-top:5.4pt;width:310.95pt;height:22.2pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5iEnOHgIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJkywx4hRbug4D&#10;ugvQ7gNoWbaF6TZJiZ19fSk5TYNuexlmA4IoUkfkOeTmelCSHLjzwuiSTic5JVwzUwvdlvT7w+2b&#10;FSU+gK5BGs1LeuSeXm9fv9r0tuAz0xlZc0cQRPuityXtQrBFlnnWcQV+YizX6GyMUxDQdG1WO+gR&#10;XclslufLrDeuts4w7j2e3oxOuk34TcNZ+No0ngciS4q5hbS6tFZxzbYbKFoHthPslAb8QxYKhMZH&#10;z1A3EIDsnfgNSgnmjDdNmDCjMtM0gvFUA1YzzV9Uc9+B5akWJMfbM03+/8GyL4dvjoi6pFeUaFAo&#10;0QMfAnlvBrKM7PTWFxh0bzEsDHiMKqdKvb0z7Icn2uw60C1/55zpOw41ZjeNN7OLqyOOjyBV/9nU&#10;+Azsg0lAQ+NUpA7JIIiOKh3PysRUGB5erefrfLmghKFvtpqu50m6DIqn29b58JEbReKmpA6VT+hw&#10;uPMhZgPFU0h8zBsp6lshZTJcW+2kIwfALtnl8U8FvAiTmvQlXS9mi5GAv0Lk6fsThBIB210KVdLV&#10;OQiKSNsHXadmDCDkuMeUpT7xGKkbSQxDNZx0qUx9REadGdsaxxA3nXG/KOmxpUvqf+7BcUrkJ42q&#10;rKdzpI2EZMwXb2douEtPdekBzRCqpIGScbsL49zsrRNthy89q4zNmRg+DVLs/ks71fA87ttHAAAA&#10;//8DAFBLAwQUAAYACAAAACEAD74A0tsAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+EMBCF&#10;7yb+h2ZMvLlFlI1BysaQbNSTkcV7oSOwS6eElgX/vePJPU1e3sub72W71Q7ijJPvHSm430QgkBpn&#10;emoVVIf93RMIHzQZPThCBT/oYZdfX2U6NW6hTzyXoRVcQj7VCroQxlRK33Rotd+4EYm9bzdZHVhO&#10;rTSTXrjcDjKOoq20uif+0OkRiw6bUzlbBe/zsXH1Vx29joUtPpayejvsK6Vub9aXZxAB1/Afhj98&#10;RoecmWo3k/FiYJ1wkE/EA9jexg+PIGoFSRKDzDN5yZ//AgAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPmISc4eAgAANgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAA++ANLbAAAABwEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="001E21BF" w:rsidP="00F6384D" w14:paraId="1918DC4C" w14:textId="77777777">
+                    <w:p w:rsidR="001E21BF" w:rsidRDefault="001E4F1D" w:rsidP="00F6384D">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="2160"/>
                         </w:tabs>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="-169"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>1. Informācija par iesniedzēju</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="001E21BF" w:rsidP="00FE282E" w14:paraId="69C80422" w14:textId="77777777">
+                    <w:p w:rsidR="001E21BF" w:rsidRDefault="001E21BF" w:rsidP="00FE282E">
                       <w:pPr>
                         <w:ind w:right="-169"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE282E" w:rsidRDefault="00FE282E" w:rsidP="00FE282E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9855" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3216"/>
         <w:gridCol w:w="6639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="008E1B4B">
+      <w:tr w:rsidR="00250E44" w:rsidTr="008E1B4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1057">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Vārds, uzvārds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6639" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="008E1B4B" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="008E1B4B">
+      <w:tr w:rsidR="00250E44" w:rsidTr="008E1B4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1057">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Personas kods</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6639" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="008E1B4B" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="008E1B4B">
+      <w:tr w:rsidR="00250E44" w:rsidTr="008E1B4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="00F96E10" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C1057">
+            <w:r w:rsidRPr="00F96E10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Tālruņa numurs</w:t>
-[...5 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Tālruņa numurs:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6639" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="008E1B4B" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="00C531D8" w:rsidRDefault="008E1B4B" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="00B0F0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="008E1B4B">
+      <w:tr w:rsidR="00250E44" w:rsidTr="008E1B4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1057">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>E-pasta adrese</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6639" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="008E1B4B" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="008E1B4B">
+      <w:tr w:rsidR="00250E44" w:rsidTr="008E1B4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1057">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Bankas nosaukums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6639" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="008E1B4B" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="008E1B4B">
+      <w:tr w:rsidR="00250E44" w:rsidTr="008E1B4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1057">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Konta numurs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6639" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008E1B4B" w:rsidRPr="004C1057" w:rsidRDefault="008E1B4B" w:rsidP="009D1943">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="8820"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00587FD8" w:rsidRPr="006C5313" w:rsidRDefault="00587FD8" w:rsidP="005A30C3">
+    <w:p w:rsidR="00587FD8" w:rsidRPr="00C223E3" w:rsidRDefault="00587FD8" w:rsidP="005A30C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="1" w:name="_Hlk42856811"/>
-    <w:p w:rsidR="00FE282E" w:rsidRDefault="005D75BD" w:rsidP="00493E42">
+    <w:p w:rsidR="00FE282E" w:rsidRDefault="001E4F1D" w:rsidP="00493E42">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6705"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk42856811"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>31750</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4929505" cy="278130"/>
                 <wp:effectExtent l="0" t="0" r="4445" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -1013,51 +1014,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4929505" cy="278130"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="001E21BF" w:rsidRDefault="005D75BD" w:rsidP="00FE282E">
+                          <w:p w:rsidR="001E21BF" w:rsidRDefault="001E4F1D" w:rsidP="00FE282E">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="2160"/>
                               </w:tabs>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                               <w:ind w:right="-169"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>2. Informācija par dalību aktīv</w:t>
                             </w:r>
                             <w:r w:rsidR="00E12259">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>aj</w:t>
                             </w:r>
@@ -1108,56 +1109,56 @@
                           <w:p w:rsidR="001E21BF" w:rsidRDefault="001E21BF" w:rsidP="00FE282E">
                             <w:pPr>
                               <w:ind w:right="-169"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1026" type="#_x0000_t202" style="width:388.15pt;height:21.9pt;margin-top:2.5pt;margin-left:0;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251661312" fillcolor="silver">
+              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:2.5pt;width:388.15pt;height:21.9pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCskzcVIQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkjYx4hRbug4D&#10;ugvQ7gNoWY6F6TZJiZ19fSk5TY1tT8NsQBBF6og8h9zcDEqSI3deGF3R+SynhGtmGqH3Ff3+ePdm&#10;RYkPoBuQRvOKnrinN9vXrza9LXlhOiMb7giCaF/2tqJdCLbMMs86rsDPjOUana1xCgKabp81DnpE&#10;VzIr8vwq641rrDOMe4+nt6OTbhN+23IWvrat54HIimJuIa0urXVcs+0Gyr0D2wl2TgP+IQsFQuOj&#10;F6hbCEAOTvwBpQRzxps2zJhRmWlbwXiqAauZ579V89CB5akWJMfbC03+/8GyL8dvjogGtaNEg0KJ&#10;HvkQyHszkKvITm99iUEPFsPCgMcxMlbq7b1hPzzRZteB3vN3zpm+49BgdvN4M5tcHXF8BKn7z6bB&#10;Z+AQTAIaWqciIJJBEB1VOl2UiakwPFysi/UyX1LC0Fdcr+Zvk3QZlM+3rfPhIzeKxE1FHSqf0OF4&#10;70PMBsrnkJS9kaK5E1Imw+3rnXTkCNgluzz+qQAschomNekrul4Wy5GAqc9PIfL0/Q1CiYDtLoWq&#10;6OoSBGWk7YNuUjMGEHLcY8pSn3mM1I0khqEezoKd5alNc0JinRm7G6cRN51xvyjpsbMr6n8ewHFK&#10;5CeN4qzni0UchWQsltcFGm7qqace0AyhKhooGbe7MI7PwTqx7/ClF7GxRxPR53mKQzC1UykvU799&#10;AgAA//8DAFBLAwQUAAYACAAAACEAM01fetoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU6E&#10;QBCE7ya+w6RNvLmDf7sEaTaGZKOejCzeB2gBZXoIMyz49rYnPXUqVan6Ot2vdlAnmnzvGOF6E4Ei&#10;rl3Tc4tQHg9XMSgfDDdmcEwI3+Rhn52fpSZp3MJvdCpCq6SEfWIQuhDGRGtfd2SN37iRWLwPN1kT&#10;RE6tbiazSLkd9E0UbbU1PctCZ0bKO6q/itkivMyftaveq+hpzG3+uhTl8/FQIl5erI8PoAKt4S8M&#10;v/iCDpkwVW7mxqsBQR4JCPdyxNzttregKoS7OAadpfo/ffYDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEArJM3FSECAAA9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAM01fetoAAAAFAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="001E21BF" w:rsidP="00FE282E" w14:paraId="516A019E" w14:textId="716CE95C">
+                    <w:p w:rsidR="001E21BF" w:rsidRDefault="001E4F1D" w:rsidP="00FE282E">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="2160"/>
                         </w:tabs>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                         <w:ind w:right="-169"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>2. Informācija par dalību aktīv</w:t>
                       </w:r>
                       <w:r w:rsidR="00E12259">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>aj</w:t>
                       </w:r>
@@ -1183,51 +1184,51 @@
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">atzīmē </w:t>
                       </w:r>
                       <w:r w:rsidRPr="004D51F3">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>atbilstošo</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="001E21BF" w:rsidP="00FE282E" w14:paraId="6ACCDDDE" w14:textId="77777777">
+                    <w:p w:rsidR="001E21BF" w:rsidRDefault="001E21BF" w:rsidP="00FE282E">
                       <w:pPr>
                         <w:ind w:right="-169"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00314E3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
@@ -1235,51 +1236,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F0D3E" w:rsidRPr="00771485" w:rsidRDefault="001F0D3E" w:rsidP="00980FD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C5313" w:rsidRPr="00416400" w:rsidRDefault="005D75BD" w:rsidP="006C5313">
+    <w:p w:rsidR="006C5313" w:rsidRPr="00416400" w:rsidRDefault="001E4F1D" w:rsidP="006C5313">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416400">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Finanšu </w:t>
       </w:r>
       <w:r w:rsidRPr="002946FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>atlīdzīb</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -1324,84 +1325,88 @@
       </w:r>
       <w:r w:rsidRPr="0094757C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>atzīmē atbilstošo</w:t>
       </w:r>
       <w:r w:rsidRPr="0094757C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00416400">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C5313" w:rsidRPr="007B3405" w:rsidRDefault="005D75BD" w:rsidP="006C5313">
+    <w:p w:rsidR="006C5313" w:rsidRPr="00F23549" w:rsidRDefault="001E4F1D" w:rsidP="006C5313">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-        <w:t>;</w:t>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ESF Plus projekta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“Atbalsts pieaugušo izglītībai”</w:t>
+      </w:r>
+      <w:r w:rsidR="00590C60" w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenoto apmācību ietvaros;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C5313" w:rsidRPr="007B3405" w:rsidRDefault="005D75BD" w:rsidP="006C5313">
+    <w:p w:rsidR="006C5313" w:rsidRPr="00102286" w:rsidRDefault="001E4F1D" w:rsidP="006C5313">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40D2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ESF </w:t>
       </w:r>
       <w:r w:rsidR="00905E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Plus </w:t>
       </w:r>
@@ -1487,59 +1492,86 @@
       <w:r w:rsidRPr="00B40D2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00B40D2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>m”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B40D2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ietvaros</w:t>
       </w:r>
+      <w:r w:rsidR="00102286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00102286" w:rsidRPr="00102286" w:rsidRDefault="001E4F1D" w:rsidP="00102286">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B40D2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>AF projekta “Prasmju pilnveide pieaugušajiem” īstenoto apmācību ietvaros</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0079742A" w:rsidRDefault="005D75BD" w:rsidP="002C00CA">
+    <w:p w:rsidR="0079742A" w:rsidRDefault="001E4F1D" w:rsidP="002C00CA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="120"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -1561,51 +1593,51 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6211570" cy="285115"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="C0C0C0"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="001E21BF" w:rsidRPr="00416400" w:rsidRDefault="005D75BD" w:rsidP="00392C1F">
+                          <w:p w:rsidR="001E21BF" w:rsidRPr="00416400" w:rsidRDefault="001E4F1D" w:rsidP="00392C1F">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:ind w:left="425" w:hanging="425"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00416400">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>3.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00416400">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Informācija </w:t>
                             </w:r>
                             <w:r w:rsidRPr="005A30C3">
                               <w:rPr>
@@ -1669,56 +1701,56 @@
                           <w:p w:rsidR="001E21BF" w:rsidRDefault="001E21BF" w:rsidP="00392C1F">
                             <w:pPr>
                               <w:ind w:hanging="425"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="width:489.1pt;height:22.45pt;margin-top:8.2pt;margin-left:-3.15pt;mso-height-percent:0;mso-height-relative:page;mso-width-percent:0;mso-width-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;v-text-anchor:top;visibility:visible;z-index:251663360" fillcolor="silver">
+              <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-3.15pt;margin-top:8.2pt;width:489.1pt;height:22.45pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWLt5eHQIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCJE2NOMWWrsOA&#10;7gK0+wBZlm1hsqhJSuzs60fJbprdXobZgECK1CF5SG5vxl6Ro7BOgi5ptkgpEZpDLXVb0i+Pd682&#10;lDjPdM0UaFHSk3D0ZvfyxXYwhcihA1ULSxBEu2IwJe28N0WSON6JnrkFGKHR2IDtmUfVtklt2YDo&#10;vUryNF0nA9jaWODCOby9nYx0F/GbRnD/qWmc8ESVFHPz8bTxrMKZ7LasaC0zneRzGuwfsuiZ1Bj0&#10;DHXLPCMHK3+D6iW34KDxCw59Ak0juYg1YDVZ+ks1Dx0zItaC5Dhzpsn9P1j+8fjZElmXNKdEsx5b&#10;9ChGT97ASNaBncG4Ap0eDLr5Ea+xy7FSZ+6Bf3VEw75juhWvrYWhE6zG7LLwMrl4OuG4AFINH6DG&#10;MOzgIQKNje0DdUgGQXTs0uncmZAKx8t1nmWrKzRxtOWbFWoxBCueXhvr/DsBPQlCSS12PqKz473z&#10;IRtWPLmEYA6UrO+kUlGxbbVXlhwZTsk+Df+M/pOb0mQo6fUqX00E/BUijd+fIHrpcdyV7Eu6OTux&#10;ItD2VtdxGD2TapIxZaVnHgN1E4l+rMa5YXN7KqhPSKyFabpxG1HowH6nZMDJLqn7dmBWUKLea2zO&#10;dbZchlWIynJ1laNiLy3VpYVpjlAl9ZRM4t5P63MwVrYdRnpuNs5oJHrep7AEl3os5Xnrdz8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDcbaTg3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXv&#10;Jv6HZky87RZcgy5SNoZko56MLN4LHQGlU0LLgv/e8aTHN+/lvW+yw2oHccbJ944UxNsIBFLjTE+t&#10;gup03NyD8EGT0YMjVPCNHg755UWmU+MWesNzGVrBJeRTraALYUyl9E2HVvutG5HY+3CT1YHl1Eoz&#10;6YXL7SBvoiiRVvfEC50eseiw+Spnq+Bl/mxc/V5HT2Nhi9elrJ5Px0qp66v18QFEwDX8heEXn9Eh&#10;Z6bazWS8GBRskh0n+Z7cgmB/fxfvQdQKkngHMs/k/wfyHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDWLt5eHQIAAD0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDcbaTg3QAAAAgBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" fillcolor="silver">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="001E21BF" w:rsidRPr="00416400" w:rsidP="00392C1F" w14:paraId="5256A123" w14:textId="77777777">
+                    <w:p w:rsidR="001E21BF" w:rsidRPr="00416400" w:rsidRDefault="001E4F1D" w:rsidP="00392C1F">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:ind w:left="425" w:hanging="425"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00416400">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>3.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00416400">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Informācija </w:t>
                       </w:r>
                       <w:r w:rsidRPr="005A30C3">
                         <w:rPr>
@@ -1757,169 +1789,189 @@
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">atzīmē </w:t>
                       </w:r>
                       <w:r w:rsidRPr="004D51F3">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>atbilstošo</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:i/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="001E21BF" w:rsidP="00392C1F" w14:paraId="6070976D" w14:textId="77777777">
+                    <w:p w:rsidR="001E21BF" w:rsidRDefault="001E21BF" w:rsidP="00392C1F">
                       <w:pPr>
                         <w:ind w:hanging="425"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D73B85" w:rsidRDefault="00D73B85" w:rsidP="009D6870">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00C223E3" w:rsidRDefault="00C223E3" w:rsidP="008E1B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk40653696"/>
     </w:p>
-    <w:p w:rsidR="00FF0ECF" w:rsidRPr="00FF0ECF" w:rsidRDefault="005D75BD" w:rsidP="008E1B4B">
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Hlk40653696"/>
+    <w:p w:rsidR="00FF0ECF" w:rsidRPr="00FF0ECF" w:rsidRDefault="001E4F1D" w:rsidP="008E1B4B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00FF0ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nokļūšanai no deklarētās dzīvesvietas uz darba vietu un atpakaļ izmantošu </w:t>
+        <w:t xml:space="preserve">Nokļūšanai no deklarētās dzīvesvietas uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00593087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>apmācības</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>/prakses</w:t>
+      </w:r>
+      <w:r w:rsidR="00593087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba vietu un atpakaļ izmantošu </w:t>
       </w:r>
       <w:r w:rsidRPr="0070625E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="0070625E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ar X</w:t>
       </w:r>
       <w:r w:rsidRPr="0070625E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0070625E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>atzīmē atbilstošo</w:t>
       </w:r>
       <w:r w:rsidRPr="0070625E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F011D2" w:rsidRDefault="005D75BD" w:rsidP="00980FD8">
+    <w:p w:rsidR="00F011D2" w:rsidRDefault="001E4F1D" w:rsidP="00980FD8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00FF0ECF" w:rsidRPr="00FF0ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>reģionālās starppilsētu nozīmes vai reģionālās vietējās nozīmes sabiedrisko transportu</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="00F047CE" w:rsidRDefault="005D75BD" w:rsidP="00980FD8">
+    <w:p w:rsidR="00F047CE" w:rsidRDefault="001E4F1D" w:rsidP="00980FD8">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="003F7D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ieturvietu nosaukumi </w:t>
       </w:r>
       <w:r w:rsidR="00D3022F" w:rsidRPr="008C73B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2047,51 +2099,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">epieciešama </w:t>
       </w:r>
       <w:r w:rsidR="00D3022F" w:rsidRPr="008C73B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pārsēšanās citā transportlīdzeklī, tad aizpilda arī pārsēšanās pieturvietu nosaukumu)</w:t>
       </w:r>
       <w:r w:rsidR="00D3022F" w:rsidRPr="008C73B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F047CE" w:rsidRPr="00F047CE" w:rsidRDefault="005D75BD" w:rsidP="008916EC">
+    <w:p w:rsidR="00F047CE" w:rsidRPr="00F047CE" w:rsidRDefault="001E4F1D" w:rsidP="008916EC">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ok</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ļūš</w:t>
       </w:r>
@@ -2101,54 +2153,60 @@
         </w:rPr>
         <w:t>anai no deklar</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>s dz</w:t>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F047CE">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">vesvietas </w:t>
       </w:r>
       <w:r w:rsidR="003F7D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">līdz </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apmācību/prakses vai </w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2158,99 +2216,99 @@
       <w:r w:rsidR="00392C1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>viet</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A59B0" w:rsidRPr="003A59B0" w:rsidRDefault="005D75BD" w:rsidP="003A59B0">
+    <w:p w:rsidR="003A59B0" w:rsidRPr="003A59B0" w:rsidRDefault="001E4F1D" w:rsidP="003A59B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>iek</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>anas pieturvietas nosaukums</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F047CE" w:rsidRDefault="005D75BD" w:rsidP="00AA5F6E">
+    <w:p w:rsidR="00F047CE" w:rsidRDefault="001E4F1D" w:rsidP="00AA5F6E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="003A59B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
@@ -2260,96 +2318,102 @@
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>anas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieturvietas nosaukums_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F047CE" w:rsidRDefault="005D75BD" w:rsidP="008916EC">
+    <w:p w:rsidR="00F047CE" w:rsidRDefault="001E4F1D" w:rsidP="008916EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Nokļūšanai no </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk42863381"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">apmācību/prakses vai </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidR="00392C1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>vietas līdz deklarētai dzīvesvietai:</w:t>
+        <w:t>viet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>as līdz deklarētai dzīvesvietai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F047CE" w:rsidRPr="008916EC" w:rsidRDefault="005D75BD" w:rsidP="008916EC">
+    <w:p w:rsidR="00F047CE" w:rsidRPr="008916EC" w:rsidRDefault="001E4F1D" w:rsidP="008916EC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="003A59B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -2377,51 +2441,51 @@
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>anas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4F55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>pieturvietas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> nosaukums_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A59B0" w:rsidRPr="006019DB" w:rsidRDefault="005D75BD" w:rsidP="00AE01BB">
+    <w:p w:rsidR="003A59B0" w:rsidRPr="006019DB" w:rsidRDefault="001E4F1D" w:rsidP="00AE01BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>izk</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F047CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
@@ -2488,51 +2552,51 @@
           <w:bCs/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0050574D" w:rsidRPr="0050574D" w:rsidRDefault="0050574D" w:rsidP="0050574D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D6870" w:rsidRDefault="005D75BD" w:rsidP="006C5313">
+    <w:p w:rsidR="009D6870" w:rsidRDefault="001E4F1D" w:rsidP="006C5313">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF0ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>vieglo transportlīdzekli</w:t>
       </w:r>
     </w:p>
@@ -2541,231 +2605,224 @@
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9809"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="008E1B4B">
+      <w:tr w:rsidR="00250E44" w:rsidTr="008E1B4B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9855" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="00BE6260" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="00BE6260" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE6260">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>. Informācija par avansu</w:t>
             </w:r>
             <w:r w:rsidR="006E0E06">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006E0E06" w:rsidRPr="004D51F3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="006E0E06">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>atzīmē, ja vēlies saņemt avansu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E1B4B" w:rsidRDefault="005D75BD" w:rsidP="00980FD8">
+    <w:p w:rsidR="008E1B4B" w:rsidRDefault="001E4F1D" w:rsidP="00980FD8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Vēlos saņemt avansu</w:t>
       </w:r>
       <w:r w:rsidRPr="000E0376">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">izdevumu </w:t>
-[...5 lines deleted...]
-        <w:t>transporta vai īres izdevumu segšanai par pirmo apmācību/prakses vai darba tiesisko attiecību mēnesi.</w:t>
+        <w:t>izdevumu transporta vai īres izdevumu segšanai par pirmo apmācību/prakses vai darba tiesisko attiecību mēnesi.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="00A9004A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E1B4B" w:rsidRPr="00386003" w:rsidRDefault="008E1B4B" w:rsidP="008E1B4B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="928"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9809"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="00B6419F">
+      <w:tr w:rsidR="00250E44" w:rsidTr="00B6419F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="00BE6260" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="00BE6260" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:right="-169"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE6260">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00AF476A" w:rsidRPr="00AF476A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Esmu informēts/-a</w:t>
             </w:r>
             <w:r w:rsidR="00AF476A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>, ka:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B6419F" w:rsidRPr="00881CD3" w:rsidRDefault="005D75BD" w:rsidP="00881CD3">
+    <w:p w:rsidR="00B6419F" w:rsidRPr="00881CD3" w:rsidRDefault="001E4F1D" w:rsidP="00881CD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūra lēmumu nosūtīs </w:t>
       </w:r>
       <w:r w:rsidR="00A67C0B" w:rsidRPr="00881CD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>e-adres</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2782,317 +2839,443 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">pasta </w:t>
       </w:r>
       <w:r w:rsidR="00A67C0B" w:rsidRPr="00881CD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>adresē</w:t>
       </w:r>
       <w:r w:rsidR="00AF476A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00A67C0B" w:rsidRPr="00881CD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00881CD3" w:rsidRPr="00881CD3" w:rsidRDefault="005D75BD" w:rsidP="00881CD3">
+    <w:p w:rsidR="00881CD3" w:rsidRPr="00F23549" w:rsidRDefault="001E4F1D" w:rsidP="00881CD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881CD3">
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> atkārtoti izvērtēs manu atbilstību Pasākuma iesaistes kritērijiem un lems par finanšu atlīdzības izmaksas turpināšanu vai pārtraukšanu, ja tiks konstatētas izmaiņas informācijā, uz kuras pamata pieņemts lēmums par atbalsta piešķiršanu.</w:t>
+        <w:t xml:space="preserve"> atkārtoti izvērtēs manu atbilstību Pasākuma iesaistes kritērijiem un lems par finanšu atlīdzības izmaksas turpināšanu vai pārtraukšanu, ja tiks konstatētas izmaiņas informācijā, uz </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00F23549">
+        <w:t>kuras pamata pieņemts lēmums par atbalsta piešķiršanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC365E" w:rsidRPr="00F23549">
+        <w:t>;</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00AC365E" w:rsidRPr="00F23549" w:rsidRDefault="001E4F1D" w:rsidP="00A359BC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>mani person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>as dati tiks apstrādāti, lai izvērtētu manu atbilstību finanšu atlīdzības saņemšanai Pasākuma ietvaros, noteiktu finanšu atlīdzības apmēru un veiktu tās izmaksu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C614F4" w:rsidRPr="00F23549" w:rsidRDefault="001E4F1D" w:rsidP="00A359BC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>datu apstrādes tiesiskais pamats ir Ministru kabineta 2011. gada 25. janvāra noteikumi Nr.75 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem”</w:t>
+      </w:r>
+      <w:r w:rsidR="008C15EA" w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C15EA" w:rsidRPr="00F23549" w:rsidRDefault="001E4F1D" w:rsidP="00077ABE">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="-6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šajā iesniegumā minētās datu apstrādes pārzinis ir Nodarbinātības valsts aģentūra, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>reģ. Nr. 90001634668, adrese: Krišjāņa Valdemāra 38 k-1, Rīga, kontaktinformācija: pasts@nva.gov.lv, tālr</w:t>
+      </w:r>
+      <w:r w:rsidR="00946CF2" w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F23549">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20110210.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w:rsidR="00881CD3" w:rsidRPr="00881CD3" w:rsidRDefault="00881CD3" w:rsidP="00881CD3">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9809"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="009D1943">
+      <w:tr w:rsidR="00250E44" w:rsidTr="009D1943">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9904" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w:rsidR="008E1B4B" w:rsidRPr="00BE6260" w:rsidRDefault="005D75BD" w:rsidP="009D1943">
+          <w:p w:rsidR="008E1B4B" w:rsidRPr="00BE6260" w:rsidRDefault="001E4F1D" w:rsidP="009D1943">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1276"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:right="-6"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE6260">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Apliecinu, ka</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0035181E" w:rsidRDefault="005D75BD" w:rsidP="00392C1F">
+    <w:p w:rsidR="0035181E" w:rsidRDefault="001E4F1D" w:rsidP="00392C1F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00392C1F">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>mana deklarētā dzīvesvietas adrese sakrīt ar manu faktisko dzīvesvietas adresi;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035181E" w:rsidRDefault="005D75BD" w:rsidP="0047581C">
+    <w:p w:rsidR="0035181E" w:rsidRDefault="001E4F1D" w:rsidP="0047581C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5FD7">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">apmācību/prakses vai </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5FD7">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>darba</w:t>
       </w:r>
       <w:r w:rsidR="00392C1F" w:rsidRPr="003B5FD7">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5FD7">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>vietu no deklarētās dzīvesvietas un atpakaļ došos atbilstoši</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008214F0" w:rsidRPr="003B5FD7">
+        <w:t>vietu no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5FD7">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> apmācību/prakses vai darba</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5FD7">
+        <w:t xml:space="preserve"> deklarētās dzīvesvietas un atpakaļ došos atbilstoši</w:t>
+      </w:r>
+      <w:r w:rsidR="008214F0" w:rsidRPr="003B5FD7">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> grafikam</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0047581C">
+        <w:t xml:space="preserve"> apmācību/prakses vai darba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5FD7">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
+        <w:t xml:space="preserve"> grafikam</w:t>
+      </w:r>
+      <w:r w:rsidR="0047581C">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B5FD7" w:rsidRPr="001641E3" w:rsidRDefault="005D75BD" w:rsidP="0047581C">
+    <w:p w:rsidR="003B5FD7" w:rsidRPr="00C514CB" w:rsidRDefault="001E4F1D" w:rsidP="0047581C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001641E3">
-[...5 lines deleted...]
-      <w:r w:rsidR="0047581C" w:rsidRPr="001641E3">
+      <w:r w:rsidRPr="00C514CB">
+        <w:t>transporta un/vai dzīvojamās telpas īres izdevumus aktīvo nodarbinātības pasākumu ietvaros ne</w:t>
+      </w:r>
+      <w:r w:rsidR="0047581C" w:rsidRPr="00C514CB">
         <w:t>pieprasīšu</w:t>
       </w:r>
-      <w:r w:rsidRPr="001641E3">
-[...3 lines deleted...]
-        <w:t>evumus.</w:t>
+      <w:r w:rsidRPr="00C514CB">
+        <w:t xml:space="preserve"> atlīdzināt no vairākiem publiskiem finansēšanas avotiem vai ak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C514CB">
+        <w:t>tīvo nodarbinātības pasākumu darba tiesisko attiecību ietvaros darba devējs nekompensē transporta un/vai dzīvojamās telpas īres izdevumus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B5FD7" w:rsidRPr="003B5FD7" w:rsidRDefault="003B5FD7" w:rsidP="003B5FD7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC08C9" w:rsidRPr="00751845" w:rsidRDefault="005D75BD" w:rsidP="0070625E">
+    <w:p w:rsidR="00EC08C9" w:rsidRPr="00751845" w:rsidRDefault="001E4F1D" w:rsidP="0070625E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Iesniegumam pievienot</w:t>
       </w:r>
       <w:r w:rsidR="00572F43">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00751845">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ielikum</w:t>
       </w:r>
       <w:r w:rsidR="00572F43">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00B868A3" w:rsidRPr="00751845">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B868A3" w:rsidRDefault="005D75BD" w:rsidP="00771485">
+    <w:p w:rsidR="00B868A3" w:rsidRDefault="001E4F1D" w:rsidP="00771485">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00D85748" w:rsidRPr="00F035A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">pliecinājums par iepazīšanos ar </w:t>
       </w:r>
       <w:r w:rsidR="00EB54D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nosacījumiem dalībai </w:t>
       </w:r>
@@ -3108,1097 +3291,1151 @@
         </w:rPr>
         <w:t>ākumā un pienākumiem</w:t>
       </w:r>
       <w:r w:rsidR="0024783E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pasākuma īstenošanas laikā</w:t>
       </w:r>
       <w:r w:rsidR="00D85748" w:rsidRPr="002B2DDD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D85748" w:rsidRPr="00457C4F">
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r w:rsidR="00D267E0" w:rsidRPr="00457C4F">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00D85748" w:rsidRPr="00457C4F">
         <w:t xml:space="preserve"> lp.</w:t>
       </w:r>
       <w:r w:rsidR="00572F43">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00572F43" w:rsidRDefault="005D75BD" w:rsidP="00771485">
+    <w:p w:rsidR="00572F43" w:rsidRDefault="001E4F1D" w:rsidP="00771485">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Īres līguma kopija, ja tiek pieprasīta </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15652">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>dzīvojamās telpas īres vai dzīvošanas dienesta viesnīcā iz</w:t>
-[...5 lines deleted...]
-        <w:t>devumu kompensācija</w:t>
+        <w:t>dzīvojamās telpas īres vai dzīvošanas dienesta viesnīcā izdevumu kompensācija</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A450D3" w:rsidRDefault="005D75BD" w:rsidP="0070625E">
+    <w:p w:rsidR="00A450D3" w:rsidRDefault="001E4F1D" w:rsidP="0070625E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk22024206"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk22024206"/>
       <w:r>
         <w:t xml:space="preserve">Apliecinu, ka </w:t>
       </w:r>
       <w:r w:rsidR="005B00F0">
         <w:t>iesniegumā norādītā</w:t>
       </w:r>
       <w:r w:rsidR="009D7BED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>informācija ir patiesa.</w:t>
       </w:r>
       <w:r w:rsidR="00041EF0" w:rsidRPr="00041EF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B00F0" w:rsidRPr="005B00F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Apzinos, ka par nepatiesu ziņu sniegšanu mani var saukt pie Latvijas Republikas normatīvajos aktos noteiktās atbildības</w:t>
       </w:r>
       <w:r w:rsidR="005B00F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="68"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4597"/>
         <w:gridCol w:w="4778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="00A46A67">
+      <w:tr w:rsidR="00250E44" w:rsidTr="00A46A67">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A46A67" w:rsidRDefault="00A46A67" w:rsidP="00A46A67">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A46A67" w:rsidRPr="00C43532" w:rsidRDefault="005D75BD" w:rsidP="00A46A67">
+          <w:p w:rsidR="00A46A67" w:rsidRPr="00C43532" w:rsidRDefault="001E4F1D" w:rsidP="00A46A67">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C43532">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A46A67" w:rsidRDefault="005D75BD" w:rsidP="00A46A67">
+          <w:p w:rsidR="00A46A67" w:rsidRDefault="001E4F1D" w:rsidP="00A46A67">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C43532">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A46A67" w:rsidRPr="00C43532" w:rsidRDefault="005D75BD" w:rsidP="00A46A67">
+          <w:p w:rsidR="00A46A67" w:rsidRPr="00C43532" w:rsidRDefault="001E4F1D" w:rsidP="00A46A67">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C43532">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE71E4" w:rsidTr="00A46A67">
+      <w:tr w:rsidR="00250E44" w:rsidTr="00A46A67">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A46A67" w:rsidRPr="00C5390A" w:rsidRDefault="005D75BD" w:rsidP="00A46A67">
+          <w:p w:rsidR="00A46A67" w:rsidRPr="00C5390A" w:rsidRDefault="001E4F1D" w:rsidP="00A46A67">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5390A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(datums – dd.mm.gggg.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A46A67" w:rsidRPr="00C5390A" w:rsidRDefault="005D75BD" w:rsidP="00A46A67">
+          <w:p w:rsidR="00A46A67" w:rsidRPr="00C5390A" w:rsidRDefault="001E4F1D" w:rsidP="00A46A67">
             <w:pPr>
               <w:ind w:right="-43"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5390A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">        (paraksts, tā atšifrējums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C47F9E" w:rsidRPr="00EF4880" w:rsidRDefault="005D75BD" w:rsidP="00AA5F6E">
+    <w:p w:rsidR="00C47F9E" w:rsidRPr="00EF4880" w:rsidRDefault="001E4F1D" w:rsidP="00AA5F6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7311"/>
         </w:tabs>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A86B59" w:rsidRDefault="00A86B59" w:rsidP="00A46A67">
       <w:pPr>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:sectPr w:rsidR="00A86B59" w:rsidSect="00F72BA9">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="851" w:right="720" w:bottom="709" w:left="1701" w:header="539" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D75BD" w:rsidRDefault="005D75BD">
+    <w:p w:rsidR="001E4F1D" w:rsidRDefault="001E4F1D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D75BD" w:rsidRDefault="005D75BD">
+    <w:p w:rsidR="001E4F1D" w:rsidRDefault="001E4F1D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="001E21BF" w:rsidRPr="00A85B2A" w:rsidRDefault="005D75BD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="007E5DC9" w:rsidRDefault="007E5DC9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="001E21BF" w:rsidRPr="00A85B2A" w:rsidRDefault="001E4F1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A85B2A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A85B2A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A85B2A">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001641E3">
+    <w:r w:rsidR="00A50964">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00A85B2A">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="001E21BF" w:rsidRPr="00CE20C2" w:rsidRDefault="005D75BD" w:rsidP="007345D2">
+  <w:p w:rsidR="007E5DC9" w:rsidRPr="000D4E7F" w:rsidRDefault="001E4F1D" w:rsidP="007E5DC9">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:lang w:val="nl-NL"/>
+        <w:b/>
+        <w:color w:val="00B0F0"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D00389">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>KRG_4.2.39</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.1</w:t>
     </w:r>
     <w:r w:rsidRPr="00D00389">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>_</w:t>
     </w:r>
     <w:r w:rsidR="000717AF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1.pielikums_2</w:t>
+      <w:t>1.pielikums_</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">.versija </w:t>
+      <w:t xml:space="preserve">3.versija </w:t>
     </w:r>
-    <w:r w:rsidR="000717AF" w:rsidRPr="000717AF">
+    <w:r w:rsidRPr="007E5DC9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="18"/>
-        <w:szCs w:val="16"/>
-[...1 lines deleted...]
-      <w:t>20.12.2024.</w:t>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>09.03.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="001E21BF" w:rsidRPr="00CE20C2" w:rsidRDefault="001E4F1D" w:rsidP="007E5DC9">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="8597"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:lang w:val="nl-NL"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:lang w:val="nl-NL"/>
+      </w:rPr>
+      <w:tab/>
     </w:r>
   </w:p>
   <w:p w:rsidR="001E21BF" w:rsidRPr="00CE20C2" w:rsidRDefault="001E21BF" w:rsidP="007D1457">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="nl-NL"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="001E21BF" w:rsidRPr="00C43532" w:rsidRDefault="001E21BF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="007E5DC9" w:rsidRDefault="007E5DC9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D75BD" w:rsidRDefault="005D75BD" w:rsidP="00BE44E7">
+    <w:p w:rsidR="001E4F1D" w:rsidRDefault="001E4F1D" w:rsidP="00BE44E7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D75BD" w:rsidRDefault="005D75BD" w:rsidP="00BE44E7">
+    <w:p w:rsidR="001E4F1D" w:rsidRDefault="001E4F1D" w:rsidP="00BE44E7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="005D75BD" w:rsidRDefault="005D75BD"/>
+    <w:p w:rsidR="001E4F1D" w:rsidRDefault="001E4F1D"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="001E21BF" w:rsidRPr="005A30C3" w:rsidRDefault="005D75BD">
+    <w:p w:rsidR="001E21BF" w:rsidRPr="005A30C3" w:rsidRDefault="001E4F1D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E0E06">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="005A30C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">izpilda, norādot iesnieguma </w:t>
-[...5 lines deleted...]
-        <w:t>iesniegšanas iemeslu, ja iesniegums atbalsta saņemšanas laikā tiek iesniegts atkārtoti</w:t>
+        <w:t>izpilda, norādot iesnieguma iesniegšanas iemeslu, ja iesniegums atbalsta saņemšanas laikā tiek iesniegts atkārtoti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="001E21BF" w:rsidRDefault="005D75BD" w:rsidP="00A46A67">
+    <w:p w:rsidR="001E21BF" w:rsidRDefault="001E4F1D" w:rsidP="00A46A67">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Avansa apmērs īres izdevumu segšanai mēnesī nepārsniedz 200 </w:t>
       </w:r>
       <w:r w:rsidRPr="00052450">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vai 10 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C95713">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dienā transporta izdevumu segšanai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Avansa apmēru transporta izdevumu segšanai </w:t>
+        <w:t>Avansa apmēru transporta izdevumu segšanai Nodarbinātības valsts aģentūra aprēķina, ievērojot dienā ar sabiedrisko transportlīdzekli vai viegl</w:t>
       </w:r>
       <w:r>
-        <w:t>Nodarbinātības valsts aģentūra aprēķina, ievērojot dienā ar sabiedrisko transportlīdzekli vai vieglo transportlīdzekli mērojamo attālumu no deklarētās dzīvesvietas</w:t>
+        <w:t>o transportlīdzekli mērojamo attālumu no deklarētās dzīvesvietas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">līdz apmācību, prakses vai darbavietas faktiskai adresei un atpakaļ, paredzamo apmācību vai </w:t>
-[...7 lines deleted...]
-        <w:t>darba dienu skaitu pirmajā apmācību vai darba tiesisko attiecību mēnesī un lēmumā norādīto likmi</w:t>
+        <w:t>līdz apmācību, prakses vai darbavietas faktiskai adresei un atpakaļ, paredzamo apmācību vai darba dienu skaitu pirmajā apmācību vai darba tiesisko attiecību mēnesī un lēmumā norādīto likmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="007E5DC9" w:rsidRDefault="007E5DC9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="007E5DC9" w:rsidRDefault="007E5DC9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="007E5DC9" w:rsidRDefault="007E5DC9">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00852726"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BD62212"/>
-    <w:lvl w:ilvl="0" w:tplc="C71C2558">
+    <w:lvl w:ilvl="0" w:tplc="4FDC42BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="025C06BA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9EB03D1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87A42EAC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B4140D94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FD4E3EA8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5B58D708" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="448E5154" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F70AF880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9DA408E6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F9946EDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A6EC3D46" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FD0A19F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0B0AE604" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6D168116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A2E83BE4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9DB25BD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01FB319C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BB6DCB8"/>
-    <w:lvl w:ilvl="0" w:tplc="0F4088FC">
+    <w:lvl w:ilvl="0" w:tplc="A48E7BEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A9603B08" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D39C9F56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F4E0D98E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0C36AE0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3164" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DF5E9FBC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BC30FC46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3884" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="632606D2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9380150E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4604" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FEC0A9C8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30767082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E7F2BF68" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A2E80E3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68B8C476" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7E32C274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5ED443E2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7610E6E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7484" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04DF13C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4FA2672"/>
-    <w:lvl w:ilvl="0" w:tplc="3434F600">
+    <w:lvl w:ilvl="0" w:tplc="8AA2FE6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F746F5EE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="DC344170" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6A52402C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C12EAA02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41081F7C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8C32F0D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56F8D808" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AF526FD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3BDE386C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45E02CCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1508262E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DF2C4AFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26B2D98C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A8B23BA8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4FB8DC74" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E4203F68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="055B17EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E6E741A"/>
-    <w:lvl w:ilvl="0" w:tplc="1F8A697E">
+    <w:lvl w:ilvl="0" w:tplc="D190066C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A03EEA5C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="BA64FD78" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6C847486" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9D6CBC98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2586" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B524DD24" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="849E4954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3306" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32A8BA9A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9492098C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4026" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4300B3C4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A8E60692" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4746" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1EDA121E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8C587236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5466" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5F721D36" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1284B452" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F61662FE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="250E0F64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12F612DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1A20C130"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4397,643 +4634,643 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A070216"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73CA72BE"/>
-    <w:lvl w:ilvl="0" w:tplc="2232554E">
+    <w:lvl w:ilvl="0" w:tplc="33D01378">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FE92EEAC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4C363E26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EE7A798C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BAA602F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7556C9B2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0400F770" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="690A402A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46F8F2F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D758D8FC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1444E966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="DFAE9062" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A0D80B86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68A03B00" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="683E9CFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D1125580" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0082D954" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ADF73D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B51ED98E"/>
-    <w:lvl w:ilvl="0" w:tplc="8DDE16FE">
+    <w:lvl w:ilvl="0" w:tplc="77E2A4C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6B7A9A00" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C4E40786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7FD23C8C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E92AB84E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47E6C93A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="025CC45E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3CF88A98" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D1FE90C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6BB4606E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69149B9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EF24D9F8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3E8CD030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7C86BC7E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78D8636E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="AFA629EC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0D328D92" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E884CAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="532E90F2"/>
-    <w:lvl w:ilvl="0" w:tplc="F2487992">
+    <w:lvl w:ilvl="0" w:tplc="50541568">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="412ECBE6">
+    <w:lvl w:ilvl="1" w:tplc="77383E92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D66C88F4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="CD8E6C1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="591C0B0A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1F463A86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CB0AF582" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7A8CD7CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3884" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="122C91B2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="6C50CAE0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4604" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CDA4A126" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="710C392E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9CE44F86" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F2CE8600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24B45E96" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="416C4F92" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30CC4043"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DB64030"/>
-    <w:lvl w:ilvl="0" w:tplc="0846DAD6">
+    <w:lvl w:ilvl="0" w:tplc="DB7A8294">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FD347D1C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C6FAD75C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21566A4A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6C4ADD44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0690054C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0BE00056" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84F8B29E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32C6248A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DADA64E4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24182E62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F40AB1D4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DB7EF426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84CAD330" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="146246D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97E01540" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A628F41A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33D3650E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D2AD67C"/>
-    <w:lvl w:ilvl="0" w:tplc="011036A2">
+    <w:lvl w:ilvl="0" w:tplc="CF848B12">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="597C7D98" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C0E8289A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C18A6A34" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E7FAF9EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C3A62B90" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8884BADE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BFE438D2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80E08854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4E966828" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74A42244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5C2C68D0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E8F0FE42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6C045D6C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D0BEACBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8604BBBA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0A0CC46C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38F266F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E2E88B34"/>
-    <w:lvl w:ilvl="0" w:tplc="2104F002">
+    <w:lvl w:ilvl="0" w:tplc="E96A05EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3D741572" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="ED1C0FFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FD706A8E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6262BD42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4F7E1FE6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="313C4562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FCC6DDE4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2000E80A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0FCA0CD4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="6526D472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76144546" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D794047C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="EA8EE732" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55FAE644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24C2A17A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6930F848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B6E39CA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B469A6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5096,351 +5333,351 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BDF20CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AAC799C"/>
-    <w:lvl w:ilvl="0" w:tplc="F8D0EFBA">
+    <w:lvl w:ilvl="0" w:tplc="D0945440">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6B9246E2" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AAA2B208" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E1BA3696" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="842061AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="616CFD46" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A2F060B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F6282354" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69FA367E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BC5E18EA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C8E0B82C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="529CA914" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17C436D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FDF67BDE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="481253DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8A4E42CC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B12A0DC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D1E6D0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3724D5E2"/>
-    <w:lvl w:ilvl="0" w:tplc="4D2883A4">
+    <w:lvl w:ilvl="0" w:tplc="A3883A26">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1859" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A5DA07F2" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="245EA4D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2579" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3A36A354" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6E669F96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3299" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40349640" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C6FE9C68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4019" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B302CC80" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E3189A02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4739" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D5885348" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="AF26C5C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5459" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4F96C2CC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CFE88900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6179" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85FA3644" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27E85D9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6899" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43185C2A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="4DBC8DAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7619" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="481A4B69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35ACC78"/>
-    <w:lvl w:ilvl="0" w:tplc="2286E908">
+    <w:lvl w:ilvl="0" w:tplc="995A8F7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83B2DD20" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5422EFAA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CFC8E132" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="E6668064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CCEC0566" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F4BEE7FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9800D930" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1F68392C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8F146BBC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="CC0A2AA6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6478B122" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9CF03A9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FCB2ECAC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="784423A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3A5EAF08" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49363536" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DBF4D29"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C3401640"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5510,147 +5747,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E1674E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06289FEE"/>
-    <w:lvl w:ilvl="0" w:tplc="FB0E001C">
+    <w:lvl w:ilvl="0" w:tplc="43160DD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85E2BD08">
+    <w:lvl w:ilvl="1" w:tplc="C5FE2380">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67883A58">
+    <w:lvl w:ilvl="2" w:tplc="5126B964">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BC0A5002">
+    <w:lvl w:ilvl="3" w:tplc="B490719C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B4CA50C6">
+    <w:lvl w:ilvl="4" w:tplc="DB586E0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24DED690">
+    <w:lvl w:ilvl="5" w:tplc="4612A978">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E4260E66">
+    <w:lvl w:ilvl="6" w:tplc="06DC7F7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9E64EE68">
+    <w:lvl w:ilvl="7" w:tplc="4A3C328E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B8F636B2">
+    <w:lvl w:ilvl="8" w:tplc="ED9AAD04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59654C06"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="92BCC338"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5713,577 +5950,577 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A4C70E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F862AC4"/>
-    <w:lvl w:ilvl="0" w:tplc="090EDB5A">
+    <w:lvl w:ilvl="0" w:tplc="0F0A3C82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2006" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92703578" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D360B77E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2726" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B68831C0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F782C834" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3446" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1F3463F6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08EA5F10" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4166" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7174CD62" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="597EA73C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4886" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BFB62D36" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54D03DE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5606" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D0DE81EA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57966DD6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6326" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88CA2F8A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2CEE153C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7046" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3A6220F8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="179C0DF0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7766" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BF64014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C1EA1BE"/>
-    <w:lvl w:ilvl="0" w:tplc="8EB8C604">
+    <w:lvl w:ilvl="0" w:tplc="FFE6D9DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FCCA71AA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D49C1E9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="01624806" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F920E1B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5A6424B0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="329A9908" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EEBC20C8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33A4A0CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="EB28E554" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7FEC1FC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7326DDC4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="C04E1D68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="393E85F6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73ECB77E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A558B678" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="07CC60E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CD36365"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA40A732"/>
-    <w:lvl w:ilvl="0" w:tplc="FAECF8E0">
+    <w:lvl w:ilvl="0" w:tplc="74147E14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4BA8F38A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2F7AC07E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BEE260CC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1E167E14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D38A01B8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4FA027A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="357AEB06" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7EE0BB44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFDC3C14" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="984039DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27DC6718" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5D1C70B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6558631A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56F2ED4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7C9AC67A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5B2AAFD6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ED4436B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57168230"/>
-    <w:lvl w:ilvl="0" w:tplc="1438FCFA">
+    <w:lvl w:ilvl="0" w:tplc="E6EC886A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="BA2A6ADE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D988CFCA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5CF4720A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29483416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="788AAA58" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9796CB64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6658CB56" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="777ADF5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2DF6AB4E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7FB277F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5D04CF34" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0660E1FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75467270" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72A23CBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D65C12C2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="7B0874DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="611233DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="006CA8F2"/>
-    <w:lvl w:ilvl="0" w:tplc="24426218">
+    <w:lvl w:ilvl="0" w:tplc="8CE228A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2563" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="959ACF0C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="397824B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3283" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A55095D2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F300D860" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4003" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2DD6CD98" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8032723E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4723" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C6C61722" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3378112C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5443" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CD048DF0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2698170C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6163" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A54CC4B4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="946A40A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6883" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CF5A3260" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70341D5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7603" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="00424C30" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53DCA300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8323" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63364A23"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AAEA7AF0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -6482,572 +6719,572 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3421" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4064" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78E2470A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="709C68FC"/>
-    <w:lvl w:ilvl="0" w:tplc="B8343024">
+    <w:lvl w:ilvl="0" w:tplc="B7CCB602">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="552AA33C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FE5A7DCC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DC427AE2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="993CFCF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B63A6B54" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3DCE8274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F416989C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37DEB6C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3E5492FA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C1F68058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11487692" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4A82CEF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5CD82066" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0FDE38AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6E8EACFA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F0BAA9CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="792853EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE026D84"/>
-    <w:lvl w:ilvl="0" w:tplc="1272E24A">
+    <w:lvl w:ilvl="0" w:tplc="ED58DF40">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F2E264E0">
+    <w:lvl w:ilvl="1" w:tplc="4D16D776">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60EEE878" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="633E9926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2280" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F5B81B8E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B75831CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3000" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67AA41EC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E0269220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60923F0E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="378A3924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4440" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="651A0A5A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="ACE44830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="612666F4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BAC6B35C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3AA89258" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="558C61E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6600" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AF02524"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A7EC084"/>
-    <w:lvl w:ilvl="0" w:tplc="65225776">
+    <w:lvl w:ilvl="0" w:tplc="B1F0B676">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9B48C51A">
+    <w:lvl w:ilvl="1" w:tplc="6C6AA834">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F03854B2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5D446E7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9B0832AC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48A683C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48B4AD3E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C6DC8F10" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CDA25DCA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="DE48F686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8F16DD1A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1F5EA7C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D72414E0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="878C8F56" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11E4C210" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6D14FD84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B320DC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF9A8384"/>
-    <w:lvl w:ilvl="0" w:tplc="FAD2F72E">
+    <w:lvl w:ilvl="0" w:tplc="DC34482E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2563" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6B949810" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9B0CA2D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3283" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1662EE56" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C6182286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4003" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="EDBCD45E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CB18D07A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4723" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C42AF82A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6174F612" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5443" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0DC6CB98" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="930EFA30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6163" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="197C2B58" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="C93CB11C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6883" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1C401700" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2C507F54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7603" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="BABC5622" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="5E622CEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8323" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4564DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5543734"/>
-    <w:lvl w:ilvl="0" w:tplc="A3884300">
+    <w:lvl w:ilvl="0" w:tplc="054C7D40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CAB640DA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="731E9F36" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="569C15CE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49CC7E88" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C5E2EDA0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A12218CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A75E4EF8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="791CC088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0E2283D8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="BBFAF888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76A0515E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FAAAE950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0CE86BA6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="5B6A76AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1FB858CA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="09A2E6EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BCE7303"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C73AB8B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
@@ -7134,260 +7371,260 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E4A22E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E20A7E4"/>
-    <w:lvl w:ilvl="0" w:tplc="FA74C2A8">
+    <w:lvl w:ilvl="0" w:tplc="C6C4E62E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1C1CC2DE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C16EC1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59BC0E18" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F372E084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F3F0D64E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="ADD445C2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F95A9A2C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79B0B632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3884" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1BEC8756" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3FAE52EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4604" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5B5433E6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="D51C4104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73B43596" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="818C5F4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3780AE64" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="AF222CC4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F1358C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F9E141C"/>
-    <w:lvl w:ilvl="0" w:tplc="7D70D9CC">
+    <w:lvl w:ilvl="0" w:tplc="49B65E7A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2563" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFC01A0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0ACEEED4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3283" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9394161C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B8FC4C70" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4003" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="748A73B2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E15C33F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4723" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="DBDAF072" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="CB341FEA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5443" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DB56F1B6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D2B27FF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6163" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5FEA0A9E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5E44EA46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6883" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9BE4280C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="05526E6C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7603" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="CA5E344A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9D344CA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8323" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5">
@@ -7466,288 +7703,292 @@
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006240D2"/>
     <w:rsid w:val="000041A4"/>
     <w:rsid w:val="00004A57"/>
     <w:rsid w:val="000060C7"/>
     <w:rsid w:val="00007C5B"/>
     <w:rsid w:val="00010195"/>
     <w:rsid w:val="00011B12"/>
     <w:rsid w:val="00012D4F"/>
     <w:rsid w:val="00012DD5"/>
     <w:rsid w:val="00015525"/>
     <w:rsid w:val="00016E85"/>
     <w:rsid w:val="000170F1"/>
     <w:rsid w:val="00024789"/>
     <w:rsid w:val="00024B2A"/>
     <w:rsid w:val="0002618A"/>
     <w:rsid w:val="0002765B"/>
     <w:rsid w:val="00027D7F"/>
     <w:rsid w:val="0003157B"/>
     <w:rsid w:val="00032560"/>
     <w:rsid w:val="00034B2B"/>
     <w:rsid w:val="000402A3"/>
     <w:rsid w:val="00040433"/>
     <w:rsid w:val="0004160A"/>
     <w:rsid w:val="00041988"/>
     <w:rsid w:val="00041EF0"/>
     <w:rsid w:val="00042141"/>
     <w:rsid w:val="00042622"/>
     <w:rsid w:val="00043D25"/>
     <w:rsid w:val="00046958"/>
     <w:rsid w:val="000471A4"/>
     <w:rsid w:val="00050BF0"/>
     <w:rsid w:val="00052450"/>
     <w:rsid w:val="00052634"/>
     <w:rsid w:val="000533FE"/>
     <w:rsid w:val="00056294"/>
     <w:rsid w:val="000628E7"/>
     <w:rsid w:val="00063510"/>
     <w:rsid w:val="000642C0"/>
     <w:rsid w:val="00064493"/>
     <w:rsid w:val="00066D6E"/>
     <w:rsid w:val="000717AF"/>
     <w:rsid w:val="0007183D"/>
     <w:rsid w:val="0007255E"/>
+    <w:rsid w:val="00077ABE"/>
     <w:rsid w:val="0008054B"/>
     <w:rsid w:val="0008093C"/>
     <w:rsid w:val="00085FCA"/>
     <w:rsid w:val="00086700"/>
     <w:rsid w:val="000877D2"/>
     <w:rsid w:val="00090A9B"/>
     <w:rsid w:val="00090ABB"/>
     <w:rsid w:val="000944B0"/>
     <w:rsid w:val="000944D6"/>
     <w:rsid w:val="00094D18"/>
     <w:rsid w:val="0009668C"/>
     <w:rsid w:val="00096A9D"/>
     <w:rsid w:val="000A10B7"/>
     <w:rsid w:val="000A1220"/>
     <w:rsid w:val="000A2B8A"/>
     <w:rsid w:val="000A5468"/>
     <w:rsid w:val="000A6647"/>
     <w:rsid w:val="000B03C2"/>
     <w:rsid w:val="000B08E1"/>
     <w:rsid w:val="000B2013"/>
     <w:rsid w:val="000B2411"/>
     <w:rsid w:val="000B3330"/>
     <w:rsid w:val="000B4560"/>
     <w:rsid w:val="000B5F7D"/>
     <w:rsid w:val="000B6D73"/>
     <w:rsid w:val="000C229E"/>
     <w:rsid w:val="000C2C31"/>
     <w:rsid w:val="000C3A26"/>
     <w:rsid w:val="000C5FD5"/>
     <w:rsid w:val="000C6E00"/>
     <w:rsid w:val="000C7231"/>
     <w:rsid w:val="000D0F2F"/>
     <w:rsid w:val="000D3800"/>
+    <w:rsid w:val="000D4E7F"/>
     <w:rsid w:val="000D5592"/>
     <w:rsid w:val="000D602A"/>
     <w:rsid w:val="000D625A"/>
     <w:rsid w:val="000D6F6F"/>
     <w:rsid w:val="000E01AC"/>
     <w:rsid w:val="000E02EC"/>
     <w:rsid w:val="000E0376"/>
     <w:rsid w:val="000E11EB"/>
     <w:rsid w:val="000E449F"/>
     <w:rsid w:val="000E598E"/>
     <w:rsid w:val="000E75FD"/>
     <w:rsid w:val="000F7CF5"/>
     <w:rsid w:val="001013EF"/>
     <w:rsid w:val="00101B97"/>
     <w:rsid w:val="001020E4"/>
+    <w:rsid w:val="00102286"/>
     <w:rsid w:val="00102988"/>
     <w:rsid w:val="001042A3"/>
     <w:rsid w:val="0010454D"/>
     <w:rsid w:val="00105DF6"/>
     <w:rsid w:val="00107D5D"/>
     <w:rsid w:val="00110024"/>
     <w:rsid w:val="00111A46"/>
     <w:rsid w:val="00112719"/>
-    <w:rsid w:val="001159ED"/>
     <w:rsid w:val="00117852"/>
     <w:rsid w:val="00117948"/>
     <w:rsid w:val="00121CBD"/>
     <w:rsid w:val="00122835"/>
     <w:rsid w:val="00123D40"/>
     <w:rsid w:val="00124455"/>
     <w:rsid w:val="00125F2B"/>
     <w:rsid w:val="001277F7"/>
     <w:rsid w:val="00131E47"/>
     <w:rsid w:val="00132AC0"/>
     <w:rsid w:val="00134BE8"/>
     <w:rsid w:val="00134C98"/>
     <w:rsid w:val="00135564"/>
     <w:rsid w:val="0013673F"/>
     <w:rsid w:val="0014051F"/>
     <w:rsid w:val="00140A9F"/>
     <w:rsid w:val="0014207F"/>
     <w:rsid w:val="001423BC"/>
     <w:rsid w:val="0014265F"/>
     <w:rsid w:val="00144671"/>
     <w:rsid w:val="00144C4D"/>
     <w:rsid w:val="001455FC"/>
     <w:rsid w:val="00145D90"/>
     <w:rsid w:val="001549F5"/>
     <w:rsid w:val="001561B4"/>
     <w:rsid w:val="00156662"/>
     <w:rsid w:val="00157193"/>
     <w:rsid w:val="00160AD6"/>
-    <w:rsid w:val="001641E3"/>
     <w:rsid w:val="00165480"/>
     <w:rsid w:val="00165FC9"/>
     <w:rsid w:val="001666B2"/>
     <w:rsid w:val="0016674F"/>
     <w:rsid w:val="001667CB"/>
     <w:rsid w:val="00172634"/>
     <w:rsid w:val="00176DEB"/>
     <w:rsid w:val="00177F06"/>
     <w:rsid w:val="00182BF0"/>
     <w:rsid w:val="001839F8"/>
     <w:rsid w:val="00184B90"/>
     <w:rsid w:val="00186665"/>
     <w:rsid w:val="00186AD5"/>
     <w:rsid w:val="00186D57"/>
     <w:rsid w:val="001874CC"/>
     <w:rsid w:val="001903E2"/>
     <w:rsid w:val="0019087C"/>
     <w:rsid w:val="00191B5D"/>
     <w:rsid w:val="00192313"/>
     <w:rsid w:val="00192E56"/>
     <w:rsid w:val="00193867"/>
     <w:rsid w:val="00195314"/>
     <w:rsid w:val="0019675C"/>
     <w:rsid w:val="00197667"/>
     <w:rsid w:val="001A01A3"/>
     <w:rsid w:val="001A0878"/>
     <w:rsid w:val="001A191E"/>
     <w:rsid w:val="001B00F5"/>
     <w:rsid w:val="001B10E2"/>
     <w:rsid w:val="001B17A3"/>
     <w:rsid w:val="001B26EE"/>
     <w:rsid w:val="001B3552"/>
     <w:rsid w:val="001B6781"/>
     <w:rsid w:val="001C1957"/>
     <w:rsid w:val="001C19AA"/>
     <w:rsid w:val="001C422B"/>
     <w:rsid w:val="001C6163"/>
     <w:rsid w:val="001C6542"/>
     <w:rsid w:val="001D06AF"/>
     <w:rsid w:val="001D1C18"/>
     <w:rsid w:val="001D29EF"/>
     <w:rsid w:val="001D3F6E"/>
     <w:rsid w:val="001D69BF"/>
     <w:rsid w:val="001E21BF"/>
     <w:rsid w:val="001E25F4"/>
     <w:rsid w:val="001E3F87"/>
     <w:rsid w:val="001E4C5C"/>
+    <w:rsid w:val="001E4F1D"/>
     <w:rsid w:val="001E56F4"/>
     <w:rsid w:val="001F0A31"/>
     <w:rsid w:val="001F0D3E"/>
     <w:rsid w:val="001F27BD"/>
     <w:rsid w:val="001F4CE3"/>
     <w:rsid w:val="001F52BF"/>
     <w:rsid w:val="0020062B"/>
     <w:rsid w:val="0020287E"/>
     <w:rsid w:val="00202B0B"/>
     <w:rsid w:val="00205197"/>
     <w:rsid w:val="00205F41"/>
     <w:rsid w:val="00205FC0"/>
     <w:rsid w:val="002079C7"/>
     <w:rsid w:val="002110A4"/>
     <w:rsid w:val="00211684"/>
     <w:rsid w:val="002117D2"/>
     <w:rsid w:val="002120C8"/>
     <w:rsid w:val="002129BC"/>
     <w:rsid w:val="002138A5"/>
     <w:rsid w:val="00214F5A"/>
     <w:rsid w:val="0021530A"/>
     <w:rsid w:val="0021636E"/>
     <w:rsid w:val="00216AAB"/>
     <w:rsid w:val="0022095E"/>
     <w:rsid w:val="00223397"/>
     <w:rsid w:val="002240DE"/>
     <w:rsid w:val="00225B0A"/>
     <w:rsid w:val="0022661B"/>
     <w:rsid w:val="00226B76"/>
     <w:rsid w:val="00230CED"/>
     <w:rsid w:val="00231356"/>
     <w:rsid w:val="002326B7"/>
     <w:rsid w:val="00232C8C"/>
     <w:rsid w:val="00234563"/>
     <w:rsid w:val="0023619C"/>
     <w:rsid w:val="00237D96"/>
     <w:rsid w:val="00243D32"/>
     <w:rsid w:val="0024745D"/>
     <w:rsid w:val="0024783E"/>
+    <w:rsid w:val="00250E44"/>
     <w:rsid w:val="00251C79"/>
     <w:rsid w:val="00252461"/>
     <w:rsid w:val="002538FA"/>
     <w:rsid w:val="00254449"/>
     <w:rsid w:val="0025446D"/>
     <w:rsid w:val="002563C9"/>
     <w:rsid w:val="0026274B"/>
     <w:rsid w:val="00264E13"/>
     <w:rsid w:val="00264F75"/>
     <w:rsid w:val="00266838"/>
     <w:rsid w:val="00266C08"/>
     <w:rsid w:val="00267592"/>
     <w:rsid w:val="00270EDD"/>
     <w:rsid w:val="002733D2"/>
     <w:rsid w:val="00273DBF"/>
     <w:rsid w:val="00274A97"/>
     <w:rsid w:val="002808FF"/>
     <w:rsid w:val="002861B0"/>
     <w:rsid w:val="00286270"/>
     <w:rsid w:val="00286C81"/>
     <w:rsid w:val="00291207"/>
     <w:rsid w:val="00293F3C"/>
     <w:rsid w:val="002946FD"/>
     <w:rsid w:val="00294D5C"/>
     <w:rsid w:val="002959B4"/>
@@ -7895,50 +8136,51 @@
     <w:rsid w:val="0042465D"/>
     <w:rsid w:val="00424902"/>
     <w:rsid w:val="004256DA"/>
     <w:rsid w:val="00426405"/>
     <w:rsid w:val="00427DBB"/>
     <w:rsid w:val="00430E04"/>
     <w:rsid w:val="00433142"/>
     <w:rsid w:val="0043398A"/>
     <w:rsid w:val="004346C8"/>
     <w:rsid w:val="004477EB"/>
     <w:rsid w:val="00447F47"/>
     <w:rsid w:val="004509A2"/>
     <w:rsid w:val="00452611"/>
     <w:rsid w:val="00453187"/>
     <w:rsid w:val="00453E01"/>
     <w:rsid w:val="0045421D"/>
     <w:rsid w:val="004542F1"/>
     <w:rsid w:val="00454645"/>
     <w:rsid w:val="00455333"/>
     <w:rsid w:val="004555FA"/>
     <w:rsid w:val="00456B4A"/>
     <w:rsid w:val="0045796F"/>
     <w:rsid w:val="00457C4F"/>
     <w:rsid w:val="00461018"/>
     <w:rsid w:val="00461716"/>
+    <w:rsid w:val="00461CDF"/>
     <w:rsid w:val="0046337D"/>
     <w:rsid w:val="00463FB7"/>
     <w:rsid w:val="004641E5"/>
     <w:rsid w:val="004645C9"/>
     <w:rsid w:val="00464724"/>
     <w:rsid w:val="00465D2E"/>
     <w:rsid w:val="004706DA"/>
     <w:rsid w:val="00472117"/>
     <w:rsid w:val="00474117"/>
     <w:rsid w:val="0047443D"/>
     <w:rsid w:val="0047581C"/>
     <w:rsid w:val="00475964"/>
     <w:rsid w:val="00477B4F"/>
     <w:rsid w:val="004804F3"/>
     <w:rsid w:val="004824B0"/>
     <w:rsid w:val="00482725"/>
     <w:rsid w:val="00485333"/>
     <w:rsid w:val="004858BE"/>
     <w:rsid w:val="00487374"/>
     <w:rsid w:val="0048739A"/>
     <w:rsid w:val="00490512"/>
     <w:rsid w:val="004921E8"/>
     <w:rsid w:val="00492AD8"/>
     <w:rsid w:val="00493E42"/>
     <w:rsid w:val="00494753"/>
@@ -8018,122 +8260,126 @@
     <w:rsid w:val="005467A1"/>
     <w:rsid w:val="00546C39"/>
     <w:rsid w:val="0054797D"/>
     <w:rsid w:val="00550172"/>
     <w:rsid w:val="00550EB1"/>
     <w:rsid w:val="005534C8"/>
     <w:rsid w:val="005559AE"/>
     <w:rsid w:val="00560C64"/>
     <w:rsid w:val="005622CB"/>
     <w:rsid w:val="0056351B"/>
     <w:rsid w:val="00566BE1"/>
     <w:rsid w:val="00567418"/>
     <w:rsid w:val="00570CD4"/>
     <w:rsid w:val="00572F43"/>
     <w:rsid w:val="00575992"/>
     <w:rsid w:val="00575A40"/>
     <w:rsid w:val="005809DE"/>
     <w:rsid w:val="00580FFA"/>
     <w:rsid w:val="005821B1"/>
     <w:rsid w:val="00582FBB"/>
     <w:rsid w:val="00583657"/>
     <w:rsid w:val="00583D05"/>
     <w:rsid w:val="00584214"/>
     <w:rsid w:val="005849DD"/>
     <w:rsid w:val="00587FD8"/>
+    <w:rsid w:val="00590C60"/>
     <w:rsid w:val="00592203"/>
+    <w:rsid w:val="00593087"/>
     <w:rsid w:val="00594C48"/>
     <w:rsid w:val="00594CD8"/>
     <w:rsid w:val="00595A7A"/>
     <w:rsid w:val="00595B0C"/>
     <w:rsid w:val="0059747F"/>
     <w:rsid w:val="00597514"/>
     <w:rsid w:val="005A10E7"/>
     <w:rsid w:val="005A12D4"/>
     <w:rsid w:val="005A30C3"/>
     <w:rsid w:val="005A341B"/>
     <w:rsid w:val="005A46A0"/>
     <w:rsid w:val="005A48FC"/>
     <w:rsid w:val="005A4BA0"/>
     <w:rsid w:val="005A4C7D"/>
     <w:rsid w:val="005B0070"/>
     <w:rsid w:val="005B00F0"/>
     <w:rsid w:val="005B041F"/>
     <w:rsid w:val="005B066F"/>
     <w:rsid w:val="005B1765"/>
     <w:rsid w:val="005B2133"/>
     <w:rsid w:val="005B2C9C"/>
     <w:rsid w:val="005B7045"/>
     <w:rsid w:val="005B798D"/>
     <w:rsid w:val="005C0330"/>
     <w:rsid w:val="005C0EF3"/>
     <w:rsid w:val="005C3830"/>
     <w:rsid w:val="005C5966"/>
     <w:rsid w:val="005C6913"/>
     <w:rsid w:val="005C792F"/>
     <w:rsid w:val="005D03E1"/>
     <w:rsid w:val="005D22FA"/>
     <w:rsid w:val="005D3D11"/>
     <w:rsid w:val="005D5713"/>
     <w:rsid w:val="005D66B1"/>
     <w:rsid w:val="005D67E3"/>
-    <w:rsid w:val="005D75BD"/>
     <w:rsid w:val="005D777F"/>
     <w:rsid w:val="005E0107"/>
     <w:rsid w:val="005E0DF7"/>
     <w:rsid w:val="005E41D0"/>
     <w:rsid w:val="005E5387"/>
     <w:rsid w:val="005E7235"/>
     <w:rsid w:val="005E7E1E"/>
     <w:rsid w:val="005F2A1F"/>
     <w:rsid w:val="005F482E"/>
     <w:rsid w:val="005F6456"/>
     <w:rsid w:val="005F69CD"/>
     <w:rsid w:val="005F6DF5"/>
     <w:rsid w:val="005F6F7A"/>
     <w:rsid w:val="005F7E1B"/>
     <w:rsid w:val="0060192B"/>
+    <w:rsid w:val="0060192F"/>
     <w:rsid w:val="006019DB"/>
     <w:rsid w:val="00605C22"/>
+    <w:rsid w:val="006079C4"/>
     <w:rsid w:val="00613EA8"/>
     <w:rsid w:val="0061457E"/>
     <w:rsid w:val="00614DF5"/>
     <w:rsid w:val="00616AC8"/>
     <w:rsid w:val="00621123"/>
     <w:rsid w:val="00622A39"/>
     <w:rsid w:val="006240D2"/>
     <w:rsid w:val="006251E8"/>
     <w:rsid w:val="0062598E"/>
     <w:rsid w:val="00630556"/>
     <w:rsid w:val="0063066A"/>
     <w:rsid w:val="00631555"/>
     <w:rsid w:val="00631E15"/>
     <w:rsid w:val="006338FF"/>
     <w:rsid w:val="00634730"/>
     <w:rsid w:val="00635C69"/>
     <w:rsid w:val="00635DB3"/>
     <w:rsid w:val="0063612C"/>
+    <w:rsid w:val="00636BC4"/>
     <w:rsid w:val="00637A4D"/>
     <w:rsid w:val="00640A69"/>
     <w:rsid w:val="00643A4F"/>
     <w:rsid w:val="00645757"/>
     <w:rsid w:val="00645D23"/>
     <w:rsid w:val="00646AD7"/>
     <w:rsid w:val="00647098"/>
     <w:rsid w:val="006470E0"/>
     <w:rsid w:val="00647E3D"/>
     <w:rsid w:val="00650800"/>
     <w:rsid w:val="00650D90"/>
     <w:rsid w:val="0065209C"/>
     <w:rsid w:val="00654812"/>
     <w:rsid w:val="00657000"/>
     <w:rsid w:val="00660C46"/>
     <w:rsid w:val="00663E1E"/>
     <w:rsid w:val="00663E4D"/>
     <w:rsid w:val="00664B0E"/>
     <w:rsid w:val="006663CC"/>
     <w:rsid w:val="006725DB"/>
     <w:rsid w:val="00674F29"/>
     <w:rsid w:val="0068031E"/>
     <w:rsid w:val="0068227C"/>
     <w:rsid w:val="00682C48"/>
     <w:rsid w:val="0068321D"/>
@@ -8234,53 +8480,55 @@
     <w:rsid w:val="007A03CA"/>
     <w:rsid w:val="007A0824"/>
     <w:rsid w:val="007A12E8"/>
     <w:rsid w:val="007A1693"/>
     <w:rsid w:val="007A1F81"/>
     <w:rsid w:val="007A3F8E"/>
     <w:rsid w:val="007A5275"/>
     <w:rsid w:val="007B04E8"/>
     <w:rsid w:val="007B10F1"/>
     <w:rsid w:val="007B1201"/>
     <w:rsid w:val="007B2601"/>
     <w:rsid w:val="007B3405"/>
     <w:rsid w:val="007B3F1F"/>
     <w:rsid w:val="007B420D"/>
     <w:rsid w:val="007B4924"/>
     <w:rsid w:val="007B65D6"/>
     <w:rsid w:val="007B6628"/>
     <w:rsid w:val="007C608E"/>
     <w:rsid w:val="007C60F9"/>
     <w:rsid w:val="007C713A"/>
     <w:rsid w:val="007C7A14"/>
     <w:rsid w:val="007D1457"/>
     <w:rsid w:val="007D1D3B"/>
     <w:rsid w:val="007D2050"/>
     <w:rsid w:val="007D3563"/>
+    <w:rsid w:val="007D3B47"/>
     <w:rsid w:val="007D5734"/>
     <w:rsid w:val="007D793D"/>
     <w:rsid w:val="007E0B69"/>
+    <w:rsid w:val="007E5DC9"/>
     <w:rsid w:val="007E6869"/>
     <w:rsid w:val="007E7422"/>
     <w:rsid w:val="007E7EEB"/>
     <w:rsid w:val="007F2DB4"/>
     <w:rsid w:val="007F5697"/>
     <w:rsid w:val="007F5EF6"/>
     <w:rsid w:val="007F7C6F"/>
     <w:rsid w:val="00800468"/>
     <w:rsid w:val="00802147"/>
     <w:rsid w:val="008029BF"/>
     <w:rsid w:val="008031A5"/>
     <w:rsid w:val="00806F1F"/>
     <w:rsid w:val="00807863"/>
     <w:rsid w:val="0081058E"/>
     <w:rsid w:val="00810756"/>
     <w:rsid w:val="00815CFF"/>
     <w:rsid w:val="00817940"/>
     <w:rsid w:val="008214F0"/>
     <w:rsid w:val="00822118"/>
     <w:rsid w:val="00827AE6"/>
     <w:rsid w:val="008318D4"/>
     <w:rsid w:val="00831FFD"/>
     <w:rsid w:val="00832E98"/>
     <w:rsid w:val="00833DB9"/>
     <w:rsid w:val="00834BCF"/>
@@ -8332,97 +8580,99 @@
     <w:rsid w:val="00893F4E"/>
     <w:rsid w:val="00894B29"/>
     <w:rsid w:val="00895D31"/>
     <w:rsid w:val="0089626B"/>
     <w:rsid w:val="008967D8"/>
     <w:rsid w:val="00897D37"/>
     <w:rsid w:val="008A052C"/>
     <w:rsid w:val="008A2723"/>
     <w:rsid w:val="008A417A"/>
     <w:rsid w:val="008A4377"/>
     <w:rsid w:val="008A48BA"/>
     <w:rsid w:val="008A5734"/>
     <w:rsid w:val="008A5C4E"/>
     <w:rsid w:val="008A5FA9"/>
     <w:rsid w:val="008A7B2E"/>
     <w:rsid w:val="008B055C"/>
     <w:rsid w:val="008B0941"/>
     <w:rsid w:val="008B217C"/>
     <w:rsid w:val="008B22DE"/>
     <w:rsid w:val="008B5913"/>
     <w:rsid w:val="008B711F"/>
     <w:rsid w:val="008B76D9"/>
     <w:rsid w:val="008B7AEF"/>
     <w:rsid w:val="008C0811"/>
     <w:rsid w:val="008C0944"/>
+    <w:rsid w:val="008C15EA"/>
     <w:rsid w:val="008C1A31"/>
     <w:rsid w:val="008C5F00"/>
     <w:rsid w:val="008C63EE"/>
     <w:rsid w:val="008C73B2"/>
     <w:rsid w:val="008D0159"/>
     <w:rsid w:val="008D2294"/>
     <w:rsid w:val="008D3DF9"/>
     <w:rsid w:val="008D3F33"/>
     <w:rsid w:val="008D477C"/>
     <w:rsid w:val="008E0FE6"/>
     <w:rsid w:val="008E1B4B"/>
     <w:rsid w:val="008E1BFD"/>
     <w:rsid w:val="008E3215"/>
     <w:rsid w:val="008E3C16"/>
     <w:rsid w:val="008E3C4B"/>
     <w:rsid w:val="008E6CA6"/>
     <w:rsid w:val="008E795D"/>
     <w:rsid w:val="008F0474"/>
     <w:rsid w:val="008F2866"/>
     <w:rsid w:val="008F46C9"/>
     <w:rsid w:val="008F4E33"/>
     <w:rsid w:val="008F4E44"/>
     <w:rsid w:val="008F5ECC"/>
     <w:rsid w:val="008F7B39"/>
     <w:rsid w:val="00900707"/>
     <w:rsid w:val="00900FF7"/>
     <w:rsid w:val="00901C83"/>
     <w:rsid w:val="00901E85"/>
     <w:rsid w:val="009038B7"/>
     <w:rsid w:val="00905E57"/>
     <w:rsid w:val="00905F49"/>
     <w:rsid w:val="00910720"/>
     <w:rsid w:val="00911B38"/>
     <w:rsid w:val="00912044"/>
     <w:rsid w:val="00912969"/>
     <w:rsid w:val="00915541"/>
     <w:rsid w:val="00917614"/>
     <w:rsid w:val="00920BAA"/>
     <w:rsid w:val="00922E78"/>
     <w:rsid w:val="00923980"/>
     <w:rsid w:val="009255E5"/>
     <w:rsid w:val="00927ED3"/>
     <w:rsid w:val="00935388"/>
     <w:rsid w:val="00935731"/>
     <w:rsid w:val="00935B6C"/>
     <w:rsid w:val="0093774D"/>
     <w:rsid w:val="00945EE6"/>
+    <w:rsid w:val="00946CF2"/>
     <w:rsid w:val="00947305"/>
     <w:rsid w:val="0094757C"/>
     <w:rsid w:val="009477D1"/>
     <w:rsid w:val="009509BF"/>
     <w:rsid w:val="00950E63"/>
     <w:rsid w:val="00951126"/>
     <w:rsid w:val="00953E1D"/>
     <w:rsid w:val="00955269"/>
     <w:rsid w:val="00955F83"/>
     <w:rsid w:val="00956219"/>
     <w:rsid w:val="00956538"/>
     <w:rsid w:val="00956AA3"/>
     <w:rsid w:val="00960897"/>
     <w:rsid w:val="00961C8B"/>
     <w:rsid w:val="009637F5"/>
     <w:rsid w:val="00963A9B"/>
     <w:rsid w:val="00964344"/>
     <w:rsid w:val="0096566A"/>
     <w:rsid w:val="0096730E"/>
     <w:rsid w:val="009700D4"/>
     <w:rsid w:val="009714CF"/>
     <w:rsid w:val="00972AD2"/>
     <w:rsid w:val="00972C5E"/>
     <w:rsid w:val="009730AE"/>
     <w:rsid w:val="0097389C"/>
@@ -8430,50 +8680,51 @@
     <w:rsid w:val="00976FC6"/>
     <w:rsid w:val="00977475"/>
     <w:rsid w:val="00977CC9"/>
     <w:rsid w:val="00980A4A"/>
     <w:rsid w:val="00980FD8"/>
     <w:rsid w:val="009815B7"/>
     <w:rsid w:val="00981F64"/>
     <w:rsid w:val="009839D3"/>
     <w:rsid w:val="00983C3A"/>
     <w:rsid w:val="009843B5"/>
     <w:rsid w:val="00984E9C"/>
     <w:rsid w:val="00990B20"/>
     <w:rsid w:val="00990C4B"/>
     <w:rsid w:val="00995741"/>
     <w:rsid w:val="009968AC"/>
     <w:rsid w:val="00996A57"/>
     <w:rsid w:val="009976CE"/>
     <w:rsid w:val="009A02AB"/>
     <w:rsid w:val="009A0412"/>
     <w:rsid w:val="009A09FD"/>
     <w:rsid w:val="009A0AF0"/>
     <w:rsid w:val="009A129C"/>
     <w:rsid w:val="009A16DA"/>
     <w:rsid w:val="009A27F2"/>
     <w:rsid w:val="009A2C9F"/>
+    <w:rsid w:val="009A2F62"/>
     <w:rsid w:val="009A611E"/>
     <w:rsid w:val="009A6DC9"/>
     <w:rsid w:val="009A7D97"/>
     <w:rsid w:val="009B61BD"/>
     <w:rsid w:val="009B6325"/>
     <w:rsid w:val="009B64F6"/>
     <w:rsid w:val="009C242C"/>
     <w:rsid w:val="009C26DD"/>
     <w:rsid w:val="009C26E7"/>
     <w:rsid w:val="009C2D88"/>
     <w:rsid w:val="009D08F9"/>
     <w:rsid w:val="009D1943"/>
     <w:rsid w:val="009D31A1"/>
     <w:rsid w:val="009D46A0"/>
     <w:rsid w:val="009D632A"/>
     <w:rsid w:val="009D6870"/>
     <w:rsid w:val="009D69E5"/>
     <w:rsid w:val="009D70CA"/>
     <w:rsid w:val="009D7319"/>
     <w:rsid w:val="009D781A"/>
     <w:rsid w:val="009D7BED"/>
     <w:rsid w:val="009E098D"/>
     <w:rsid w:val="009E1CB1"/>
     <w:rsid w:val="009E2692"/>
     <w:rsid w:val="009E560E"/>
@@ -8481,50 +8732,51 @@
     <w:rsid w:val="009E6C09"/>
     <w:rsid w:val="009F1CB3"/>
     <w:rsid w:val="009F2294"/>
     <w:rsid w:val="009F271F"/>
     <w:rsid w:val="009F2ABE"/>
     <w:rsid w:val="009F3ADE"/>
     <w:rsid w:val="009F55A2"/>
     <w:rsid w:val="009F5C7A"/>
     <w:rsid w:val="009F6AA6"/>
     <w:rsid w:val="00A00005"/>
     <w:rsid w:val="00A0090F"/>
     <w:rsid w:val="00A0094A"/>
     <w:rsid w:val="00A03023"/>
     <w:rsid w:val="00A03639"/>
     <w:rsid w:val="00A11210"/>
     <w:rsid w:val="00A1173B"/>
     <w:rsid w:val="00A168E0"/>
     <w:rsid w:val="00A17C70"/>
     <w:rsid w:val="00A2523D"/>
     <w:rsid w:val="00A27925"/>
     <w:rsid w:val="00A27E7E"/>
     <w:rsid w:val="00A3010F"/>
     <w:rsid w:val="00A313EC"/>
     <w:rsid w:val="00A33A6A"/>
     <w:rsid w:val="00A342D2"/>
+    <w:rsid w:val="00A359BC"/>
     <w:rsid w:val="00A36B7A"/>
     <w:rsid w:val="00A4037F"/>
     <w:rsid w:val="00A410D6"/>
     <w:rsid w:val="00A4276E"/>
     <w:rsid w:val="00A42CDA"/>
     <w:rsid w:val="00A44022"/>
     <w:rsid w:val="00A450D3"/>
     <w:rsid w:val="00A4528D"/>
     <w:rsid w:val="00A45CB4"/>
     <w:rsid w:val="00A4655C"/>
     <w:rsid w:val="00A46A67"/>
     <w:rsid w:val="00A477A2"/>
     <w:rsid w:val="00A50964"/>
     <w:rsid w:val="00A5117F"/>
     <w:rsid w:val="00A515F8"/>
     <w:rsid w:val="00A517A6"/>
     <w:rsid w:val="00A5404B"/>
     <w:rsid w:val="00A54971"/>
     <w:rsid w:val="00A54B46"/>
     <w:rsid w:val="00A54DE7"/>
     <w:rsid w:val="00A55BD4"/>
     <w:rsid w:val="00A55EAA"/>
     <w:rsid w:val="00A56A35"/>
     <w:rsid w:val="00A63117"/>
     <w:rsid w:val="00A634D2"/>
@@ -8540,50 +8792,51 @@
     <w:rsid w:val="00A83BE4"/>
     <w:rsid w:val="00A85B2A"/>
     <w:rsid w:val="00A8691C"/>
     <w:rsid w:val="00A86B59"/>
     <w:rsid w:val="00A87095"/>
     <w:rsid w:val="00A87376"/>
     <w:rsid w:val="00A874EC"/>
     <w:rsid w:val="00A9004A"/>
     <w:rsid w:val="00A90C4E"/>
     <w:rsid w:val="00A915F4"/>
     <w:rsid w:val="00A91BAB"/>
     <w:rsid w:val="00A937B2"/>
     <w:rsid w:val="00A94FEB"/>
     <w:rsid w:val="00A95312"/>
     <w:rsid w:val="00A9615F"/>
     <w:rsid w:val="00AA12DC"/>
     <w:rsid w:val="00AA157D"/>
     <w:rsid w:val="00AA20E8"/>
     <w:rsid w:val="00AA2BBE"/>
     <w:rsid w:val="00AA440C"/>
     <w:rsid w:val="00AA4525"/>
     <w:rsid w:val="00AA4B32"/>
     <w:rsid w:val="00AA5F6E"/>
     <w:rsid w:val="00AB2921"/>
     <w:rsid w:val="00AC2052"/>
+    <w:rsid w:val="00AC365E"/>
     <w:rsid w:val="00AC453E"/>
     <w:rsid w:val="00AC721F"/>
     <w:rsid w:val="00AC7953"/>
     <w:rsid w:val="00AD09DC"/>
     <w:rsid w:val="00AD2E0C"/>
     <w:rsid w:val="00AD2EE2"/>
     <w:rsid w:val="00AD5050"/>
     <w:rsid w:val="00AD51B3"/>
     <w:rsid w:val="00AD5CFE"/>
     <w:rsid w:val="00AD79A3"/>
     <w:rsid w:val="00AD7A2C"/>
     <w:rsid w:val="00AD7DD6"/>
     <w:rsid w:val="00AE01BB"/>
     <w:rsid w:val="00AE0E2D"/>
     <w:rsid w:val="00AE1398"/>
     <w:rsid w:val="00AE23E9"/>
     <w:rsid w:val="00AE3719"/>
     <w:rsid w:val="00AE644A"/>
     <w:rsid w:val="00AF0B7F"/>
     <w:rsid w:val="00AF380A"/>
     <w:rsid w:val="00AF476A"/>
     <w:rsid w:val="00AF50C3"/>
     <w:rsid w:val="00AF609B"/>
     <w:rsid w:val="00AF6306"/>
     <w:rsid w:val="00B005CF"/>
@@ -8660,85 +8913,90 @@
     <w:rsid w:val="00BB48AB"/>
     <w:rsid w:val="00BB6A0F"/>
     <w:rsid w:val="00BC2089"/>
     <w:rsid w:val="00BC4001"/>
     <w:rsid w:val="00BC45E7"/>
     <w:rsid w:val="00BC6307"/>
     <w:rsid w:val="00BC70CC"/>
     <w:rsid w:val="00BC72CF"/>
     <w:rsid w:val="00BD2081"/>
     <w:rsid w:val="00BD269D"/>
     <w:rsid w:val="00BD2C77"/>
     <w:rsid w:val="00BD30BE"/>
     <w:rsid w:val="00BD32F4"/>
     <w:rsid w:val="00BD5DD6"/>
     <w:rsid w:val="00BD6674"/>
     <w:rsid w:val="00BD6AFD"/>
     <w:rsid w:val="00BD75DF"/>
     <w:rsid w:val="00BD7B2E"/>
     <w:rsid w:val="00BD7C27"/>
     <w:rsid w:val="00BE2D3F"/>
     <w:rsid w:val="00BE44E7"/>
     <w:rsid w:val="00BE6260"/>
     <w:rsid w:val="00BE686B"/>
     <w:rsid w:val="00BF4069"/>
     <w:rsid w:val="00BF495E"/>
+    <w:rsid w:val="00BF5A4E"/>
     <w:rsid w:val="00BF73C4"/>
     <w:rsid w:val="00C01BCA"/>
     <w:rsid w:val="00C05081"/>
     <w:rsid w:val="00C055AC"/>
     <w:rsid w:val="00C06243"/>
     <w:rsid w:val="00C12FCB"/>
     <w:rsid w:val="00C1348D"/>
     <w:rsid w:val="00C14861"/>
     <w:rsid w:val="00C1536C"/>
     <w:rsid w:val="00C15CAB"/>
     <w:rsid w:val="00C20221"/>
+    <w:rsid w:val="00C223E3"/>
     <w:rsid w:val="00C235D9"/>
     <w:rsid w:val="00C254BD"/>
     <w:rsid w:val="00C260CD"/>
     <w:rsid w:val="00C274ED"/>
     <w:rsid w:val="00C279D8"/>
     <w:rsid w:val="00C3035E"/>
     <w:rsid w:val="00C31522"/>
     <w:rsid w:val="00C33A54"/>
     <w:rsid w:val="00C41489"/>
     <w:rsid w:val="00C421C6"/>
     <w:rsid w:val="00C42ADE"/>
     <w:rsid w:val="00C43532"/>
     <w:rsid w:val="00C45CEF"/>
     <w:rsid w:val="00C45F6B"/>
     <w:rsid w:val="00C47503"/>
     <w:rsid w:val="00C47F9E"/>
     <w:rsid w:val="00C50960"/>
     <w:rsid w:val="00C50B5B"/>
+    <w:rsid w:val="00C514CB"/>
     <w:rsid w:val="00C52D9F"/>
+    <w:rsid w:val="00C531D8"/>
     <w:rsid w:val="00C53513"/>
     <w:rsid w:val="00C5390A"/>
     <w:rsid w:val="00C559E9"/>
     <w:rsid w:val="00C55F7C"/>
     <w:rsid w:val="00C60E80"/>
+    <w:rsid w:val="00C614F4"/>
     <w:rsid w:val="00C61BA0"/>
     <w:rsid w:val="00C622B9"/>
     <w:rsid w:val="00C636A5"/>
     <w:rsid w:val="00C655A0"/>
     <w:rsid w:val="00C6643B"/>
     <w:rsid w:val="00C70180"/>
     <w:rsid w:val="00C70724"/>
     <w:rsid w:val="00C713B3"/>
     <w:rsid w:val="00C71E7C"/>
     <w:rsid w:val="00C72190"/>
     <w:rsid w:val="00C72A68"/>
     <w:rsid w:val="00C72D2F"/>
     <w:rsid w:val="00C736C0"/>
     <w:rsid w:val="00C73830"/>
     <w:rsid w:val="00C73C1A"/>
     <w:rsid w:val="00C76079"/>
     <w:rsid w:val="00C761F9"/>
     <w:rsid w:val="00C7674A"/>
     <w:rsid w:val="00C76CD9"/>
     <w:rsid w:val="00C76FB8"/>
     <w:rsid w:val="00C776D4"/>
     <w:rsid w:val="00C80DD9"/>
     <w:rsid w:val="00C818ED"/>
     <w:rsid w:val="00C819F3"/>
     <w:rsid w:val="00C81BAE"/>
@@ -8746,50 +9004,51 @@
     <w:rsid w:val="00C872E9"/>
     <w:rsid w:val="00C90EF5"/>
     <w:rsid w:val="00C91566"/>
     <w:rsid w:val="00C927B5"/>
     <w:rsid w:val="00C93A2B"/>
     <w:rsid w:val="00C93C73"/>
     <w:rsid w:val="00C942D6"/>
     <w:rsid w:val="00C95713"/>
     <w:rsid w:val="00CA25C3"/>
     <w:rsid w:val="00CA3218"/>
     <w:rsid w:val="00CA6C80"/>
     <w:rsid w:val="00CA79D3"/>
     <w:rsid w:val="00CB0323"/>
     <w:rsid w:val="00CB0390"/>
     <w:rsid w:val="00CB0B41"/>
     <w:rsid w:val="00CB158E"/>
     <w:rsid w:val="00CB16A1"/>
     <w:rsid w:val="00CB2601"/>
     <w:rsid w:val="00CB30F0"/>
     <w:rsid w:val="00CB324F"/>
     <w:rsid w:val="00CB4F8F"/>
     <w:rsid w:val="00CB56B0"/>
     <w:rsid w:val="00CB7C6B"/>
     <w:rsid w:val="00CC1AEB"/>
     <w:rsid w:val="00CC2549"/>
+    <w:rsid w:val="00CD05F9"/>
     <w:rsid w:val="00CD3B63"/>
     <w:rsid w:val="00CD51EA"/>
     <w:rsid w:val="00CD6EA3"/>
     <w:rsid w:val="00CD727B"/>
     <w:rsid w:val="00CE0D07"/>
     <w:rsid w:val="00CE14EF"/>
     <w:rsid w:val="00CE1D5B"/>
     <w:rsid w:val="00CE1F08"/>
     <w:rsid w:val="00CE20C2"/>
     <w:rsid w:val="00CE2830"/>
     <w:rsid w:val="00CE5501"/>
     <w:rsid w:val="00CE66DE"/>
     <w:rsid w:val="00CE66EB"/>
     <w:rsid w:val="00CE69D7"/>
     <w:rsid w:val="00CF0144"/>
     <w:rsid w:val="00CF3D2E"/>
     <w:rsid w:val="00CF5D17"/>
     <w:rsid w:val="00CF721A"/>
     <w:rsid w:val="00CF7C9B"/>
     <w:rsid w:val="00CF7E24"/>
     <w:rsid w:val="00D00389"/>
     <w:rsid w:val="00D01FD6"/>
     <w:rsid w:val="00D05A7E"/>
     <w:rsid w:val="00D061B3"/>
     <w:rsid w:val="00D07B99"/>
@@ -8916,50 +9175,51 @@
     <w:rsid w:val="00E26B61"/>
     <w:rsid w:val="00E26C70"/>
     <w:rsid w:val="00E26C93"/>
     <w:rsid w:val="00E333AA"/>
     <w:rsid w:val="00E3480B"/>
     <w:rsid w:val="00E34C6C"/>
     <w:rsid w:val="00E35D40"/>
     <w:rsid w:val="00E411E3"/>
     <w:rsid w:val="00E440BF"/>
     <w:rsid w:val="00E46EFD"/>
     <w:rsid w:val="00E5108B"/>
     <w:rsid w:val="00E523A9"/>
     <w:rsid w:val="00E527BC"/>
     <w:rsid w:val="00E52B7A"/>
     <w:rsid w:val="00E553B0"/>
     <w:rsid w:val="00E557BF"/>
     <w:rsid w:val="00E55994"/>
     <w:rsid w:val="00E57860"/>
     <w:rsid w:val="00E57995"/>
     <w:rsid w:val="00E619C3"/>
     <w:rsid w:val="00E6266F"/>
     <w:rsid w:val="00E62DF6"/>
     <w:rsid w:val="00E648FC"/>
     <w:rsid w:val="00E66A25"/>
     <w:rsid w:val="00E70A2F"/>
+    <w:rsid w:val="00E70B25"/>
     <w:rsid w:val="00E71D37"/>
     <w:rsid w:val="00E75A0C"/>
     <w:rsid w:val="00E77E87"/>
     <w:rsid w:val="00E80244"/>
     <w:rsid w:val="00E807EC"/>
     <w:rsid w:val="00E80ECA"/>
     <w:rsid w:val="00E81F75"/>
     <w:rsid w:val="00E82175"/>
     <w:rsid w:val="00E834D9"/>
     <w:rsid w:val="00E84466"/>
     <w:rsid w:val="00E90A5A"/>
     <w:rsid w:val="00E90BB0"/>
     <w:rsid w:val="00E90EA8"/>
     <w:rsid w:val="00E91470"/>
     <w:rsid w:val="00E94F92"/>
     <w:rsid w:val="00E9653B"/>
     <w:rsid w:val="00E974DF"/>
     <w:rsid w:val="00E97579"/>
     <w:rsid w:val="00EA0740"/>
     <w:rsid w:val="00EA1911"/>
     <w:rsid w:val="00EA2D55"/>
     <w:rsid w:val="00EA4E09"/>
     <w:rsid w:val="00EB07ED"/>
     <w:rsid w:val="00EB2328"/>
     <w:rsid w:val="00EB4851"/>
@@ -8992,50 +9252,51 @@
     <w:rsid w:val="00EF5460"/>
     <w:rsid w:val="00EF601A"/>
     <w:rsid w:val="00EF665A"/>
     <w:rsid w:val="00EF7416"/>
     <w:rsid w:val="00F0075E"/>
     <w:rsid w:val="00F0079D"/>
     <w:rsid w:val="00F00923"/>
     <w:rsid w:val="00F00E68"/>
     <w:rsid w:val="00F011D2"/>
     <w:rsid w:val="00F01752"/>
     <w:rsid w:val="00F035A0"/>
     <w:rsid w:val="00F047CE"/>
     <w:rsid w:val="00F04B7E"/>
     <w:rsid w:val="00F06CEE"/>
     <w:rsid w:val="00F11021"/>
     <w:rsid w:val="00F1177D"/>
     <w:rsid w:val="00F12608"/>
     <w:rsid w:val="00F12960"/>
     <w:rsid w:val="00F12C9D"/>
     <w:rsid w:val="00F12E14"/>
     <w:rsid w:val="00F13B52"/>
     <w:rsid w:val="00F15652"/>
     <w:rsid w:val="00F15E2A"/>
     <w:rsid w:val="00F22340"/>
     <w:rsid w:val="00F22849"/>
+    <w:rsid w:val="00F23549"/>
     <w:rsid w:val="00F2367A"/>
     <w:rsid w:val="00F24303"/>
     <w:rsid w:val="00F24BB7"/>
     <w:rsid w:val="00F24C7E"/>
     <w:rsid w:val="00F31BC0"/>
     <w:rsid w:val="00F3452A"/>
     <w:rsid w:val="00F35F96"/>
     <w:rsid w:val="00F36421"/>
     <w:rsid w:val="00F40299"/>
     <w:rsid w:val="00F40E65"/>
     <w:rsid w:val="00F42E15"/>
     <w:rsid w:val="00F438AE"/>
     <w:rsid w:val="00F43C85"/>
     <w:rsid w:val="00F452F5"/>
     <w:rsid w:val="00F46E03"/>
     <w:rsid w:val="00F47FAF"/>
     <w:rsid w:val="00F5322F"/>
     <w:rsid w:val="00F536E5"/>
     <w:rsid w:val="00F5374C"/>
     <w:rsid w:val="00F543F7"/>
     <w:rsid w:val="00F55587"/>
     <w:rsid w:val="00F57534"/>
     <w:rsid w:val="00F57D0F"/>
     <w:rsid w:val="00F606C0"/>
     <w:rsid w:val="00F607B8"/>
@@ -9043,138 +9304,138 @@
     <w:rsid w:val="00F6384D"/>
     <w:rsid w:val="00F63C5A"/>
     <w:rsid w:val="00F65166"/>
     <w:rsid w:val="00F65E3B"/>
     <w:rsid w:val="00F6653C"/>
     <w:rsid w:val="00F673B3"/>
     <w:rsid w:val="00F71E90"/>
     <w:rsid w:val="00F7201F"/>
     <w:rsid w:val="00F72312"/>
     <w:rsid w:val="00F72BA9"/>
     <w:rsid w:val="00F749DE"/>
     <w:rsid w:val="00F77CD9"/>
     <w:rsid w:val="00F802B2"/>
     <w:rsid w:val="00F80ACF"/>
     <w:rsid w:val="00F822E9"/>
     <w:rsid w:val="00F82459"/>
     <w:rsid w:val="00F829EE"/>
     <w:rsid w:val="00F83643"/>
     <w:rsid w:val="00F83798"/>
     <w:rsid w:val="00F85135"/>
     <w:rsid w:val="00F87441"/>
     <w:rsid w:val="00F904E4"/>
     <w:rsid w:val="00F91EBC"/>
     <w:rsid w:val="00F939FE"/>
     <w:rsid w:val="00F96BCD"/>
+    <w:rsid w:val="00F96E10"/>
     <w:rsid w:val="00F97CEE"/>
     <w:rsid w:val="00FA1BFF"/>
     <w:rsid w:val="00FA353B"/>
     <w:rsid w:val="00FA3FB0"/>
     <w:rsid w:val="00FA5F30"/>
     <w:rsid w:val="00FA65B8"/>
     <w:rsid w:val="00FA7B79"/>
     <w:rsid w:val="00FA7CAA"/>
     <w:rsid w:val="00FB02A1"/>
     <w:rsid w:val="00FB272D"/>
     <w:rsid w:val="00FB41B7"/>
     <w:rsid w:val="00FB498D"/>
     <w:rsid w:val="00FB576E"/>
     <w:rsid w:val="00FB601D"/>
     <w:rsid w:val="00FC054C"/>
     <w:rsid w:val="00FC0908"/>
     <w:rsid w:val="00FC1467"/>
     <w:rsid w:val="00FC1EEB"/>
     <w:rsid w:val="00FC2B37"/>
     <w:rsid w:val="00FC33E5"/>
     <w:rsid w:val="00FC5E29"/>
     <w:rsid w:val="00FC6E21"/>
     <w:rsid w:val="00FD12C9"/>
     <w:rsid w:val="00FD1AC6"/>
     <w:rsid w:val="00FD5801"/>
     <w:rsid w:val="00FD7C2A"/>
     <w:rsid w:val="00FE0F54"/>
     <w:rsid w:val="00FE116D"/>
     <w:rsid w:val="00FE1D58"/>
     <w:rsid w:val="00FE2023"/>
     <w:rsid w:val="00FE2769"/>
     <w:rsid w:val="00FE282E"/>
     <w:rsid w:val="00FE39EC"/>
     <w:rsid w:val="00FE5828"/>
     <w:rsid w:val="00FE5C09"/>
-    <w:rsid w:val="00FE71E4"/>
     <w:rsid w:val="00FF06B2"/>
     <w:rsid w:val="00FF0ECF"/>
     <w:rsid w:val="00FF2A12"/>
     <w:rsid w:val="00FF2D9C"/>
     <w:rsid w:val="00FF3A9B"/>
     <w:rsid w:val="00FF3F8F"/>
     <w:rsid w:val="00FF47AB"/>
     <w:rsid w:val="00FF653E"/>
     <w:rsid w:val="00FF7681"/>
     <w:rsid w:val="00FF7750"/>
     <w:rsid w:val="00FF7EF1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{D81390B2-AB19-4D9F-8EEF-BBE63EA383D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9495,50 +9756,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005D5713"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006240D2"/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:right="-43"/>
@@ -9913,59 +10178,59 @@
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00575992"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10411,160 +10676,160 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">205</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...11 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5F0D19E-4918-44EF-9AE4-A256A5454348}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95087F40-DC82-464F-A82B-68383C63ABCC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16D08DAF-E898-49B4-B64E-CC65B8852914}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2D8DADB-E3A0-4969-A3B9-0DA87BD2EEF9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16D08DAF-E898-49B4-B64E-CC65B8852914}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95087F40-DC82-464F-A82B-68383C63ABCC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21B58EF0-576D-498B-8E89-6C22AE7DDA9D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C15EFD3E-82B6-4BB1-B745-B50A2389C91D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2289</Words>
-  <Characters>1305</Characters>
+  <Words>2761</Words>
+  <Characters>1574</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodarbinātības valsts aģentūras</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3587</CharactersWithSpaces>
+  <CharactersWithSpaces>4327</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nodarbinātības valsts aģentūras</dc:title>
   <dc:creator>eval</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>