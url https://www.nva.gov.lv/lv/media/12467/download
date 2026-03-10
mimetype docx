--- v0 (2025-10-08)
+++ v1 (2026-03-10)
@@ -1,63 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item5.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.4.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.7.0 -->
   <w:body>
     <w:p w:rsidR="009D736A" w:rsidRPr="004A6684" w:rsidP="004A6684" w14:paraId="4407EA84" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A6684">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Līgums par algotu pagaidu sabiedrisko darbu veikšanu</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D736A" w:rsidP="004A6684" w14:paraId="7EBC939B" w14:textId="77777777">
       <w:pPr>
@@ -88,115 +91,51 @@
       </w:r>
       <w:r w:rsidRPr="004A6684">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00592676" w:rsidRPr="00844EFC" w:rsidP="00592676" w14:paraId="6D9BA6CA" w14:textId="341AF3B3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00844EFC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ESF Plus </w:t>
-[...63 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>ESF Plus projekts „Pasākumi iekļaujošai nodarbinātībai”</w:t>
       </w:r>
       <w:r w:rsidRPr="00844EFC" w:rsidR="006479D7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00844EFC" w:rsidR="006479D7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nr.4.3.3.2/1/24/I/002</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
@@ -1210,64 +1149,64 @@
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00764138">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk89027625"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk89027625"/>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pēc P</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="009D736A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ašvaldības pieprasījuma </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00F76569">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>iesniegt bankas konta numuru</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="004C4333">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00A9089C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izņēmuma gadījumos, pamatojoties uz iesniegumu</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="002E00E6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00A9089C">
@@ -1650,64 +1589,64 @@
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniedzot pieprasījumu, prasīt ārpuskārtas (papildu) veselības pārbaudes veikšanu, ja ir pamats domāt, ka </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="0059261D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">agaidu darbu vietā veselībai kaitīgie darba vides faktori kaitīgi ietekmē </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk121403684"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk121403684"/>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="002C0772">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>alībniek</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a veselību;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D736A" w:rsidRPr="001F7FD7" w:rsidP="00925417" w14:paraId="6849A754" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">2.10. iepriekš vienojoties ar darba vadītāju </w:t>
       </w:r>
@@ -3082,118 +3021,124 @@
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00BD5F78">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ašvaldības darba kārtības noteikumus </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00B24C1E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vai darbu vadītāja </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00BD5F78">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>norādījumus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D736A" w:rsidRPr="001F7FD7" w:rsidP="000261F0" w14:paraId="675A50F5" w14:textId="0FEC7FC1">
+    <w:p w:rsidR="009D736A" w:rsidRPr="001F7FD7" w:rsidP="000261F0" w14:paraId="675A50F5" w14:textId="0E20AD9B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">3.9.4. </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="007E33FD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">dalībnieks </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00BD5F78">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">agaidu darbu laikā </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00B24C1E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">dažādu iemeslu dēļ kopā </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ir kavējis </w:t>
       </w:r>
+      <w:r w:rsidR="001C429D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vairāk par</w:t>
+      </w:r>
       <w:r w:rsidR="00796312">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00BD5F78">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">14 (četrpadsmit) darba </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F7FD7" w:rsidR="00427BA2">
+      <w:r w:rsidRPr="001F7FD7" w:rsidR="001C429D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dien</w:t>
       </w:r>
-      <w:r w:rsidR="00427BA2">
-[...3 lines deleted...]
-        <w:t>as</w:t>
+      <w:r w:rsidR="001C429D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ām</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00BD5F78">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D736A" w:rsidRPr="001F7FD7" w:rsidP="000261F0" w14:paraId="0EE0A45E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7FD7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">3.9.5. </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7FD7" w:rsidR="00144A4D">
         <w:rPr>
@@ -5130,68 +5075,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">                                 (paraksts un tā atšifrējums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="009D736A" w:rsidRPr="001F7FD7" w:rsidP="004A6684" w14:paraId="7F680873" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="004A6684">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -5213,395 +5161,395 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00F809DE" w:rsidRPr="00F809DE" w:rsidP="00F809DE" w14:paraId="6C2BF781" w14:textId="07BF219E">
+  <w:p w:rsidR="00A62E77" w14:paraId="52B9A7FA" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="005B0539" w:rsidRPr="005B0539" w:rsidP="005B0539" w14:paraId="66E6A36D" w14:textId="37670FEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2127"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F809DE">
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>KRG_4.2.32_3.pielikums_</w:t>
     </w:r>
-    <w:r w:rsidR="00A95351">
+    <w:r>
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00F809DE">
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.versija</w:t>
     </w:r>
     <w:r w:rsidRPr="00F809DE">
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:softHyphen/>
       <w:t>_</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A95351" w:rsidR="00A95351">
+    <w:r w:rsidRPr="005B0539">
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>07.05.2025.</w:t>
+      <w:t>13.02.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00F809DE" w:rsidRPr="00F809DE" w:rsidP="00F809DE" w14:paraId="6C2BF781" w14:textId="07DAFAE6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2127"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="ED7D31"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00A95351">
+      <w:rPr>
+        <w:color w:val="ED7D31"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00796312" w:rsidRPr="001A4E5D" w:rsidP="004A7DDC" w14:paraId="2F389EF3" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00D10D4D" w:rsidRPr="00465BD7" w:rsidP="00D10D4D" w14:paraId="547B1F94" w14:textId="2DF921B4">
+  <w:p w:rsidR="005B0539" w:rsidRPr="005B0539" w:rsidP="005B0539" w14:paraId="73405C6A" w14:textId="76D8106F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2127"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00465BD7">
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>KRG_4.2.32_3.pielikums_</w:t>
     </w:r>
-    <w:r w:rsidR="00A95351">
+    <w:r>
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00465BD7">
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>.versija</w:t>
     </w:r>
     <w:r w:rsidRPr="00465BD7">
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:softHyphen/>
       <w:t>_</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A95351" w:rsidR="00A95351">
+    <w:r w:rsidRPr="005B0539">
       <w:rPr>
         <w:color w:val="ED7D31"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>07.05.2025.</w:t>
+      <w:t>13.02.2026.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00796312" w:rsidRPr="003E0E60" w:rsidP="004A6684" w14:paraId="0B7FD139" w14:textId="6BFDE56D">
+  <w:p w:rsidR="00796312" w:rsidRPr="003E0E60" w:rsidP="005B0539" w14:paraId="0B7FD139" w14:textId="6BFDE56D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2127"/>
+      </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00465BD7" w14:paraId="0444583B" w14:textId="77777777">
+    <w:p w:rsidR="009D5D9B" w14:paraId="4CBDEABC" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00465BD7" w14:paraId="1AC3FA75" w14:textId="77777777">
+    <w:p w:rsidR="009D5D9B" w14:paraId="1CF855AC" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w:rsidR="0089566C" w:rsidRPr="0089566C" w:rsidP="0089566C" w14:paraId="204090CC" w14:textId="064416E1">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="0089566C">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0089566C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="006479D7">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Izmanto</w:t>
       </w:r>
       <w:r w:rsidRPr="0089566C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, ja pasākums tiek īstenots no</w:t>
       </w:r>
       <w:r w:rsidRPr="0089566C">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ESF Plus </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0089566C">
+        <w:t xml:space="preserve"> ESF Plus projekt</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>projekt</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089566C">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...55 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> „Pasākumi iekļaujošai nodarbinātībai”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007F444A" w:rsidRPr="0089566C" w14:paraId="42E9A6C9" w14:textId="4B97F937">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00A62E77" w14:paraId="17CC72ED" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00796312" w14:paraId="3DBD4601" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00796312" w14:paraId="213366F0" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00A62E77" w14:paraId="12F76193" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="2"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A495358"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6A829F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="751" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
@@ -6751,50 +6699,51 @@
     <w:rsid w:val="00161AB3"/>
     <w:rsid w:val="00161CFB"/>
     <w:rsid w:val="0016296F"/>
     <w:rsid w:val="001630C6"/>
     <w:rsid w:val="00163491"/>
     <w:rsid w:val="00167CF3"/>
     <w:rsid w:val="001741C2"/>
     <w:rsid w:val="00174214"/>
     <w:rsid w:val="00176CB3"/>
     <w:rsid w:val="00183141"/>
     <w:rsid w:val="00183718"/>
     <w:rsid w:val="00191043"/>
     <w:rsid w:val="001933A5"/>
     <w:rsid w:val="00194C16"/>
     <w:rsid w:val="00197449"/>
     <w:rsid w:val="00197B8B"/>
     <w:rsid w:val="001A07AF"/>
     <w:rsid w:val="001A152B"/>
     <w:rsid w:val="001A314D"/>
     <w:rsid w:val="001A4E5D"/>
     <w:rsid w:val="001A5FD1"/>
     <w:rsid w:val="001B50AA"/>
     <w:rsid w:val="001B78DC"/>
     <w:rsid w:val="001C1629"/>
     <w:rsid w:val="001C1BC9"/>
+    <w:rsid w:val="001C429D"/>
     <w:rsid w:val="001C4DAC"/>
     <w:rsid w:val="001C62EC"/>
     <w:rsid w:val="001C6E24"/>
     <w:rsid w:val="001D201C"/>
     <w:rsid w:val="001D23B4"/>
     <w:rsid w:val="001D4CBF"/>
     <w:rsid w:val="001D557E"/>
     <w:rsid w:val="001D7FA7"/>
     <w:rsid w:val="001E12E6"/>
     <w:rsid w:val="001E63FD"/>
     <w:rsid w:val="001E6D1A"/>
     <w:rsid w:val="001E76BC"/>
     <w:rsid w:val="001F28C9"/>
     <w:rsid w:val="001F2DDE"/>
     <w:rsid w:val="001F399B"/>
     <w:rsid w:val="001F6F3A"/>
     <w:rsid w:val="001F7FD7"/>
     <w:rsid w:val="00201041"/>
     <w:rsid w:val="002013CC"/>
     <w:rsid w:val="00201C53"/>
     <w:rsid w:val="00204EC6"/>
     <w:rsid w:val="0020542E"/>
     <w:rsid w:val="0021162C"/>
     <w:rsid w:val="00214A30"/>
     <w:rsid w:val="002176C6"/>
@@ -7038,50 +6987,51 @@
     <w:rsid w:val="00550BBF"/>
     <w:rsid w:val="00553B12"/>
     <w:rsid w:val="00560C4D"/>
     <w:rsid w:val="00562A01"/>
     <w:rsid w:val="0056352F"/>
     <w:rsid w:val="005638FC"/>
     <w:rsid w:val="0056489B"/>
     <w:rsid w:val="00567EF7"/>
     <w:rsid w:val="00570002"/>
     <w:rsid w:val="00573BD2"/>
     <w:rsid w:val="00574AF5"/>
     <w:rsid w:val="00574FF6"/>
     <w:rsid w:val="005757FC"/>
     <w:rsid w:val="005762DF"/>
     <w:rsid w:val="00576A63"/>
     <w:rsid w:val="00584E8B"/>
     <w:rsid w:val="00584EBE"/>
     <w:rsid w:val="005871B0"/>
     <w:rsid w:val="0059261D"/>
     <w:rsid w:val="00592676"/>
     <w:rsid w:val="00596ADC"/>
     <w:rsid w:val="005A16DA"/>
     <w:rsid w:val="005A2AD0"/>
     <w:rsid w:val="005A45ED"/>
     <w:rsid w:val="005A4807"/>
+    <w:rsid w:val="005B0539"/>
     <w:rsid w:val="005B08DD"/>
     <w:rsid w:val="005B0C2A"/>
     <w:rsid w:val="005B1E6D"/>
     <w:rsid w:val="005B21DC"/>
     <w:rsid w:val="005B50DD"/>
     <w:rsid w:val="005B6107"/>
     <w:rsid w:val="005C0B7A"/>
     <w:rsid w:val="005C1985"/>
     <w:rsid w:val="005C30D8"/>
     <w:rsid w:val="005C5445"/>
     <w:rsid w:val="005C6BD5"/>
     <w:rsid w:val="005C6F1F"/>
     <w:rsid w:val="005D1091"/>
     <w:rsid w:val="005D3BCA"/>
     <w:rsid w:val="005E2777"/>
     <w:rsid w:val="005E5571"/>
     <w:rsid w:val="005E5884"/>
     <w:rsid w:val="005F0B52"/>
     <w:rsid w:val="005F41E0"/>
     <w:rsid w:val="005F4423"/>
     <w:rsid w:val="005F4C8D"/>
     <w:rsid w:val="005F6C27"/>
     <w:rsid w:val="005F6E41"/>
     <w:rsid w:val="0060251D"/>
     <w:rsid w:val="00604D62"/>
@@ -7372,98 +7322,101 @@
     <w:rsid w:val="009828FA"/>
     <w:rsid w:val="00983846"/>
     <w:rsid w:val="00985045"/>
     <w:rsid w:val="009850B7"/>
     <w:rsid w:val="00990CC6"/>
     <w:rsid w:val="00990D16"/>
     <w:rsid w:val="009910E1"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00995951"/>
     <w:rsid w:val="009A0E79"/>
     <w:rsid w:val="009A1D24"/>
     <w:rsid w:val="009A2714"/>
     <w:rsid w:val="009B2E80"/>
     <w:rsid w:val="009B3F56"/>
     <w:rsid w:val="009B4D27"/>
     <w:rsid w:val="009B4DD0"/>
     <w:rsid w:val="009B6691"/>
     <w:rsid w:val="009C238C"/>
     <w:rsid w:val="009C2DBE"/>
     <w:rsid w:val="009C6D61"/>
     <w:rsid w:val="009D16A4"/>
     <w:rsid w:val="009D206C"/>
     <w:rsid w:val="009D259E"/>
     <w:rsid w:val="009D281E"/>
     <w:rsid w:val="009D5074"/>
+    <w:rsid w:val="009D5D9B"/>
     <w:rsid w:val="009D64A5"/>
     <w:rsid w:val="009D736A"/>
     <w:rsid w:val="009D7B44"/>
     <w:rsid w:val="009D7EB8"/>
     <w:rsid w:val="009E0CBA"/>
     <w:rsid w:val="009E327C"/>
     <w:rsid w:val="009E3CC1"/>
     <w:rsid w:val="009E58F0"/>
     <w:rsid w:val="009F2441"/>
     <w:rsid w:val="00A03257"/>
     <w:rsid w:val="00A03E36"/>
     <w:rsid w:val="00A05F4C"/>
     <w:rsid w:val="00A0688F"/>
     <w:rsid w:val="00A143BA"/>
     <w:rsid w:val="00A17332"/>
     <w:rsid w:val="00A17FFB"/>
     <w:rsid w:val="00A20AB9"/>
     <w:rsid w:val="00A21396"/>
     <w:rsid w:val="00A21710"/>
     <w:rsid w:val="00A2182D"/>
     <w:rsid w:val="00A256E8"/>
     <w:rsid w:val="00A27BA4"/>
     <w:rsid w:val="00A30E5F"/>
     <w:rsid w:val="00A33DC9"/>
     <w:rsid w:val="00A36B6C"/>
     <w:rsid w:val="00A37380"/>
     <w:rsid w:val="00A43C07"/>
     <w:rsid w:val="00A44B26"/>
     <w:rsid w:val="00A470A6"/>
     <w:rsid w:val="00A51F0C"/>
     <w:rsid w:val="00A5254D"/>
     <w:rsid w:val="00A531C9"/>
     <w:rsid w:val="00A53BF6"/>
     <w:rsid w:val="00A56494"/>
     <w:rsid w:val="00A56977"/>
     <w:rsid w:val="00A61803"/>
+    <w:rsid w:val="00A62E77"/>
     <w:rsid w:val="00A66445"/>
     <w:rsid w:val="00A66B44"/>
     <w:rsid w:val="00A72A99"/>
     <w:rsid w:val="00A72EFC"/>
     <w:rsid w:val="00A740D6"/>
     <w:rsid w:val="00A81DC7"/>
     <w:rsid w:val="00A82ACC"/>
     <w:rsid w:val="00A82D64"/>
     <w:rsid w:val="00A87418"/>
     <w:rsid w:val="00A9089C"/>
     <w:rsid w:val="00A93DE5"/>
     <w:rsid w:val="00A95351"/>
+    <w:rsid w:val="00A963E4"/>
     <w:rsid w:val="00A967C8"/>
     <w:rsid w:val="00AA0C4D"/>
     <w:rsid w:val="00AA31CB"/>
     <w:rsid w:val="00AA3652"/>
     <w:rsid w:val="00AA377C"/>
     <w:rsid w:val="00AA455E"/>
     <w:rsid w:val="00AA4D67"/>
     <w:rsid w:val="00AA63B5"/>
     <w:rsid w:val="00AB03B9"/>
     <w:rsid w:val="00AB0E12"/>
     <w:rsid w:val="00AB12E9"/>
     <w:rsid w:val="00AB427E"/>
     <w:rsid w:val="00AB4E5E"/>
     <w:rsid w:val="00AC3542"/>
     <w:rsid w:val="00AC40C5"/>
     <w:rsid w:val="00AC4C0F"/>
     <w:rsid w:val="00AC667A"/>
     <w:rsid w:val="00AC7A0F"/>
     <w:rsid w:val="00AD1355"/>
     <w:rsid w:val="00AD3942"/>
     <w:rsid w:val="00AD51F5"/>
     <w:rsid w:val="00AD71D9"/>
     <w:rsid w:val="00AD71FE"/>
     <w:rsid w:val="00AD7CF6"/>
     <w:rsid w:val="00AE0E9C"/>
@@ -8845,51 +8798,51 @@
     <w:rsid w:val="00596ADC"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:link w:val="FootnoteText"/>
     <w:rsid w:val="00596ADC"/>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9125,68 +9078,81 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -9313,157 +9279,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{038FA38C-46F4-4D9C-88C7-86C33316FA44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71FDB82A-B086-4B11-AEF1-A7583C3415CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EBE81FF-53BF-4F3D-86EA-52A363CA3AAC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9263BCFD-2A7C-4298-82CF-AD11345DD589}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02F2D3E7-EF6B-4E2C-ABAF-AD2799DAEAFD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3977F3F-5398-452C-AED3-20E3C3904C05}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>7105</Words>
-  <Characters>4051</Characters>
+  <Words>7112</Words>
+  <Characters>4054</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>5</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11134</CharactersWithSpaces>
+  <CharactersWithSpaces>11144</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>IT</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Rasma Šmaukstele</vt:lpwstr>
   </property>
 </Properties>
 </file>