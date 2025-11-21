--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -11,244 +11,263 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 23.1.0 -->
+  <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="000710C6" w:rsidP="000710C6" w14:paraId="1DD82BC8" w14:textId="77777777">
+    <w:p w:rsidR="000710C6" w:rsidP="009654A7" w14:paraId="78CD2C4C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>3.pielikums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000710C6" w:rsidP="000710C6" w14:paraId="7229686D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>3.pielikums</w:t>
+        <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000710C6" w:rsidP="000710C6" w14:paraId="1DD82BC9" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Header"/>
+    <w:p w:rsidR="009654A7" w:rsidRPr="005B0443" w:rsidP="009654A7" w14:paraId="15EB4D96" w14:textId="77777777">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
-        <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B0443">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>04.11.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0443">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rīkojumam Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0443">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1.1-1/264</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00355262" w:rsidRPr="00155876" w:rsidP="00355262" w14:paraId="1DD82BCA" w14:textId="77777777">
+    <w:p w:rsidR="00355262" w:rsidRPr="00155876" w:rsidP="00355262" w14:paraId="39981183" w14:textId="21E05D89">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025386F">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00286807" w:rsidRPr="00BA45CF" w:rsidP="00286807" w14:paraId="1DD82BCB" w14:textId="77777777">
+    <w:p w:rsidR="00286807" w:rsidRPr="00BA45CF" w:rsidP="00286807" w14:paraId="19E4A86E" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV" w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="005A7205" w:rsidP="005A7205" w14:paraId="1DD82BCC" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="005A7205" w:rsidP="005A7205" w14:paraId="741E55A1" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
         <w:ind w:right="-82"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Profesionālās pilnveides izglītības programmu īstenotāju izvēles kārtība </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="005A7205" w:rsidP="005A7205" w14:paraId="1DD82BCD" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="005A7205" w:rsidP="005A7205" w14:paraId="4AC8013E" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
         <w:ind w:right="-82"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="005A7205" w:rsidP="005A7205" w14:paraId="1DD82BCE" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="005A7205" w:rsidP="005A7205" w14:paraId="75E475D2" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">I. </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Prasības PIEDĀVĀJUMA NOFORMĒJUMAM UN IESNIEGŠANAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="005A7205" w:rsidP="005A7205" w14:paraId="1DD82BCF" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="005A7205" w:rsidP="005A7205" w14:paraId="5888F25F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="1DD82BD0" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="18C714BC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājumu sagatavo un iesniedz saskaņā ar šajā kārtībā izvirzītajām prasībām.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="1DD82BD1" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="28732B31" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestāde (turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -389,51 +408,51 @@
       <w:r w:rsidR="00627D40">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k vērtēt</w:t>
       </w:r>
       <w:r w:rsidR="00EF2E4A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="1DD82BD2" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="654CC7CC" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00026402">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais piedāvājums jāsagatavo </w:t>
       </w:r>
       <w:r w:rsidRPr="00860A06">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -448,51 +467,51 @@
       <w:r w:rsidR="00D50ABB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aģe</w:t>
       </w:r>
       <w:r w:rsidR="00205E86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00D50ABB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tūras izstrādātajai </w:t>
       </w:r>
       <w:r w:rsidRPr="00026402">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskā piedāvājuma veidlapai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA0C6B" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="1DD82BD3" w14:textId="77777777">
+    <w:p w:rsidR="00EA0C6B" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="4D99C483" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Iesniegt</w:t>
       </w:r>
       <w:r w:rsidR="00E85013">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -531,68 +550,68 @@
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
       </w:r>
       <w:r w:rsidR="00E85013">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="00AF3291" w:rsidP="00AF3291" w14:paraId="1DD82BD4" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="00AF3291" w:rsidP="00AF3291" w14:paraId="1F14A28B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk41642728"/>
-      <w:bookmarkStart w:id="1" w:name="_Hlk52537758"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk41642728"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk52537758"/>
       <w:r w:rsidRPr="00926C21">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Šīs kārtības 1</w:t>
       </w:r>
       <w:r w:rsidR="00A1126F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00926C21">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. punktā minētos un citus uz izsludinājumu attiecināmos dokumentus pretendents iesniedz vienā elektroniskajā dokumentā, noformējot </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbilstoši </w:t>
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00EA0C6B">
@@ -633,54 +652,54 @@
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00EA0C6B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00B57177">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E17A82" w:rsidR="00EA0C6B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>558 „Dokumentu izstrādāšanas un noformēšanas kārtība” prasībām</w:t>
       </w:r>
       <w:r w:rsidR="00EA0C6B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="003B31ED" w:rsidP="00860A06" w14:paraId="1DD82BD5" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="003B31ED" w:rsidP="00860A06" w14:paraId="75AC76E0" w14:textId="3D30041F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendenta piedāvājuma dokumentus paraksta </w:t>
       </w:r>
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -771,68 +790,225 @@
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="003B31ED">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents ir personu apvienība, tad pieteikumu paraksta visi </w:t>
       </w:r>
       <w:r w:rsidR="003D6970">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">personu </w:t>
       </w:r>
       <w:r w:rsidRPr="003B31ED">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>apvienības locekļi, kā arī norāda personu apvienības pilnvaroto pārstāvi, kurš pārstāvēs apvienības intereses, kā arī katras personas atbildības apjomu.</w:t>
       </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>iesniedzis</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>pieteikumu</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>kurš</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>nav</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>parakstīts</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>drošu</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>elektronisko</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>parakstu</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776D61" w:rsidR="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>r Aģentūras rīkojumu apstiprināta apmācību īstenotāju izvēles pastāvīgā komisija (turpmāk – komisija)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304ECB" w:rsidR="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t>nosaka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004329A1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t>saprātīgu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t>termiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="004329A1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidR="004329A1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t>trūkum</w:t>
+      </w:r>
+      <w:r w:rsidR="004329A1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="004329A1">
+        <w:t>novēršanai</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="1DD82BD6" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="74595B0B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk52538080"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk52538080"/>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pirms izsludinājumā noteiktā piedāvājuma iesniegšanas termiņa beigām</w:t>
       </w:r>
       <w:r w:rsidR="00A4503F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
@@ -850,100 +1026,100 @@
         <w:r w:rsidRPr="005A7205">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Paziņojums</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par grozījumiem piedāvājumā sagatavojams, noformējams un iesniedzams tāpat kā piedāvājums (atbilstoši šīs kārtības prasībām), un </w:t>
       </w:r>
       <w:r w:rsidR="001E5622">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tajā </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ir jābūt norādei, ka tie ir sākotnējā piedāvājuma grozījumi.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="1DD82BD7" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="2306B5F3" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pēc piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00E85013">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents savu piedāvājumu grozīt nevar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="1DD82BD8" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00860A06" w14:paraId="537EF5FB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms izsludinājuma noteiktā piedāvājuma iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -958,63 +1134,63 @@
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>rakstveidā</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par to paziņojot Aģentūrai. Piedāvājuma atsaukšana nav grozāma, un tā izbeidz turpmāku </w:t>
       </w:r>
       <w:r w:rsidR="0038785F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta līdzdalību šajā izsludinājumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00664C50" w:rsidRPr="0002556F" w:rsidP="00026402" w14:paraId="1DD82BD9" w14:textId="77777777">
+    <w:p w:rsidR="00664C50" w:rsidRPr="0002556F" w:rsidP="00026402" w14:paraId="48AF7BB2" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00664C50" w:rsidRPr="001D68B5" w:rsidP="00AC0B71" w14:paraId="1DD82BDA" w14:textId="77777777">
+    <w:p w:rsidR="00664C50" w:rsidRPr="001D68B5" w:rsidP="00AC0B71" w14:paraId="0F292985" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="425"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">II. </w:t>
       </w:r>
       <w:r w:rsidR="001D68B5">
         <w:rPr>
           <w:b/>
           <w:caps/>
@@ -1033,74 +1209,92 @@
       <w:r w:rsidRPr="005A7205" w:rsidR="00760372">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PRETENDENTA </w:t>
       </w:r>
       <w:r w:rsidR="00760372">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vērtēšanai</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205" w:rsidR="00760372">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A180F" w:rsidRPr="00867F05" w:rsidP="00860A06" w14:paraId="1DD82BDB" w14:textId="77777777">
+    <w:p w:rsidR="006A180F" w:rsidRPr="00867F05" w:rsidP="00860A06" w14:paraId="392A7C3A" w14:textId="3E058465">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F97822">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Pretendents piedāvājumu profesionālās tālākizglītības programmu (turpmāk – pasākums) īstenošanai iesniedz, izmantojot Aģentūras mājaslapā www.nva.gov.lv → sadaļā „Izsludinājumi” ievietotās izsludinājuma veidlapas.</w:t>
+        <w:t xml:space="preserve">Pretendents piedāvājumu profesionālās </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pilnveides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97822" w:rsidR="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97822">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>programmu (turpmāk – pasākums) īstenošanai iesniedz, izmantojot Aģentūras mājaslapā www.nva.gov.lv → sadaļā „Izsludinājumi” ievietotās izsludinājuma veidlapas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A180F" w:rsidRPr="00867F05" w:rsidP="00860A06" w14:paraId="1DD82BDC" w14:textId="77777777">
+    <w:p w:rsidR="006A180F" w:rsidRPr="00867F05" w:rsidP="00860A06" w14:paraId="2DEC9DA8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00076517">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai novērtētu </w:t>
       </w:r>
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1121,51 +1315,51 @@
       <w:r w:rsidRPr="00076517">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">asākuma īstenošanai, </w:t>
       </w:r>
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00076517">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentam jāiesniedz šādi dokumenti</w:t>
       </w:r>
       <w:r w:rsidRPr="009721B9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00644734" w:rsidP="00912148" w14:paraId="1DD82BDD" w14:textId="77777777">
+    <w:p w:rsidR="00644734" w:rsidP="00912148" w14:paraId="6968EEAD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00627D40" w:rsidR="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ieteiku</w:t>
@@ -1173,119 +1367,119 @@
       <w:r w:rsidR="00D50ABB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ms</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dalībai izsludinājumā</w:t>
       </w:r>
       <w:r w:rsidR="001627D3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – pieteikums)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00644734" w:rsidRPr="00644734" w:rsidP="00912148" w14:paraId="1DD82BDE" w14:textId="77777777">
+    <w:p w:rsidR="00644734" w:rsidRPr="00644734" w:rsidP="00912148" w14:paraId="799948F9" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00644734">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecinājums par </w:t>
       </w:r>
       <w:r w:rsidRPr="00644734" w:rsidR="00355262">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>profesionālās pilnveides izglītības programmu īstenošanas nosacījum</w:t>
       </w:r>
       <w:r w:rsidRPr="00644734">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u ievērošanu</w:t>
       </w:r>
       <w:r w:rsidRPr="009D2F89" w:rsidR="00355262">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E2FBF" w:rsidP="001E2FBF" w14:paraId="1DD82BDF" w14:textId="77777777">
+    <w:p w:rsidR="001E2FBF" w:rsidP="001E2FBF" w14:paraId="08916867" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D2F89">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskais piedāvājums</w:t>
       </w:r>
       <w:r w:rsidRPr="00B00A81" w:rsidR="00B00A81">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, kur tiek iekļauta informācija par:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E2FBF" w:rsidP="00746C8A" w14:paraId="1DD82BE0" w14:textId="77777777">
+    <w:p w:rsidR="001E2FBF" w:rsidP="00746C8A" w14:paraId="4D5EF948" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2FBF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tādām </w:t>
       </w:r>
       <w:r w:rsidR="004F4E20">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1312,51 +1506,51 @@
       <w:r w:rsidR="00827EFE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2FBF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> līdz kuram tās ir aktuālas, izņemot, ja a</w:t>
       </w:r>
       <w:r w:rsidR="00827EFE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2FBF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību īstenošanas vietas adrese ir pretendenta īpašumā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00195C91" w:rsidRPr="00236E7E" w:rsidP="00746C8A" w14:paraId="1DD82BE1" w14:textId="77777777">
+    <w:p w:rsidR="00195C91" w:rsidRPr="00236E7E" w:rsidP="00746C8A" w14:paraId="4F8E0C08" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00236E7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tādām teorētisko un praktisko nodarbību apmācību īstenošanas viet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1389,135 +1583,135 @@
       <w:r w:rsidRPr="00236E7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vides pieejamības </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pašnovērtējuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00236E7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>anke</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D3E3F" w:rsidRPr="004D3E3F" w:rsidP="00912148" w14:paraId="1DD82BE2" w14:textId="77777777">
+    <w:p w:rsidR="004D3E3F" w:rsidRPr="004D3E3F" w:rsidP="00912148" w14:paraId="177076AF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">aizpildītu un pretendenta parakstītu </w:t>
       </w:r>
       <w:r w:rsidRPr="00C808C1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vides pieejamības </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pašnovērtējuma anket</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u par katru </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk87635877"/>
-      <w:bookmarkStart w:id="4" w:name="_Hlk87636428"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk87635877"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk87636428"/>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskajā piedāvājumā iekļaut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> teorētisko un praktisko nodarbību apmācību īstenošanas viet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u. V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C808C1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ides pieejamības </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pašnovērtējuma anket</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">a izstrādāta </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00765496">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">saskaņā ar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Minist</w:t>
       </w:r>
       <w:r w:rsidR="00827EFE">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>u kabineta</w:t>
       </w:r>
       <w:r w:rsidRPr="00765496">
@@ -1540,153 +1734,155 @@
       </w:r>
       <w:r w:rsidR="00926032">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D86840">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00765496">
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2021. gadam”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteikto</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk86135257"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk86135257"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0090266A" w:rsidRPr="00F73AB7" w:rsidP="00F97822" w14:paraId="1DD82BE3" w14:textId="77777777">
+    <w:p w:rsidR="0090266A" w:rsidRPr="00F73AB7" w:rsidP="00F97822" w14:paraId="5085E101" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F73AB7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izglītības </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73AB7" w:rsidR="00776D61">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>programmas satura apraksts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00F73AB7" w:rsidR="00E1213B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73AB7" w:rsidR="00F73AB7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> programmas apguves rezultātā iegūstamo prasmju saraksts (izmanto </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00F73AB7" w:rsidR="00F73AB7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://ec.europa.eu/esco/portal/occupation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F73AB7" w:rsidR="00F73AB7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00776D61" w:rsidRPr="00776D61" w:rsidP="00912148" w14:paraId="1DD82BE4" w14:textId="77777777">
+    <w:p w:rsidR="00776D61" w:rsidRPr="00776D61" w:rsidP="00912148" w14:paraId="3B15BD81" w14:textId="5BB60C00">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00776D61">
-[...3 lines deleted...]
-        <w:t>Ar Aģentūras rīkojumu apstiprināta apmācību īstenotāju izvēles pastāvīgā komisija (turpmāk – k</w:t>
+      <w:bookmarkStart w:id="7" w:name="_Hlk205540274"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="00083E4D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija</w:t>
       </w:r>
-      <w:r w:rsidRPr="00776D61">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00304ECB" w:rsidR="00083E4D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> lemj par tādu </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00304ECB" w:rsidR="00083E4D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lemj par tādu </w:t>
       </w:r>
       <w:r w:rsidRPr="00304ECB" w:rsidR="00524522">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00304ECB" w:rsidR="00083E4D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu apstiprināšanu </w:t>
       </w:r>
       <w:r w:rsidR="00A639E5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pasākumu </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5ABD" w:rsidR="00083E4D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenošanai, </w:t>
       </w:r>
@@ -1765,164 +1961,242 @@
       <w:r w:rsidR="00B57177">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A639E5" w:rsidR="00083E4D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā minētajiem pasākumu īstenotāju izvēles prasībām</w:t>
       </w:r>
       <w:r w:rsidRPr="00A639E5" w:rsidR="006A76B0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un šādiem nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00A639E5" w:rsidR="00083E4D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00776D61" w:rsidRPr="0090266A" w:rsidP="00860A06" w14:paraId="1DD82BE5" w14:textId="77777777">
+    <w:p w:rsidR="00776D61" w:rsidRPr="0090266A" w:rsidP="00860A06" w14:paraId="4C13C50B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0090266A" w:rsidR="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents ir reģistrēts Izglītības iestāžu reģistrā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00776D61" w:rsidRPr="00776D61" w:rsidP="00860A06" w14:paraId="1DD82BE6" w14:textId="77777777">
+    <w:p w:rsidR="00776D61" w:rsidRPr="009654A7" w:rsidP="009654A7" w14:paraId="6877CE6D" w14:textId="651687CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4472C4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk194044424"/>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>akreditēta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izglītības iestāde </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>licencēta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>atbilstošā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>profesionālās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...58 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>pilnveides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izglītības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00842812">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>programma</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00E44454">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="0084063E" w:rsidR="0084063E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00860A06" w14:paraId="1DD82BE7" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00860A06" w14:paraId="57370FA0" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
@@ -2008,417 +2282,417 @@
       <w:r w:rsidRPr="00304ECB" w:rsidR="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents katrā </w:t>
       </w:r>
       <w:r w:rsidRPr="00304ECB" w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5ABD" w:rsidR="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>asākuma īstenošanas vietā nodrošina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BE8" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="765F59C5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BE9" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="4303C2F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BEA" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="025A7271" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BEB" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="62E51930" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BEC" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="0A0432DD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BED" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="5E200C65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BEE" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="0E885CCE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BEF" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="205D03B5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF0" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="2B640B6D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF1" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="381711D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF2" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="681341C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF3" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="45CEB094" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF4" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="2558F655" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF5" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="60EEE92D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF6" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="48745C6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF7" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="330AD62E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="1DD82BF8" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00912148" w:rsidP="00912148" w14:paraId="41C783F8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912148" w:rsidRPr="00860A06" w:rsidP="004F4E20" w14:paraId="1DD82BF9" w14:textId="77777777">
+    <w:p w:rsidR="00912148" w:rsidRPr="00860A06" w:rsidP="004F4E20" w14:paraId="1E1E9218" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860A06">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>atbilstošu materiāli tehnisko bāzi</w:t>
       </w:r>
       <w:r w:rsidR="00827EFE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860A06">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kas nepieciešama konkrētās programmas īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00776D61" w:rsidRPr="00912148" w:rsidP="004F4E20" w14:paraId="1DD82BFA" w14:textId="77777777">
+    <w:p w:rsidR="00776D61" w:rsidRPr="00912148" w:rsidP="004F4E20" w14:paraId="15D763C2" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk86135524"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk86135524"/>
       <w:r w:rsidRPr="004F4E20">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>atbilstošus vides, piekļuves, materiāltehniskās bāzes, izdales materiālu un darbarīku pielāgojumus personām ar invaliditāti.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:p w:rsidR="00776D61" w:rsidRPr="00776D61" w:rsidP="00860A06" w14:paraId="1DD82BFB" w14:textId="77777777">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00776D61" w:rsidRPr="00776D61" w:rsidP="00860A06" w14:paraId="031AD66F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="00781349">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>asākums</w:t>
@@ -2438,698 +2712,929 @@
       <w:r w:rsidRPr="00304ECB" w:rsidR="00781349">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5ABD" w:rsidR="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Latvijas Republikas teritorijā</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5ABD" w:rsidR="00B23966">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5ABD" w:rsidR="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un izglītības programmas teorētiskās daļas īstenošanas vietas adreses ir reģistrētas Izglītības iestāžu reģistrā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D79DA" w:rsidRPr="006D79DA" w:rsidP="006D79DA" w14:paraId="1DD82BFC" w14:textId="77777777">
+    <w:p w:rsidR="005A47A8" w:rsidRPr="009654A7" w:rsidP="005A47A8" w14:paraId="37A10258" w14:textId="3C537839">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA7B17">
-[...55 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pretendenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>akreditācijas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>termiņš</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB5ABD" w:rsidR="005A7205">
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB5ABD" w:rsidR="005A7205">
-[...19 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>spēkā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>vismaz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F9C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>trīs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F9C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F9C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>mēnešus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pēc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>noteiktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>piedāvājumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>iesniegšanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>termiņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>beigām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk52547321"/>
-[...2 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ja</w:t>
       </w:r>
-      <w:r w:rsidRPr="00521508" w:rsidR="00521508">
-[...43 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>pretendenta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A639E5" w:rsidR="00521508">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>akreditācijas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>termiņš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>spēkā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>vismaz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>trīs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>mēnešus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pēc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>noteiktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>piedāvājuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>iesniegšanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>termiņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>beigām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>iesniedz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Izglītības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kvalitātes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>valsts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>dienestā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>turpmāk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – IKVD) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>iesniegtā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>iesnieguma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kopiju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pretendenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kārt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>akreditāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00776D61" w:rsidRPr="0049419E" w:rsidP="007A452C" w14:paraId="1DD82BFD" w14:textId="77777777">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00860A06" w:rsidP="009654A7" w14:paraId="75A778DF" w14:textId="459E1263">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0023738A">
-[...4 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk52538830"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> plānots īstenot</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> pēc darba devēja</w:t>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776D61" w:rsidR="00B3477B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304ECB" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta piedāvājums </w:t>
+      </w:r>
+      <w:r w:rsidR="006E454C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="0031446A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="006E454C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031446A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r w:rsidR="006E454C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="0031446A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="006E454C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="006E454C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="006E454C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>etika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="006E454C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">svītrots no </w:t>
+      </w:r>
+      <w:r w:rsidR="0082631B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="002459A3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Profesionālās pilnveides </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="0082631B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk86138094"/>
+      <w:r w:rsidR="0082631B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(turpmāk – izglītības piedāvājumu saraksts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidR="0082631B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006D79DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> var atkārtoti pieteikties pasākumu īstenošanai ne agrāk kā</w:t>
+      </w:r>
+      <w:r w:rsidR="0031446A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> divus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gadu</w:t>
+      </w:r>
+      <w:r w:rsidR="0031446A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pēc dienas, kad </w:t>
+      </w:r>
+      <w:r w:rsidR="006D79DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A6101B">
-[...10 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="006D79DA">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājums svītrots no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A" w:rsidR="00BD356D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A" w:rsidR="002459A3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00860A06" w:rsidR="00B3477B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776D61" w:rsidRPr="00776D61" w:rsidP="009654A7" w14:paraId="34D4FC66" w14:textId="17F35668">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk86135687"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">attiecīgās </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">profesionālās </w:t>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pilnveides</w:t>
-[...43 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776D61" w:rsidR="00B3477B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendenta piedāvājums nav </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304ECB" w:rsidR="00B3477B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iekļauts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="00B3477B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>aktuālajā izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidR="00E73E25">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w:rsidR="00776D61" w:rsidP="009654A7" w14:paraId="69E3926B" w14:textId="0C6A0944">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk46396329"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pilnveides</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>identifikācijas numurs</w:t>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00776D61">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776D61" w:rsidR="00B3477B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00776D61" w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00304ECB" w:rsidR="00BD356D">
-[...265 lines deleted...]
-      <w:r w:rsidRPr="00776D61">
+      <w:r w:rsidRPr="00776D61" w:rsidR="00B3477B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu neattiecas neviens no </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00776D61" w:rsidR="00312BA3">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Publisko iepirkumu likuma</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776D61" w:rsidR="00312BA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:anchor="p39.1" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="009E0B13" w:rsidR="00312BA3">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>42.</w:t>
@@ -3147,57 +3652,57 @@
           <w:t>panta</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00776D61" w:rsidR="00312BA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3753D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>otrās</w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="00E3753D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="00312BA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">daļas </w:t>
-[...5 lines deleted...]
-        <w:br/>
+        <w:t>daļas</w:t>
+      </w:r>
+      <w:r w:rsidR="00672681">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3753D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="00312BA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidR="00E3753D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="00312BA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. un </w:t>
       </w:r>
@@ -3291,121 +3796,115 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00501055">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="00312BA3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>noteiktie termiņi</w:t>
       </w:r>
       <w:r w:rsidRPr="00776D61" w:rsidR="0057309C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidRPr="00860A06" w:rsidR="0057309C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas </w:t>
-[...5 lines deleted...]
-        <w:t>reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+        <w:t>pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="009E0B13" w:rsidR="0057309C">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="00E73E25">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E73E25" w:rsidRPr="00860A06" w:rsidP="00F97822" w14:paraId="1DD82C01" w14:textId="77777777">
+    <w:p w:rsidR="00E73E25" w:rsidRPr="00860A06" w:rsidP="00F97822" w14:paraId="570DC139" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma (turpmāk – Sankciju likums) </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk134623227"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk134623227"/>
       <w:r w:rsidRPr="004960A4" w:rsidR="00FF7D74">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4" w:rsidR="00FF7D74">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00DB698D" w:rsidR="00FF7D74">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteiktajam, pretendent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, tā valdes vai padomes locekļi</w:t>
       </w:r>
       <w:r>
@@ -3507,131 +4006,131 @@
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576), 5.l panta 1.</w:t>
       </w:r>
       <w:r w:rsidR="00254364">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00F97822" w14:paraId="1DD82C02" w14:textId="77777777">
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="005A7205" w:rsidRPr="00860A06" w:rsidP="00F97822" w14:paraId="45BA8106" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00776D61">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskajam piedāvājumam pilnībā jāatbilst šajā kārtībā norādītajām prasībām un īstenojamo profesionālās pilnveides izglītības programmu kopu sarakstam. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C244C" w:rsidP="003C244C" w14:paraId="1DD82C03" w14:textId="77777777">
+    <w:p w:rsidR="003C244C" w:rsidP="003C244C" w14:paraId="1EF48A70" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A7205" w:rsidP="00B95305" w14:paraId="1DD82C04" w14:textId="77777777">
+    <w:p w:rsidR="005A7205" w:rsidP="00B95305" w14:paraId="266FBA90" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>III. Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00FD6EEF">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšana</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E73E25" w:rsidP="00B95305" w14:paraId="1DD82C05" w14:textId="77777777">
+    <w:p w:rsidR="00E73E25" w:rsidP="00B95305" w14:paraId="2754F1EB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E23DD" w:rsidP="00F9591A" w14:paraId="1DD82C06" w14:textId="77777777">
+    <w:p w:rsidR="008E23DD" w:rsidP="00F9591A" w14:paraId="00D1826A" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF5F4A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00232B56">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3646,232 +4145,256 @@
       <w:r w:rsidR="00AF3291">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF5F4A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtīb</w:t>
       </w:r>
       <w:r w:rsidR="00AF3291">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF5F4A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00236307" w:rsidRPr="00236307" w:rsidP="00236307" w14:paraId="7C50824C" w14:textId="44948E76">
+    <w:p w:rsidR="00236307" w:rsidRPr="00236307" w:rsidP="00236307" w14:paraId="0084DF46" w14:textId="52A893E5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">komisija vērtē pretendenta atbilstību </w:t>
       </w:r>
       <w:r w:rsidRPr="009E5730">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>šīs kārtības</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 12.7. un 12.8.</w:t>
+        <w:t xml:space="preserve"> 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. un 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00425E31">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00236307" w:rsidP="00236307" w14:paraId="559656AF" w14:textId="42F6420B">
+    <w:p w:rsidR="00236307" w:rsidP="00236307" w14:paraId="04762DD7" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda, vai pretendenta piedāvājums</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A66">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nav svītrots no </w:t>
       </w:r>
       <w:r w:rsidRPr="00860A06">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>izglītības piedāvājumu saraksta un pretendentam nav aizliegts atkārtoti pieteikties profesionālās pilnveides izglītības apmācības īstenošanai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00236307" w:rsidRPr="00236307" w:rsidP="00236307" w14:paraId="2437F40B" w14:textId="2C1252D3">
+    <w:p w:rsidR="00236307" w:rsidRPr="00236307" w:rsidP="00236307" w14:paraId="44C952ED" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda, vai pretendenta piedāvājums nav iekļauts aktuālajā izglītības piedāvājumu sarakstā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E23DD" w:rsidRPr="005A7205" w:rsidP="009E0B13" w14:paraId="1DD82C07" w14:textId="77777777">
+    <w:p w:rsidR="008E23DD" w:rsidRPr="005A7205" w:rsidP="009E0B13" w14:paraId="7A7F3A0A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Hlk52539347"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk52539347"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>om</w:t>
       </w:r>
       <w:r w:rsidR="00B23966">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sija</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtē </w:t>
       </w:r>
       <w:r w:rsidR="00734288">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta piedāvājuma noformējuma atbilstību šīs kārtības prasībām</w:t>
       </w:r>
       <w:r w:rsidR="006A193A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E23DD" w:rsidRPr="005A7205" w:rsidP="00F9591A" w14:paraId="1DD82C08" w14:textId="77777777">
+    <w:p w:rsidR="008E23DD" w:rsidRPr="005A7205" w:rsidP="00F9591A" w14:paraId="7DE28099" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3880,1979 +4403,1620 @@
       <w:r w:rsidR="00FC5F8C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniegto </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dokumentu atbilstību šīs kārtības prasībām:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E23DD" w:rsidRPr="005A7205" w:rsidP="004F4E20" w14:paraId="1DD82C09" w14:textId="77777777">
+    <w:p w:rsidR="008E23DD" w:rsidRPr="005A7205" w:rsidP="004F4E20" w14:paraId="756C6E3B" w14:textId="162B26E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk194044802"/>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>komisija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pārbauda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>vai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>atbilst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>šīs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kārtības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>nodaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>noteiktajiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>atlases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kritērijiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>iesniedzis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>visus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>šīs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>kārtības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>punktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>attiecināms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12.5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>apakšpunkt</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...149 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>noteiktos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED35BF" w:rsidR="00AD2734">
-[...7 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>dokumentus</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E23DD" w:rsidRPr="00311D15" w:rsidP="00311D15" w14:paraId="1DD82C0A" w14:textId="77777777">
+    <w:p w:rsidR="008E23DD" w:rsidP="00311D15" w14:paraId="5BCDC8FD" w14:textId="6E269CDB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00311D15">
-[...186 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="17" w:name="_Hlk194044835"/>
+      <w:r w:rsidRPr="00FF1AB1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par pretendenta dokumentu atbilstību šīs kārtības 12.1., 12.2., 12.4., 12.5. apakšpunktiem komisija pārliecinās, pārbaudot informāciju IKVD reģistrā, proti, VIIS (skatīt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00FF1AB1">
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>www.viis.gov.lv)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00FF1AB1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:hyperlink w:history="1"/>
     </w:p>
-    <w:p w:rsidR="008E23DD" w:rsidRPr="00F03BC6" w:rsidP="00F9591A" w14:paraId="1DD82C0B" w14:textId="119A117B">
+    <w:p w:rsidR="008E23DD" w:rsidRPr="00F03BC6" w:rsidP="00F9591A" w14:paraId="2CFD951B" w14:textId="283E90E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk52550304"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk52550304"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03BC6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija vērtē </w:t>
       </w:r>
       <w:r w:rsidR="00D145AD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F03BC6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retende</w:t>
       </w:r>
       <w:r w:rsidR="00867F05">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nta atbilstību šīs kārtības </w:t>
       </w:r>
       <w:r w:rsidR="00F95494">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00DD7337">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F95494">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="007A452C">
-[...3 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00F95494">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DD7337">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00886A86" w:rsidR="00886A86">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apakšpunktam </w:t>
       </w:r>
       <w:r w:rsidR="00DD7337">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00D86840">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00DD7337">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
       <w:r w:rsidR="00F95494">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F03BC6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA4C0A" w:rsidP="004F4E20" w14:paraId="1DD82C0E" w14:textId="77777777">
+    <w:p w:rsidR="00304ECB" w:rsidRPr="00F331C7" w:rsidP="0063008B" w14:paraId="2545784B" w14:textId="77B3FDAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Hlk46396411"/>
-[...195 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="19" w:name="_Hlk46396411"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00EA0C6B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="_Hlk41639665"/>
+        <w:t>pārbauda</w:t>
+      </w:r>
+      <w:r w:rsidR="00827EFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C6B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0E7F" w:rsidR="00734288">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0E7F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>retendentu neattiecas neviens no Publisko iepirkumu likuma</w:t>
+      </w:r>
+      <w:r w:rsidR="00254364">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C0E7F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>42.</w:t>
+      </w:r>
+      <w:r w:rsidR="00254364">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0E7F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>otrās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0E7F" w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0E7F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0E7F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004411DD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004411DD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00254364">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004411DD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētajiem izslēgšanas noteikumiem</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="_Hlk41645789"/>
       <w:r w:rsidRPr="00860A06" w:rsidR="0057309C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve"> un ir ievēroti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE75E4" w:rsidR="00BE75E4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publisko iepirkumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="0057309C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">likuma 42. panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ceturtās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="0057309C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>daļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="0057309C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00254364">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="0057309C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteiktie termiņi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00EA0C6B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="_Hlk41639665"/>
+      <w:r w:rsidRPr="00860A06" w:rsidR="0057309C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="009E0B13" w:rsidR="0057309C">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="001C0E7F" w:rsidR="007D24F8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="0063008B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="_Hlk46396548"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w:rsidR="00304ECB" w:rsidRPr="00F331C7" w:rsidP="004F4E20" w14:paraId="1DD82C0F" w14:textId="77777777">
+    <w:p w:rsidR="00A334DF" w:rsidRPr="00A334DF" w:rsidP="0086057F" w14:paraId="3D34E246" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Hlk46396548"/>
-[...110 lines deleted...]
-        <w:t>:</w:t>
+      <w:bookmarkStart w:id="23" w:name="_Hlk134695813"/>
+      <w:r w:rsidRPr="002E462B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārbauda vai atbilstoši Sankciju likuma </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="_Hlk134695842"/>
+      <w:r w:rsidRPr="004960A4" w:rsidR="00DA59CA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004960A4" w:rsidR="00DA59CA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidR="00DA59CA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E462B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pantam uz pretendentu, tā valdes vai padomes locekli, patiesā labuma guvēju, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E462B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pārstāvēttiesīgo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E462B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistītas ar filiāli, neattiecas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulas (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00304ECB" w:rsidRPr="00304ECB" w:rsidP="00860A06" w14:paraId="1DD82C10" w14:textId="77777777">
+    <w:p w:rsidR="00CC09D6" w:rsidP="0086057F" w14:paraId="30D9716B" w14:textId="66CE4AF8">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="1728" w:hanging="648"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00304ECB">
-[...89 lines deleted...]
-      <w:r w:rsidRPr="00304ECB">
+      <w:bookmarkStart w:id="25" w:name="_Hlk134712916"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisija vērtē pretendenta tehniskā piedāvājuma atbilstību izsludinājuma dokumentiem pievienotajam </w:t>
+      </w:r>
+      <w:r w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Profesionālās pilnveides </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izglītības </w:t>
+      </w:r>
+      <w:r w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>programmu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15" w:rsidR="009D17D3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sarakstam un šīs kārtības </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteiktajiem kritērijiem</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00304ECB" w:rsidRPr="00304ECB" w:rsidP="00860A06" w14:paraId="1DD82C11" w14:textId="77777777">
+    <w:p w:rsidR="00304ECB" w:rsidRPr="00304ECB" w:rsidP="0086057F" w14:paraId="20E0F57B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="1728" w:hanging="648"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5ABD">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> neesamību;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00014988">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija izslēdz pretendenta pieteikumu no dalības vērtēšanā gadījumā, ja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00304ECB" w:rsidRPr="00304ECB" w:rsidP="00860A06" w14:paraId="1DD82C12" w14:textId="77777777">
-[...39 lines deleted...]
-    <w:p w:rsidR="00A334DF" w:rsidRPr="00A334DF" w:rsidP="0086057F" w14:paraId="1DD82C13" w14:textId="77777777">
+    <w:p w:rsidR="00311D15" w:rsidP="00DC155F" w14:paraId="713640D4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Hlk134695813"/>
-[...54 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="26" w:name="_Hlk134713003"/>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC09D6" w:rsidP="0086057F" w14:paraId="1DD82C14" w14:textId="77777777">
-[...82 lines deleted...]
-    <w:p w:rsidR="00311D15" w:rsidP="00DC155F" w14:paraId="1DD82C16" w14:textId="77777777">
+    <w:p w:rsidR="00311D15" w:rsidP="00DC155F" w14:paraId="4961FA5A" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Hlk134713003"/>
+      <w:bookmarkStart w:id="27" w:name="_Hlk134713041"/>
       <w:r w:rsidRPr="00311D15">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+        <w:t>nav iesniegts kāds no šajā kārtībā norādītajiem dokumentiem, vai to saturs neatbilst šīs kārtības prasībām, kā arī</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0453">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja tiek konstatēta pretendenta neatbilstība šīs kārtības II. nodaļā noteiktajiem kritērijiem</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311D15" w:rsidP="00DC155F" w14:paraId="1DD82C17" w14:textId="77777777">
+    <w:p w:rsidR="00304ECB" w:rsidRPr="00304ECB" w:rsidP="0086057F" w14:paraId="4ECE39EB" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Hlk134713041"/>
-[...23 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="0090266A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>uz pretendentu attiecas kāds no</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67242">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Publiskā iepirkuma likuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42.</w:t>
+      </w:r>
+      <w:r w:rsidR="00254364">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>otrās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A" w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00D86840">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="00501055">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00254364">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00304ECB" w:rsidRPr="00304ECB" w:rsidP="0086057F" w14:paraId="1DD82C18" w14:textId="77777777">
+    <w:p w:rsidR="00304ECB" w:rsidP="0086057F" w14:paraId="5890C370" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090266A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>uz pretendentu attiecas kāds no</w:t>
-[...95 lines deleted...]
-        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
+        <w:t xml:space="preserve">pretendentam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42150">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00304ECB" w:rsidP="0086057F" w14:paraId="1DD82C19" w14:textId="77777777">
+    <w:p w:rsidR="00304ECB" w:rsidRPr="00860A06" w:rsidP="0086057F" w14:paraId="41F2BD51" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0090266A">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00860A06">
+      <w:r w:rsidRPr="00FB5ABD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="0031446A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031446A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="0031446A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A" w:rsidR="00D25115">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A" w:rsidR="008946D1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pasākumu īstenošanas nosacījumus un ir izslēgts no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="008946D1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="00827EFE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="008946D1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3592">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="008946D1">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir aizliegts atkārtoti pieteikties pasākumu īstenošanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860A06" w:rsidR="004249D3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A334DF" w:rsidRPr="00A334DF" w:rsidP="0086057F" w14:paraId="1DD82C1A" w14:textId="77777777">
+    <w:p w:rsidR="00926C21" w:rsidP="0086057F" w14:paraId="1855B328" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Hlk134696159"/>
-[...24 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00860A06">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents ir iekļauts aktuālajā izglītības piedāvājumu sarakstā.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w:rsidR="00304ECB" w:rsidRPr="00860A06" w:rsidP="0086057F" w14:paraId="1DD82C1B" w14:textId="26FB8792">
+    <w:p w:rsidR="003244BA" w:rsidRPr="00F072BE" w:rsidP="0086057F" w14:paraId="2AC6BA22" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB5ABD">
-[...29 lines deleted...]
-      <w:r w:rsidR="0031446A">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rodas situācija, ka, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izvērtējot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654" w:rsidR="00BA6B94">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieteikumu, </w:t>
+      </w:r>
+      <w:r w:rsidR="00761F74">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija</w:t>
+      </w:r>
+      <w:r w:rsidR="00553528">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00553528">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šaubas par iesnieg</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5269">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00553528">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā dokumenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstību šīs kārtības prasībām</w:t>
+      </w:r>
+      <w:r w:rsidR="00067395">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00761F74">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija </w:t>
+      </w:r>
+      <w:r w:rsidR="00553528">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ir lūg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>usi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2B75">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentu </w:t>
+      </w:r>
+      <w:r w:rsidR="00553528">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>skaidrot attiecīgo dokumentu vai informāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2B75">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00111654">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendents norādītajā termiņā, kas nav īsāks par trīs darba dienām pēc informācijas nosūtīšanas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00553528">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nav iesniedzis skaidrojumu vai ar skaidrojumu ir grozījis piedāvājum</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC09C7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB5ABD">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00860A06" w:rsidR="004249D3">
+      <w:r w:rsidR="00553528">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pēc būtības</w:t>
+      </w:r>
+      <w:r w:rsidR="00F072BE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926C21" w:rsidP="0086057F" w14:paraId="1DD82C1C" w14:textId="77777777">
+    <w:p w:rsidR="003C244C" w:rsidP="00DC155F" w14:paraId="24DF7176" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00860A06">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00304ECB">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304ECB" w:rsidR="00BA74DF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija, pārbaudot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00DA2B75">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BA74DF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta sniegtās ziņas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B07A49">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>konstatē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB5ABD" w:rsidR="00BA74DF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ka tās neatbilst patiesībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090266A" w:rsidR="00BA74DF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F072BE" w:rsidR="00F072BE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003244BA" w:rsidRPr="00F072BE" w:rsidP="0086057F" w14:paraId="1DD82C1D" w14:textId="77777777">
+    <w:p w:rsidR="00F072BE" w:rsidP="0086057F" w14:paraId="2B107DCE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...266 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Hlk134713268"/>
       <w:bookmarkStart w:id="29" w:name="_Hlk134697774"/>
       <w:r w:rsidRPr="00AC4D93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konstatē atbilstību Sankciju likuma </w:t>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="_Hlk134698066"/>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
@@ -5863,181 +6027,447 @@
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00AC4D93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pantā vai Komisijas regulas (EU) 2022/576 5.l panta 1. punktā noteiktajam</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w:rsidR="00AD2734" w:rsidRPr="00304ECB" w:rsidP="00AD2734" w14:paraId="1DD82C20" w14:textId="77777777">
+    <w:p w:rsidR="009654A7" w:rsidRPr="00304ECB" w:rsidP="00AD2734" w14:paraId="0074B16C" w14:textId="2CCE8220">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Hlk52539693"/>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija </w:t>
       </w:r>
       <w:r w:rsidR="00F072BE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nosūta</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">nosūta </w:t>
       </w:r>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendent</w:t>
       </w:r>
       <w:r w:rsidR="00F072BE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> komisijas pieņemto lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="00F072BE">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendenta iekļaušanu vai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007772E9">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>neiekļaušanu izglītības piedāvājumu sarakstā piecu darbadienu laikā no lēmuma pieņemšanas dienas.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w:rsidR="00087089" w:rsidRPr="0086057F" w:rsidP="0086057F" w14:paraId="1DD82C21" w14:textId="77777777">
-      <w:pPr>
+    <w:p w:rsidR="009654A7" w:rsidP="005B0443" w14:paraId="1B50FA7B" w14:textId="0962E011">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Hlk128042138"/>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0443">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija konstatē, ka lēmuma pieņemšanai par pretendenta iekļaušanu vai atteikumu iekļaut </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0443">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisijai nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0443">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pagarin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:t>administratīvā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>akta</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>izdošanas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>termiņu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot pretend</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009654A7">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ntu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009654A7" w:rsidRPr="009654A7" w:rsidP="005B0443" w14:paraId="6B088DCD" w14:textId="34708EAB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pretendents</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0443">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:t>omisijas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>lēmumu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>var</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>apstrīdēt</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>direktoram</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>viena</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>mēneša</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>laikā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>lēmuma</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>spēkā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>stāšanās</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dienas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>iesniedzot</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>rakstveida</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>iesniegumu</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00087089" w:rsidRPr="0086057F" w:rsidP="005B0443" w14:paraId="668C9F73" w14:textId="53E749D7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CB7EF2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūra ir tiesīga pagarināt izsludinājuma ietvaros plānoto sadarbības termiņu ar pasākuma īstenotāju. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6243">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Par šādu Aģentūras lēmumu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB7EF2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>omisija</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6243">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> informē pasākuma īstenotāju ne vēlāk kā mēnesi pirms sadarbības termiņa pagarinājuma.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:sectPr w:rsidSect="00860A06">
-      <w:footerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6073,90 +6503,99 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00236307" w:rsidP="00501055" w14:paraId="1DD82C26" w14:textId="77777777">
+  <w:p w:rsidR="00236307" w:rsidP="00501055" w14:paraId="4A8B8B4E" w14:textId="7812F82E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00236307" w14:paraId="1DD82C27" w14:textId="77777777"/>
+  <w:p w:rsidR="00236307" w14:paraId="666BFBB0" w14:textId="77777777"/>
+  <w:p w:rsidR="009B36EE" w14:paraId="57A36C4C" w14:textId="326D2B6F"/>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00236307" w14:paraId="1DD82C28" w14:textId="77777777">
+  <w:p w:rsidR="00236307" w14:paraId="17E32CFC" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
     <w:r>
       <w:t>Šis</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>dokuments</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>ir</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>parakstīts</w:t>
     </w:r>
     <w:r>
@@ -6186,51 +6625,125 @@
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>un</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>satur</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>laika</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00236307" w14:paraId="1DD82C29" w14:textId="77777777">
+  <w:p w:rsidR="00236307" w14:paraId="01417905" w14:textId="77777777">
+    <w:r>
+      <w:t xml:space="preserve">          </w:t>
+    </w:r>
+    <w:r>
+      <w:t>Šis</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>dokuments</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>ir</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>parakstīts</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>ar</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>drošu</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>elektronisko</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>parakstu</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>un</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>satur</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>laika</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="009B36EE" w14:paraId="47CC7481" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
     <w:r>
       <w:t>Šis</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>dokuments</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>ir</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>parakstīts</w:t>
     </w:r>
     <w:r>
@@ -6261,53 +6774,61 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>un</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>satur</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>laika</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>zīmogu</w:t>
     </w:r>
   </w:p>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="05CF00BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC6AE072"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -8373,76 +8894,77 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="4F91284F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0426001F"/>
+    <w:tmpl w:val="656C3ED2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8528,51 +9050,51 @@
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="1713" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
@@ -10029,63 +10551,63 @@
   <w:num w:numId="32">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00581993"/>
     <w:rsid w:val="00000BD8"/>
     <w:rsid w:val="00001D8E"/>
     <w:rsid w:val="000028B8"/>
     <w:rsid w:val="00011836"/>
     <w:rsid w:val="0001416D"/>
     <w:rsid w:val="00014988"/>
     <w:rsid w:val="000156AB"/>
     <w:rsid w:val="000176DB"/>
     <w:rsid w:val="00017977"/>
     <w:rsid w:val="00020C01"/>
     <w:rsid w:val="00023307"/>
     <w:rsid w:val="00024AB5"/>
     <w:rsid w:val="0002556F"/>
     <w:rsid w:val="00026402"/>
     <w:rsid w:val="000275CD"/>
     <w:rsid w:val="00027CD6"/>
     <w:rsid w:val="00033BC4"/>
     <w:rsid w:val="00034210"/>
     <w:rsid w:val="00036208"/>
     <w:rsid w:val="00036403"/>
     <w:rsid w:val="0003649B"/>
     <w:rsid w:val="00041570"/>
@@ -10094,74 +10616,77 @@
     <w:rsid w:val="00044A9A"/>
     <w:rsid w:val="000474FA"/>
     <w:rsid w:val="00047BCB"/>
     <w:rsid w:val="00047E60"/>
     <w:rsid w:val="00050A08"/>
     <w:rsid w:val="00051A66"/>
     <w:rsid w:val="000520AD"/>
     <w:rsid w:val="000550C1"/>
     <w:rsid w:val="00060167"/>
     <w:rsid w:val="00060952"/>
     <w:rsid w:val="00061896"/>
     <w:rsid w:val="00061A45"/>
     <w:rsid w:val="00064F44"/>
     <w:rsid w:val="00067395"/>
     <w:rsid w:val="000710C6"/>
     <w:rsid w:val="00076517"/>
     <w:rsid w:val="000829AA"/>
     <w:rsid w:val="00083775"/>
     <w:rsid w:val="00083E4D"/>
     <w:rsid w:val="0008521D"/>
     <w:rsid w:val="00087089"/>
     <w:rsid w:val="000879E9"/>
     <w:rsid w:val="0009461D"/>
     <w:rsid w:val="0009479E"/>
     <w:rsid w:val="0009489C"/>
+    <w:rsid w:val="00094B70"/>
     <w:rsid w:val="0009668B"/>
     <w:rsid w:val="000A1183"/>
     <w:rsid w:val="000A3AF6"/>
     <w:rsid w:val="000A6626"/>
     <w:rsid w:val="000A78D8"/>
     <w:rsid w:val="000B5143"/>
     <w:rsid w:val="000C1257"/>
     <w:rsid w:val="000C6026"/>
     <w:rsid w:val="000C6A74"/>
     <w:rsid w:val="000D3E1E"/>
     <w:rsid w:val="000D64FE"/>
     <w:rsid w:val="000D6747"/>
     <w:rsid w:val="000D71C6"/>
     <w:rsid w:val="000E29F0"/>
     <w:rsid w:val="000E414E"/>
+    <w:rsid w:val="000E44BA"/>
     <w:rsid w:val="000E635F"/>
     <w:rsid w:val="000E7BEE"/>
     <w:rsid w:val="000E7EFD"/>
     <w:rsid w:val="000F0396"/>
     <w:rsid w:val="000F1058"/>
     <w:rsid w:val="000F2FF1"/>
     <w:rsid w:val="000F4FD1"/>
     <w:rsid w:val="000F57D7"/>
     <w:rsid w:val="000F5BC5"/>
+    <w:rsid w:val="000F62DF"/>
     <w:rsid w:val="000F7769"/>
     <w:rsid w:val="000F7E50"/>
     <w:rsid w:val="001006FB"/>
     <w:rsid w:val="0010647A"/>
     <w:rsid w:val="001113A7"/>
     <w:rsid w:val="00111654"/>
     <w:rsid w:val="00111D19"/>
     <w:rsid w:val="00115E2A"/>
     <w:rsid w:val="001163BD"/>
     <w:rsid w:val="0012291D"/>
     <w:rsid w:val="00125DE5"/>
     <w:rsid w:val="001264B7"/>
     <w:rsid w:val="00127630"/>
     <w:rsid w:val="001310C0"/>
     <w:rsid w:val="00131D33"/>
     <w:rsid w:val="00132111"/>
     <w:rsid w:val="0013332C"/>
     <w:rsid w:val="001349B9"/>
     <w:rsid w:val="00137521"/>
     <w:rsid w:val="001407A2"/>
     <w:rsid w:val="0014184F"/>
     <w:rsid w:val="00141ED5"/>
     <w:rsid w:val="0014219A"/>
     <w:rsid w:val="00143B8C"/>
     <w:rsid w:val="00144009"/>
@@ -10203,50 +10728,51 @@
     <w:rsid w:val="001E1D71"/>
     <w:rsid w:val="001E22E0"/>
     <w:rsid w:val="001E2FBF"/>
     <w:rsid w:val="001E5622"/>
     <w:rsid w:val="001E759D"/>
     <w:rsid w:val="001E7898"/>
     <w:rsid w:val="001F2746"/>
     <w:rsid w:val="001F6DD4"/>
     <w:rsid w:val="00201147"/>
     <w:rsid w:val="0020115A"/>
     <w:rsid w:val="00201279"/>
     <w:rsid w:val="00203F6F"/>
     <w:rsid w:val="00205E86"/>
     <w:rsid w:val="00206DBF"/>
     <w:rsid w:val="002108DA"/>
     <w:rsid w:val="00214747"/>
     <w:rsid w:val="0022056D"/>
     <w:rsid w:val="00221A5F"/>
     <w:rsid w:val="00230122"/>
     <w:rsid w:val="00230A36"/>
     <w:rsid w:val="00232B56"/>
     <w:rsid w:val="00233062"/>
     <w:rsid w:val="0023359C"/>
     <w:rsid w:val="00234AE5"/>
     <w:rsid w:val="00236307"/>
+    <w:rsid w:val="00236495"/>
     <w:rsid w:val="00236E7E"/>
     <w:rsid w:val="0023738A"/>
     <w:rsid w:val="002373FA"/>
     <w:rsid w:val="00237405"/>
     <w:rsid w:val="002377A5"/>
     <w:rsid w:val="00240F16"/>
     <w:rsid w:val="00241BC7"/>
     <w:rsid w:val="002454E3"/>
     <w:rsid w:val="002459A3"/>
     <w:rsid w:val="00247A3B"/>
     <w:rsid w:val="002503BB"/>
     <w:rsid w:val="00250C19"/>
     <w:rsid w:val="00251B2A"/>
     <w:rsid w:val="0025386F"/>
     <w:rsid w:val="00254364"/>
     <w:rsid w:val="00255337"/>
     <w:rsid w:val="00257135"/>
     <w:rsid w:val="00257A95"/>
     <w:rsid w:val="00263CD8"/>
     <w:rsid w:val="00265982"/>
     <w:rsid w:val="00266CC4"/>
     <w:rsid w:val="00267ED7"/>
     <w:rsid w:val="00274220"/>
     <w:rsid w:val="0027559C"/>
     <w:rsid w:val="00276C89"/>
@@ -10315,91 +10841,94 @@
     <w:rsid w:val="00365771"/>
     <w:rsid w:val="00367DE9"/>
     <w:rsid w:val="003702CE"/>
     <w:rsid w:val="00371386"/>
     <w:rsid w:val="00373DC8"/>
     <w:rsid w:val="00374769"/>
     <w:rsid w:val="00380DE6"/>
     <w:rsid w:val="003819C2"/>
     <w:rsid w:val="00381F68"/>
     <w:rsid w:val="00382575"/>
     <w:rsid w:val="00383462"/>
     <w:rsid w:val="0038374B"/>
     <w:rsid w:val="00385148"/>
     <w:rsid w:val="0038553F"/>
     <w:rsid w:val="00385D04"/>
     <w:rsid w:val="0038785F"/>
     <w:rsid w:val="00387EAE"/>
     <w:rsid w:val="003902C4"/>
     <w:rsid w:val="003904C5"/>
     <w:rsid w:val="00390952"/>
     <w:rsid w:val="00394AF3"/>
     <w:rsid w:val="003967D3"/>
     <w:rsid w:val="003B31ED"/>
     <w:rsid w:val="003B525B"/>
     <w:rsid w:val="003B6888"/>
+    <w:rsid w:val="003B745C"/>
     <w:rsid w:val="003C2053"/>
     <w:rsid w:val="003C244C"/>
     <w:rsid w:val="003C2A33"/>
     <w:rsid w:val="003C4731"/>
     <w:rsid w:val="003C5AE3"/>
     <w:rsid w:val="003C72DC"/>
     <w:rsid w:val="003D1312"/>
     <w:rsid w:val="003D35C2"/>
     <w:rsid w:val="003D4F32"/>
     <w:rsid w:val="003D6970"/>
     <w:rsid w:val="003E5B33"/>
     <w:rsid w:val="003E713A"/>
     <w:rsid w:val="003F1C76"/>
     <w:rsid w:val="003F2D41"/>
     <w:rsid w:val="003F379B"/>
     <w:rsid w:val="003F5DDF"/>
     <w:rsid w:val="003F6D65"/>
     <w:rsid w:val="003F78C6"/>
     <w:rsid w:val="00402575"/>
     <w:rsid w:val="0040342B"/>
     <w:rsid w:val="00403443"/>
     <w:rsid w:val="00417300"/>
     <w:rsid w:val="004248A4"/>
     <w:rsid w:val="004249D3"/>
     <w:rsid w:val="0042515F"/>
     <w:rsid w:val="00425E31"/>
     <w:rsid w:val="00430F95"/>
     <w:rsid w:val="00431399"/>
     <w:rsid w:val="00431DF5"/>
+    <w:rsid w:val="004329A1"/>
     <w:rsid w:val="004349A0"/>
     <w:rsid w:val="004364C2"/>
     <w:rsid w:val="00437277"/>
     <w:rsid w:val="00437757"/>
     <w:rsid w:val="004411DD"/>
     <w:rsid w:val="00441ED3"/>
     <w:rsid w:val="0044322F"/>
     <w:rsid w:val="00445D2F"/>
     <w:rsid w:val="004476C2"/>
     <w:rsid w:val="004501DB"/>
     <w:rsid w:val="00452BD4"/>
     <w:rsid w:val="00455A36"/>
+    <w:rsid w:val="00455F9C"/>
     <w:rsid w:val="00456285"/>
     <w:rsid w:val="00456416"/>
     <w:rsid w:val="004612C2"/>
     <w:rsid w:val="00461D27"/>
     <w:rsid w:val="00462B65"/>
     <w:rsid w:val="00462FD9"/>
     <w:rsid w:val="00467C85"/>
     <w:rsid w:val="00470769"/>
     <w:rsid w:val="00475E61"/>
     <w:rsid w:val="004769AD"/>
     <w:rsid w:val="00480B39"/>
     <w:rsid w:val="00483D11"/>
     <w:rsid w:val="00485382"/>
     <w:rsid w:val="0048579D"/>
     <w:rsid w:val="00487541"/>
     <w:rsid w:val="0049284B"/>
     <w:rsid w:val="0049419E"/>
     <w:rsid w:val="00494495"/>
     <w:rsid w:val="004960A4"/>
     <w:rsid w:val="004961FE"/>
     <w:rsid w:val="00496A10"/>
     <w:rsid w:val="004A3607"/>
     <w:rsid w:val="004A51F6"/>
     <w:rsid w:val="004A544E"/>
     <w:rsid w:val="004A7846"/>
@@ -10413,146 +10942,154 @@
     <w:rsid w:val="004D073B"/>
     <w:rsid w:val="004D2557"/>
     <w:rsid w:val="004D3E3F"/>
     <w:rsid w:val="004D5AD9"/>
     <w:rsid w:val="004E4851"/>
     <w:rsid w:val="004E5103"/>
     <w:rsid w:val="004F2674"/>
     <w:rsid w:val="004F4E20"/>
     <w:rsid w:val="004F76E7"/>
     <w:rsid w:val="0050053A"/>
     <w:rsid w:val="00501055"/>
     <w:rsid w:val="0050181B"/>
     <w:rsid w:val="00503DF3"/>
     <w:rsid w:val="00511292"/>
     <w:rsid w:val="00511CF1"/>
     <w:rsid w:val="00512757"/>
     <w:rsid w:val="00521508"/>
     <w:rsid w:val="00521EEB"/>
     <w:rsid w:val="0052341F"/>
     <w:rsid w:val="00524522"/>
     <w:rsid w:val="0052511F"/>
     <w:rsid w:val="00525A4F"/>
     <w:rsid w:val="005303B4"/>
     <w:rsid w:val="00534273"/>
     <w:rsid w:val="005356FB"/>
+    <w:rsid w:val="00535786"/>
     <w:rsid w:val="00535FAE"/>
     <w:rsid w:val="005464B9"/>
     <w:rsid w:val="00552B35"/>
     <w:rsid w:val="00553528"/>
     <w:rsid w:val="005545B0"/>
     <w:rsid w:val="00555F6E"/>
     <w:rsid w:val="005621EC"/>
     <w:rsid w:val="00562805"/>
     <w:rsid w:val="00563468"/>
     <w:rsid w:val="00563B33"/>
     <w:rsid w:val="00564927"/>
     <w:rsid w:val="00565F26"/>
     <w:rsid w:val="005668E8"/>
     <w:rsid w:val="00566CAC"/>
     <w:rsid w:val="00567646"/>
     <w:rsid w:val="0057123D"/>
     <w:rsid w:val="0057309C"/>
     <w:rsid w:val="00573EF0"/>
     <w:rsid w:val="00576F6F"/>
     <w:rsid w:val="00577923"/>
     <w:rsid w:val="00581993"/>
     <w:rsid w:val="0058288B"/>
     <w:rsid w:val="00584160"/>
     <w:rsid w:val="005852B8"/>
     <w:rsid w:val="005854D8"/>
     <w:rsid w:val="005867F1"/>
     <w:rsid w:val="00590393"/>
     <w:rsid w:val="00592654"/>
     <w:rsid w:val="00592B0A"/>
     <w:rsid w:val="005955BF"/>
     <w:rsid w:val="00595AEA"/>
     <w:rsid w:val="00597F65"/>
     <w:rsid w:val="00597FCD"/>
     <w:rsid w:val="005A23AD"/>
+    <w:rsid w:val="005A47A8"/>
     <w:rsid w:val="005A7205"/>
     <w:rsid w:val="005A7DE9"/>
+    <w:rsid w:val="005B0443"/>
     <w:rsid w:val="005B2144"/>
     <w:rsid w:val="005B318D"/>
     <w:rsid w:val="005B402F"/>
     <w:rsid w:val="005B7721"/>
     <w:rsid w:val="005C2012"/>
     <w:rsid w:val="005C4733"/>
     <w:rsid w:val="005C4B77"/>
     <w:rsid w:val="005C51DE"/>
     <w:rsid w:val="005C7641"/>
     <w:rsid w:val="005D0183"/>
     <w:rsid w:val="005E174C"/>
     <w:rsid w:val="005E6E07"/>
     <w:rsid w:val="005F2B6C"/>
     <w:rsid w:val="005F45EC"/>
     <w:rsid w:val="00601155"/>
+    <w:rsid w:val="00602932"/>
     <w:rsid w:val="00605CEA"/>
     <w:rsid w:val="00606017"/>
     <w:rsid w:val="006237DC"/>
     <w:rsid w:val="00624230"/>
     <w:rsid w:val="006264A8"/>
     <w:rsid w:val="0062790F"/>
     <w:rsid w:val="00627D40"/>
     <w:rsid w:val="00627EDC"/>
+    <w:rsid w:val="0063008B"/>
     <w:rsid w:val="00631625"/>
     <w:rsid w:val="00632082"/>
     <w:rsid w:val="00632204"/>
     <w:rsid w:val="00633F06"/>
     <w:rsid w:val="00634FB4"/>
     <w:rsid w:val="006368F9"/>
+    <w:rsid w:val="00641146"/>
     <w:rsid w:val="00644734"/>
     <w:rsid w:val="00645792"/>
     <w:rsid w:val="00650418"/>
     <w:rsid w:val="00652180"/>
     <w:rsid w:val="0065518E"/>
     <w:rsid w:val="00656A4D"/>
     <w:rsid w:val="00656A79"/>
     <w:rsid w:val="00664844"/>
     <w:rsid w:val="00664C50"/>
     <w:rsid w:val="00665D77"/>
     <w:rsid w:val="00665E68"/>
     <w:rsid w:val="0066766B"/>
     <w:rsid w:val="00670928"/>
     <w:rsid w:val="00670D3D"/>
     <w:rsid w:val="00671753"/>
     <w:rsid w:val="00672196"/>
+    <w:rsid w:val="00672681"/>
     <w:rsid w:val="00672E10"/>
     <w:rsid w:val="0067641C"/>
     <w:rsid w:val="0067649B"/>
     <w:rsid w:val="0068126B"/>
     <w:rsid w:val="0068542A"/>
     <w:rsid w:val="00685D3F"/>
     <w:rsid w:val="006918DA"/>
     <w:rsid w:val="0069285C"/>
     <w:rsid w:val="00693FE6"/>
     <w:rsid w:val="00697163"/>
     <w:rsid w:val="006A180F"/>
     <w:rsid w:val="006A193A"/>
     <w:rsid w:val="006A35DA"/>
     <w:rsid w:val="006A3ADE"/>
     <w:rsid w:val="006A4CD8"/>
+    <w:rsid w:val="006A501B"/>
     <w:rsid w:val="006A75BD"/>
     <w:rsid w:val="006A76B0"/>
     <w:rsid w:val="006B037E"/>
     <w:rsid w:val="006B2664"/>
     <w:rsid w:val="006B4340"/>
     <w:rsid w:val="006B4C53"/>
     <w:rsid w:val="006B59D1"/>
     <w:rsid w:val="006B6789"/>
     <w:rsid w:val="006C3A43"/>
     <w:rsid w:val="006D0084"/>
     <w:rsid w:val="006D068E"/>
     <w:rsid w:val="006D5648"/>
     <w:rsid w:val="006D6E60"/>
     <w:rsid w:val="006D79DA"/>
     <w:rsid w:val="006E0D27"/>
     <w:rsid w:val="006E454C"/>
     <w:rsid w:val="006F1F2B"/>
     <w:rsid w:val="006F2DC4"/>
     <w:rsid w:val="006F3B5E"/>
     <w:rsid w:val="006F4C0C"/>
     <w:rsid w:val="0070449F"/>
     <w:rsid w:val="007062E9"/>
     <w:rsid w:val="007232DE"/>
     <w:rsid w:val="00724EE3"/>
     <w:rsid w:val="007256DA"/>
@@ -10602,50 +11139,51 @@
     <w:rsid w:val="007E06E4"/>
     <w:rsid w:val="007E26AD"/>
     <w:rsid w:val="007E29E3"/>
     <w:rsid w:val="007F0B41"/>
     <w:rsid w:val="007F134C"/>
     <w:rsid w:val="007F4018"/>
     <w:rsid w:val="007F7ED2"/>
     <w:rsid w:val="008043D1"/>
     <w:rsid w:val="0080670F"/>
     <w:rsid w:val="008124CE"/>
     <w:rsid w:val="0081262F"/>
     <w:rsid w:val="00813326"/>
     <w:rsid w:val="00820967"/>
     <w:rsid w:val="008210CE"/>
     <w:rsid w:val="0082631B"/>
     <w:rsid w:val="00827EFE"/>
     <w:rsid w:val="0083033F"/>
     <w:rsid w:val="00831994"/>
     <w:rsid w:val="00831EA9"/>
     <w:rsid w:val="00832A52"/>
     <w:rsid w:val="00833B3E"/>
     <w:rsid w:val="00833C13"/>
     <w:rsid w:val="008352E7"/>
     <w:rsid w:val="0083648D"/>
     <w:rsid w:val="0084063E"/>
+    <w:rsid w:val="00842812"/>
     <w:rsid w:val="00842DCF"/>
     <w:rsid w:val="00846D3E"/>
     <w:rsid w:val="0084755C"/>
     <w:rsid w:val="00850E55"/>
     <w:rsid w:val="00852820"/>
     <w:rsid w:val="00854CD3"/>
     <w:rsid w:val="008579D3"/>
     <w:rsid w:val="00857CF1"/>
     <w:rsid w:val="0086057F"/>
     <w:rsid w:val="00860A06"/>
     <w:rsid w:val="00864ACF"/>
     <w:rsid w:val="00867234"/>
     <w:rsid w:val="00867894"/>
     <w:rsid w:val="00867F05"/>
     <w:rsid w:val="00871625"/>
     <w:rsid w:val="008717EA"/>
     <w:rsid w:val="008726E0"/>
     <w:rsid w:val="00873A32"/>
     <w:rsid w:val="0087481C"/>
     <w:rsid w:val="00876AC5"/>
     <w:rsid w:val="00876C5C"/>
     <w:rsid w:val="00880040"/>
     <w:rsid w:val="00886A86"/>
     <w:rsid w:val="0088785C"/>
     <w:rsid w:val="00887B63"/>
@@ -10667,118 +11205,125 @@
     <w:rsid w:val="008D2A29"/>
     <w:rsid w:val="008D54B7"/>
     <w:rsid w:val="008E07CF"/>
     <w:rsid w:val="008E1358"/>
     <w:rsid w:val="008E23DD"/>
     <w:rsid w:val="008E5270"/>
     <w:rsid w:val="008E6692"/>
     <w:rsid w:val="008F262B"/>
     <w:rsid w:val="008F336E"/>
     <w:rsid w:val="008F449D"/>
     <w:rsid w:val="008F6726"/>
     <w:rsid w:val="008F6A24"/>
     <w:rsid w:val="008F747A"/>
     <w:rsid w:val="009009BA"/>
     <w:rsid w:val="0090266A"/>
     <w:rsid w:val="00902AA4"/>
     <w:rsid w:val="00902E78"/>
     <w:rsid w:val="00912148"/>
     <w:rsid w:val="0091487A"/>
     <w:rsid w:val="00916B14"/>
     <w:rsid w:val="00916C27"/>
     <w:rsid w:val="0092094B"/>
     <w:rsid w:val="00922953"/>
     <w:rsid w:val="00923461"/>
     <w:rsid w:val="00925026"/>
+    <w:rsid w:val="00925227"/>
     <w:rsid w:val="00926032"/>
     <w:rsid w:val="00926C21"/>
     <w:rsid w:val="00926F03"/>
     <w:rsid w:val="009305D1"/>
     <w:rsid w:val="00930701"/>
     <w:rsid w:val="00930892"/>
     <w:rsid w:val="00931F34"/>
     <w:rsid w:val="00935791"/>
     <w:rsid w:val="009374F2"/>
     <w:rsid w:val="009410F1"/>
     <w:rsid w:val="00947109"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="0095452B"/>
     <w:rsid w:val="00954AC3"/>
     <w:rsid w:val="00954C9E"/>
     <w:rsid w:val="0095525C"/>
     <w:rsid w:val="00956B68"/>
     <w:rsid w:val="0096067A"/>
     <w:rsid w:val="00961438"/>
     <w:rsid w:val="00961EFC"/>
     <w:rsid w:val="00961F02"/>
     <w:rsid w:val="009632A6"/>
+    <w:rsid w:val="009654A7"/>
     <w:rsid w:val="00965B1C"/>
     <w:rsid w:val="00966902"/>
     <w:rsid w:val="009721B9"/>
     <w:rsid w:val="00973999"/>
     <w:rsid w:val="0097724F"/>
     <w:rsid w:val="00981CA7"/>
     <w:rsid w:val="009832DA"/>
     <w:rsid w:val="009861F2"/>
     <w:rsid w:val="00991CDC"/>
     <w:rsid w:val="00992559"/>
     <w:rsid w:val="0099471C"/>
     <w:rsid w:val="009A2955"/>
     <w:rsid w:val="009A37F4"/>
     <w:rsid w:val="009A545B"/>
     <w:rsid w:val="009B1DE5"/>
+    <w:rsid w:val="009B36EE"/>
     <w:rsid w:val="009C1EB8"/>
     <w:rsid w:val="009C3250"/>
+    <w:rsid w:val="009C3E38"/>
     <w:rsid w:val="009C5DA0"/>
     <w:rsid w:val="009C5EE3"/>
+    <w:rsid w:val="009D17D3"/>
     <w:rsid w:val="009D2F89"/>
     <w:rsid w:val="009D397E"/>
     <w:rsid w:val="009D40E4"/>
     <w:rsid w:val="009D54B3"/>
     <w:rsid w:val="009D601B"/>
     <w:rsid w:val="009E0B13"/>
     <w:rsid w:val="009E43CC"/>
     <w:rsid w:val="009E4A7D"/>
     <w:rsid w:val="009E5730"/>
     <w:rsid w:val="009F060F"/>
     <w:rsid w:val="009F07DC"/>
     <w:rsid w:val="009F0B04"/>
     <w:rsid w:val="009F357F"/>
     <w:rsid w:val="009F64D7"/>
     <w:rsid w:val="00A02D60"/>
     <w:rsid w:val="00A04E69"/>
     <w:rsid w:val="00A06024"/>
     <w:rsid w:val="00A1066E"/>
     <w:rsid w:val="00A1126F"/>
     <w:rsid w:val="00A11EAC"/>
+    <w:rsid w:val="00A140FC"/>
     <w:rsid w:val="00A15300"/>
     <w:rsid w:val="00A1697E"/>
     <w:rsid w:val="00A207DE"/>
     <w:rsid w:val="00A21CF3"/>
     <w:rsid w:val="00A22B12"/>
     <w:rsid w:val="00A2486E"/>
     <w:rsid w:val="00A25764"/>
+    <w:rsid w:val="00A32620"/>
     <w:rsid w:val="00A334DF"/>
     <w:rsid w:val="00A36DF6"/>
     <w:rsid w:val="00A408D5"/>
     <w:rsid w:val="00A4294C"/>
     <w:rsid w:val="00A42CD5"/>
     <w:rsid w:val="00A4503F"/>
     <w:rsid w:val="00A51315"/>
     <w:rsid w:val="00A547A5"/>
     <w:rsid w:val="00A5694A"/>
     <w:rsid w:val="00A60DDD"/>
     <w:rsid w:val="00A6101B"/>
     <w:rsid w:val="00A61030"/>
     <w:rsid w:val="00A62698"/>
     <w:rsid w:val="00A639E5"/>
     <w:rsid w:val="00A64896"/>
     <w:rsid w:val="00A737F9"/>
     <w:rsid w:val="00A7448A"/>
     <w:rsid w:val="00A745B5"/>
     <w:rsid w:val="00A74801"/>
     <w:rsid w:val="00A7551C"/>
     <w:rsid w:val="00A762A3"/>
     <w:rsid w:val="00A7736A"/>
     <w:rsid w:val="00A836C3"/>
     <w:rsid w:val="00A849FA"/>
     <w:rsid w:val="00A84A61"/>
@@ -10788,133 +11333,139 @@
     <w:rsid w:val="00A97201"/>
     <w:rsid w:val="00A97A4C"/>
     <w:rsid w:val="00AA152A"/>
     <w:rsid w:val="00AA38E5"/>
     <w:rsid w:val="00AB3121"/>
     <w:rsid w:val="00AB3586"/>
     <w:rsid w:val="00AB49D9"/>
     <w:rsid w:val="00AB4F54"/>
     <w:rsid w:val="00AB580F"/>
     <w:rsid w:val="00AB6C63"/>
     <w:rsid w:val="00AC0914"/>
     <w:rsid w:val="00AC0B71"/>
     <w:rsid w:val="00AC1BB1"/>
     <w:rsid w:val="00AC3592"/>
     <w:rsid w:val="00AC4D93"/>
     <w:rsid w:val="00AC6051"/>
     <w:rsid w:val="00AD03D1"/>
     <w:rsid w:val="00AD2734"/>
     <w:rsid w:val="00AD37D6"/>
     <w:rsid w:val="00AD5262"/>
     <w:rsid w:val="00AD54EB"/>
     <w:rsid w:val="00AD64EA"/>
     <w:rsid w:val="00AD676D"/>
     <w:rsid w:val="00AD6C61"/>
     <w:rsid w:val="00AE3222"/>
+    <w:rsid w:val="00AE37C1"/>
     <w:rsid w:val="00AF1C98"/>
     <w:rsid w:val="00AF3291"/>
     <w:rsid w:val="00AF45F7"/>
     <w:rsid w:val="00B00A81"/>
     <w:rsid w:val="00B03A41"/>
     <w:rsid w:val="00B03DDF"/>
     <w:rsid w:val="00B063D9"/>
     <w:rsid w:val="00B0754E"/>
     <w:rsid w:val="00B07A49"/>
     <w:rsid w:val="00B14401"/>
     <w:rsid w:val="00B22A2D"/>
     <w:rsid w:val="00B23966"/>
     <w:rsid w:val="00B255EE"/>
     <w:rsid w:val="00B27CC5"/>
     <w:rsid w:val="00B30477"/>
     <w:rsid w:val="00B32702"/>
     <w:rsid w:val="00B32716"/>
     <w:rsid w:val="00B33F5C"/>
+    <w:rsid w:val="00B3477B"/>
     <w:rsid w:val="00B34D67"/>
     <w:rsid w:val="00B3531B"/>
     <w:rsid w:val="00B3632E"/>
     <w:rsid w:val="00B42150"/>
     <w:rsid w:val="00B47F3A"/>
     <w:rsid w:val="00B50F8B"/>
     <w:rsid w:val="00B526E0"/>
     <w:rsid w:val="00B54F83"/>
     <w:rsid w:val="00B57177"/>
     <w:rsid w:val="00B57D10"/>
     <w:rsid w:val="00B60C34"/>
     <w:rsid w:val="00B631EA"/>
     <w:rsid w:val="00B64B5C"/>
     <w:rsid w:val="00B64B83"/>
     <w:rsid w:val="00B665F7"/>
     <w:rsid w:val="00B66D99"/>
     <w:rsid w:val="00B66FE1"/>
     <w:rsid w:val="00B67242"/>
     <w:rsid w:val="00B67FD7"/>
+    <w:rsid w:val="00B710AA"/>
     <w:rsid w:val="00B73739"/>
     <w:rsid w:val="00B73AC8"/>
     <w:rsid w:val="00B73B4D"/>
     <w:rsid w:val="00B76638"/>
     <w:rsid w:val="00B76DD5"/>
     <w:rsid w:val="00B7726A"/>
     <w:rsid w:val="00B77721"/>
     <w:rsid w:val="00B81BC7"/>
     <w:rsid w:val="00B83733"/>
     <w:rsid w:val="00B914E0"/>
     <w:rsid w:val="00B9156D"/>
     <w:rsid w:val="00B92DF7"/>
     <w:rsid w:val="00B95305"/>
     <w:rsid w:val="00B968A7"/>
     <w:rsid w:val="00BA0E15"/>
     <w:rsid w:val="00BA113B"/>
     <w:rsid w:val="00BA2DED"/>
     <w:rsid w:val="00BA45CF"/>
     <w:rsid w:val="00BA463C"/>
     <w:rsid w:val="00BA4C0A"/>
     <w:rsid w:val="00BA660E"/>
     <w:rsid w:val="00BA6B94"/>
     <w:rsid w:val="00BA74DF"/>
     <w:rsid w:val="00BA78D2"/>
     <w:rsid w:val="00BA7DD8"/>
     <w:rsid w:val="00BB3F68"/>
     <w:rsid w:val="00BB4BD7"/>
     <w:rsid w:val="00BB4EA2"/>
     <w:rsid w:val="00BC15CD"/>
     <w:rsid w:val="00BC2ACB"/>
     <w:rsid w:val="00BC2AED"/>
     <w:rsid w:val="00BC2EAA"/>
     <w:rsid w:val="00BC30A7"/>
     <w:rsid w:val="00BD197F"/>
+    <w:rsid w:val="00BD19A6"/>
     <w:rsid w:val="00BD356D"/>
     <w:rsid w:val="00BD55B9"/>
     <w:rsid w:val="00BE080D"/>
     <w:rsid w:val="00BE24EA"/>
+    <w:rsid w:val="00BE2B63"/>
     <w:rsid w:val="00BE75E4"/>
     <w:rsid w:val="00BE7AC2"/>
     <w:rsid w:val="00BF514F"/>
     <w:rsid w:val="00BF6243"/>
     <w:rsid w:val="00C0444D"/>
     <w:rsid w:val="00C05D09"/>
     <w:rsid w:val="00C104CB"/>
     <w:rsid w:val="00C106D9"/>
+    <w:rsid w:val="00C11F3E"/>
     <w:rsid w:val="00C12D5D"/>
     <w:rsid w:val="00C13F23"/>
     <w:rsid w:val="00C17224"/>
     <w:rsid w:val="00C1763D"/>
     <w:rsid w:val="00C17A8F"/>
     <w:rsid w:val="00C20AD5"/>
     <w:rsid w:val="00C213FD"/>
     <w:rsid w:val="00C2193B"/>
     <w:rsid w:val="00C22C78"/>
     <w:rsid w:val="00C242EC"/>
     <w:rsid w:val="00C25494"/>
     <w:rsid w:val="00C36369"/>
     <w:rsid w:val="00C40354"/>
     <w:rsid w:val="00C47851"/>
     <w:rsid w:val="00C50767"/>
     <w:rsid w:val="00C50969"/>
     <w:rsid w:val="00C52601"/>
     <w:rsid w:val="00C530FC"/>
     <w:rsid w:val="00C54A55"/>
     <w:rsid w:val="00C56AF7"/>
     <w:rsid w:val="00C57C0B"/>
     <w:rsid w:val="00C6061F"/>
     <w:rsid w:val="00C625A8"/>
     <w:rsid w:val="00C62DAB"/>
     <w:rsid w:val="00C65FF5"/>
@@ -11024,166 +11575,172 @@
     <w:rsid w:val="00DD1F51"/>
     <w:rsid w:val="00DD5269"/>
     <w:rsid w:val="00DD7337"/>
     <w:rsid w:val="00DD7492"/>
     <w:rsid w:val="00DE58ED"/>
     <w:rsid w:val="00DE6B39"/>
     <w:rsid w:val="00DF0D6B"/>
     <w:rsid w:val="00E07B6B"/>
     <w:rsid w:val="00E1213B"/>
     <w:rsid w:val="00E13C09"/>
     <w:rsid w:val="00E17A82"/>
     <w:rsid w:val="00E22B0E"/>
     <w:rsid w:val="00E2301A"/>
     <w:rsid w:val="00E267E9"/>
     <w:rsid w:val="00E30095"/>
     <w:rsid w:val="00E30D13"/>
     <w:rsid w:val="00E32F03"/>
     <w:rsid w:val="00E32F72"/>
     <w:rsid w:val="00E337B2"/>
     <w:rsid w:val="00E34639"/>
     <w:rsid w:val="00E366D7"/>
     <w:rsid w:val="00E3753D"/>
     <w:rsid w:val="00E41365"/>
     <w:rsid w:val="00E4359E"/>
     <w:rsid w:val="00E43AE9"/>
+    <w:rsid w:val="00E44454"/>
     <w:rsid w:val="00E448BF"/>
     <w:rsid w:val="00E45754"/>
     <w:rsid w:val="00E526B7"/>
     <w:rsid w:val="00E52759"/>
     <w:rsid w:val="00E537ED"/>
     <w:rsid w:val="00E53C67"/>
     <w:rsid w:val="00E54633"/>
     <w:rsid w:val="00E54BD5"/>
     <w:rsid w:val="00E56D94"/>
     <w:rsid w:val="00E57FD6"/>
     <w:rsid w:val="00E642C5"/>
     <w:rsid w:val="00E65F52"/>
     <w:rsid w:val="00E67D56"/>
     <w:rsid w:val="00E70DF2"/>
     <w:rsid w:val="00E72C68"/>
     <w:rsid w:val="00E7347D"/>
     <w:rsid w:val="00E73E25"/>
     <w:rsid w:val="00E76122"/>
     <w:rsid w:val="00E80FA5"/>
     <w:rsid w:val="00E82D91"/>
     <w:rsid w:val="00E85013"/>
     <w:rsid w:val="00E909C3"/>
     <w:rsid w:val="00E90F87"/>
     <w:rsid w:val="00E96339"/>
     <w:rsid w:val="00E97C2F"/>
     <w:rsid w:val="00EA0C6B"/>
     <w:rsid w:val="00EA6177"/>
+    <w:rsid w:val="00EA6883"/>
     <w:rsid w:val="00EB452D"/>
     <w:rsid w:val="00EB5E0D"/>
     <w:rsid w:val="00EB68D1"/>
     <w:rsid w:val="00EB722D"/>
     <w:rsid w:val="00EC09C7"/>
     <w:rsid w:val="00EC1413"/>
     <w:rsid w:val="00EC5FA3"/>
     <w:rsid w:val="00ED061B"/>
+    <w:rsid w:val="00ED0AC5"/>
     <w:rsid w:val="00ED2BF3"/>
     <w:rsid w:val="00ED35AE"/>
     <w:rsid w:val="00ED35BF"/>
     <w:rsid w:val="00ED5142"/>
     <w:rsid w:val="00EE32C6"/>
     <w:rsid w:val="00EE4811"/>
     <w:rsid w:val="00EF2E4A"/>
     <w:rsid w:val="00EF5F4A"/>
     <w:rsid w:val="00F00685"/>
     <w:rsid w:val="00F03BC6"/>
     <w:rsid w:val="00F06013"/>
     <w:rsid w:val="00F06835"/>
     <w:rsid w:val="00F072BE"/>
     <w:rsid w:val="00F10F4D"/>
     <w:rsid w:val="00F11552"/>
     <w:rsid w:val="00F216C9"/>
     <w:rsid w:val="00F2643A"/>
     <w:rsid w:val="00F269E1"/>
     <w:rsid w:val="00F30172"/>
     <w:rsid w:val="00F315A6"/>
     <w:rsid w:val="00F315E0"/>
     <w:rsid w:val="00F318CB"/>
     <w:rsid w:val="00F3311D"/>
     <w:rsid w:val="00F331C7"/>
     <w:rsid w:val="00F3444A"/>
     <w:rsid w:val="00F37E50"/>
     <w:rsid w:val="00F4052E"/>
+    <w:rsid w:val="00F415BD"/>
+    <w:rsid w:val="00F42B13"/>
     <w:rsid w:val="00F44520"/>
     <w:rsid w:val="00F44DE0"/>
     <w:rsid w:val="00F46A37"/>
     <w:rsid w:val="00F473B7"/>
     <w:rsid w:val="00F53873"/>
     <w:rsid w:val="00F55221"/>
     <w:rsid w:val="00F56525"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F646F1"/>
     <w:rsid w:val="00F7320F"/>
     <w:rsid w:val="00F73AB7"/>
     <w:rsid w:val="00F80364"/>
     <w:rsid w:val="00F81F39"/>
     <w:rsid w:val="00F82742"/>
     <w:rsid w:val="00F8537D"/>
     <w:rsid w:val="00F92E9A"/>
     <w:rsid w:val="00F95494"/>
     <w:rsid w:val="00F9591A"/>
     <w:rsid w:val="00F97822"/>
     <w:rsid w:val="00FA19CC"/>
     <w:rsid w:val="00FA2995"/>
     <w:rsid w:val="00FA75C3"/>
     <w:rsid w:val="00FA7B17"/>
     <w:rsid w:val="00FB3C6E"/>
     <w:rsid w:val="00FB42E0"/>
     <w:rsid w:val="00FB5ABD"/>
     <w:rsid w:val="00FB5BBF"/>
     <w:rsid w:val="00FB63C4"/>
     <w:rsid w:val="00FB67E5"/>
     <w:rsid w:val="00FC0FCD"/>
     <w:rsid w:val="00FC5928"/>
     <w:rsid w:val="00FC5F8C"/>
     <w:rsid w:val="00FC6824"/>
     <w:rsid w:val="00FD3E33"/>
     <w:rsid w:val="00FD443C"/>
     <w:rsid w:val="00FD4491"/>
     <w:rsid w:val="00FD588D"/>
     <w:rsid w:val="00FD657E"/>
     <w:rsid w:val="00FD6609"/>
     <w:rsid w:val="00FD6EEF"/>
     <w:rsid w:val="00FD78E1"/>
     <w:rsid w:val="00FE3BE0"/>
     <w:rsid w:val="00FE764F"/>
+    <w:rsid w:val="00FF1AB1"/>
     <w:rsid w:val="00FF2792"/>
     <w:rsid w:val="00FF354C"/>
     <w:rsid w:val="00FF4332"/>
     <w:rsid w:val="00FF7D74"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="1DD82BC8"/>
+  <w14:docId w14:val="538A0B58"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E82D3D1A-7B74-4EDD-B98B-BBF5370791FC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11528,50 +12085,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C764EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD197F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -11974,60 +12535,70 @@
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE75E4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008A3AD8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention3">
+    <w:name w:val="Unresolved Mention3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005A47A8"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/133536-publisko-iepirkumu-likums" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/esco/portal/occupation" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/133536-publisko-iepirkumu-likums" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.viis.gov.lv)" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/esco/portal/occupation" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12297,50 +12868,81 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">2152</RegNr>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId>1516</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+    <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100385BFBF87896214B9C4D01EAA747C93C" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f96ba53e2e339d4f0c333e9442add6c6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c378985b-df90-45bd-bb96-a7893d9f901f" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a03a883dd4d1bdc0e0b61b3f1213b1c" ns2:_="" ns3:_="">
     <xsd:import namespace="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c378985b-df90-45bd-bb96-a7893d9f901f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -12467,175 +13069,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1A4E413-08DC-4DBC-809C-16C4A1577F06}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA305381-3F02-49EC-9301-C47CAC9687AA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4ABAFD2-C0EF-496E-894F-8AEBC67DF2CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{817EB55A-3851-4852-896A-FAD66132AD90}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E0AE897-C37B-4C7E-A941-9333FEC2EDD5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2E36775-3FF4-459A-BB87-80714603EABF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>9583</Words>
-  <Characters>5463</Characters>
+  <Words>8832</Words>
+  <Characters>5035</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15016</CharactersWithSpaces>
+  <CharactersWithSpaces>13840</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Solveiga Rozite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>
 </Properties>
 </file>