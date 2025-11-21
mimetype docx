--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,262 +1,287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item5.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 23.1.0 -->
+  <!-- Generated by Aspose.Words for .NET 24.6.0 -->
   <w:body>
-    <w:p w:rsidR="00CA296D" w:rsidRPr="0058686E" w:rsidP="007D6E57" w14:paraId="328D7ECC" w14:textId="77777777">
+    <w:p w:rsidR="00CA296D" w:rsidRPr="0058686E" w:rsidP="00600623" w14:paraId="7AD19D29" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007D6E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="003B260A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D6E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>pielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA296D" w:rsidRPr="0058686E" w:rsidP="00CA296D" w14:paraId="328D7ECD" w14:textId="77777777">
+    <w:p w:rsidR="00CA296D" w:rsidRPr="0058686E" w:rsidP="00CA296D" w14:paraId="56872F98" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0058686E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00791860" w:rsidRPr="0049153A" w:rsidP="00404C42" w14:paraId="328D7ECE" w14:textId="77777777">
+    <w:p w:rsidR="00600623" w:rsidRPr="00BF1AE4" w:rsidP="00600623" w14:paraId="55EA7133" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk205551309"/>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>04.11.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rīkojumam Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1.1-1/264</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00791860" w:rsidRPr="0049153A" w:rsidP="00404C42" w14:paraId="1B39C43F" w14:textId="2B5BCFC3">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV" w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A42E3A">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00497FDE" w14:paraId="328D7ECF" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00497FDE" w14:paraId="122A5931" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:right="-79"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Profesionālās tālākizglītības programmu īstenotāju izvēles kārtība </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="328D7ED0" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="7DAC5808" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
         <w:ind w:right="-82"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="328D7ED1" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="57BA23B1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Prasības PIEDĀVĀJUMA NOFORMĒJUMAM UN IESNIEGŠANAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="328D7ED2" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="1AF80FA6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7ED3" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="397D1EAF" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājumu sagatavo un iesniedz saskaņā ar šajā kārtībā izvirzītajām prasībām.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7ED4" w14:textId="51D39510">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="100EEF14" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestāde (turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="00BF21B4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -295,58 +320,58 @@
       </w:r>
       <w:r w:rsidR="000E691A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8" w:rsidR="000E691A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">parakstītu </w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ar drošu elektronisko parakstu uz </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk125618958"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk125618958"/>
       <w:r w:rsidR="00E518B6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00E518B6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>oficiālo e-</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>adresi</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1"/>
       <w:r w:rsidRPr="008055DA">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, ievērojot, ka maksimālais pieļaujamais apjoms</w:t>
       </w:r>
       <w:r w:rsidRPr="008055DA" w:rsidR="00D16D45">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -431,51 +456,51 @@
       <w:r w:rsidR="00AD17A7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k vērtēt</w:t>
       </w:r>
       <w:r w:rsidR="00635510">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C622A" w:rsidRPr="00623058" w:rsidP="00F9633B" w14:paraId="328D7ED5" w14:textId="77777777">
+    <w:p w:rsidR="003C622A" w:rsidRPr="00623058" w:rsidP="00F9633B" w14:paraId="27F67B07" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00623058">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais piedāvājums jāsagatavo </w:t>
       </w:r>
       <w:r w:rsidRPr="00623058">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
@@ -491,54 +516,52 @@
       </w:r>
       <w:r w:rsidRPr="00623058" w:rsidR="00CB3240">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">formātā, </w:t>
       </w:r>
       <w:r w:rsidRPr="00623058">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="00E3119F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Aģentūras izstrādātajai </w:t>
       </w:r>
       <w:r w:rsidRPr="00623058">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tehniskā piedāvājuma veidlapai.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7ED6" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="35DA8E31" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Iesniegt</w:t>
       </w:r>
       <w:r w:rsidR="008E6D4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -578,68 +601,68 @@
       <w:r w:rsidR="007B2FA6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendent</w:t>
       </w:r>
       <w:r w:rsidR="008E6D4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>m.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00FF4F76" w14:paraId="328D7ED7" w14:textId="79238F32">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00FF4F76" w14:paraId="1C8DAEB1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk41642728"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk41642728"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Šīs kārtības 1</w:t>
       </w:r>
       <w:r w:rsidR="0016472F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003B260A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -704,53 +727,53 @@
       </w:r>
       <w:r w:rsidRPr="00E17A82">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>septembra noteikumu Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00764D7F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E17A82">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>558 „Dokumentu izstrādāšanas un noformēšanas kārtība” prasībām</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="001B6145" w:rsidP="00F9633B" w14:paraId="328D7ED8" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="001B6145" w:rsidP="00F9633B" w14:paraId="02737B52" w14:textId="2E8775EC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendenta piedāvājuma dokumentus paraksta </w:t>
       </w:r>
       <w:r w:rsidR="00BF21B4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -818,52 +841,212 @@
       </w:r>
       <w:r w:rsidR="00BF21B4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="001B6145">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents ir personu apvienība, tad pieteikumu paraksta visi </w:t>
       </w:r>
       <w:r w:rsidR="00340526">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">personu </w:t>
       </w:r>
       <w:r w:rsidRPr="001B6145">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apvienības locekļi, kā arī norāda personu apvienības pilnvaroto pārstāvi, kurš pārstāvēs apvienības intereses, kā arī katras personas atbildības apjomu.</w:t>
       </w:r>
+      <w:r w:rsidR="00AF64FD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk205551351"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>iesniedzis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>pieteikumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>kurš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>nav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>parakstīts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>drošu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>elektronisko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>parakstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7989">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar Aģentūras rīkojumu apstiprināta apmācību īstenotāju izvēles pastāvīgā komisija (turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="0084454D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7989">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk210902844"/>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t>nosaka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32620">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t>saprātīgu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t>termiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32620">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t>norādīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32620">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t>trūkum</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32620">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32620" w:rsidR="00A32620">
+        <w:t>novēršanai</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00DA50C9" w:rsidR="00AF64FD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7ED9" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="234EA30D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms izsludinājumā noteiktā piedāvājuma iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="00E51369">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
@@ -904,247 +1087,247 @@
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">grozījumiem sagatavojams, noformējams un iesniedzams tāpat kā piedāvājums (atbilstoši šīs kārtības prasībām) un </w:t>
       </w:r>
       <w:r w:rsidR="00635510">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tajā</w:t>
       </w:r>
       <w:r w:rsidR="00F33779">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ir jābūt norādei, ka tie ir sākotnējā piedāvājuma grozījumi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7EDA" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="1AD1EE49" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pēc piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="008E6D4C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="00BF21B4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents savu piedāvājumu grozīt nevar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00FC3657" w:rsidP="00497FDE" w14:paraId="328D7EDB" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00FC3657" w:rsidP="00497FDE" w14:paraId="02AF38B8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms izsludinājuma noteiktā piedāvājuma iesniegšanas termiņa beigām </w:t>
       </w:r>
       <w:r w:rsidR="00E51369">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents ir tiesīgs atsaukt iesniegto piedāvājumu, rakstveidā par to paziņojot Aģentūrai. Piedāvājuma atsaukšana nav grozāma, un tā izbeidz turpmāku </w:t>
       </w:r>
       <w:r w:rsidR="00D73EF0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta līdzdalību šajā izsludinājumā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F8549E" w14:paraId="328D7EDC" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F8549E" w14:paraId="171FA84A" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00FF4F76" w:rsidP="00024AE8" w14:paraId="328D7EDD" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00FF4F76" w:rsidP="00024AE8" w14:paraId="3487D044" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>PRETENDENTA ATLASES dokumenti</w:t>
       </w:r>
       <w:r w:rsidR="00AD17A7">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kritēriji </w:t>
       </w:r>
       <w:r w:rsidRPr="005A7205" w:rsidR="00AD17A7">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">PRETENDENTA </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF4F76" w:rsidR="00AD17A7">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>vērtēšanai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F8549E" w14:paraId="328D7EDE" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F8549E" w14:paraId="594D7FB7" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7EDF" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="0D298678" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk135986981"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk135986981"/>
       <w:r w:rsidRPr="00FF4F76">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pretendents piedāvājumu profesionālās tālākizglītības programmu (turpmāk – pasākums) īstenošanai iesniedz, izmantojot Aģentūras mājaslapā www.nva.gov.lv → sadaļā „Izsludinājumi” ievietotās izsludinājuma veidlapas.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7EE0" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00F9633B" w14:paraId="0D186E28" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai novērtētu </w:t>
       </w:r>
       <w:r w:rsidR="007B2FA6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -1165,288 +1348,288 @@
       <w:r w:rsidRPr="00024AE8" w:rsidR="007B2FA6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenošanai, </w:t>
       </w:r>
       <w:r w:rsidR="00E51369">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendentam jāiesniedz šādi dokumenti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A35B8D" w:rsidP="00F9633B" w14:paraId="328D7EE1" w14:textId="77777777">
+    <w:p w:rsidR="00A35B8D" w:rsidP="00F9633B" w14:paraId="7D46AFB9" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ieteikums</w:t>
       </w:r>
       <w:r w:rsidR="00BE238B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dalībai izsludinājumā</w:t>
       </w:r>
       <w:r w:rsidR="00993A02">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – pieteikums)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A35B8D" w:rsidRPr="00A35B8D" w:rsidP="00601155" w14:paraId="328D7EE2" w14:textId="77777777">
+    <w:p w:rsidR="00A35B8D" w:rsidRPr="00A35B8D" w:rsidP="00601155" w14:paraId="1BD03915" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A35B8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecinājums par </w:t>
       </w:r>
       <w:r w:rsidRPr="00A35B8D" w:rsidR="001B7F87">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00A35B8D" w:rsidR="003A6320">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rofesionālās tālākizglītības </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk532312376"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk532312376"/>
       <w:r w:rsidRPr="00A35B8D" w:rsidR="003A6320">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>programmu īstenošanas nosacījum</w:t>
       </w:r>
       <w:r w:rsidRPr="00A35B8D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="006354C7" w:rsidR="003A6320">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="006354C7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>evērošanu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="006354C7" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7EE3" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidP="00F9633B" w14:paraId="1E2A8B42" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk532312391"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk532312391"/>
       <w:r w:rsidRPr="006354C7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="006354C7" w:rsidR="003A6320">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ehniskais piedāvājums</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="0043188E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, kur tiek iekļauta informācija par:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0043188E" w:rsidRPr="0043188E" w:rsidP="007E1074" w14:paraId="328D7EE4" w14:textId="77777777">
+    <w:p w:rsidR="0043188E" w:rsidRPr="0043188E" w:rsidP="007E1074" w14:paraId="612D3865" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0043188E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tādām </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Hlk87636400"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk87636400"/>
       <w:r w:rsidR="004D4251">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">teorētisko nodarbību </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="0043188E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="004D4251">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0043188E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību īstenošanas vietas adresēm, kurām Izglītības iestāžu reģistrā norādīts termiņš</w:t>
       </w:r>
       <w:r w:rsidR="00A7358C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0043188E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> līdz kuram tās ir aktuālas, izņemot, ja a</w:t>
       </w:r>
       <w:r w:rsidR="00A7358C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0043188E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību īstenošanas vietas adrese ir pretendenta īpašumā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0043188E" w:rsidRPr="00236E7E" w:rsidP="00236E7E" w14:paraId="328D7EE5" w14:textId="77777777">
+    <w:p w:rsidR="0043188E" w:rsidRPr="00236E7E" w:rsidP="00236E7E" w14:paraId="1ED9573B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk89942372"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk89942372"/>
       <w:r w:rsidRPr="00236E7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tādām teorētisko un praktisko nodarbību a</w:t>
       </w:r>
       <w:r w:rsidRPr="00236E7E" w:rsidR="004D4251">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00236E7E">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību īstenošanas viet</w:t>
       </w:r>
       <w:r w:rsidR="003214C6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ām</w:t>
       </w:r>
       <w:r w:rsidRPr="00236E7E">
@@ -1482,92 +1665,92 @@
       <w:r w:rsidRPr="00236E7E" w:rsidR="003214C6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vides pieejamības </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0" w:rsidR="003214C6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pašnovērtējuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00236E7E" w:rsidR="003214C6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>anke</w:t>
       </w:r>
       <w:r w:rsidR="003214C6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F2643A" w:rsidRPr="00DC49F0" w:rsidP="00DC49F0" w14:paraId="328D7EE6" w14:textId="77777777">
+    <w:p w:rsidR="00F2643A" w:rsidRPr="00DC49F0" w:rsidP="00DC49F0" w14:paraId="12F4326D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk86131888"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk86131888"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">aizpildītu un pretendenta parakstītu </w:t>
       </w:r>
       <w:r w:rsidRPr="00C808C1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vides pieejamības </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pašnovērtējuma anket</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u par katru </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk87635877"/>
-      <w:bookmarkStart w:id="10" w:name="_Hlk87636428"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk87635877"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk87636428"/>
       <w:r w:rsidRPr="00DC49F0" w:rsidR="004D4251">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tehniskajā piedāvājumā </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>iekļaut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0" w:rsidR="004D4251">
@@ -1584,313 +1767,241 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>. V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C808C1">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ides pieejamības </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC49F0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pašnovērtējuma anket</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">a izstrādāta </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00765496">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saskaņā ar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Minist</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7358C">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>u kabineta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00765496">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019. gada 12. marta rīkojumu Nr. 113 “Par Plānu pieejamas vides veidošanai Latvijā 2019.</w:t>
+      </w:r>
+      <w:r w:rsidR="0016472F">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00765496">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0016472F">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00765496">
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2021. gadam”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC49F0" w:rsidR="004F4902">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00765496">
-[...65 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w:rsidR="00230958" w:rsidRPr="00413F74" w:rsidP="00FF4F76" w14:paraId="328D7EE7" w14:textId="77777777">
+    <w:p w:rsidR="00230958" w:rsidRPr="00413F74" w:rsidP="00FF4F76" w14:paraId="3D3F37B8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk135986825"/>
-      <w:bookmarkStart w:id="12" w:name="_Hlk85785062"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk135986825"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk85785062"/>
       <w:r w:rsidRPr="00413F74">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>izglītības</w:t>
+        <w:t>izglītības programmas satura un</w:t>
       </w:r>
       <w:r w:rsidRPr="00413F74">
         <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> programmas apguves rezultātā iegūstamo prasmju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413F74">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> apraksts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00413F74">
-[...48 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk87539019"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00413F74" w:rsidR="00494495">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(izmanto </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00413F74" w:rsidR="00DD75F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>https://ec.europa.eu/esco/portal/occupation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00413F74" w:rsidR="00494495">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00413F74">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00024AE8" w:rsidRPr="003C3DC6" w:rsidP="00F9633B" w14:paraId="328D7EE8" w14:textId="77777777">
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="00024AE8" w:rsidRPr="003C3DC6" w:rsidP="00F9633B" w14:paraId="3D49698E" w14:textId="67EA7712">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ar Aģentūras rīkojumu apstiprināta apmācību </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D73EF0">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C3DC6" w:rsidR="006C085A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija lemj par tādu </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF21B4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C3DC6" w:rsidR="006C085A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentu apstiprināšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1E93">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pasākumu </w:t>
       </w:r>
-      <w:r>
-[...53 lines deleted...]
-      <w:r w:rsidRPr="003C3DC6">
+      <w:r w:rsidRPr="003C3DC6" w:rsidR="006C085A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenošanai, </w:t>
       </w:r>
       <w:r w:rsidRPr="003C3DC6" w:rsidR="007B324F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kas atbilst Ministru kabineta 2011.</w:t>
       </w:r>
       <w:r w:rsidR="001D6C6D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C3DC6" w:rsidR="007B324F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>gada 25.</w:t>
       </w:r>
       <w:r w:rsidR="001D6C6D">
         <w:rPr>
@@ -1919,143 +2030,106 @@
       <w:r w:rsidR="007F3FB4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C3DC6" w:rsidR="007B324F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā minētajiem pasākumu īstenotāju izvēles prasībām</w:t>
       </w:r>
       <w:r w:rsidRPr="003C3DC6" w:rsidR="00AD17A7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un šādiem nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="003C3DC6" w:rsidR="007B324F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidP="00F9633B" w14:paraId="328D7EE9" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidP="00F9633B" w14:paraId="44635303" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="003C3DC6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendents ir reģistrēts Izglītības iestāžu reģistrā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B0B5B" w:rsidRPr="003C3DC6" w:rsidP="007B0B5B" w14:paraId="328D7EEA" w14:textId="1FF6629C">
+    <w:p w:rsidR="00EE08D5" w:rsidRPr="00600623" w:rsidP="00EE08D5" w14:paraId="31747F8B" w14:textId="0CEA4324">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...49 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4472C4"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk205551626"/>
+      <w:r w:rsidRPr="00EE08D5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>pretendents ir akreditēta izglītības iestāde un pretendentam ir licencēta atbilstošā profesionālās tālākizglītības programma;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w:rsidR="007B0B5B" w:rsidRPr="007B0B5B" w:rsidP="007B0B5B" w14:paraId="328D7EEB" w14:textId="77777777">
+    <w:p w:rsidR="007B0B5B" w:rsidRPr="007B0B5B" w:rsidP="007B0B5B" w14:paraId="7C63FEAD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00837BB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta</w:t>
@@ -2099,799 +2173,543 @@
       <w:r w:rsidRPr="00F47FCB">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Valsts izglītības informācijas sistēmā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(turpmāk – VIIS)</w:t>
       </w:r>
       <w:r w:rsidRPr="008C5679">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kā arī pretendents katrā </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2643A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākuma īstenošanas vietā nodrošina:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C5679" w:rsidRPr="00D24000" w:rsidP="00CA73E1" w14:paraId="328D7EEC" w14:textId="77777777">
+    <w:p w:rsidR="008C5679" w:rsidRPr="00D24000" w:rsidP="00CA73E1" w14:paraId="232E1C33" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D24000">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>atbilstošu materiāli tehnisko bāzi, kas nepieciešama konkrētās programmas īstenošanai;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D24000" w:rsidR="002E053C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A35B8D" w:rsidRPr="00C560A6" w:rsidP="0042196F" w14:paraId="328D7EED" w14:textId="77777777">
+    <w:p w:rsidR="00A35B8D" w:rsidRPr="00C560A6" w:rsidP="0042196F" w14:paraId="3AFC92FD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk87522217"/>
-      <w:bookmarkStart w:id="15" w:name="_Hlk86132546"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk87522217"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk86132546"/>
       <w:r w:rsidRPr="00601155">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>atbilstošus vides, piekļuves, materiāltehniskās bāzes, izdales materiālu un darbarīku pielāgojumus personām ar invaliditāti</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00601155">
         <w:rPr>
           <w:i/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="002B6A46" w:rsidR="007B0B5B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A35B8D" w:rsidRPr="006354C7" w:rsidP="00601155" w14:paraId="328D7EEE" w14:textId="77777777">
+    <w:p w:rsidR="00A35B8D" w:rsidRPr="006354C7" w:rsidP="00601155" w14:paraId="069FD22C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Hlk85809414"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk85809414"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pasākums</w:t>
       </w:r>
       <w:r w:rsidRPr="00A35B8D" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiek īstenot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A35B8D" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Latvijas Republikas terit</w:t>
       </w:r>
       <w:r w:rsidRPr="006354C7" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>orijā</w:t>
       </w:r>
       <w:r w:rsidRPr="006354C7" w:rsidR="002250E0">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006354C7" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un izglītības programmas teorētiskās daļas īstenošanas vietas adreses ir reģistrētas Izglītības iestāžu reģistrā;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w:rsidR="0080022E" w:rsidP="00535FAE" w14:paraId="328D7EEF" w14:textId="77777777">
+    <w:p w:rsidR="0080022E" w:rsidP="00535FAE" w14:paraId="3C4EA8CB" w14:textId="5AC96299">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk205551779"/>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pretendenta akreditācijas termiņš ir spēkā vismaz trīs mēnešus pēc Aģentūras noteiktā piedāvājumu iesniegšanas termiņa beigām. Ja pretendenta akreditācijas termiņš nav spēkā vismaz trīs mēnešus pēc Aģentūras noteiktā piedāvājuma iesniegšanas termiņa beigām, pretendents iesniedz Izglītības kvalitātes valsts dienestā (turpmāk – IKVD) iesniegtā iesnieguma kopiju par pretendenta kārt</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00655227" w:rsidR="00C560A6">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236495">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ju akreditāciju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="007719C5" w:rsidR="00D57B34">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C560A6">
-[...49 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="007522E1" w:rsidRPr="009158FE" w:rsidP="009158FE" w14:paraId="328D7EF0" w14:textId="77777777">
+    <w:p w:rsidR="00021040" w:rsidP="006354C7" w14:paraId="7A843BAD" w14:textId="28E6E294">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Hlk95299859"/>
-[...30 lines deleted...]
-      <w:r w:rsidR="00A231E1">
+      <w:r w:rsidRPr="002D11F2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta piedāvājums </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="_Hlk95299954"/>
+      <w:r w:rsidR="0042663B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00733F04">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0042663B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00733F04">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r w:rsidR="0042663B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00733F04">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0042663B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0042663B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>etika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">svītrots no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="00D3398E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aģentūras </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="_Hlk207181998"/>
+      <w:r w:rsidRPr="002D11F2" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Profesionālās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tālākizglītības</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3398E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="_Hlk86132797"/>
+      <w:r w:rsidR="00D3398E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(turpmāk – </w:t>
+      </w:r>
+      <w:r w:rsidR="00017BCF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izglītības piedāvājuma </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3398E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>saraksts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidR="00D3398E">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001D059A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> var atkārtoti pieteikties pasākumu īstenošanai ne agrāk kā </w:t>
+      </w:r>
+      <w:r w:rsidR="00733F04">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gadu</w:t>
+      </w:r>
+      <w:r w:rsidR="00733F04">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pēc dienas, kad </w:t>
+      </w:r>
+      <w:r w:rsidR="001D059A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
-      <w:r w:rsidRPr="009426A1" w:rsidR="00A231E1">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00535FAE" w:rsidR="00D57B34">
+      <w:r w:rsidR="001D059A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendenta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājums svītrots no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="004823B0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
+      </w:r>
+      <w:r w:rsidR="00017BCF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...116 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="00B612FC">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>piedāvājumu saraksta;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00021040" w:rsidP="006354C7" w14:paraId="328D7EF1" w14:textId="7079A7E3">
+    <w:p w:rsidR="006354C7" w:rsidP="006354C7" w14:paraId="3DF24951" w14:textId="3C8F16F7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D11F2">
-[...108 lines deleted...]
-        <w:t xml:space="preserve">(turpmāk – </w:t>
+      <w:bookmarkStart w:id="25" w:name="_Hlk86132937"/>
+      <w:bookmarkStart w:id="26" w:name="_Hlk46386431"/>
+      <w:r w:rsidRPr="00A06F28">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendenta piedāvājums nav iekļauts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aktuālajā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="004823B0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
       </w:r>
       <w:r w:rsidR="00017BCF">
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...92 lines deleted...]
-        <w:t>piedāvājumu saraksta;</w:t>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7751A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006354C7" w:rsidP="006354C7" w14:paraId="328D7EF2" w14:textId="77777777">
+    <w:p w:rsidR="00AA3455" w:rsidRPr="00CC5A81" w:rsidP="00600623" w14:paraId="2506E34A" w14:textId="03C3528B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Hlk86132937"/>
-[...52 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkStart w:id="27" w:name="_Hlk103265794"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00A06F28">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r w:rsidRPr="00A06F28" w:rsidR="00BF21B4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00A06F28">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendentu neattiecas neviens no </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00601155">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>Publisko iepirkumu likuma</w:t>
         </w:r>
@@ -3081,53 +2899,53 @@
       <w:r w:rsidRPr="00A06F28" w:rsidR="00413B48">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidRPr="00601155" w:rsidR="00413B48">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="007C732E" w:rsidR="00413B48">
         <w:rPr>
           <w:i/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w:rsidR="001D3AB3" w:rsidRPr="00A06F28" w:rsidP="0063050F" w14:paraId="328D7EF4" w14:textId="77777777">
+    <w:p w:rsidR="001D3AB3" w:rsidRPr="00A06F28" w:rsidP="0063050F" w14:paraId="144A470E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3168,51 +2986,57 @@
         </w:rPr>
         <w:t>pantā noteiktajam, pretendent</w:t>
       </w:r>
       <w:r w:rsidR="003B326F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, tā valdes vai padomes locekļi</w:t>
       </w:r>
       <w:r w:rsidR="003B326F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>, patiesā labuma guvēj</w:t>
+        <w:t xml:space="preserve">, patiesā labuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D3AB3">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>guvēj</w:t>
       </w:r>
       <w:r w:rsidR="00C97BC5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, pārstāvēttiesīg</w:t>
       </w:r>
       <w:r w:rsidR="00C97BC5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> persona</w:t>
       </w:r>
@@ -3230,429 +3054,437 @@
       </w:r>
       <w:r w:rsidR="00C97BC5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, vai persona</w:t>
       </w:r>
       <w:r w:rsidR="00C97BC5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kura ir pilnvarota pārstāvēt pretendentu darbībās nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="_Hlk116027978"/>
+      <w:bookmarkStart w:id="28" w:name="_Hlk116027978"/>
       <w:r w:rsidRPr="001D3AB3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un pretendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk – Komisijas regula (EU) 2022/576), 5.l panta 1.punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:p w:rsidR="00922AEC" w:rsidRPr="00A06F28" w:rsidP="00601155" w14:paraId="328D7EF5" w14:textId="77777777">
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="00922AEC" w:rsidRPr="00A06F28" w:rsidP="00601155" w14:paraId="0094AE45" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A06F28">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskajam piedāvājumam pilnībā jāatbilst šajā kārtībā norādītajām prasībām un īstenojamo </w:t>
       </w:r>
+      <w:bookmarkStart w:id="29" w:name="_Hlk207181869"/>
       <w:r w:rsidR="00BC30A6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00A06F28">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>rofesionālās tālākizglītības programmu sarakstam.</w:t>
+        <w:t>rofesionālās tālākizglītības programmu sarakstam</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00A06F28">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="328D7EF6" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="62EE39CC" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="328D7EF7" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="682C31CE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00922AEC">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšana</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="328D7EF8" w14:textId="77777777">
+    <w:p w:rsidR="00024AE8" w:rsidRPr="00024AE8" w:rsidP="00024AE8" w14:paraId="027FAA52" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:caps/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7EF9" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="76B5B047" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7EFA" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="33387F3E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7EFB" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="19764A36" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7EFC" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="6A09C78A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7EFD" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="1438F5BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7EFE" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="6838301F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7EFF" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="4E9AF4A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7F00" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="29A8408C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7F01" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="36C11633" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7F02" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="287D661D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7F03" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="6DC33A3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7F04" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="759DBF26" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7F05" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="3FBB0D37" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7F06" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="05F6CCED" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="328D7F07" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00A06F28" w14:paraId="682060AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vanish/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidP="00601155" w14:paraId="328D7F08" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidP="00601155" w14:paraId="3D2A0971" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="00922AEC">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -3667,143 +3499,167 @@
       <w:r w:rsidR="007F3FB4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtīb</w:t>
       </w:r>
       <w:r w:rsidR="007F3FB4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A72940" w:rsidRPr="00A72940" w:rsidP="00A72940" w14:paraId="4753D3D8" w14:textId="60B05054">
+    <w:p w:rsidR="00A72940" w:rsidRPr="00A72940" w:rsidP="00A72940" w14:paraId="10B91529" w14:textId="1432889B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A72940">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>komisija vērtē pretendenta atbilstību šīs kārtības 12.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D12E6C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72940">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. un 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12E6C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A72940">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>. un 12.</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>. apakšpunktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A72940" w:rsidRPr="00A72940" w:rsidP="00A72940" w14:paraId="2F238C65" w14:textId="77777777">
+    <w:p w:rsidR="00A72940" w:rsidRPr="00A72940" w:rsidP="00A72940" w14:paraId="276D88F5" w14:textId="71AF5E19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A72940">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pārbauda, vai pretendenta piedāvājums nav svītrots no izglītības piedāvājumu saraksta un pretendentam nav aizliegts atkārtoti pieteikties profesionālās tālākizglītības apmācību īstenošanai;</w:t>
+        <w:t xml:space="preserve">pārbauda, vai pretendenta piedāvājums nav svītrots no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004823B0" w:rsidR="004823B0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72940">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājumu saraksta un pretendentam nav aizliegts atkārtoti pieteikties profesionālās tālākizglītības apmācību īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A72940" w:rsidRPr="00A72940" w:rsidP="00A72940" w14:paraId="3E3D11F1" w14:textId="4964F4B2">
+    <w:p w:rsidR="00A72940" w:rsidRPr="00A72940" w:rsidP="00A72940" w14:paraId="302BE849" w14:textId="6FB9E355">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A72940">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pārbauda, vai pretendenta piedāvājums nav iekļauts aktuālajā izglītības piedāvājuma sarakstā;</w:t>
+        <w:t xml:space="preserve">pārbauda, vai pretendenta piedāvājums nav iekļauts aktuālajā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="004823B0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72940">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājuma sarakstā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00601155" w14:paraId="328D7F09" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00601155" w14:paraId="1F7B04B9" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00A06F28" w:rsidR="00D57B34">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija </w:t>
@@ -3811,51 +3667,51 @@
       <w:r w:rsidRPr="00A06F28" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vērtē </w:t>
       </w:r>
       <w:r w:rsidRPr="00A06F28" w:rsidR="00BF21B4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00A06F28" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta piedāvājuma noformējuma atbilstību šīs kārtības prasībām</w:t>
       </w:r>
       <w:r w:rsidRPr="00B4753D" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00601155" w14:paraId="328D7F0A" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="00601155" w14:paraId="4D70FCA1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija vērtē </w:t>
@@ -3863,609 +3719,264 @@
       <w:r w:rsidRPr="00F456DF" w:rsidR="00BF21B4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta </w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="009F7706">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniegto </w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dokumentu atbilstību šīs kārtības prasībām:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="007E1074" w14:paraId="328D7F0B" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00A06F28" w:rsidP="007E1074" w14:paraId="02989B03" w14:textId="4AEC7699">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>komisija pārbauda, vai pretendents atbilst šīs kārtības II. nodaļā noteiktajiem atlases kritērijiem un ir iesniedzis visus šīs kārtības 11. punktā un, ja attiecināms, 12.5. apakšpunkt</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...163 lines deleted...]
-        <w:t>noteiktos</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteiktos </w:t>
+      </w:r>
+      <w:r w:rsidR="009F63A0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dokumentus</w:t>
       </w:r>
       <w:r w:rsidRPr="00B4753D" w:rsidR="00024AE8">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dokumentus;</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="003E6E7D" w:rsidP="003E6E7D" w14:paraId="328D7F0C" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidP="003E6E7D" w14:paraId="337F727F" w14:textId="3C416D30">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E6E7D">
-[...225 lines deleted...]
-        <w:t>lv);</w:t>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par pretendenta dokumentu atbilstību šīs kārtības 12.1., 12.2., 12.4., 12.5. apakšpunktiem komisija pārliecinās, pārbaudot informāciju IKVD reģistrā, proti, VIIS (skatīt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="005C6C36" w:rsidR="00397B73">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.viis.gov.lv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F415BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6E7D" w:rsidR="000709F2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00F456DF" w:rsidP="00A72940" w14:paraId="328D7F0F" w14:textId="4472C8E0">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00F456DF" w:rsidP="00A72940" w14:paraId="34FF1F62" w14:textId="495336A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="003F6581">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija vērtē </w:t>
       </w:r>
       <w:r w:rsidR="008E3094">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="003F6581">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>retendenta atbilstību šīs kārtības 1</w:t>
       </w:r>
       <w:r w:rsidR="00FD38A3">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="003F6581">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002B6A46">
-[...3 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00D12E6C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="003F6581">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007F3FB4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="00ED1375">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>apakšpunktam</w:t>
       </w:r>
       <w:r w:rsidR="00ED1375">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002078F5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="005C5232">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="002078F5">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">13. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="003F6581">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00F456DF" w:rsidP="007E1074" w14:paraId="328D7F10" w14:textId="77777777">
+    <w:p w:rsidR="00A06F28" w:rsidRPr="00F456DF" w:rsidP="007E1074" w14:paraId="3A63BF54" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Hlk46386583"/>
+      <w:bookmarkStart w:id="30" w:name="_Hlk46386583"/>
       <w:r w:rsidRPr="00F456DF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pārbauda vai uz pretendentu neattiecas neviens no Publisko iepirkumu likuma 42.</w:t>
       </w:r>
       <w:r w:rsidR="007F3FB4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">panta </w:t>
       </w:r>
       <w:r w:rsidR="00FF2207">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>otrās</w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF" w:rsidR="00FF2207">
@@ -4506,1029 +4017,749 @@
       </w:r>
       <w:r w:rsidR="00B30888">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007F3FB4">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F456DF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā minētajiem izslēgšanas noteikumiem</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="_Hlk41645789"/>
+      <w:bookmarkStart w:id="31" w:name="_Hlk41645789"/>
       <w:r w:rsidRPr="00601155">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un ir ievēroti </w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="_Hlk103264232"/>
+      <w:bookmarkStart w:id="32" w:name="_Hlk103264232"/>
       <w:r w:rsidRPr="00F456DF" w:rsidR="00367F9C">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Publisko iepirkumu </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00601155">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>likuma 42.</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3FB4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601155">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30888">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ceturtās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601155" w:rsidR="00B30888">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601155">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>daļ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30888">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601155">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30888">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3FB4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30888">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601155">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteiktie termiņi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00F456DF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601155">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts un kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C732E">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F456DF">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E462B" w:rsidRPr="004866F3" w:rsidP="00BF1AE4" w14:paraId="49BC7461" w14:textId="7EBD6AAC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Hlk46386731"/>
       <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidRPr="00601155">
-[...96 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00F456DF" w:rsidP="007E1074" w14:paraId="328D7F11" w14:textId="77777777">
+    <w:p w:rsidR="002E462B" w:rsidRPr="00F456DF" w:rsidP="00FF4F76" w14:paraId="5DC978FD" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Hlk46386731"/>
-[...77 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="34" w:name="_Hlk134625916"/>
+      <w:r w:rsidRPr="002E462B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārbauda vai atbilstoši Sankciju likuma </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="_Hlk134628168"/>
+      <w:r w:rsidRPr="00E464BE" w:rsidR="00EA2109">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E464BE" w:rsidR="00EA2109">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA2109">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="414142"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00601155" w:rsidR="006949AF">
-[...3 lines deleted...]
-        <w:t>dienu laikā no informācijas pieprasīšanas dienas lūdz iesniegt:</w:t>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="002E462B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pantam uz pretendentu, tā valdes vai padomes locekli, patiesā labuma guvēju, pārstāvēttiesīgo personu vai prokūristu, vai personu, kura ir pilnvarota pārstāvēt pretendentu darbībās, kas saistītas ar filiāli, neattiecas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas un vai pretendents nav Komisijas regulas (EU) 2022/576 5.l panta 1. punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidR="00DE40C8">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00F456DF" w:rsidP="006C6425" w14:paraId="328D7F12" w14:textId="77777777">
+    <w:p w:rsidR="003D5CF1" w14:paraId="15337441" w14:textId="43B24251">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="1985" w:hanging="905"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00601155">
-[...83 lines deleted...]
-      <w:r w:rsidRPr="00601155">
+      <w:bookmarkStart w:id="36" w:name="_Hlk134786565"/>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisija vērtē pretendenta tehniskā piedāvājuma atbilstību izsludinājuma dokumentiem pievienotajam </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D12E6C" w:rsidR="00D12E6C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rofesionālās tālākizglītības programmu sarakstam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un šīs kārtības </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodaļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311D15">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteiktajiem kritērijiem</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A06F28" w:rsidRPr="00F456DF" w:rsidP="006C6425" w14:paraId="328D7F13" w14:textId="77777777">
+    <w:p w:rsidR="00EC62A9" w:rsidRPr="00F456DF" w:rsidP="00FF4F76" w14:paraId="71FF9C21" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="3"/>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="1985" w:hanging="905"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00601155">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> neesamību;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F456DF" w:rsidR="00CD457B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisija izslēdz pretendenta pieteikumu no dalības vērtēšanā gadījumā, ja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E462B" w:rsidRPr="004866F3" w:rsidP="00FF4F76" w14:paraId="328D7F14" w14:textId="77777777">
-[...33 lines deleted...]
-    <w:p w:rsidR="002E462B" w:rsidRPr="00F456DF" w:rsidP="00FF4F76" w14:paraId="328D7F15" w14:textId="77777777">
+    <w:p w:rsidR="00235829" w14:paraId="761598DE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Hlk134625916"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:bookmarkStart w:id="37" w:name="_Hlk134786976"/>
+      <w:r w:rsidRPr="00235829">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
-      <w:r w:rsidRPr="002E462B">
-[...10 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D5CF1" w14:paraId="328D7F16" w14:textId="77777777">
-[...81 lines deleted...]
-    <w:p w:rsidR="00235829" w14:paraId="328D7F18" w14:textId="77777777">
+    <w:p w:rsidR="00235829" w14:paraId="359678A8" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Hlk134786976"/>
+      <w:bookmarkStart w:id="38" w:name="_Hlk134786996"/>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>komisija vērtēšanas procesā konstatē piedāvājuma neatbilstību noformējuma prasībām, kura var ietekmēt turpmāko lēmumu pieņemšanu attiecībā uz pretendentu</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="39"/>
+        <w:t>nav iesniegts kāds no šajā kārtībā norādītajiem dokumentiem, vai to saturs neatbilst šīs kārtības prasībām, kā arī</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00235829">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja tiek konstatēta pretendenta neatbilstība šīs kārtības II. nodaļā noteiktajiem kritērijiem</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00235829" w14:paraId="328D7F19" w14:textId="77777777">
+    <w:p w:rsidR="00EC62A9" w:rsidRPr="00F456DF" w:rsidP="00FF4F76" w14:paraId="689F902F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Hlk134786996"/>
-[...23 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00B4753D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4974">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Publiskā iepirkuma likuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4C1A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2207">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>otrās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D" w:rsidR="00FF2207">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2207">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2207">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022349">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2207">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022349">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4C1A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022349">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC62A9" w:rsidRPr="00F456DF" w:rsidP="00FF4F76" w14:paraId="328D7F1A" w14:textId="77777777">
+    <w:p w:rsidR="00EC62A9" w:rsidRPr="00EA2109" w:rsidP="00FF4F76" w14:paraId="4C6B3C08" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EA2109">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B4753D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">uz pretendentu attiecas kāds no </w:t>
-[...59 lines deleted...]
-        <w:t>6</w:t>
+        <w:t xml:space="preserve"> tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, </w:t>
       </w:r>
       <w:r w:rsidRPr="00022349">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">. un </w:t>
-[...23 lines deleted...]
-        <w:t>punktā minētajiem izslēgšanas noteikumiem;</w:t>
+        <w:t>tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D224F1">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA2109">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC62A9" w:rsidRPr="00EA2109" w:rsidP="00FF4F76" w14:paraId="328D7F1B" w14:textId="77777777">
+    <w:p w:rsidR="00EC62A9" w:rsidRPr="00F456DF" w:rsidP="00FF4F76" w14:paraId="74C92636" w14:textId="02F60826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA2109">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00B4753D">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, </w:t>
+        <w:t>pretendents pēdēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00733F04">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00733F04">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">divu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00733F04">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4753D" w:rsidR="00204FCD">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidRPr="00022349">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
-[...12 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> pasākumu īstenošanas nosacījumus un ir izslēgts no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="004823B0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA618B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājumu saraksta</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7358C">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA618B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="001D059A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pretendentam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA618B">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir aizliegts atkārtoti pieteikties pasākumu īstenošanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E04B8" w:rsidRPr="00FF4F76" w:rsidP="00FF4F76" w14:paraId="328D7F1C" w14:textId="77777777">
-[...151 lines deleted...]
-    <w:p w:rsidR="00EC62A9" w:rsidRPr="007A6E4F" w:rsidP="00FF4F76" w14:paraId="328D7F1E" w14:textId="77777777">
+    <w:p w:rsidR="00EC62A9" w:rsidRPr="007A6E4F" w:rsidP="00FF4F76" w14:paraId="63CBD76E" w14:textId="33A339CD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A6E4F">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pretendents ir iekļauts aktuālajā izglītības piedāvājumu sarakstā</w:t>
+        <w:t xml:space="preserve">pretendents ir iekļauts aktuālajā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="004823B0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6E4F">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedāvājumu sarakstā</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6E4F" w:rsidR="00081B59">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w:rsidR="00EC62A9" w:rsidRPr="00D24000" w:rsidP="00FF4F76" w14:paraId="328D7F1F" w14:textId="77777777">
+    <w:p w:rsidR="00EC62A9" w:rsidRPr="00D24000" w:rsidP="00FF4F76" w14:paraId="1E1493DE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Hlk134627145"/>
+      <w:bookmarkStart w:id="39" w:name="_Hlk134627145"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>rodas situācija, ka</w:t>
       </w:r>
       <w:r w:rsidR="000E40BD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4753D" w:rsidR="00413F74">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izvērtējot </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4753D" w:rsidR="00984D51">
@@ -5677,59 +4908,59 @@
       </w:r>
       <w:r w:rsidRPr="008C5679" w:rsidR="00413F74">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendents norādītajā termiņā, kas nav īsāks par trīs darbdienām pēc informācijas nosūtīšanas, </w:t>
       </w:r>
       <w:r w:rsidR="00A9445B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nav iesniedzis skaidrojumu vai ar skaidrojumu ir grozījis piedāvājum</w:t>
       </w:r>
       <w:r w:rsidR="006853B7">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00A9445B">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pēc būtības</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC62A9" w14:paraId="328D7F20" w14:textId="77777777">
+    <w:p w:rsidR="00EC62A9" w14:paraId="16797D9F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7751A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7751A" w:rsidR="00413F74">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -5750,270 +4981,474 @@
       <w:r w:rsidRPr="00601155" w:rsidR="00413F74">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">retendenta sniegtās ziņas, </w:t>
       </w:r>
       <w:r w:rsidRPr="00601155" w:rsidR="002C56FD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>konstatē</w:t>
       </w:r>
       <w:r w:rsidRPr="00601155" w:rsidR="00413F74">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, ka tās neatbilst patiesībai.</w:t>
       </w:r>
       <w:r w:rsidRPr="000E40BD" w:rsidR="000E40BD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00235829" w:rsidP="005C5232" w14:paraId="328D7F21" w14:textId="77777777">
+    <w:p w:rsidR="00235829" w:rsidP="005C5232" w14:paraId="4DD50BA9" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Hlk134788614"/>
+      <w:bookmarkStart w:id="40" w:name="_Hlk134788614"/>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konstatē atbilstību Sankciju likuma </w:t>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="_Hlk134698066"/>
-      <w:bookmarkStart w:id="46" w:name="_Hlk134788903"/>
+      <w:bookmarkStart w:id="41" w:name="_Hlk134698066"/>
+      <w:bookmarkStart w:id="42" w:name="_Hlk134788903"/>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r w:rsidRPr="004960A4">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="414142"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pantā vai Komisijas regulas (EU) 2022/576 </w:t>
       </w:r>
       <w:r w:rsidR="005C5232">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00235829">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>5.l panta 1. punktā noteiktajam</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6A46" w:rsidRPr="002B6A46" w:rsidP="002B6A46" w14:paraId="328D7F22" w14:textId="77777777">
+    <w:p w:rsidR="002B6A46" w:rsidRPr="00E1566B" w:rsidP="002B6A46" w14:paraId="3E9099C0" w14:textId="53E3B23D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Hlk52539693"/>
+      <w:bookmarkStart w:id="43" w:name="_Hlk52539693"/>
       <w:r w:rsidRPr="00E518B6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija </w:t>
       </w:r>
       <w:r w:rsidR="000C4C1A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nosūta </w:t>
       </w:r>
       <w:r w:rsidRPr="00E518B6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pretendent</w:t>
       </w:r>
       <w:r w:rsidR="000C4C1A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="00E518B6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> komisijas pieņemto lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="000C4C1A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidRPr="00E518B6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pretendenta iekļaušanu vai neiekļaušanu </w:t>
       </w:r>
+      <w:r w:rsidRPr="00A06F28" w:rsidR="004823B0">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E518B6" w:rsidR="00017BCF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">izglītības </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E518B6">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>piedāvājumu sarakstā piecu darbadienu laikā no lēmuma pieņemšanas dienas.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="002B6A46">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F87" w:rsidRPr="00E518B6" w:rsidP="002B6A46" w14:paraId="328D7F23" w14:textId="77777777">
+    <w:p w:rsidR="00E1566B" w:rsidRPr="00BF1AE4" w:rsidP="002B6A46" w14:paraId="14B02A74" w14:textId="219F9FDB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B6A46">
+      <w:bookmarkStart w:id="44" w:name="_Hlk205552362"/>
+      <w:bookmarkStart w:id="45" w:name="_Hlk205540629"/>
+      <w:bookmarkStart w:id="46" w:name="_Hlk207025995"/>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omisija konstatē, ka lēmuma pieņemšanai par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendenta </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iekļaušanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai atteikumu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iekļaut </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E518B6">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izglītības piedāvājumu sarakstā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1566B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>omisijai nepieciešams papildu laiks, kas pārsniedz Administratīvā procesa likuma 64. panta pirmajā daļā noteikto termiņu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komisija </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:t>pagarin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:t>administratīvā akta izdošanas termiņu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot pretend</w:t>
+      </w:r>
+      <w:r w:rsidR="006F2533">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF1AE4">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ntu.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w:rsidR="00E1566B" w:rsidRPr="009A7F03" w:rsidP="00BF1AE4" w14:paraId="3A4239C0" w14:textId="302F5C1A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Hlk205552380"/>
+      <w:r w:rsidRPr="006641A1">
+        <w:t xml:space="preserve">Pretendents </w:t>
+      </w:r>
+      <w:r w:rsidR="0084454D">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:t xml:space="preserve">omisijas lēmumu var apstrīdēt </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:t xml:space="preserve"> direktoram viena mēneša laikā no lēmuma spēkā stāšanās dienas, iesniedzot rakstveida iesniegumu</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w:rsidR="001B7F87" w:rsidRPr="00E518B6" w:rsidP="002B6A46" w14:paraId="4C673F01" w14:textId="5684000D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Hlk128042138"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="002B6A46">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aģentūra ir tiesīga pagarināt izsludinājuma ietvaros plānoto sadarbības termiņu ar pasākuma īstenotāju. Par šādu Aģentūras lēmumu komisija informē pasākuma īstenotāju ne vēlāk kā mēnesi pirms sadarbības termiņa pagarinājuma.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w:rsidR="001B7F87" w:rsidRPr="00E848B0" w:rsidP="00E518B6" w14:paraId="328D7F24" w14:textId="77777777">
+    <w:p w:rsidR="001B7F87" w:rsidRPr="00E848B0" w:rsidP="00E518B6" w14:paraId="2FE8F004" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="00F7242A">
-      <w:footerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6049,131 +5484,192 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00E464BE" w:rsidP="004A361F" w14:paraId="328D7F29" w14:textId="77777777">
+  <w:p w:rsidR="00F80D5A" w14:paraId="06E4D9F2" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00E464BE" w:rsidP="004A361F" w14:paraId="32EC3369" w14:textId="34C95D30">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="006F2533">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E464BE" w14:paraId="328D7F2A" w14:textId="77777777">
+  <w:p w:rsidR="00E464BE" w14:paraId="2A7D1558" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">         </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E464BE" w14:paraId="328D7F2B" w14:textId="77777777">
+  <w:p w:rsidR="00E464BE" w14:paraId="1BA88E6A" w14:textId="77777777">
     <w:r>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
   </w:p>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00E464BE" w:rsidRPr="00E464BE" w14:paraId="328D7F2C" w14:textId="77777777">
+  <w:p w:rsidR="00E464BE" w:rsidRPr="00E464BE" w14:paraId="408C8CCC" w14:textId="77777777">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E464BE">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00E464BE" w:rsidRPr="00E464BE" w14:paraId="328D7F2D" w14:textId="77777777">
+  <w:p w:rsidR="00E464BE" w:rsidRPr="00E464BE" w14:paraId="6B0231D8" w14:textId="77777777">
     <w:pPr>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E464BE">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
+  <w:p w:rsidR="000B5038" w14:paraId="4E3F0D1A" w14:textId="77777777">
+    <w:r>
+      <w:t xml:space="preserve">          Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+    </w:r>
+  </w:p>
   <w:p>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">         
-Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00F80D5A" w14:paraId="2D2F8A3D" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00F80D5A" w14:paraId="3D164724" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00F80D5A" w14:paraId="04B5328A" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="05CF00BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC6AE072"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8565,76 +8061,80 @@
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7260" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="637131EA"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8684FE94"/>
+    <w:tmpl w:val="AA70F4A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1567" w:hanging="432"/>
-      </w:pPr>
+        <w:ind w:left="1709" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1497" w:hanging="504"/>
+        <w:ind w:left="788" w:hanging="504"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
@@ -8827,50 +8327,146 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="6B9A4C09"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A6AFE74"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="715" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
     <w:nsid w:val="6BEC7FBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62724BCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2018"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8939,51 +8535,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="6C990B5E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A2AAD6E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -9025,51 +8621,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="6D150B69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA3E32CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9163,54 +8759,54 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
@@ -9259,51 +8855,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
@@ -9396,133 +8992,139 @@
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="10"/>
   </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00581993"/>
     <w:rsid w:val="00002207"/>
     <w:rsid w:val="000028B8"/>
     <w:rsid w:val="000048C1"/>
     <w:rsid w:val="00006063"/>
     <w:rsid w:val="00010649"/>
     <w:rsid w:val="00011836"/>
     <w:rsid w:val="00013C76"/>
     <w:rsid w:val="0001416D"/>
     <w:rsid w:val="00016F90"/>
     <w:rsid w:val="000171CB"/>
     <w:rsid w:val="00017BCF"/>
     <w:rsid w:val="0002098D"/>
     <w:rsid w:val="00021040"/>
     <w:rsid w:val="00022349"/>
     <w:rsid w:val="00023307"/>
     <w:rsid w:val="00024AB5"/>
     <w:rsid w:val="00024AE8"/>
     <w:rsid w:val="00027CD6"/>
     <w:rsid w:val="00030A0C"/>
     <w:rsid w:val="00034210"/>
     <w:rsid w:val="00036DB0"/>
     <w:rsid w:val="000414A4"/>
     <w:rsid w:val="000449C7"/>
     <w:rsid w:val="00046D1E"/>
     <w:rsid w:val="00050656"/>
     <w:rsid w:val="00051305"/>
     <w:rsid w:val="00056D1E"/>
+    <w:rsid w:val="00057701"/>
     <w:rsid w:val="00057B2B"/>
     <w:rsid w:val="00060952"/>
     <w:rsid w:val="00061896"/>
     <w:rsid w:val="000639D6"/>
     <w:rsid w:val="00064703"/>
     <w:rsid w:val="00065037"/>
     <w:rsid w:val="0006604A"/>
     <w:rsid w:val="00067BF7"/>
     <w:rsid w:val="00070323"/>
+    <w:rsid w:val="000709F2"/>
     <w:rsid w:val="000711F0"/>
     <w:rsid w:val="00072688"/>
     <w:rsid w:val="00074DD5"/>
     <w:rsid w:val="00074F20"/>
     <w:rsid w:val="00081B59"/>
     <w:rsid w:val="000831A8"/>
     <w:rsid w:val="00083775"/>
     <w:rsid w:val="00085685"/>
     <w:rsid w:val="00086480"/>
     <w:rsid w:val="00087089"/>
     <w:rsid w:val="0009109C"/>
+    <w:rsid w:val="0009125B"/>
     <w:rsid w:val="00091BDC"/>
     <w:rsid w:val="000920FB"/>
     <w:rsid w:val="0009479E"/>
     <w:rsid w:val="000975F2"/>
     <w:rsid w:val="000A0874"/>
     <w:rsid w:val="000A1183"/>
     <w:rsid w:val="000A1520"/>
     <w:rsid w:val="000A2545"/>
     <w:rsid w:val="000A3B32"/>
     <w:rsid w:val="000A6626"/>
     <w:rsid w:val="000A7BD9"/>
     <w:rsid w:val="000B19AE"/>
+    <w:rsid w:val="000B5038"/>
     <w:rsid w:val="000B58D2"/>
     <w:rsid w:val="000B76F3"/>
     <w:rsid w:val="000B7B5C"/>
     <w:rsid w:val="000B7CEF"/>
     <w:rsid w:val="000C2C3F"/>
     <w:rsid w:val="000C4C1A"/>
     <w:rsid w:val="000C5E30"/>
     <w:rsid w:val="000D0A95"/>
     <w:rsid w:val="000D19F1"/>
     <w:rsid w:val="000D2CCF"/>
     <w:rsid w:val="000D2F8D"/>
     <w:rsid w:val="000D3279"/>
     <w:rsid w:val="000E40BD"/>
     <w:rsid w:val="000E526F"/>
     <w:rsid w:val="000E635F"/>
     <w:rsid w:val="000E691A"/>
     <w:rsid w:val="000E7EFD"/>
     <w:rsid w:val="000F09B2"/>
     <w:rsid w:val="000F0CCD"/>
     <w:rsid w:val="000F0DC2"/>
     <w:rsid w:val="000F1058"/>
     <w:rsid w:val="000F21AE"/>
     <w:rsid w:val="000F62CD"/>
     <w:rsid w:val="000F7811"/>
     <w:rsid w:val="00100AB0"/>
@@ -9576,223 +9178,233 @@
     <w:rsid w:val="001A612A"/>
     <w:rsid w:val="001B047B"/>
     <w:rsid w:val="001B1235"/>
     <w:rsid w:val="001B23ED"/>
     <w:rsid w:val="001B6145"/>
     <w:rsid w:val="001B6FD7"/>
     <w:rsid w:val="001B7F87"/>
     <w:rsid w:val="001C3FA3"/>
     <w:rsid w:val="001C43A7"/>
     <w:rsid w:val="001C44A5"/>
     <w:rsid w:val="001C6282"/>
     <w:rsid w:val="001D059A"/>
     <w:rsid w:val="001D10D7"/>
     <w:rsid w:val="001D388C"/>
     <w:rsid w:val="001D3AB3"/>
     <w:rsid w:val="001D59BD"/>
     <w:rsid w:val="001D6828"/>
     <w:rsid w:val="001D6C6D"/>
     <w:rsid w:val="001E0ED0"/>
     <w:rsid w:val="001E70F4"/>
     <w:rsid w:val="001F1949"/>
     <w:rsid w:val="001F2746"/>
     <w:rsid w:val="001F29B3"/>
     <w:rsid w:val="001F37D8"/>
     <w:rsid w:val="001F4CFC"/>
+    <w:rsid w:val="001F55B0"/>
     <w:rsid w:val="001F5BAF"/>
     <w:rsid w:val="001F6825"/>
     <w:rsid w:val="001F7320"/>
     <w:rsid w:val="00200B30"/>
     <w:rsid w:val="00204FCD"/>
     <w:rsid w:val="002070FB"/>
     <w:rsid w:val="002078F5"/>
     <w:rsid w:val="00214E4C"/>
     <w:rsid w:val="002216E9"/>
     <w:rsid w:val="002250E0"/>
     <w:rsid w:val="00226DB5"/>
     <w:rsid w:val="00230958"/>
     <w:rsid w:val="002320F6"/>
     <w:rsid w:val="00234D40"/>
     <w:rsid w:val="00235829"/>
     <w:rsid w:val="00235DF5"/>
+    <w:rsid w:val="00236495"/>
     <w:rsid w:val="00236E7E"/>
     <w:rsid w:val="002371C2"/>
     <w:rsid w:val="00240B8E"/>
     <w:rsid w:val="00241FD2"/>
     <w:rsid w:val="002430EB"/>
     <w:rsid w:val="0024534F"/>
     <w:rsid w:val="00246019"/>
     <w:rsid w:val="00247A4F"/>
     <w:rsid w:val="002509A7"/>
     <w:rsid w:val="00251DDE"/>
     <w:rsid w:val="00255337"/>
     <w:rsid w:val="00255BE2"/>
     <w:rsid w:val="00257135"/>
     <w:rsid w:val="00260D2C"/>
     <w:rsid w:val="00261173"/>
     <w:rsid w:val="00267396"/>
     <w:rsid w:val="002726FD"/>
     <w:rsid w:val="002748DC"/>
     <w:rsid w:val="0027559C"/>
     <w:rsid w:val="00276C89"/>
     <w:rsid w:val="002771EA"/>
     <w:rsid w:val="002803EC"/>
     <w:rsid w:val="002829CE"/>
     <w:rsid w:val="0028600C"/>
     <w:rsid w:val="00286E85"/>
     <w:rsid w:val="002876C0"/>
     <w:rsid w:val="00294561"/>
     <w:rsid w:val="002A0637"/>
     <w:rsid w:val="002B0547"/>
     <w:rsid w:val="002B0EE1"/>
     <w:rsid w:val="002B2D08"/>
     <w:rsid w:val="002B3891"/>
     <w:rsid w:val="002B5D11"/>
     <w:rsid w:val="002B6A46"/>
     <w:rsid w:val="002B7755"/>
     <w:rsid w:val="002C30DC"/>
     <w:rsid w:val="002C3DE0"/>
     <w:rsid w:val="002C56FD"/>
     <w:rsid w:val="002C763D"/>
     <w:rsid w:val="002C7C5B"/>
     <w:rsid w:val="002D11F2"/>
     <w:rsid w:val="002D1DB9"/>
+    <w:rsid w:val="002D7CA5"/>
     <w:rsid w:val="002E04B8"/>
     <w:rsid w:val="002E053C"/>
     <w:rsid w:val="002E0C9E"/>
     <w:rsid w:val="002E0F33"/>
     <w:rsid w:val="002E33ED"/>
     <w:rsid w:val="002E462B"/>
     <w:rsid w:val="002E4974"/>
     <w:rsid w:val="002E6FC1"/>
+    <w:rsid w:val="002E7C03"/>
+    <w:rsid w:val="002E7F50"/>
     <w:rsid w:val="002F0506"/>
     <w:rsid w:val="002F1371"/>
     <w:rsid w:val="002F242F"/>
     <w:rsid w:val="002F6593"/>
     <w:rsid w:val="00301D09"/>
     <w:rsid w:val="00303E29"/>
     <w:rsid w:val="00310614"/>
     <w:rsid w:val="0031074A"/>
     <w:rsid w:val="00310EF7"/>
     <w:rsid w:val="00311D15"/>
     <w:rsid w:val="00314024"/>
     <w:rsid w:val="0031765A"/>
     <w:rsid w:val="00320792"/>
     <w:rsid w:val="00321446"/>
     <w:rsid w:val="003214C6"/>
     <w:rsid w:val="00321CA7"/>
     <w:rsid w:val="00324620"/>
     <w:rsid w:val="00331062"/>
     <w:rsid w:val="0033216E"/>
     <w:rsid w:val="00333208"/>
     <w:rsid w:val="00336A28"/>
     <w:rsid w:val="00337968"/>
     <w:rsid w:val="00340526"/>
     <w:rsid w:val="00340C9C"/>
     <w:rsid w:val="00345AB8"/>
     <w:rsid w:val="003469E4"/>
     <w:rsid w:val="00350E99"/>
     <w:rsid w:val="00357F8C"/>
     <w:rsid w:val="00360424"/>
     <w:rsid w:val="00360C91"/>
     <w:rsid w:val="00361EB0"/>
     <w:rsid w:val="00367384"/>
     <w:rsid w:val="00367F9C"/>
     <w:rsid w:val="00371386"/>
     <w:rsid w:val="003743A3"/>
     <w:rsid w:val="00375732"/>
     <w:rsid w:val="0038049D"/>
     <w:rsid w:val="003819C2"/>
     <w:rsid w:val="003821CF"/>
     <w:rsid w:val="00383462"/>
     <w:rsid w:val="0038474E"/>
     <w:rsid w:val="00385148"/>
     <w:rsid w:val="003921C1"/>
     <w:rsid w:val="00394EC3"/>
     <w:rsid w:val="00395874"/>
+    <w:rsid w:val="00397B73"/>
     <w:rsid w:val="003A18CE"/>
     <w:rsid w:val="003A2579"/>
     <w:rsid w:val="003A4D72"/>
     <w:rsid w:val="003A4D7F"/>
     <w:rsid w:val="003A6320"/>
     <w:rsid w:val="003A7B78"/>
     <w:rsid w:val="003B155F"/>
     <w:rsid w:val="003B2429"/>
     <w:rsid w:val="003B260A"/>
     <w:rsid w:val="003B326F"/>
     <w:rsid w:val="003B6BFA"/>
     <w:rsid w:val="003C0235"/>
     <w:rsid w:val="003C0F6A"/>
     <w:rsid w:val="003C2A75"/>
     <w:rsid w:val="003C3DC6"/>
+    <w:rsid w:val="003C4CA3"/>
     <w:rsid w:val="003C5AE3"/>
     <w:rsid w:val="003C622A"/>
     <w:rsid w:val="003D5CF1"/>
     <w:rsid w:val="003E128D"/>
     <w:rsid w:val="003E4B30"/>
     <w:rsid w:val="003E6E7D"/>
     <w:rsid w:val="003F0672"/>
     <w:rsid w:val="003F3022"/>
     <w:rsid w:val="003F35D2"/>
     <w:rsid w:val="003F54CA"/>
     <w:rsid w:val="003F64A2"/>
     <w:rsid w:val="003F6581"/>
     <w:rsid w:val="0040342B"/>
     <w:rsid w:val="00404C42"/>
     <w:rsid w:val="00405BFC"/>
+    <w:rsid w:val="00406D93"/>
     <w:rsid w:val="0041283A"/>
     <w:rsid w:val="00413B48"/>
     <w:rsid w:val="00413F74"/>
     <w:rsid w:val="00417081"/>
     <w:rsid w:val="00420DEE"/>
     <w:rsid w:val="0042196F"/>
     <w:rsid w:val="00424A1A"/>
     <w:rsid w:val="00424CF0"/>
     <w:rsid w:val="0042515F"/>
     <w:rsid w:val="00425BE7"/>
     <w:rsid w:val="0042663B"/>
     <w:rsid w:val="004268BF"/>
     <w:rsid w:val="004275BD"/>
     <w:rsid w:val="00430F95"/>
     <w:rsid w:val="0043188E"/>
     <w:rsid w:val="00434DCB"/>
     <w:rsid w:val="00437576"/>
     <w:rsid w:val="00437757"/>
     <w:rsid w:val="00441ED3"/>
     <w:rsid w:val="00443D1A"/>
     <w:rsid w:val="00445C03"/>
     <w:rsid w:val="004476C2"/>
     <w:rsid w:val="004528FF"/>
     <w:rsid w:val="00455ACA"/>
     <w:rsid w:val="004567D6"/>
     <w:rsid w:val="00461D27"/>
     <w:rsid w:val="00462FD9"/>
+    <w:rsid w:val="00463202"/>
     <w:rsid w:val="00463C9E"/>
     <w:rsid w:val="0046705F"/>
     <w:rsid w:val="004719D3"/>
     <w:rsid w:val="0047723F"/>
     <w:rsid w:val="00481348"/>
+    <w:rsid w:val="004823B0"/>
     <w:rsid w:val="004823B9"/>
     <w:rsid w:val="00483232"/>
     <w:rsid w:val="00483EBF"/>
     <w:rsid w:val="0048579D"/>
     <w:rsid w:val="004862D4"/>
     <w:rsid w:val="004866F3"/>
     <w:rsid w:val="00487541"/>
     <w:rsid w:val="004875B3"/>
     <w:rsid w:val="00490946"/>
     <w:rsid w:val="0049153A"/>
     <w:rsid w:val="0049284B"/>
     <w:rsid w:val="00494495"/>
     <w:rsid w:val="00494978"/>
     <w:rsid w:val="004960A4"/>
     <w:rsid w:val="004961FE"/>
     <w:rsid w:val="004965C6"/>
     <w:rsid w:val="00496AFB"/>
     <w:rsid w:val="004977F9"/>
     <w:rsid w:val="00497FDE"/>
     <w:rsid w:val="004A06DA"/>
     <w:rsid w:val="004A08F2"/>
     <w:rsid w:val="004A0AF6"/>
     <w:rsid w:val="004A1A45"/>
     <w:rsid w:val="004A361F"/>
     <w:rsid w:val="004A544E"/>
@@ -9845,744 +9457,776 @@
     <w:rsid w:val="005429AA"/>
     <w:rsid w:val="00544939"/>
     <w:rsid w:val="00546F91"/>
     <w:rsid w:val="00550E58"/>
     <w:rsid w:val="00553DA2"/>
     <w:rsid w:val="00554124"/>
     <w:rsid w:val="00554664"/>
     <w:rsid w:val="00555644"/>
     <w:rsid w:val="00557BEB"/>
     <w:rsid w:val="00557E88"/>
     <w:rsid w:val="0056015B"/>
     <w:rsid w:val="005605F2"/>
     <w:rsid w:val="00560CF3"/>
     <w:rsid w:val="00560FA7"/>
     <w:rsid w:val="005615E2"/>
     <w:rsid w:val="005632CA"/>
     <w:rsid w:val="00563B33"/>
     <w:rsid w:val="0056404C"/>
     <w:rsid w:val="00564927"/>
     <w:rsid w:val="00566CAC"/>
     <w:rsid w:val="005713ED"/>
     <w:rsid w:val="005762F8"/>
     <w:rsid w:val="00576F6F"/>
     <w:rsid w:val="00576F7F"/>
     <w:rsid w:val="00577923"/>
+    <w:rsid w:val="00577A9A"/>
     <w:rsid w:val="00581993"/>
     <w:rsid w:val="00581D78"/>
     <w:rsid w:val="00582546"/>
     <w:rsid w:val="0058288B"/>
     <w:rsid w:val="005833BC"/>
     <w:rsid w:val="0058426E"/>
     <w:rsid w:val="0058438A"/>
     <w:rsid w:val="00585109"/>
     <w:rsid w:val="005867F1"/>
     <w:rsid w:val="0058686E"/>
     <w:rsid w:val="00591D37"/>
     <w:rsid w:val="005923CF"/>
     <w:rsid w:val="00592B0A"/>
     <w:rsid w:val="00592B1A"/>
     <w:rsid w:val="005945AA"/>
     <w:rsid w:val="00595AEA"/>
     <w:rsid w:val="005966E0"/>
     <w:rsid w:val="00597A6E"/>
     <w:rsid w:val="005A172F"/>
     <w:rsid w:val="005A23AD"/>
     <w:rsid w:val="005A28DC"/>
     <w:rsid w:val="005A32D0"/>
     <w:rsid w:val="005A7205"/>
     <w:rsid w:val="005A7DE9"/>
     <w:rsid w:val="005A7F25"/>
     <w:rsid w:val="005B09FF"/>
     <w:rsid w:val="005B2144"/>
     <w:rsid w:val="005B6618"/>
     <w:rsid w:val="005B7721"/>
     <w:rsid w:val="005C0664"/>
     <w:rsid w:val="005C11C4"/>
     <w:rsid w:val="005C13D0"/>
     <w:rsid w:val="005C35B8"/>
     <w:rsid w:val="005C5232"/>
     <w:rsid w:val="005C694A"/>
+    <w:rsid w:val="005C6C36"/>
     <w:rsid w:val="005C7CFF"/>
     <w:rsid w:val="005D00DC"/>
     <w:rsid w:val="005D1AEA"/>
     <w:rsid w:val="005D2A9B"/>
     <w:rsid w:val="005D66EE"/>
     <w:rsid w:val="005E6D10"/>
     <w:rsid w:val="005F189E"/>
     <w:rsid w:val="005F1D51"/>
     <w:rsid w:val="005F45EC"/>
+    <w:rsid w:val="00600623"/>
     <w:rsid w:val="00600F93"/>
     <w:rsid w:val="00601155"/>
     <w:rsid w:val="0060246F"/>
     <w:rsid w:val="00607730"/>
     <w:rsid w:val="00613ED1"/>
     <w:rsid w:val="006155E1"/>
     <w:rsid w:val="006168A0"/>
     <w:rsid w:val="00617333"/>
     <w:rsid w:val="00617F4C"/>
     <w:rsid w:val="006219B8"/>
     <w:rsid w:val="006229F8"/>
     <w:rsid w:val="00623058"/>
     <w:rsid w:val="006241F4"/>
     <w:rsid w:val="00625055"/>
     <w:rsid w:val="0062747A"/>
     <w:rsid w:val="0063050F"/>
     <w:rsid w:val="00630C6A"/>
     <w:rsid w:val="00632204"/>
     <w:rsid w:val="00632CAB"/>
     <w:rsid w:val="00634BF3"/>
     <w:rsid w:val="006354C7"/>
     <w:rsid w:val="00635510"/>
     <w:rsid w:val="00635784"/>
     <w:rsid w:val="00635C0D"/>
     <w:rsid w:val="0064136E"/>
     <w:rsid w:val="006442D2"/>
     <w:rsid w:val="00646922"/>
     <w:rsid w:val="00651400"/>
     <w:rsid w:val="00655227"/>
     <w:rsid w:val="00655867"/>
     <w:rsid w:val="00656A4D"/>
     <w:rsid w:val="00657F70"/>
     <w:rsid w:val="006609D4"/>
+    <w:rsid w:val="006641A1"/>
     <w:rsid w:val="00665174"/>
     <w:rsid w:val="00665901"/>
     <w:rsid w:val="00666DB6"/>
     <w:rsid w:val="00667F78"/>
     <w:rsid w:val="00670A3A"/>
     <w:rsid w:val="006732BA"/>
     <w:rsid w:val="0067425E"/>
     <w:rsid w:val="00675EC0"/>
     <w:rsid w:val="006761CF"/>
     <w:rsid w:val="0068052A"/>
     <w:rsid w:val="006853B7"/>
     <w:rsid w:val="00687384"/>
     <w:rsid w:val="00692562"/>
     <w:rsid w:val="0069285C"/>
     <w:rsid w:val="006949AF"/>
     <w:rsid w:val="00696209"/>
     <w:rsid w:val="00697163"/>
     <w:rsid w:val="00697473"/>
     <w:rsid w:val="006A215F"/>
     <w:rsid w:val="006A2BB9"/>
     <w:rsid w:val="006A581A"/>
     <w:rsid w:val="006A7AA0"/>
     <w:rsid w:val="006A7AD6"/>
     <w:rsid w:val="006B19FE"/>
     <w:rsid w:val="006B4C53"/>
     <w:rsid w:val="006B59D1"/>
     <w:rsid w:val="006B636E"/>
     <w:rsid w:val="006C05CE"/>
+    <w:rsid w:val="006C085A"/>
     <w:rsid w:val="006C0ED3"/>
     <w:rsid w:val="006C2308"/>
     <w:rsid w:val="006C23E3"/>
     <w:rsid w:val="006C241E"/>
     <w:rsid w:val="006C5799"/>
     <w:rsid w:val="006C6425"/>
     <w:rsid w:val="006C7792"/>
     <w:rsid w:val="006D0BC7"/>
     <w:rsid w:val="006D1C8E"/>
     <w:rsid w:val="006D4E3C"/>
     <w:rsid w:val="006D5051"/>
     <w:rsid w:val="006E03CA"/>
     <w:rsid w:val="006E3425"/>
     <w:rsid w:val="006E39CA"/>
+    <w:rsid w:val="006E3E88"/>
     <w:rsid w:val="006E529E"/>
     <w:rsid w:val="006E62DC"/>
     <w:rsid w:val="006E6CDB"/>
     <w:rsid w:val="006E732C"/>
+    <w:rsid w:val="006F2533"/>
     <w:rsid w:val="006F2961"/>
     <w:rsid w:val="006F5255"/>
     <w:rsid w:val="006F5599"/>
     <w:rsid w:val="007001D4"/>
     <w:rsid w:val="00702AAA"/>
     <w:rsid w:val="0070345E"/>
     <w:rsid w:val="0070449F"/>
     <w:rsid w:val="00705320"/>
     <w:rsid w:val="0070629A"/>
     <w:rsid w:val="007062E9"/>
     <w:rsid w:val="00711185"/>
     <w:rsid w:val="007128CA"/>
     <w:rsid w:val="00713197"/>
     <w:rsid w:val="007159E2"/>
     <w:rsid w:val="00715CF0"/>
     <w:rsid w:val="0071609F"/>
     <w:rsid w:val="007179D5"/>
     <w:rsid w:val="00720AB0"/>
     <w:rsid w:val="00722363"/>
     <w:rsid w:val="00722A86"/>
     <w:rsid w:val="007232DE"/>
     <w:rsid w:val="00724A6E"/>
     <w:rsid w:val="00724AA2"/>
     <w:rsid w:val="00724AA8"/>
     <w:rsid w:val="00731F94"/>
     <w:rsid w:val="00733F04"/>
     <w:rsid w:val="00735C1E"/>
     <w:rsid w:val="00737BDD"/>
     <w:rsid w:val="00737CFA"/>
     <w:rsid w:val="00740250"/>
     <w:rsid w:val="0074228C"/>
     <w:rsid w:val="00742581"/>
     <w:rsid w:val="007441C0"/>
     <w:rsid w:val="00744A28"/>
     <w:rsid w:val="00745CA8"/>
     <w:rsid w:val="007522E1"/>
     <w:rsid w:val="00753CF4"/>
     <w:rsid w:val="00754D37"/>
     <w:rsid w:val="00755920"/>
     <w:rsid w:val="007561E6"/>
     <w:rsid w:val="00756FC1"/>
     <w:rsid w:val="0075733C"/>
     <w:rsid w:val="0076046B"/>
     <w:rsid w:val="00760635"/>
     <w:rsid w:val="00761D38"/>
     <w:rsid w:val="00761D84"/>
     <w:rsid w:val="0076342A"/>
+    <w:rsid w:val="007648DF"/>
     <w:rsid w:val="00764D7F"/>
     <w:rsid w:val="00765496"/>
     <w:rsid w:val="0076675E"/>
     <w:rsid w:val="007667FE"/>
     <w:rsid w:val="007719C5"/>
+    <w:rsid w:val="00771CFC"/>
     <w:rsid w:val="007721C7"/>
     <w:rsid w:val="00774ABD"/>
     <w:rsid w:val="007762C8"/>
     <w:rsid w:val="00786258"/>
     <w:rsid w:val="00791860"/>
     <w:rsid w:val="0079380B"/>
     <w:rsid w:val="00797E7E"/>
     <w:rsid w:val="007A2E64"/>
     <w:rsid w:val="007A3C44"/>
     <w:rsid w:val="007A45BC"/>
     <w:rsid w:val="007A483B"/>
     <w:rsid w:val="007A6E4F"/>
     <w:rsid w:val="007B0B5B"/>
     <w:rsid w:val="007B1080"/>
     <w:rsid w:val="007B2B66"/>
     <w:rsid w:val="007B2D06"/>
     <w:rsid w:val="007B2FA6"/>
     <w:rsid w:val="007B324F"/>
     <w:rsid w:val="007B327D"/>
     <w:rsid w:val="007B7D5D"/>
     <w:rsid w:val="007C08A2"/>
     <w:rsid w:val="007C4F7E"/>
     <w:rsid w:val="007C585E"/>
     <w:rsid w:val="007C732E"/>
     <w:rsid w:val="007D1CC4"/>
     <w:rsid w:val="007D2038"/>
     <w:rsid w:val="007D4661"/>
+    <w:rsid w:val="007D5B8B"/>
     <w:rsid w:val="007D6954"/>
     <w:rsid w:val="007D6E57"/>
     <w:rsid w:val="007D7530"/>
     <w:rsid w:val="007D764F"/>
     <w:rsid w:val="007E06E4"/>
     <w:rsid w:val="007E1074"/>
     <w:rsid w:val="007E31BE"/>
     <w:rsid w:val="007E3769"/>
     <w:rsid w:val="007E6849"/>
     <w:rsid w:val="007E7BFE"/>
     <w:rsid w:val="007E7FD1"/>
     <w:rsid w:val="007F3FB4"/>
     <w:rsid w:val="007F6EFF"/>
     <w:rsid w:val="007F7ED2"/>
     <w:rsid w:val="0080022E"/>
     <w:rsid w:val="0080185B"/>
     <w:rsid w:val="008022C4"/>
     <w:rsid w:val="0080389B"/>
     <w:rsid w:val="008042A6"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="0081262F"/>
     <w:rsid w:val="00813326"/>
     <w:rsid w:val="00814464"/>
     <w:rsid w:val="00814790"/>
     <w:rsid w:val="00815A7F"/>
     <w:rsid w:val="00820967"/>
     <w:rsid w:val="00821F2E"/>
     <w:rsid w:val="00823EB3"/>
     <w:rsid w:val="00824252"/>
     <w:rsid w:val="008341AF"/>
     <w:rsid w:val="00835E4F"/>
     <w:rsid w:val="0083648D"/>
     <w:rsid w:val="00837BB3"/>
     <w:rsid w:val="00842DCF"/>
     <w:rsid w:val="00843C6D"/>
+    <w:rsid w:val="0084454D"/>
     <w:rsid w:val="00846896"/>
     <w:rsid w:val="0084755C"/>
     <w:rsid w:val="008505FC"/>
     <w:rsid w:val="008516BC"/>
     <w:rsid w:val="008579D3"/>
     <w:rsid w:val="00857CF1"/>
     <w:rsid w:val="00860A5F"/>
     <w:rsid w:val="00860F68"/>
     <w:rsid w:val="00863082"/>
     <w:rsid w:val="00864563"/>
     <w:rsid w:val="008657FB"/>
     <w:rsid w:val="00870CBA"/>
     <w:rsid w:val="00871544"/>
     <w:rsid w:val="00871CA3"/>
     <w:rsid w:val="0087376E"/>
     <w:rsid w:val="00874190"/>
     <w:rsid w:val="0087481C"/>
     <w:rsid w:val="00876383"/>
     <w:rsid w:val="00876C5C"/>
     <w:rsid w:val="00881874"/>
     <w:rsid w:val="00881C14"/>
     <w:rsid w:val="008907AD"/>
     <w:rsid w:val="00890873"/>
     <w:rsid w:val="0089321E"/>
     <w:rsid w:val="00893B2B"/>
     <w:rsid w:val="008947E6"/>
     <w:rsid w:val="00897F25"/>
     <w:rsid w:val="008A1EFD"/>
     <w:rsid w:val="008A1FFE"/>
     <w:rsid w:val="008A7B46"/>
     <w:rsid w:val="008B0ECF"/>
     <w:rsid w:val="008B1472"/>
     <w:rsid w:val="008B1DE7"/>
     <w:rsid w:val="008B216F"/>
     <w:rsid w:val="008B2980"/>
     <w:rsid w:val="008B611D"/>
     <w:rsid w:val="008B6C80"/>
     <w:rsid w:val="008C3ECC"/>
     <w:rsid w:val="008C5679"/>
     <w:rsid w:val="008D1BAB"/>
     <w:rsid w:val="008D1CB1"/>
     <w:rsid w:val="008D24CC"/>
     <w:rsid w:val="008D3069"/>
     <w:rsid w:val="008D75C5"/>
     <w:rsid w:val="008E12D7"/>
     <w:rsid w:val="008E1E93"/>
     <w:rsid w:val="008E3094"/>
     <w:rsid w:val="008E6A91"/>
     <w:rsid w:val="008E6D4C"/>
+    <w:rsid w:val="008F4A42"/>
     <w:rsid w:val="008F6726"/>
     <w:rsid w:val="008F75BB"/>
     <w:rsid w:val="0090266A"/>
     <w:rsid w:val="00902E78"/>
     <w:rsid w:val="0090513B"/>
     <w:rsid w:val="009052BF"/>
     <w:rsid w:val="0090664D"/>
     <w:rsid w:val="00907832"/>
     <w:rsid w:val="00910369"/>
     <w:rsid w:val="009118E9"/>
     <w:rsid w:val="00913A46"/>
     <w:rsid w:val="00913FF0"/>
     <w:rsid w:val="009158FE"/>
     <w:rsid w:val="00916169"/>
     <w:rsid w:val="00916528"/>
     <w:rsid w:val="0092124A"/>
     <w:rsid w:val="00922AEC"/>
     <w:rsid w:val="00924D84"/>
     <w:rsid w:val="00925AFA"/>
     <w:rsid w:val="00926F03"/>
     <w:rsid w:val="0093062E"/>
     <w:rsid w:val="00930892"/>
     <w:rsid w:val="009373F3"/>
     <w:rsid w:val="009426A1"/>
     <w:rsid w:val="00942BD2"/>
     <w:rsid w:val="0094393F"/>
     <w:rsid w:val="009465F6"/>
     <w:rsid w:val="0095482A"/>
     <w:rsid w:val="00954A43"/>
     <w:rsid w:val="0095594F"/>
     <w:rsid w:val="00955D68"/>
     <w:rsid w:val="0096067A"/>
     <w:rsid w:val="00961438"/>
+    <w:rsid w:val="00961786"/>
     <w:rsid w:val="0096511E"/>
     <w:rsid w:val="00966135"/>
     <w:rsid w:val="009662B8"/>
     <w:rsid w:val="00966E1D"/>
     <w:rsid w:val="00974C9B"/>
     <w:rsid w:val="0098478D"/>
     <w:rsid w:val="00984D51"/>
     <w:rsid w:val="009867C9"/>
     <w:rsid w:val="00987E42"/>
     <w:rsid w:val="00990801"/>
     <w:rsid w:val="00993A02"/>
     <w:rsid w:val="00995435"/>
     <w:rsid w:val="0099654B"/>
     <w:rsid w:val="00997592"/>
     <w:rsid w:val="00997954"/>
     <w:rsid w:val="009A13C5"/>
     <w:rsid w:val="009A1C17"/>
     <w:rsid w:val="009A2955"/>
     <w:rsid w:val="009A32A2"/>
     <w:rsid w:val="009A37F4"/>
+    <w:rsid w:val="009A4F18"/>
     <w:rsid w:val="009A7801"/>
+    <w:rsid w:val="009A7F03"/>
     <w:rsid w:val="009B1B4F"/>
     <w:rsid w:val="009B433E"/>
     <w:rsid w:val="009B68F4"/>
     <w:rsid w:val="009B6F5F"/>
     <w:rsid w:val="009B7B98"/>
     <w:rsid w:val="009C1EB8"/>
     <w:rsid w:val="009C4120"/>
     <w:rsid w:val="009C49D8"/>
     <w:rsid w:val="009C725E"/>
     <w:rsid w:val="009D4613"/>
     <w:rsid w:val="009D61FC"/>
     <w:rsid w:val="009E1AAF"/>
     <w:rsid w:val="009E43CC"/>
     <w:rsid w:val="009E451F"/>
     <w:rsid w:val="009E4A7D"/>
     <w:rsid w:val="009E5D6B"/>
     <w:rsid w:val="009E6E77"/>
     <w:rsid w:val="009F0B04"/>
     <w:rsid w:val="009F1394"/>
     <w:rsid w:val="009F4660"/>
     <w:rsid w:val="009F4F77"/>
     <w:rsid w:val="009F594C"/>
+    <w:rsid w:val="009F63A0"/>
     <w:rsid w:val="009F6B4D"/>
     <w:rsid w:val="009F6D84"/>
     <w:rsid w:val="009F7706"/>
     <w:rsid w:val="00A001D4"/>
     <w:rsid w:val="00A008EF"/>
     <w:rsid w:val="00A00F9C"/>
     <w:rsid w:val="00A03A23"/>
     <w:rsid w:val="00A04A43"/>
     <w:rsid w:val="00A04E69"/>
     <w:rsid w:val="00A06F28"/>
     <w:rsid w:val="00A115FF"/>
     <w:rsid w:val="00A1199C"/>
     <w:rsid w:val="00A139D0"/>
     <w:rsid w:val="00A13DF1"/>
     <w:rsid w:val="00A1446A"/>
     <w:rsid w:val="00A15300"/>
     <w:rsid w:val="00A1708E"/>
+    <w:rsid w:val="00A17B82"/>
     <w:rsid w:val="00A207DE"/>
     <w:rsid w:val="00A20E78"/>
     <w:rsid w:val="00A22B12"/>
     <w:rsid w:val="00A231E1"/>
     <w:rsid w:val="00A24DF4"/>
     <w:rsid w:val="00A3011B"/>
+    <w:rsid w:val="00A32620"/>
     <w:rsid w:val="00A348C5"/>
     <w:rsid w:val="00A35B8D"/>
     <w:rsid w:val="00A42E3A"/>
     <w:rsid w:val="00A42FA6"/>
     <w:rsid w:val="00A446D7"/>
     <w:rsid w:val="00A4570D"/>
     <w:rsid w:val="00A54F78"/>
     <w:rsid w:val="00A5560D"/>
     <w:rsid w:val="00A5751D"/>
     <w:rsid w:val="00A61030"/>
     <w:rsid w:val="00A62698"/>
     <w:rsid w:val="00A63815"/>
     <w:rsid w:val="00A67718"/>
     <w:rsid w:val="00A71EA5"/>
     <w:rsid w:val="00A72940"/>
     <w:rsid w:val="00A73247"/>
     <w:rsid w:val="00A7358C"/>
     <w:rsid w:val="00A75828"/>
     <w:rsid w:val="00A762A3"/>
     <w:rsid w:val="00A7736A"/>
     <w:rsid w:val="00A825EF"/>
     <w:rsid w:val="00A837E0"/>
     <w:rsid w:val="00A8532A"/>
     <w:rsid w:val="00A928C3"/>
     <w:rsid w:val="00A92BAF"/>
     <w:rsid w:val="00A9445B"/>
     <w:rsid w:val="00A97FB9"/>
+    <w:rsid w:val="00AA3455"/>
     <w:rsid w:val="00AA5714"/>
     <w:rsid w:val="00AA5E42"/>
     <w:rsid w:val="00AA7AB6"/>
     <w:rsid w:val="00AB095E"/>
     <w:rsid w:val="00AB2A29"/>
     <w:rsid w:val="00AB580F"/>
     <w:rsid w:val="00AB594F"/>
     <w:rsid w:val="00AB6212"/>
     <w:rsid w:val="00AB6C63"/>
     <w:rsid w:val="00AC09F9"/>
     <w:rsid w:val="00AC1BB1"/>
     <w:rsid w:val="00AC216A"/>
     <w:rsid w:val="00AC5508"/>
     <w:rsid w:val="00AC68E6"/>
     <w:rsid w:val="00AC7DD6"/>
     <w:rsid w:val="00AD138D"/>
     <w:rsid w:val="00AD1539"/>
     <w:rsid w:val="00AD17A7"/>
     <w:rsid w:val="00AD37D6"/>
     <w:rsid w:val="00AD5107"/>
     <w:rsid w:val="00AD5262"/>
     <w:rsid w:val="00AE07E6"/>
     <w:rsid w:val="00AE140C"/>
     <w:rsid w:val="00AE3E39"/>
     <w:rsid w:val="00AE63B9"/>
     <w:rsid w:val="00AE641B"/>
     <w:rsid w:val="00AF22A8"/>
     <w:rsid w:val="00AF45F7"/>
     <w:rsid w:val="00AF60B2"/>
+    <w:rsid w:val="00AF64FD"/>
     <w:rsid w:val="00B067C8"/>
     <w:rsid w:val="00B071D7"/>
     <w:rsid w:val="00B07302"/>
     <w:rsid w:val="00B134EA"/>
     <w:rsid w:val="00B13B0B"/>
     <w:rsid w:val="00B20686"/>
     <w:rsid w:val="00B21849"/>
     <w:rsid w:val="00B24CEB"/>
     <w:rsid w:val="00B255EE"/>
     <w:rsid w:val="00B27841"/>
     <w:rsid w:val="00B27CA1"/>
     <w:rsid w:val="00B30888"/>
     <w:rsid w:val="00B30AAB"/>
     <w:rsid w:val="00B32830"/>
     <w:rsid w:val="00B34543"/>
     <w:rsid w:val="00B40F1D"/>
     <w:rsid w:val="00B4581E"/>
     <w:rsid w:val="00B4753D"/>
     <w:rsid w:val="00B511C7"/>
     <w:rsid w:val="00B5285F"/>
     <w:rsid w:val="00B56196"/>
     <w:rsid w:val="00B60C34"/>
     <w:rsid w:val="00B612FC"/>
     <w:rsid w:val="00B63066"/>
     <w:rsid w:val="00B63370"/>
     <w:rsid w:val="00B64B83"/>
     <w:rsid w:val="00B65DBA"/>
     <w:rsid w:val="00B66001"/>
     <w:rsid w:val="00B6635C"/>
     <w:rsid w:val="00B665F7"/>
     <w:rsid w:val="00B66EC4"/>
     <w:rsid w:val="00B67FD7"/>
     <w:rsid w:val="00B70EDD"/>
     <w:rsid w:val="00B74C25"/>
     <w:rsid w:val="00B751B6"/>
     <w:rsid w:val="00B75A10"/>
     <w:rsid w:val="00B76A87"/>
     <w:rsid w:val="00B81BC7"/>
     <w:rsid w:val="00B83733"/>
     <w:rsid w:val="00B838F5"/>
+    <w:rsid w:val="00B86C53"/>
     <w:rsid w:val="00B91ECF"/>
+    <w:rsid w:val="00B94F79"/>
     <w:rsid w:val="00B95173"/>
     <w:rsid w:val="00BA235C"/>
     <w:rsid w:val="00BA2A5F"/>
     <w:rsid w:val="00BA2DED"/>
     <w:rsid w:val="00BA463C"/>
+    <w:rsid w:val="00BA5141"/>
     <w:rsid w:val="00BA55F4"/>
     <w:rsid w:val="00BA660E"/>
     <w:rsid w:val="00BA6A76"/>
     <w:rsid w:val="00BA78D2"/>
     <w:rsid w:val="00BB0048"/>
     <w:rsid w:val="00BB0E8B"/>
     <w:rsid w:val="00BB1A21"/>
     <w:rsid w:val="00BB34D3"/>
     <w:rsid w:val="00BB4026"/>
     <w:rsid w:val="00BB41DE"/>
     <w:rsid w:val="00BC2ACB"/>
     <w:rsid w:val="00BC2AED"/>
     <w:rsid w:val="00BC30A6"/>
     <w:rsid w:val="00BC30A7"/>
     <w:rsid w:val="00BC7C55"/>
     <w:rsid w:val="00BD197F"/>
     <w:rsid w:val="00BD356D"/>
     <w:rsid w:val="00BD429B"/>
     <w:rsid w:val="00BD55B9"/>
     <w:rsid w:val="00BD5941"/>
     <w:rsid w:val="00BD5BEC"/>
     <w:rsid w:val="00BD6343"/>
     <w:rsid w:val="00BE238B"/>
     <w:rsid w:val="00BE2B58"/>
     <w:rsid w:val="00BE2FB4"/>
     <w:rsid w:val="00BE358C"/>
     <w:rsid w:val="00BE6016"/>
     <w:rsid w:val="00BE73A4"/>
     <w:rsid w:val="00BE7AC2"/>
     <w:rsid w:val="00BF090B"/>
     <w:rsid w:val="00BF1635"/>
+    <w:rsid w:val="00BF1AE4"/>
     <w:rsid w:val="00BF1CBE"/>
     <w:rsid w:val="00BF2089"/>
     <w:rsid w:val="00BF21B4"/>
     <w:rsid w:val="00BF2574"/>
     <w:rsid w:val="00BF5A61"/>
     <w:rsid w:val="00BF6808"/>
     <w:rsid w:val="00BF7511"/>
     <w:rsid w:val="00C02268"/>
     <w:rsid w:val="00C0444D"/>
     <w:rsid w:val="00C056B4"/>
     <w:rsid w:val="00C07362"/>
     <w:rsid w:val="00C106D9"/>
     <w:rsid w:val="00C11527"/>
     <w:rsid w:val="00C128AB"/>
     <w:rsid w:val="00C12C04"/>
     <w:rsid w:val="00C1763D"/>
     <w:rsid w:val="00C20C7D"/>
     <w:rsid w:val="00C22C78"/>
     <w:rsid w:val="00C242EC"/>
     <w:rsid w:val="00C246F5"/>
     <w:rsid w:val="00C32B80"/>
     <w:rsid w:val="00C35060"/>
     <w:rsid w:val="00C358C9"/>
     <w:rsid w:val="00C35E74"/>
     <w:rsid w:val="00C36CA0"/>
     <w:rsid w:val="00C42FAE"/>
     <w:rsid w:val="00C45D1F"/>
     <w:rsid w:val="00C50767"/>
     <w:rsid w:val="00C5244F"/>
     <w:rsid w:val="00C560A6"/>
     <w:rsid w:val="00C563E3"/>
     <w:rsid w:val="00C57274"/>
     <w:rsid w:val="00C57B24"/>
     <w:rsid w:val="00C57C0B"/>
     <w:rsid w:val="00C6386E"/>
     <w:rsid w:val="00C646CD"/>
     <w:rsid w:val="00C6496E"/>
     <w:rsid w:val="00C64EA8"/>
     <w:rsid w:val="00C64F64"/>
     <w:rsid w:val="00C66614"/>
     <w:rsid w:val="00C70DD3"/>
     <w:rsid w:val="00C71728"/>
     <w:rsid w:val="00C729F0"/>
+    <w:rsid w:val="00C75607"/>
     <w:rsid w:val="00C75749"/>
     <w:rsid w:val="00C764EE"/>
     <w:rsid w:val="00C771C2"/>
     <w:rsid w:val="00C77B45"/>
     <w:rsid w:val="00C77F10"/>
     <w:rsid w:val="00C808C1"/>
     <w:rsid w:val="00C815F2"/>
     <w:rsid w:val="00C81626"/>
     <w:rsid w:val="00C81C20"/>
     <w:rsid w:val="00C82E03"/>
     <w:rsid w:val="00C862D9"/>
     <w:rsid w:val="00C8681C"/>
     <w:rsid w:val="00C90CAD"/>
     <w:rsid w:val="00C91A78"/>
     <w:rsid w:val="00C9726F"/>
     <w:rsid w:val="00C97BC5"/>
     <w:rsid w:val="00CA283F"/>
     <w:rsid w:val="00CA296D"/>
     <w:rsid w:val="00CA3A88"/>
     <w:rsid w:val="00CA4F41"/>
     <w:rsid w:val="00CA5013"/>
     <w:rsid w:val="00CA6C00"/>
     <w:rsid w:val="00CA73E1"/>
     <w:rsid w:val="00CB1523"/>
     <w:rsid w:val="00CB3240"/>
     <w:rsid w:val="00CB4B2D"/>
     <w:rsid w:val="00CB529B"/>
     <w:rsid w:val="00CC34FE"/>
     <w:rsid w:val="00CC564D"/>
+    <w:rsid w:val="00CC5A81"/>
     <w:rsid w:val="00CC66AC"/>
     <w:rsid w:val="00CD393A"/>
     <w:rsid w:val="00CD457B"/>
     <w:rsid w:val="00CD4E70"/>
+    <w:rsid w:val="00CD4FF1"/>
     <w:rsid w:val="00CD53E0"/>
     <w:rsid w:val="00CD726F"/>
     <w:rsid w:val="00CE3193"/>
     <w:rsid w:val="00CE31FA"/>
     <w:rsid w:val="00CE3A0C"/>
     <w:rsid w:val="00CE54A1"/>
     <w:rsid w:val="00CE5A37"/>
     <w:rsid w:val="00CF00D5"/>
     <w:rsid w:val="00CF01EB"/>
+    <w:rsid w:val="00D01844"/>
     <w:rsid w:val="00D02239"/>
     <w:rsid w:val="00D0489A"/>
     <w:rsid w:val="00D0604E"/>
     <w:rsid w:val="00D1018D"/>
     <w:rsid w:val="00D10266"/>
     <w:rsid w:val="00D11C16"/>
+    <w:rsid w:val="00D12E6C"/>
     <w:rsid w:val="00D15A74"/>
     <w:rsid w:val="00D16D45"/>
     <w:rsid w:val="00D214A0"/>
     <w:rsid w:val="00D224F1"/>
     <w:rsid w:val="00D23192"/>
     <w:rsid w:val="00D24000"/>
     <w:rsid w:val="00D24489"/>
     <w:rsid w:val="00D24EF0"/>
     <w:rsid w:val="00D27051"/>
     <w:rsid w:val="00D3207D"/>
     <w:rsid w:val="00D32081"/>
     <w:rsid w:val="00D334B3"/>
     <w:rsid w:val="00D3398E"/>
     <w:rsid w:val="00D362E3"/>
     <w:rsid w:val="00D403F8"/>
     <w:rsid w:val="00D44B25"/>
     <w:rsid w:val="00D4734E"/>
     <w:rsid w:val="00D5194D"/>
     <w:rsid w:val="00D52B02"/>
     <w:rsid w:val="00D53354"/>
     <w:rsid w:val="00D54123"/>
     <w:rsid w:val="00D544E3"/>
     <w:rsid w:val="00D54FAA"/>
     <w:rsid w:val="00D56308"/>
     <w:rsid w:val="00D57773"/>
     <w:rsid w:val="00D57B34"/>
     <w:rsid w:val="00D608F0"/>
     <w:rsid w:val="00D60BBD"/>
     <w:rsid w:val="00D64C39"/>
     <w:rsid w:val="00D71484"/>
     <w:rsid w:val="00D73504"/>
     <w:rsid w:val="00D73EF0"/>
     <w:rsid w:val="00D759E0"/>
     <w:rsid w:val="00D76F25"/>
     <w:rsid w:val="00D77404"/>
     <w:rsid w:val="00D7766F"/>
     <w:rsid w:val="00D85B87"/>
     <w:rsid w:val="00D87C82"/>
     <w:rsid w:val="00D9056B"/>
     <w:rsid w:val="00D91276"/>
     <w:rsid w:val="00D915C0"/>
     <w:rsid w:val="00D923CA"/>
     <w:rsid w:val="00DA0082"/>
     <w:rsid w:val="00DA27EE"/>
     <w:rsid w:val="00DA2AAD"/>
     <w:rsid w:val="00DA2B1E"/>
     <w:rsid w:val="00DA445A"/>
+    <w:rsid w:val="00DA50C9"/>
     <w:rsid w:val="00DA677F"/>
     <w:rsid w:val="00DA6A20"/>
     <w:rsid w:val="00DA7C3E"/>
     <w:rsid w:val="00DB15A5"/>
     <w:rsid w:val="00DB51B4"/>
     <w:rsid w:val="00DB67C2"/>
     <w:rsid w:val="00DB698D"/>
     <w:rsid w:val="00DB6E6E"/>
     <w:rsid w:val="00DB7A24"/>
     <w:rsid w:val="00DC08E4"/>
     <w:rsid w:val="00DC1206"/>
     <w:rsid w:val="00DC26C5"/>
     <w:rsid w:val="00DC40CC"/>
     <w:rsid w:val="00DC4557"/>
     <w:rsid w:val="00DC49F0"/>
     <w:rsid w:val="00DC6017"/>
     <w:rsid w:val="00DC6C93"/>
     <w:rsid w:val="00DD133D"/>
     <w:rsid w:val="00DD188A"/>
     <w:rsid w:val="00DD3501"/>
     <w:rsid w:val="00DD6B04"/>
     <w:rsid w:val="00DD7492"/>
     <w:rsid w:val="00DD75F3"/>
     <w:rsid w:val="00DE27C3"/>
     <w:rsid w:val="00DE3681"/>
     <w:rsid w:val="00DE40C8"/>
     <w:rsid w:val="00DE58ED"/>
     <w:rsid w:val="00DE67B7"/>
     <w:rsid w:val="00DE67EA"/>
     <w:rsid w:val="00DF0866"/>
     <w:rsid w:val="00DF0D6B"/>
+    <w:rsid w:val="00DF7989"/>
     <w:rsid w:val="00DF7CE6"/>
     <w:rsid w:val="00E01AC7"/>
     <w:rsid w:val="00E02182"/>
     <w:rsid w:val="00E10254"/>
     <w:rsid w:val="00E11271"/>
     <w:rsid w:val="00E136C7"/>
     <w:rsid w:val="00E13C09"/>
+    <w:rsid w:val="00E1566B"/>
     <w:rsid w:val="00E16C4A"/>
     <w:rsid w:val="00E17A82"/>
     <w:rsid w:val="00E20681"/>
     <w:rsid w:val="00E2097F"/>
     <w:rsid w:val="00E2110D"/>
     <w:rsid w:val="00E221CA"/>
     <w:rsid w:val="00E2301A"/>
     <w:rsid w:val="00E258E0"/>
     <w:rsid w:val="00E25E05"/>
     <w:rsid w:val="00E27E6B"/>
     <w:rsid w:val="00E30095"/>
     <w:rsid w:val="00E3119F"/>
     <w:rsid w:val="00E35D9B"/>
     <w:rsid w:val="00E36F22"/>
     <w:rsid w:val="00E464BE"/>
     <w:rsid w:val="00E51369"/>
     <w:rsid w:val="00E517F2"/>
     <w:rsid w:val="00E518B6"/>
     <w:rsid w:val="00E53C67"/>
     <w:rsid w:val="00E54BD5"/>
     <w:rsid w:val="00E56507"/>
     <w:rsid w:val="00E577B3"/>
     <w:rsid w:val="00E615F3"/>
     <w:rsid w:val="00E6271A"/>
     <w:rsid w:val="00E62C52"/>
@@ -10599,138 +10243,144 @@
     <w:rsid w:val="00E93328"/>
     <w:rsid w:val="00E962C9"/>
     <w:rsid w:val="00E96339"/>
     <w:rsid w:val="00E97BA4"/>
     <w:rsid w:val="00E97C2F"/>
     <w:rsid w:val="00E97CA5"/>
     <w:rsid w:val="00EA2109"/>
     <w:rsid w:val="00EA3CF9"/>
     <w:rsid w:val="00EA5AC2"/>
     <w:rsid w:val="00EA6177"/>
     <w:rsid w:val="00EA7D81"/>
     <w:rsid w:val="00EB0F74"/>
     <w:rsid w:val="00EB3589"/>
     <w:rsid w:val="00EB4AE8"/>
     <w:rsid w:val="00EB6969"/>
     <w:rsid w:val="00EC60F6"/>
     <w:rsid w:val="00EC62A9"/>
     <w:rsid w:val="00EC68B3"/>
     <w:rsid w:val="00ED061B"/>
     <w:rsid w:val="00ED1375"/>
     <w:rsid w:val="00ED2BF3"/>
     <w:rsid w:val="00ED445B"/>
     <w:rsid w:val="00ED4ABF"/>
     <w:rsid w:val="00ED5346"/>
     <w:rsid w:val="00ED59F9"/>
+    <w:rsid w:val="00EE08D5"/>
     <w:rsid w:val="00EE17BB"/>
     <w:rsid w:val="00EE2099"/>
     <w:rsid w:val="00EE2BE1"/>
     <w:rsid w:val="00EE6B9F"/>
     <w:rsid w:val="00EE70CF"/>
     <w:rsid w:val="00EF31FC"/>
     <w:rsid w:val="00EF55C3"/>
     <w:rsid w:val="00F000F6"/>
     <w:rsid w:val="00F00787"/>
+    <w:rsid w:val="00F02246"/>
     <w:rsid w:val="00F02380"/>
     <w:rsid w:val="00F05EDF"/>
     <w:rsid w:val="00F06013"/>
     <w:rsid w:val="00F07FB2"/>
     <w:rsid w:val="00F122B2"/>
+    <w:rsid w:val="00F16380"/>
     <w:rsid w:val="00F24035"/>
     <w:rsid w:val="00F24854"/>
     <w:rsid w:val="00F2643A"/>
     <w:rsid w:val="00F27A5C"/>
     <w:rsid w:val="00F319C3"/>
     <w:rsid w:val="00F32003"/>
     <w:rsid w:val="00F32945"/>
     <w:rsid w:val="00F33779"/>
+    <w:rsid w:val="00F415BD"/>
     <w:rsid w:val="00F43B28"/>
     <w:rsid w:val="00F445E0"/>
     <w:rsid w:val="00F44DE0"/>
     <w:rsid w:val="00F456DF"/>
     <w:rsid w:val="00F47892"/>
     <w:rsid w:val="00F47948"/>
     <w:rsid w:val="00F47FCB"/>
     <w:rsid w:val="00F5244D"/>
     <w:rsid w:val="00F53849"/>
     <w:rsid w:val="00F56A48"/>
     <w:rsid w:val="00F65E5D"/>
     <w:rsid w:val="00F66900"/>
     <w:rsid w:val="00F66EE6"/>
     <w:rsid w:val="00F70ED6"/>
     <w:rsid w:val="00F72341"/>
     <w:rsid w:val="00F7242A"/>
     <w:rsid w:val="00F76087"/>
     <w:rsid w:val="00F761BE"/>
     <w:rsid w:val="00F7685B"/>
     <w:rsid w:val="00F7751A"/>
     <w:rsid w:val="00F777B2"/>
+    <w:rsid w:val="00F80D5A"/>
     <w:rsid w:val="00F822B6"/>
     <w:rsid w:val="00F8308C"/>
     <w:rsid w:val="00F83B7C"/>
     <w:rsid w:val="00F84BA2"/>
     <w:rsid w:val="00F8549E"/>
     <w:rsid w:val="00F916F3"/>
     <w:rsid w:val="00F9288A"/>
     <w:rsid w:val="00F938F8"/>
     <w:rsid w:val="00F9457A"/>
     <w:rsid w:val="00F94A55"/>
     <w:rsid w:val="00F9633B"/>
     <w:rsid w:val="00F97C1B"/>
     <w:rsid w:val="00FA006A"/>
     <w:rsid w:val="00FA3E86"/>
     <w:rsid w:val="00FA618B"/>
     <w:rsid w:val="00FB0F60"/>
     <w:rsid w:val="00FB6B65"/>
     <w:rsid w:val="00FC072E"/>
     <w:rsid w:val="00FC1753"/>
     <w:rsid w:val="00FC3657"/>
     <w:rsid w:val="00FC3FF7"/>
     <w:rsid w:val="00FD38A3"/>
     <w:rsid w:val="00FD3B02"/>
     <w:rsid w:val="00FD4A97"/>
+    <w:rsid w:val="00FD52AA"/>
     <w:rsid w:val="00FD66DD"/>
     <w:rsid w:val="00FD70BC"/>
     <w:rsid w:val="00FD7520"/>
     <w:rsid w:val="00FD78E1"/>
     <w:rsid w:val="00FE33B2"/>
     <w:rsid w:val="00FF2207"/>
     <w:rsid w:val="00FF354C"/>
     <w:rsid w:val="00FF3915"/>
     <w:rsid w:val="00FF4CAC"/>
     <w:rsid w:val="00FF4F76"/>
     <w:rsid w:val="00FF6424"/>
     <w:rsid w:val="00FF6D0C"/>
     <w:rsid w:val="00FF70D3"/>
     <w:rsid w:val="00FF7D5E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="328D7ECC"/>
+  <w14:docId w14:val="4AEE3BC6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E6D8B523-3024-43A5-A1E6-1ECF6B8FD4FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11075,50 +10725,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C764EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD197F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -11573,60 +11227,70 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DD75F3"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="00DC4557"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
+    <w:name w:val="Unresolved Mention2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00397B73"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/esco/portal/occupation" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/133536-publisko-iepirkumu-likums" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/esco/portal/occupation" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/ta/id/133536-publisko-iepirkumu-likums" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.viis.gov.lv" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11896,50 +11560,54 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100385BFBF87896214B9C4D01EAA747C93C" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f96ba53e2e339d4f0c333e9442add6c6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c378985b-df90-45bd-bb96-a7893d9f901f" xmlns:ns3="1a64a90a-d99c-4130-ba30-10c4724e7bc9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a03a883dd4d1bdc0e0b61b3f1213b1c" ns2:_="" ns3:_="">
     <xsd:import namespace="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns2:IsSysUpdate" minOccurs="0"/>
                 <xsd:element ref="ns3:Sagatavotajs" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c378985b-df90-45bd-bb96-a7893d9f901f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -12066,181 +11734,177 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>RelatedItemsNewEditForm</Edit>
   <New>RelatedItemsNewEditForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">2152</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId>1516</AccountId>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
     <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2082C29D-5F6F-4740-8C21-0630092A56F0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE8C7CA7-B610-4AE1-B801-FEED4920E16F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F124DFA-AD79-41AF-96DA-F8CAB4F0259E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FFF0AE9-BD2A-424E-90F8-8249F1CCCF9A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD89C4F1-D11B-47E2-B21E-CE153BFA9A93}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3E4AE6F-465D-4841-BF78-5ED21C1BE56A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>9621</Words>
-  <Characters>5484</Characters>
+  <Words>8819</Words>
+  <Characters>5027</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15075</CharactersWithSpaces>
+  <CharactersWithSpaces>13819</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Solveiga Rozite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>
 </Properties>
 </file>