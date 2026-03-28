--- v0 (2025-10-10)
+++ v1 (2026-03-28)
@@ -1,79 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item5.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 24.7.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.7.0 -->
   <w:body>
     <w:p w:rsidR="00186AD5" w:rsidRPr="00D76703" w:rsidP="00BA7A8D" w14:paraId="34D1477A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00BA7A8D" w:rsidRPr="00D76703" w:rsidP="00CE585C" w14:paraId="5BAFF061" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="00D76703" w:rsidP="00DB64A8" w14:paraId="07A5AA02" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76703">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Traktortehnikas vadītāju apmācīb</w:t>
@@ -137,64 +137,64 @@
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Traktortehnikas vadītāju apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001D5A9E">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> īstenošanas nosacījumi (turpmāk – Nosacījumi) nosaka kārtību, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00366FCB">
         <w:t xml:space="preserve">kādā tiek īstenota </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>traktortehnikas vadītāju apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FE0C3F">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00366FCB">
         <w:t xml:space="preserve"> (turpmāk – Apmācība) </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk109209156"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk109209156"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00B61499">
         <w:t xml:space="preserve">personām, kurām ir piešķirts bezdarbnieka vai darba meklētāja statuss </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t xml:space="preserve">(turpmāk – </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00366FCB">
         <w:t>klientiem</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0005075A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="3572BCCF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Komersants vai izglītības iestāde (turpmāk – Izglītības iestāde) īsteno Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001D5A9E">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> atbilstoši šādiem normatīvajiem aktiem:</w:t>
@@ -388,106 +388,187 @@
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Ministru kabineta 2011.gada 6.decembra noteikumi Nr.940 ”Noteikumi par veselības pārbaudēm transportlīdzekļu vadītājiem un personām, kuras vēlas iegūt transportlīdzekļu vadītāju kvalifikāciju, kā arī par pirmstermiņa veselības pārbaudes izdevumu segšanas kārtību”;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="00193583" w14:paraId="29A84598" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Ministru kabineta 2018.gada 17.aprīļa noteikumi Nr.225 “Valsts tehniskās uzraudzības aģentūras maksas pakalpojumu cenrādis”;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A20066" w:rsidRPr="0005075A" w:rsidP="002616AF" w14:paraId="09F82B9F" w14:textId="0855B259">
+    <w:p w:rsidR="00A20066" w:rsidP="002616AF" w14:paraId="09F82B9F" w14:textId="4D6D2B01">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
-        <w:t>Ministru kabineta 2012.gada 14.augusta noteikumiem Nr.557 ”Noteikumi par apmācību pirmās palīdzības sniegšanā";</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t xml:space="preserve">Ministru </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E">
+        <w:t>kabineta 2012.gada 14.augusta noteikumiem Nr.557 ”Noteikumi par apmācību pirmās palīdzības sniegšanā";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0084176C" w:rsidRPr="006C563D" w:rsidP="0084176C" w14:paraId="21C40443" w14:textId="77777777">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="00193583" w14:paraId="46AE89A4" w14:textId="77777777">
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006654FA">
+        <w:t>Ministru kabineta 2023.gada 20.jūnija noteikumi Nr. 323 „Eiropas Savienības Atveseļošanas un noturības mehānisma plāna 3.1. reformu un investīciju virziena “Reģionālā politika” 3.1.2. reformas “Sociālo un nodarbinātības pakalpojumu pieejamība minimālo ienākumu reformas atbalstam” 3.1.2.5.i. investīcijas “Bezdarbnieku, darba meklētāju un bezdarba riskam pakļauto iedzīvotāju iesaiste darba tirgū” īstenošanas un uzraudzības noteikumi”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A20066" w:rsidRPr="005E2C4E" w:rsidP="00A20066" w14:paraId="10AE384C" w14:textId="376917F5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2C4E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E" w:rsidR="005E2C4E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.gada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E" w:rsidR="00783CCD">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E" w:rsidR="005E2C4E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.decembra</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC74E6">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikumi Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E" w:rsidR="005E2C4E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>846</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E" w:rsidR="00783CCD">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E" w:rsidR="005E2C4E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>“Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 4.3.3. specifiskā atbalsta mērķa "Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sevišķi, īstenojot Garantiju jauniešiem –, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļuvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot pašnodarbinātību un sociālo ekonomiku" 4.3.3.1. pasākuma "Bezdarbnieku, darba meklētāju un bezdarba riskam pakļauto personu kvalifikācijas un prasmju paaugstināšana" īstenošanas noteikumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2C4E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0007205E" w:rsidRPr="005E2C4E" w:rsidP="00193583" w14:paraId="46AE89A4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="005E2C4E">
         <w:t>citiem spēkā esošajiem normatīvajiem aktiem.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="30E339FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Izglītības iestādei ir saistošas visas normatīvā regulējuma izmaiņas, kas attiecas uz Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001D5A9E">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> īstenošanu visā Apmācīb</w:t>
       </w:r>
@@ -645,54 +726,51 @@
       <w:r w:rsidRPr="0005075A" w:rsidR="00C06A29">
         <w:t xml:space="preserve">apliecinājumu par </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="007F1238">
         <w:t>transportlīdzekļa vai traktortehnikas vadītāja apmācības programmas īstenošanu grupai</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00B61499">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C06A29">
         <w:t>(turpmāk – Apliecinājums)</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00B61499">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C06A29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">rīkojumu, apmeklējumu uzskaites kopsavilkumu, rēķinu, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00B61499">
         <w:t>klientu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> apmācību kavējumu un </w:t>
-[...2 lines deleted...]
-        <w:t>attaisnojošo dokumentu, informācij</w:t>
+        <w:t xml:space="preserve"> apmācību kavējumu un attaisnojošo dokumentu, informācij</w:t>
       </w:r>
       <w:r w:rsidR="00EC06AB">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> par apmācību rezultātiem</w:t>
       </w:r>
       <w:r w:rsidR="00EC06AB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC06AB">
         <w:t>Izglītības iestāde pievieno</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> CV un vakanču portālā.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006A681C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00844AFB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -796,68 +874,68 @@
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>veselības pārbaudi). Piemērotības izvērtēšanu veic Izglītības iestādē noteiktajā kārtībā, nodrošinot izvērtēšanas rezultātu pieejamību Aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00361E1F">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> un citu institūciju </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06">
         <w:t xml:space="preserve">pārstāvjiem, kuriem ir tiesības veikt </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="00972ED0">
         <w:t>pārbaudes</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="0034153A">
         <w:t xml:space="preserve"> par Aģentūras organizēto pasākumu īstenošanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="007252A8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="00E4265B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk172901956"/>
-      <w:bookmarkStart w:id="3" w:name="_Hlk173138623"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk172901956"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk173138623"/>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="00C77F01">
         <w:t xml:space="preserve">Ja izglītības iestāde klienta  pieteikumu dalībai mācību grupā neapstrādā trīs darba dienu laikā, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk169865459"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk169865459"/>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="00C77F01">
         <w:t xml:space="preserve">klienta kupons tiek anulēts. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="0062159E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dati par neapstrādāto klienta pieteikumu līdz mācību sākuma datumam vai mācību grupas anulēšanai tiek attēloti mācību grupas vietnē.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w:rsidR="00B61499" w:rsidRPr="0005075A" w:rsidP="00361E1F" w14:paraId="7FE9B554" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Klients</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00361E1F">
         <w:t xml:space="preserve"> līdz Kuponā noteiktajam datumam</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B61499" w:rsidRPr="0005075A" w:rsidP="00B61499" w14:paraId="382D164C" w14:textId="77777777">
@@ -933,51 +1011,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00D76703">
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76703" w:rsidR="007252A8">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76703">
         <w:t xml:space="preserve"> ir tiesības anulēt Kuponu šādos gadījumos:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A858C2" w:rsidRPr="00D76703" w:rsidP="003E5431" w14:paraId="431AFADF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk137125143"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk137125143"/>
       <w:r w:rsidRPr="00D76703">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestāde atzinusi </w:t>
       </w:r>
       <w:r w:rsidRPr="00D76703" w:rsidR="00664DE0">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76703">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u par nepiemērotu izvēlētās izglītības programmas apguvei;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00361E1F" w:rsidRPr="0005075A" w:rsidP="00361E1F" w14:paraId="10A60855" w14:textId="20896CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
@@ -1042,117 +1120,111 @@
       <w:r w:rsidRPr="0005075A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="003E5431" w14:paraId="5703C10D" w14:textId="28F0AA7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Izglītības iestāde līdz Apliecinājum</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C06A29">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> parakstīšanai </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> atteikusies no Apmācīb</w:t>
+        <w:t xml:space="preserve"> parakstīšanai rakstveidā atteikusies no Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001D5A9E">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> īstenošanas;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="003E5431" w14:paraId="4611EE35" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>klients līdz līguma noslēgšanai zaudē bezdarbnieka vai darba meklētāja statusu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A858C2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w:rsidR="0007205E" w:rsidRPr="00CA3F06" w:rsidP="006C5FB3" w14:paraId="38EC42F8" w14:textId="56F3DBE8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Izglītības iestāde uzsāk Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="004F7611">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> viena mēneša laikā no </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Hlk137125168"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk137125168"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00361E1F">
         <w:t xml:space="preserve">Kupona apstiprināšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>dienas</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="008C20CE">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA0C5D">
         <w:t xml:space="preserve"> Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="004F7611">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA0C5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="00DA0C5D">
         <w:t>īsteno</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06">
         <w:t xml:space="preserve"> grupā,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="00D77048">
         <w:t xml:space="preserve"> kurā reģistrēto personu skaits</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="00D77048">
@@ -1205,58 +1277,58 @@
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E4265B" w:rsidRPr="00CA3F06" w:rsidP="00C77F01" w14:paraId="4E82FA59" w14:textId="43464F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3F06">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="0062159E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dati par izglītības iestādes vai Aģentūras noraidīto klienta dalību mācību grupā </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk183433947"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk183433947"/>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="0062159E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>līdz mācību sākuma datumam vai mācību grupas anulēšanai tiek attēloti mācību grupas vietnē.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="5AD1E428" w14:textId="689E8918">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA3F06">
         <w:t xml:space="preserve">Izglītības iestāde </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA3F06" w:rsidR="00A3763F">
         <w:t xml:space="preserve">ne agrāk kā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A3763F">
         <w:t xml:space="preserve">trīs darba dienas pirms </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003534DC">
         <w:t>A</w:t>
@@ -1269,181 +1341,144 @@
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A3763F">
         <w:t xml:space="preserve"> uzsākšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A3763F">
         <w:t xml:space="preserve"> bet ne vēlāk kā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003534DC">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A3763F">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="004F7611">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A3763F">
         <w:t xml:space="preserve"> uzsākšanas dienā,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk137125220"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk137125220"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00361E1F">
         <w:t xml:space="preserve">CV un vakanču portālā grupas vietnē pievieno </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00B84AD1">
         <w:t xml:space="preserve">iepriekš Aģentūrā saskaņotu, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00361E1F">
         <w:t xml:space="preserve">ar </w:t>
       </w:r>
       <w:r>
         <w:t>drošu elektronisko parakstu</w:t>
       </w:r>
       <w:r w:rsidRPr="00844AFB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00361E1F">
         <w:t>parakstītu Apliecinājumu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">. Apliecinājumam pievieno ar </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00972ED0">
         <w:t>VTUA</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> saskaņotu mācību stundu (nodarbību) sarakstu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00256562">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A45E15">
-        <w:t>norādot tajā katras teorētiskās nodarbības laikus un īstenošanas vietas adresi, tai skaitā tiešsaistes adresi, ja apmācības tiek īstenotas attālināti</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F250C4">
+        <w:t xml:space="preserve">norādot tajā katras teorētiskās nodarbības laikus un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00A45E15">
+        <w:t xml:space="preserve">īstenošanas vietas adresi, tai skaitā tiešsaistes adresi, ja apmācības tiek īstenotas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00A45E15">
+        <w:t>attālināti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F250C4" w:rsidR="00F250C4">
-[...1 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nosakot, ka</w:t>
       </w:r>
-      <w:r w:rsidR="00F250C4">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00310B95" w:rsidR="00F250C4">
-[...1 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>visiem mācību grupā iesaistītajiem klientiem apmācības perioda pēdējās divās darba dienās, tiek nodrošināta Nosacījumu 27.pu</w:t>
       </w:r>
-      <w:r w:rsidR="00427C3B">
-[...1 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00427C3B">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00310B95" w:rsidR="00F250C4">
-[...17 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ktā minētā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
+        <w:t xml:space="preserve">braukšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eksāmena kārtošana izglītības iestādē. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00A45E15">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00310B95" w:rsidR="00F250C4">
-[...40 lines deleted...]
-        <w:t>B</w:t>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Braukšanas apmācības </w:t>
       </w:r>
       <w:r w:rsidRPr="00626283" w:rsidR="00F250C4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>raukšanas apmācības mā</w:t>
+        <w:t>mā</w:t>
       </w:r>
       <w:r w:rsidR="00F250C4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cību stundu (nodarbību) sarakstā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00256562">
         <w:t>norād</w:t>
       </w:r>
       <w:r w:rsidR="00F250C4">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00256562">
         <w:t xml:space="preserve"> precīzu </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00BD1AF6">
         <w:t xml:space="preserve">braukšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00256562">
         <w:t>apmācības vietas adresi, instruktora vārdu un uzvārdu un kontakttālruni</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="0006122B">
         <w:t>.</w:t>
       </w:r>
@@ -1473,163 +1508,163 @@
     <w:p w:rsidR="00A24E6E" w:rsidRPr="0005075A" w:rsidP="006C5FB3" w14:paraId="412AB7FC" w14:textId="10F0B729">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003534DC">
         <w:t xml:space="preserve">Gadījumā, ja Apliecinājumā nepieciešams veikt grozījumus, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001F712C">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003534DC">
         <w:t xml:space="preserve">zglītības iestāde trīs darba dienu laikā </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk137125333"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk137125333"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="005B04B4">
         <w:t xml:space="preserve">CV un vakanču portālā grupas vietnē pievieno ar </w:t>
       </w:r>
       <w:r>
         <w:t>drošu elektronisko parakstu</w:t>
       </w:r>
       <w:r w:rsidRPr="00844AFB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="005B04B4">
         <w:t xml:space="preserve">parakstītu </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="003534DC">
         <w:t>iesniegumu par izmaiņām Apliecinājumā</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE576A" w:rsidRPr="0005075A" w:rsidP="00DE576A" w14:paraId="2BAE166F" w14:textId="074869A5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk137125378"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk137125378"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Ja izglītības iestāde objektīvu apstākļu dēļ nevar uzsākt Apmācību noteiktajā termiņā, tā ne vēlāk kā trīs darba dienas pirms </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00B61499">
         <w:t xml:space="preserve">plānotās </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>Apmācības uzsākšanas informē Aģentūr</w:t>
       </w:r>
       <w:r w:rsidR="0077054A">
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00B61499">
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>klientus, norādot iemeslus, kuru dēļ Apmācību nevar uzsākt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="3C1B2384" w14:textId="4DA9163B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk137125440"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk137125440"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Aģentūra slēdz līgumu ar Apliecinājumā minēto </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">u par </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>a dalīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F31B20">
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00AF298E">
         <w:t>Apmācībā</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DE576A">
         <w:t xml:space="preserve"> Ja klients atsakās parakstīt līgumu par dalību Apmācībā, </w:t>
       </w:r>
       <w:r w:rsidR="0077054A">
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="0077054A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DE576A">
         <w:t>vienas darba dienas laikā, bet ne vēlāk kā apmācības uzsākšanas dien</w:t>
       </w:r>
       <w:r w:rsidR="0077054A">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DE576A">
         <w:t>, par to informē izglītības iestādi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="782E60E2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Izglītības iestāde pirms Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001619A3">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> uzsākšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A24E6E">
         <w:t>slēdz līgumu ar</w:t>
       </w:r>
@@ -1686,93 +1721,75 @@
       <w:r w:rsidRPr="0005075A" w:rsidR="003534DC">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001619A3">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
         <w:t xml:space="preserve"> laikā I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">zglītības iestāde nodrošina atbilstošus vides, materiāltehniskās bāzes, izdales materiālu un darba rīku pielāgojumus, t.sk. ērtu piekļūšanu </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003534DC">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001619A3">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> vietai, kā arī nepieciešamības gadījumā, pamatojoties uz Aģentūras finansēta </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> atzinumu, veic mācību vietas pielāgojumus. Ja Apmācībā tiek iesaistīta persona ar dzirdes invaliditāti, </w:t>
+        <w:t xml:space="preserve"> vietai, kā arī nepieciešamības gadījumā, pamatojoties uz Aģentūras finansēta ergoterapeita atzinumu, veic mācību vietas pielāgojumus. Ja Apmācībā tiek iesaistīta persona ar dzirdes invaliditāti, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>zglītī</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F31B20">
         <w:t>bas iestādei jānodrošina iespēja</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> Aģentūras finansētam </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Aģentūras finansētam surdotulkam </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003948A8">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001619A3">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> vietā sniegt </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> pakalpojumus.</w:t>
+        <w:t xml:space="preserve"> vietā sniegt surdotulka pakalpojumus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004D1AC4" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="25EFCF9B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">10 darba dienu laikā no </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003948A8">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001619A3">
@@ -2213,63 +2230,60 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>iespēju uzraugošajām iestādēm pieslēgties Apmācības procesam, izmantojot izglītības programmas mācību stundu (nodarbību) sarakstā norādīto piekļuves informāciju mācību platformai;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C3270D" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="1A1C346C" w14:textId="5FACA0ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A315D9">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> tiek īstenotas valsts valodā </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">no </w:t>
+        <w:t xml:space="preserve"> tiek īstenotas valsts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve">valodā ne mazāk kā trīs darba dienas nedēļā no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00536DD1">
+        <w:t>plkst</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00536DD1">
-        <w:t xml:space="preserve">plkst. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="007D77A3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>00 līdz</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00536DD1">
         <w:t xml:space="preserve"> plkst.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> 22</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="007D77A3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">00 divas līdz </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C111E6">
         <w:t xml:space="preserve">astoņas </w:t>
       </w:r>
@@ -2540,58 +2554,58 @@
       </w:r>
       <w:r w:rsidR="0077054A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Ja izmaiņas skar vairāk kā vienu mācību dienu, vismaz vienu darba dienu pirms izmaiņām </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003948A8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">zglītības iestāde </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk137125582"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk137125582"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="005B04B4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CV un vakanču portālā pievieno </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A23CDE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ar VTUA saskaņotu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aktualizēto mācību stundu (nodarbību) sarakstu vai saskaņošanai iesniedz Iesniegumu par izmaiņām </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="004113F9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pliecinājumā par izmaiņām </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00B1437B">
@@ -2718,70 +2732,70 @@
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A21120">
         <w:t xml:space="preserve"> īstenojot Apmācības klātienē,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00113155">
         <w:t xml:space="preserve"> nodrošina, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00ED6E32">
         <w:t>ka izglītojamie ne vēlāk kā 20 minūtes pēc katras teorētisko priekšmetu mācību stundas (nodarbības) sākuma parakstās parakstu lapā par katras mācību stundas (nodarbības) faktisko apmeklējumu,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A21120">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00ED6E32">
         <w:t>izņemot Izglītības iestādes organizētajā teorētiskā eksāmena norises dienā, kad parakstās pēc eksāmena pabeigšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DB63CD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DB63CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Hlk530754689"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk530754689"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="001D4D6A">
         <w:t xml:space="preserve">Katras </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00BD1AF6">
         <w:t xml:space="preserve">braukšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="002803FC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nodarbības un vadīšanas eksāmena Izglītības iestādē apmeklējumu instruktors atzīmē katras apmācāmās personas</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="002803FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DB63CD">
         <w:t>mācību reģistrācijas kartē</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00AD0DA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="18F05E27" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>regulāri veic kvalitātes uzraudzību un kontroli visās Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="007C2C6E">
@@ -3040,143 +3054,137 @@
         <w:t xml:space="preserve"> apliecību.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="7F8676B6" w14:textId="5B96363F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Izglītības iestāde rīkojumu par </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">a atskaitīšanu no izglītojamo skaita trīs darba dienu laikā </w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Hlk137125645"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk137125645"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="005B04B4">
         <w:t>pievieno CV un vakanču portālā</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="0005075A">
         <w:t>, norādot atskaitīšanas iemeslu.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA2A1B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006A681C">
         <w:t xml:space="preserve">Rīkojumā iekļauj informāciju par klientu, norādot vārdu, uzvārdu, personas kodu un kupona numuru. </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA2A1B">
         <w:t xml:space="preserve">Rīkojumam pievieno atskaitītā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA2A1B">
         <w:t>a parakstītu mācību reģistrācijas kartes kopiju (ja ir notiku</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F33037">
         <w:t>si</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA2A1B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00890767">
         <w:t>braukšana</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA2A1B">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00890767">
         <w:t>apmāc</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA2A1B">
         <w:t xml:space="preserve">ība) un </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F7500D">
         <w:t xml:space="preserve">nodarbības apmeklētības </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DA2A1B">
         <w:t>parakstu lapas kopiju</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006A681C">
-        <w:t xml:space="preserve">, ja Apmācība notika </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, klientu </w:t>
+        <w:t xml:space="preserve">, ja Apmācība notika tiešsaitē, klientu </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D1075C">
         <w:t xml:space="preserve">dalības </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006A681C">
         <w:t>uzskaites pierakstus no mācību platformas (laiks, st., min.).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="648520A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Izglītības iestāde, saņemot attiecīgu informāciju no Aģentūras, nodrošina iespēju </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">am turpināt dalību Apmācībā, ja </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>s ir zaudējis bezdarbnieka vai darba meklētāja statusu Bezdarbnieku un darba meklētāju atbalsta likuma 12.panta piektajā daļā un 15.panta septītajā daļā noteiktajos gadījumos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="00F250C4" w14:paraId="624255F2" w14:textId="5AD6D651">
+    <w:p w:rsidR="0007205E" w:rsidRPr="006A11DE" w:rsidP="00F250C4" w14:paraId="624255F2" w14:textId="5AD6D651">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Izglītības iestāde </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="008B5DD6">
         <w:t xml:space="preserve">pēc </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="007C1752">
         <w:t xml:space="preserve">Nosacījumu </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001959F2">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00E968CC">
@@ -3188,113 +3196,103 @@
       <w:r w:rsidRPr="0005075A" w:rsidR="00D84FC3">
         <w:t>to A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="008B5DD6">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="000C37A5">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="008B5DD6">
         <w:t xml:space="preserve"> veidu pabeigšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="009C3FAE">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>m organizē teorētisko</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="004B08FD">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FF0C3C">
-        <w:t xml:space="preserve"> eksāmenus Ceļu satiksmes noteikumos un satiksmes drošībā, Traktortehnikas vispārējā uzbūvē un </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> pamatos </w:t>
+        <w:t xml:space="preserve"> eksāmenus Ceļu satiksmes noteikumos un satiksmes drošībā, Traktortehnikas vispārējā uzbūvē un eksplutācijas pamatos </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>un braukšanas eksāmenu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="004B08FD">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> Izglītības iestādē atbilstoši Latvijas Republikā spēkā esošajiem normatīvajiem aktiem, dodot iespēju kā novērotājiem tajos piedalīties Aģentūras, Labklājības ministrijas un VTUA pārstāvjiem.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F250C4">
+        <w:t xml:space="preserve"> Izglītības iestādē atbilstoši Latvijas Republikā spēkā esošajiem normatīvajiem aktiem, dodot iespēju kā novērotājiem tajos piedalīties Aģentūras, Labklājības ministrijas un VTUA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t>pārstāvjiem.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
+        <w:t xml:space="preserve"> Braukšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F250C4">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eksāmena kārtošana Izglītības iestādē nodrošināma visiem mācību grupā iesaistītajiem klientiem Apmācības perioda pēdējās divās darba dienās.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="25E8165B" w14:textId="7EECD7C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t>Izglītības iestāde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="009C3FAE">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F250C4" w:rsidR="00F250C4">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="0005075A" w:rsidR="009C3FAE">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="009C3FAE">
         <w:t xml:space="preserve">beidzoties teorētiskajai apmācībai, izsniedz </w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="009C3FAE">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="009C3FAE">
         <w:t xml:space="preserve">am </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F33037">
         <w:t xml:space="preserve">mācību reģistrācijas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="009C3FAE">
         <w:t xml:space="preserve">karti un </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="004507ED">
         <w:t xml:space="preserve">ne vēlāk kā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>pēdējā Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="007F6C31">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> dienā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00664DE0">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="009C3FAE">
         <w:t>u</w:t>
@@ -3908,58 +3906,58 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00896970" w:rsidRPr="0005075A" w:rsidP="003F564D" w14:paraId="26FE98FD" w14:textId="417DFA58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>izglītības programmas mācību stundu (nodarbību) sarakst</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="002F0593">
         <w:t>s un</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00041E04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="_Hlk117164327"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk117164327"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="002F0593">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apmācības programmas (vai mācību kursa) tematiskais plāns visam izglītības programmas īstenošanas periodam</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="0005075A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="003F564D" w14:paraId="103FE4D3" w14:textId="1F07EC17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">nodarbību uzskaites žurnālu, kurā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00874F44">
         <w:t xml:space="preserve">norādītas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
@@ -4103,207 +4101,195 @@
       <w:r w:rsidRPr="0005075A" w:rsidR="00E968CC">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>.punktā noteiktā izpildi, norādot izglītojamā vārdu, uzvārdu, traktortehnikas vadītāja kvalifikācijas eksāmena rezultātu, nokārtošanas gadījumā norādot iegūto traktortehnikas vadītāja kategoriju</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="009C046A">
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F75816">
         <w:t xml:space="preserve">traktortehnikas vadītāja </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>apliecības izsniegšanas datum</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="007F1238">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D16C84" w:rsidRPr="0005075A" w:rsidP="00F618E8" w14:paraId="4E885AE9" w14:textId="20BD23AB">
+    <w:p w:rsidR="005473EF" w:rsidRPr="001778D7" w:rsidP="005473EF" w14:paraId="4AB0371B" w14:textId="494D1973">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidR="00F618E8">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk137128922"/>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Ja Apmācība tiek finansēta Eiropas Savienības Atveseļošanas un noturības mehānisma vai Eiropas Sociālā fonda Plus (ESF+) ietvaros, Aģentūra izsniedz un Izglītības iestāde nodrošina plakātu un citu noteikto vizuālās identitātes materiālu izvietošanu Apmācību īstenošanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000530B4">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005473EF" w:rsidRPr="00117FE2" w:rsidP="005473EF" w14:paraId="22B192E6" w14:textId="590A4F2F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk152756357"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t xml:space="preserve">Ja Apmācība tiek finansēta Eiropas Savienības Atveseļošanas un noturības mehānisma vai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Eiropas Sociālā fonda Plus (ESF+)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A">
-[...7 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:t>ietvaros, izglītības iestāde nodrošina, ka ar Apmācības īstenošanu saistītajos dokumentos un uz izdales mācību materiāliem ir nodrošinātas publicitātes prasības, t.i., vizuālo elementu ansamblis, kas attiecināms uz Eiropas Savienības Atveseļošanas un noturības mehānisma vizuālo identitāti un atsauce: Eiropas Savienības Atveseļošanas fonda projekts ”Prasmju pilnveide pieaugušajiem” Nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.2.5.i.0/1/23/I/CFLA/001 vai, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>kas attiecināms uz Eiropas Sociālo fonda Plus (ESF+) vizuālo identitāti un atsauce: 4.3.3. specifiskā atbalsta mērķa "Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sevišķi, īstenojot Garantiju jauniešiem –, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļuvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot pašnodarbinātību un sociālo ekonomiku" 4.3.3.1. pasākuma "Bezdarbnieku, darba meklētāju un bezdarba riskam pakļauto personu kvalifikācijas un prasmju paaugstināšana" Eiropas Sociālā fonda Plus projekts "Atbalsts pieaugušo izglītībai".</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="005473EF" w:rsidRPr="00117FE2" w:rsidP="00117FE2" w14:paraId="445D10D0" w14:textId="354F0CE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk218867221"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk139270253"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk137128969"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja Apmācība īstenota </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>ar Eiropas Savienības Atveseļošanas un noturības mehānisma finansējumu,</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F618E8" w:rsidR="00C06A29">
-[...11 lines deleted...]
-      <w:r w:rsidR="006A70A8">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Izglītības iestāde nodrošina, ka ar Apmācības īstenošanu saistītā dokumentācija tiek glabāta līdz 2031. gada 31. decembrim. Ja Apmācība īstenota no Eiropas Sociālā fonda Plus (ESF+) finansējuma, Izglītības iestāde nodrošina, ka ar Apmācības īstenošanu saistītā dokumentācija tiek glabāta atbilstoši EK Regulas Nr. 2021/1060  82. pantā noteiktajam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117FE2" w:rsidR="00117FE2">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00117FE2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="_Hlk152756357"/>
-[...73 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="00F618E8">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="11CDAD06" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FF362F">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> izmaksas, izmaksas par mācību izdales materiāliem, pirmās palīdzības kursu, veselības pārbaudi un visiem izdevumiem, kas saistīti ar traktortehnikas vadītāja kvalifikācijas eksāmenu kārtošanu un traktortehnikas vadītāja apliecības saņemšanu, k</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
@@ -4348,152 +4334,192 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Norēķinu kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="3EFEF904" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A20066" w:rsidRPr="0005075A" w:rsidP="00A20066" w14:paraId="32E42152" w14:textId="068417DD">
+    <w:p w:rsidR="005473EF" w:rsidRPr="001778D7" w:rsidP="005473EF" w14:paraId="4B622988" w14:textId="7091FA89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0005075A">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> un valsts budžeta līdzfinansējuma. </w:t>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apmācību finansē no valsts speciālā budžeta, Eiropas Savienības Atveseļošanas un noturības mehānisma</w:t>
+      </w:r>
+      <w:r w:rsidR="006526A6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un valsts budžeta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="_Hlk218858975"/>
+      <w:r w:rsidR="006526A6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finansējuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vai no Eiropas Sociāl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fonda Plus (ESF+)  finansējuma</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un valsts budžeta līdzfinansējuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001778D7">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="6B523D0D" w14:textId="198B8287">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Atbilstoši Pievienotās vērtības nodokļa likuma 52.panta pirmās daļas 16.punktam, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="_Hlk109210426"/>
-      <w:bookmarkStart w:id="23" w:name="_Hlk109211762"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk109210426"/>
+      <w:bookmarkStart w:id="22" w:name="_Hlk109211762"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A421DF">
         <w:t xml:space="preserve">mācību maksa par </w:t>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="_Hlk109208839"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk109208839"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A421DF">
         <w:t>klient</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A421DF">
         <w:t>iem ar bezdarbnieka statusu nav apliekama ar pievienotās vērtības nodokli</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A421DF">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w:rsidR="00A41D8C" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="4CFD08E5" w14:textId="0A55B151">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00794066">
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">cību maksas izmaksas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D96A9F">
         <w:t xml:space="preserve">aprēķina </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">un izmaksā par </w:t>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="_Hlk118708924"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk118708924"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F73C9E">
         <w:t>klientiem</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="0005075A">
         <w:t>, kuri</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00580D25">
         <w:t xml:space="preserve"> 90 (deviņdesmit) dienu laikā, skaitot no Apliecinājumā norādītā Apmācības beigu datuma,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> sekmīgi nokārtoja kvalifikācijas eksāmenus </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00EF691E">
         <w:t>VTUA</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> un saņēma attiecīgās kategorijas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00EF691E">
         <w:t>traktortehnikas</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> vadītāja apliecību.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="224B05B2" w14:textId="76A61D87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -4836,55 +4862,55 @@
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Apmācības uzsākušo personu skaits;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD5912" w:rsidP="00FC197B" w14:paraId="1B64138E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Sekmīgi nokārtojošo kvalifikācijas eksāmenus VTUA un saņēmušo </w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="_Hlk118462622"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk118462622"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">attiecīgās kategorijas traktortehnikas vadītāja apliecību </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="0005075A">
         <w:t>personu skaits;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00887048" w:rsidRPr="0005075A" w:rsidP="00FC197B" w14:paraId="3A4787D9" w14:textId="35B10675">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Kupona vērtība;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="00494118" w14:paraId="694EEA74" w14:textId="415F45CD">
       <w:pPr>
@@ -4940,228 +4966,201 @@
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007205E" w:rsidRPr="0005075A" w:rsidP="00142647" w14:paraId="7A682F30" w14:textId="75D387A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Mācību maksas gala rēķinā iekļauj informāciju par avansa maksājumu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FD5912">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD5912" w:rsidP="00FC197B" w14:paraId="09E73CA0" w14:textId="3099A7E4">
+    <w:p w:rsidR="00FD5912" w:rsidRPr="006A11DE" w:rsidP="00FC197B" w14:paraId="09E73CA0" w14:textId="3099A7E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve">Mācību maksas gala rēķinu iesniedz kopā ar rīkojumu vai tā kopiju par Apmācības pabeigšanu un </w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="_Hlk118462867"/>
-      <w:r w:rsidRPr="0005075A">
+      <w:bookmarkStart w:id="26" w:name="_Hlk118462867"/>
+      <w:r w:rsidRPr="006A11DE">
         <w:t>attiecīgās kategorijas traktortehnikas vadītāja</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="0005075A">
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve"> apliecību saņēmušajiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA3F06" w:rsidRPr="00EA6B6C" w:rsidP="00FC197B" w14:paraId="11CAB5F7" w14:textId="252F1C4E">
+    <w:p w:rsidR="00CA3F06" w:rsidRPr="006A11DE" w:rsidP="00FC197B" w14:paraId="11CAB5F7" w14:textId="252F1C4E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A11DE">
         <w:t>Mācību maksas gala rēķinā norāda rīkojuma numuru un datumu, uz kuru tas attiecas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA3F06" w:rsidRPr="00EA6B6C" w:rsidP="001959F2" w14:paraId="20C9DA1B" w14:textId="67123EC4">
+    <w:p w:rsidR="00CA3F06" w:rsidRPr="006A11DE" w:rsidP="001959F2" w14:paraId="20C9DA1B" w14:textId="67123EC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...19 lines deleted...]
-        <w:t>.punktā uzskaitīto informāciju, tad rēķinam pievieno atsevišķi sagatavotu pielikumu, tajā uzskaitot visu nepieciešamo informāciju. Rēķina pielikumu pievieno CV un vakanču portālā.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t>Ja elektroniski strukturētā rēķinā nav iespējams iekļaut visu 48.punktā uzskaitīto informāciju, tad rēķinam pievieno atsevišķi sagatavotu pielikumu, tajā uzskaitot visu nepieciešamo informāciju. Rēķina pielikumu pievieno CV un vakanču portālā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E1685" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="070D8717" w14:textId="03EFC79F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve">Izglītības iestāde </w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="00A20066">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00A20066">
         <w:t>trīs darba dienu laikā</w:t>
       </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="006A681C">
+        <w:t xml:space="preserve"> pēc kalendārā mēneša</w:t>
+      </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006A681C">
-        <w:t xml:space="preserve"> pēc kalendārā mēneša beigām</w:t>
+        <w:t xml:space="preserve"> beigām</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00385B45">
         <w:t xml:space="preserve"> (vai citā termiņā pēc Aģentūras pieprasījuma)</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="_Hlk137125753"/>
+      <w:bookmarkStart w:id="27" w:name="_Hlk137125753"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00185EBD">
         <w:t>CV un vakanču portālā pievieno</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="0005075A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E1685" w:rsidRPr="0005075A" w:rsidP="00494118" w14:paraId="2D044357" w14:textId="6734B96F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>nodarbību apmeklējumu uzskaites sarakstu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00494EBA">
         <w:t xml:space="preserve"> MS Exc</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D86FC9">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00494EBA">
         <w:t>l formātā, norādot Apliecinājuma Nr., periodu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006A678A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00494EBA">
         <w:t xml:space="preserve"> par kādu iesniegts apmeklējumu uzskaites saraksts, apmācāmo vārd</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006A678A">
         <w:t>u,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00494EBA">
         <w:t xml:space="preserve"> uzvārd</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006A678A">
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00494EBA">
         <w:t>u.c. informāciju</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
-        <w:t xml:space="preserve">. Ja Apmācība notika </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, papildus pievieno </w:t>
+        <w:t xml:space="preserve">. Ja Apmācība notika tiešsaitē, papildus pievieno </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F73C9E">
         <w:t>klientu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D1075C">
         <w:t xml:space="preserve">dalības </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
         <w:t xml:space="preserve">uzskaites pierakstus no mācību platformas (laiks, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>st., min.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>;</w:t>
       </w:r>
@@ -5198,57 +5197,51 @@
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Izglītības iestāde pēdējā Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FF362F">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> mēneša nodarbību apmeklējumu uzskaites sarakstu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00626E3D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00185EBD">
         <w:t>CV un vakanču portālā pievieno</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00626E3D">
         <w:t xml:space="preserve"> trīs darba dienu laikā</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A41D8C">
         <w:t xml:space="preserve"> no apmācību beigu datuma</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
-        <w:t xml:space="preserve">. Ja Apmācība notika </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, papildus pievieno </w:t>
+        <w:t xml:space="preserve">. Ja Apmācība notika tiešsaitē, papildus pievieno </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F73C9E">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D1075C">
         <w:t xml:space="preserve">dalības </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
         <w:t xml:space="preserve">uzskaites pierakstus no mācību platformas (laiks, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>st., min.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D3653C">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF691E" w:rsidRPr="0005075A" w:rsidP="005A2234" w14:paraId="6798F9D7" w14:textId="5B154DEB">
       <w:pPr>
@@ -5329,73 +5322,73 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Izglītības iestāde trīs darba dienu laikā pēc kvalifikācijas eksāmenu</w:t>
       </w:r>
       <w:r w:rsidR="00D74C69">
         <w:t xml:space="preserve"> norises</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> VTUA</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="009C046A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FD5912">
         <w:t xml:space="preserve">kopā ar mācību maksas gala rēķinu, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="_Hlk118107529"/>
+      <w:bookmarkStart w:id="28" w:name="_Hlk118107529"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00185EBD">
         <w:t xml:space="preserve">CV un vakanču portālā </w:t>
       </w:r>
       <w:r w:rsidR="007F339A">
         <w:t xml:space="preserve">ievieto </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007F339A">
         <w:t>rīkojumu par Apmācības pabeig</w:t>
       </w:r>
       <w:r w:rsidR="007F339A">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007F339A">
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidR="007F339A">
         <w:t>ajiem klientiem</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007F339A">
         <w:t>. Rīkojumā norāda informāciju</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FD5912">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD5912" w:rsidRPr="0005075A" w:rsidP="007F339A" w14:paraId="54974345" w14:textId="71211FC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="00A35D09" w:rsidR="007F339A">
         <w:t xml:space="preserve">vārdu, uzvārdu, personas kodu, kuri pēc Apmācības pabeigšanas ir nokārtojuši kvalifikācijas eksāmenu </w:t>
       </w:r>
       <w:r w:rsidR="007F339A">
         <w:t>VTUA</w:t>
@@ -5547,105 +5540,105 @@
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C93AC4">
         <w:t>VTUA</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> un saņēm</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00874F44">
         <w:t>uši</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> attiecīgās kategorijas t</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C93AC4">
         <w:t>raktortehnik</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C93AC4">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> vadītāja apliecību. Mācību maksas gala rēķinā netiek iekļauta mācību maksa </w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="_Hlk137128106"/>
+      <w:bookmarkStart w:id="29" w:name="_Hlk137128106"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A20066">
         <w:t>un Aģentūra neveic mācību maksas apmaksu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A20066">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F73C9E">
         <w:t>klientiem</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">, kuri mācības nav pabeiguši (atskaitīti) un par </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F73C9E">
         <w:t>klientiem</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>, kuri nesekmīgi nokārtoj</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00874F44">
         <w:t>uši</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> kvalifikācijas eksāmenus </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C93AC4">
         <w:t>VTUA</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Par klientiem, kuri </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> mācības nav pabeiguši (atskaitīti) un par klientiem, kuri nesekmīgi nokārtojuši kvalifikācijas eksāmenus VTUA</w:t>
       </w:r>
       <w:r>
         <w:t>, gala rēķinā norāda summu nulle EUR.</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> 30 kalendāro dienu laikā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A20066">
         <w:t>pēc mācību maksas gala rēķina</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> saņemšanas Aģentūra veic galīgo norēķinu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B37BC7" w:rsidRPr="0005075A" w:rsidP="00FC197B" w14:paraId="0601254B" w14:textId="2C8C47E0">
+    <w:p w:rsidR="00B37BC7" w:rsidRPr="006A11DE" w:rsidP="00FC197B" w14:paraId="0601254B" w14:textId="2C8C47E0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">ja kvalifikācijas eksāmeni </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C93AC4">
         <w:t>VTUA</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D96A9F">
@@ -5666,292 +5659,280 @@
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">. punktā noteiktajam un, ja klients sekmīgi nokārtojis kvalifikācijas eksāmenus </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="000438C7">
         <w:t>VTUA</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> un saņēm</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00874F44">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> attiecīgās kategorijas </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FF0082">
         <w:t>traktortehnikas</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> vadītāja apliecību, izglītības iestāde trīs darba dienu laikā papildus iesniedz rīkojumu vai tā kopiju par Apmācības pabeigšanu un profesionālas kvalifikācijas apliecību saņēmušajiem un mācību maksas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> papildus</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> gala rēķinu, kuros iekļauj informāciju tikai par klientu, kurš kārtoj</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005075A" w:rsidR="00874F44">
+        <w:t xml:space="preserve"> gala rēķinu, kuros iekļauj informāciju tikai par klientu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t>kurš kārtoj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00874F44">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve"> kvalifikācijas eksāmenus </w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="00C93AC4">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00C93AC4">
         <w:t>VTUA</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve"> un saņēm</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="00874F44">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00874F44">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve"> attiecīgās kategorijas t</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="00C93AC4">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00C93AC4">
         <w:t>raktortehnikas</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve"> vadītāja apliecību. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D386F" w:rsidR="00A45F5B">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00A45F5B">
         <w:t>Šajā punktā minētā noteikuma iestāšanās gadījumā, izglītības iestāde mācību maksas gala rēķinu iesniedz ne vēlāk kā trīs darba dienu laikā pēc eksāmena nokārtošanas, ievērojot, ka tas notiek 90 dienu laikā no Apliecinājumā norādītā Apmācības beigu datuma.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A20066" w:rsidRPr="0005075A" w:rsidP="00A20066" w14:paraId="49AEF969" w14:textId="5B0D1C71">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t>Izglītības iestāde Aģentūrā iesniedz kredītrēķinu, un atmaksājamo avansa summu pārskaita Apliecinājumā norādītajā Aģentūras norēķinu kontā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00732D96">
+        <w:t xml:space="preserve"> piecu darba dienu laikā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve">, ja mācību maksa par apmācības pabeigušiem un traktortehnikas vadītāja apliecību ieguvušiem </w:t>
+      </w:r>
       <w:r w:rsidRPr="002616AF">
-        <w:t>Izglītības iestāde Aģentūrā iesniedz kredītrēķinu, un atmaksājamo avansa summu pārskaita Apliecinājumā norādītajā Aģentūras norēķinu kontā</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ieguvušiem klientiem ir mazāka par izmaksāto avansa summu</w:t>
+        <w:t>klientiem ir mazāka par izmaksāto avansa summu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00C926D8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E1685" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="63AB0BDB" w14:textId="5D4D6196">
+    <w:p w:rsidR="001E1685" w:rsidRPr="006A11DE" w:rsidP="00CE3C99" w14:paraId="63AB0BDB" w14:textId="5D4D6196">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
-        <w:t>Izglītības iestādei ir pienākums ne vēlāk kā piecu darba dienu laikā no Aģentūras pieprasījuma saņemšanas brīža veikt avansa maksājuma atmaksu, ja tā nepilda Nosacījumos noteikto.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001E1685" w:rsidRPr="00EA6B6C" w:rsidP="001959F2" w14:paraId="01B34362" w14:textId="54A91958">
+        <w:t xml:space="preserve">Izglītības iestādei ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t>pienākums ne vēlāk kā piecu darba dienu laikā no Aģentūras pieprasījuma saņemšanas brīža veikt avansa maksājuma atmaksu, ja tā nepilda Nosacījumos noteikto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E1685" w:rsidRPr="006A11DE" w:rsidP="001959F2" w14:paraId="01B34362" w14:textId="5885C98C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Hlk137125990"/>
+      <w:r w:rsidRPr="006A11DE">
         <w:t>Izglītības iestāde iesniedz strukturētus elektroniskos rēķinus (.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA6B6C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE">
         <w:t>xml</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA6B6C">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve"> formātā)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve"> iesūtot Aģentūras e-adresē EINVOICE@90001634668</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="005A222B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:p w:rsidR="001E1685" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="552CB787" w14:textId="77777777">
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="001E1685" w:rsidRPr="006A11DE" w:rsidP="001959F2" w14:paraId="552CB787" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve">Izglītības iestādei ir aizliegts noteikt </w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="00A421DF">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00A421DF">
         <w:t>klient</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t>am papildu maksu par dalību Apmācībā vai jebkādas citas finansiāla rakstura saistības.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E1685" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="2F89A757" w14:textId="787FB189">
+    <w:p w:rsidR="001E1685" w:rsidRPr="006A11DE" w:rsidP="001959F2" w14:paraId="2F89A757" w14:textId="787FB189">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0005075A">
+      <w:r w:rsidRPr="006A11DE">
         <w:t xml:space="preserve">Izglītības iestāde nodrošina, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F44402">
+        <w:t>Apmācīb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00FF362F">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F44402">
+        <w:t xml:space="preserve"> īstenošanā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F44402">
+        <w:t xml:space="preserve">ir novērsts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t>dubultā finansējuma risks:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E1685" w:rsidRPr="0005075A" w:rsidP="0072053F" w14:paraId="4EE5714C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve">Apmācība netiek finansēta vai līdzfinansēta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005075A">
+        <w:t>no citiem Eiropas Savienības finanšu avotiem, kā arī valsts un pašvaldību budžeta līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E1685" w:rsidRPr="0005075A" w:rsidP="0072053F" w14:paraId="53384F65" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0005075A">
+        <w:t>saskaņā ar grāmatvedības kārtošanu regulējošajiem normatīvajiem aktiem nepastāv viena un tā paša rēķina apmaksa divas reizes no dažādiem pu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005075A" w:rsidR="00176BA2">
+        <w:t>bliskajiem finansēšanas avotiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005075A" w:rsidR="00013501">
+        <w:t xml:space="preserve">, kā arī iesniegtās </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F44402">
         <w:t>Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FF362F">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F44402">
-        <w:t xml:space="preserve"> īstenošanā</w:t>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="0005075A" w:rsidR="00F44402">
         <w:t xml:space="preserve"> īstenošanas</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00013501">
         <w:t xml:space="preserve"> izmaksas atbilst </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00691421">
         <w:t>īstenota</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003E0865">
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FF362F">
         <w:t>ai</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00691421">
         <w:t xml:space="preserve"> Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FF362F">
         <w:t>ai</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00013501">
         <w:t xml:space="preserve"> un nav attiecināmas uz kādu citu </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F44402">
         <w:t xml:space="preserve">Aģentūras organizēto </w:t>
@@ -5961,78 +5942,75 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="001E1685" w:rsidRPr="0005075A" w:rsidP="0072053F" w14:paraId="324AA6EA" w14:textId="47865876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Izglītības iestāde atmaksā Aģentūrai neatbilstoši Nosacījumiem izlietotos finanšu līdzekļus </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006B6FF3">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> darba dienu laikā no</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00F44402">
-        <w:t xml:space="preserve"> Nosacījumu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E3D96" w:rsidR="00601449">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F44402">
+        <w:t>Nosacījumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00601449">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E3D96" w:rsidR="005A222B">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="005A222B">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E3D96">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="000438C7">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="000438C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A">
-        <w:t>punktā minētā paziņojuma saņemšanas.</w:t>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve">punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005075A">
+        <w:t>minētā paziņojuma saņemšanas.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B08FD" w:rsidRPr="0005075A" w:rsidP="001959F2" w14:paraId="74F234F3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CD5682" w:rsidRPr="0005075A" w:rsidP="00CD5682" w14:paraId="0AE6353B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
@@ -6086,59 +6064,59 @@
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006B2994">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006B2994">
         <w:t xml:space="preserve">turpmāk katrs atsevišķi un abi kopā – Puse(-es), </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">apņemas ievērot personu datu aizsardzības normatīvo aktu prasības, t.sk. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="_Hlk496692411"/>
+      <w:bookmarkStart w:id="31" w:name="_Hlk496692411"/>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eiropas Parlamenta un Padomes regulu Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Vispārīgā datu aizsardzības regula)”, kā arī nodrošināt, ka personas dati:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E63183" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="72751B73" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6432,51 +6410,58 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Puses apņemas Nosacījumu izpildes laikā un pēc Nosacījumu termiņa beigām neizpaust trešajām personām nekādu Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> īstenošanas laikā iegūto personas datus saturošo informāciju. Minētais pienākums attiecas arī uz Pušu darbiniekiem. Puses nodrošina, ka tā darbinieki pirms Apmācīb</w:t>
+        <w:t xml:space="preserve"> īstenošanas laikā iegūto personas datus saturošo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005075A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informāciju. Minētais pienākums attiecas arī uz Pušu darbiniekiem. Puses nodrošina, ka tā darbinieki pirms Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanas uzsākšanas paraksta attiecīgus saistību rakstus par šajos Nosacījumos noteikto konfidencialitātes prasību izpildi.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA0FAD" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="19ECB091" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
@@ -6522,65 +6507,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA0FAD" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="7F0A492B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">aizsardzību, kuru realizē ar programmatūras līdzekļiem, parolēm, šifrēšanu, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> un citiem loģiskās aizsardzības līdzekļiem;</w:t>
+        <w:t>aizsardzību, kuru realizē ar programmatūras līdzekļiem, parolēm, šifrēšanu, kriptēšanu un citiem loģiskās aizsardzības līdzekļiem;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA0FAD" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="48A5F1CE" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6735,58 +6706,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārstāvjiem veikt pārbaudes (tostarp klātienē izglītības iestādes telpās), lai pārliecinātos par to, kā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A53CCB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">zglītības iestāde </w:t>
-[...6 lines deleted...]
-        <w:t>nodrošina Nosacījumos noteikto saistību izpildi attiecībā uz personas datu aizsardzības jautājumiem.</w:t>
+        <w:t>zglītības iestāde nodrošina Nosacījumos noteikto saistību izpildi attiecībā uz personas datu aizsardzības jautājumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA0FAD" w:rsidP="00CE3C99" w14:paraId="05E9583E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestāde informē </w:t>
@@ -7314,51 +7278,54 @@
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanas vietu adresēm</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001E1685">
         <w:t xml:space="preserve">, iesniedzot Aģentūrā attiecīgu mācību </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00E50AE4">
         <w:t>karti</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001E1685">
         <w:t xml:space="preserve">. Iesniegumu par </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00691421">
         <w:t>Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00691421">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001E1685">
-        <w:t>īstenošanas vietu papil</w:t>
+        <w:t xml:space="preserve">īstenošanas vietu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005075A" w:rsidR="001E1685">
+        <w:t>papil</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
         <w:t>dināšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00691421">
         <w:t xml:space="preserve"> vai maiņu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
         <w:t xml:space="preserve"> I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001E1685">
         <w:t>zglītības iestāde iesniedz Aģentūrā vismaz 15 darba dienas pirms vēlamās papildināšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00691421">
         <w:t xml:space="preserve"> vai maiņas</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001E1685">
         <w:t xml:space="preserve"> dienas. Ja konkrētu izglītības programmu nav iespējams īstenot </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="001E1685">
         <w:t xml:space="preserve">zglītības iestādes tehniskajā piedāvājumā noteiktajās adresēs, Aģentūrai ir tiesības izbeigt sadarbību ar </w:t>
       </w:r>
@@ -7368,99 +7335,90 @@
       <w:r w:rsidRPr="0005075A" w:rsidR="001E1685">
         <w:t>zglītības iestādi par konkrētu izglītības programmas īstenošanu konkrētā īstenošanas vietā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="108ADF74" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Aģentūrai ir tiesības veikt grozījumus Nosacījumos,</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00555D06">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve">iepriekš par to </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> paziņojot </w:t>
+        <w:t xml:space="preserve">iepriekš par to rakstveidā paziņojot </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A53CCB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>zglītības iestādei.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="3AAB128C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Aģentūrai ir tiesības izslēgt </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">zglītības iestādi no izglītības iestāžu piedāvājumu </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00DE537A">
         <w:t>saraksta</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="000C75A8">
-        <w:t>rakstveidā</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> paziņojot par sadarbības izbeigšanu, šādos gadījumos</w:t>
+        <w:t>rakstveidā paziņojot par sadarbības izbeigšanu, šādos gadījumos</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="4FF3618C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>Aģentūrai apzināti sniegta nepatiesa informācija vai sadarbība noslēgta uz nepatiesas informācijas pamata;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="46F205C9" w14:textId="77777777">
       <w:pPr>
@@ -7494,87 +7452,84 @@
       <w:r w:rsidRPr="0005075A" w:rsidR="003F3E7F">
         <w:t xml:space="preserve">atkārtota </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>Nosacījumu pārkāpšana</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003F3E7F">
         <w:t>, t.sk.:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="4DD4C643" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="851" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Hlk530755198"/>
+      <w:bookmarkStart w:id="32" w:name="_Hlk530755198"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">netiek ievērotas normatīvajos aktos un Nosacījumos noteiktās prasības (atbilstošas materiālās bāzes neesamība, drošu un veselībai nekaitīgu mācību apstākļu nenodrošināšana, atbilstošas derīgas mācību </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00D654B0">
         <w:t xml:space="preserve">kartes </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve"> neesamība, izglītojamo nereģistrēšana VTUA normatīvajos aktos noteiktajā kārtībā, konstatēta Izglītības iestādes </w:t>
-[...2 lines deleted...]
-        <w:t>vai tā personāla Apmācīb</w:t>
+        <w:t xml:space="preserve"> neesamība, izglītojamo nereģistrēšana VTUA normatīvajos aktos noteiktajā kārtībā, konstatēta Izglītības iestādes vai tā personāla Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> īstenošanai atbilstošās izglītības vai profesionālās pieredzes neesamība u.c.), kā rezultātā apdraudēta kvalitatīva mācību norise;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="76C6D4CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="851" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Hlk530755099"/>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkStart w:id="33" w:name="_Hlk530755099"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">netiek nodrošināta nodarbību apmeklējumu uzskaite atbilstoši </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A53CCB">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> īstenošanas nosacījumos noteiktajam;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="44DE9BDB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
@@ -7639,51 +7594,51 @@
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="539F1D77" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">veicot atkārtotu pārbaudi </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A53CCB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>zglītības iestādē, ir konstatēts, ka iepriekš konstatētie pārkāpumi nav novērsti;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="1A3A4410" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">ierosināts </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00FA50DB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>zglītības iestādes maksātnespējas process;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="4851C785" w14:textId="77777777">
@@ -7726,275 +7681,263 @@
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003E53D3">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="04600B84" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Hlk530755470"/>
+      <w:bookmarkStart w:id="34" w:name="_Hlk530755470"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Izglītības iestāde neievēro </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A421DF">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003E53D3">
         <w:t xml:space="preserve">a ieskaitīšanas un atskaitīšanas </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="0005075A" w:rsidR="003E53D3">
         <w:t>no izglītojamo skaita kārtīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003E53D3">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="73A68464" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Hlk530755559"/>
+      <w:bookmarkStart w:id="35" w:name="_Hlk530755559"/>
       <w:r w:rsidRPr="0005075A">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003E53D3">
         <w:t xml:space="preserve">zglītības iestāde noteikusi </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A421DF">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003E53D3">
         <w:t xml:space="preserve">am </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00EE2797">
         <w:t xml:space="preserve">Nosacījumos un MK noteikumos Nr.75 </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00EF40A3">
         <w:t xml:space="preserve"> noteiktajām izmaksām </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003E53D3">
         <w:t>papildu maksu par dalību Apmācībā vai jebkādas citas finansiāla rakstura saistības</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003F4D58">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="5631EE6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Hlk530755675"/>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkStart w:id="36" w:name="_Hlk530755675"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="0005075A">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003F4D58">
         <w:t>zglītības iestāde, piedāvājot</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="006D291C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003F4D58">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003F4D58">
         <w:t xml:space="preserve"> pasākumus </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A421DF">
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003F4D58">
-        <w:t xml:space="preserve">iem, īsteno negodīgu </w:t>
-[...2 lines deleted...]
-        <w:t>komercpraksi</w:t>
+        <w:t>iem, īsteno negodīgu komercpraksi</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00390ABA">
-        <w:t xml:space="preserve"> Negodīgas </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> aizlieguma likuma izpratnē</w:t>
+        <w:t xml:space="preserve"> Negodīgas komercprakses aizlieguma likuma izpratnē</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00ED4000">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="5494E6C6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>konstatēta Izglītības iestādes neatbilstība MK noteikumu Nr.75 15.9 apakšpunktam.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="761FE8C4" w14:textId="07FC8C79">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Hlk530755724"/>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkStart w:id="37" w:name="_Hlk530755724"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Ja </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A53CCB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">zglītības iestāde vai </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00A53CCB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve">zglītības iestādes piedāvājums, atbilstoši šo Nosacījumu </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">zglītības iestādes piedāvājums, atbilstoši šo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t xml:space="preserve">Nosacījumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00F618E8">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A51BC6" w:rsidR="005A222B">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE" w:rsidR="005A222B">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A51BC6">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006A11DE">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A" w:rsidR="00A53CCB">
+      <w:r w:rsidRPr="006A11DE" w:rsidR="00A53CCB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0005075A">
-        <w:t xml:space="preserve">punktā noteiktajam, ir svītrots no izglītības piedāvājumu saraksta, </w:t>
+      <w:r w:rsidRPr="006A11DE">
+        <w:t>punkt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005075A">
+        <w:t xml:space="preserve">ā noteiktajam, ir svītrots no izglītības piedāvājumu saraksta, </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="009A55A6">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">zglītības iestāde atkārtoti pieteikties pasākumu īstenošanai var ne agrāk kā </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00BE559F">
         <w:t xml:space="preserve">divus </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>gadu</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00BE559F">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> pēc dienas, kad </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="009A55A6">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">zglītības iestāde vai </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="009A55A6">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>zglītības iestādes piedāvājums ir svītrots no izglītības piedāvājumu saraksta.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p w:rsidR="00986867" w:rsidRPr="0005075A" w:rsidP="00CE3C99" w14:paraId="4131AE00" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Gadījumos, ja konstatēto pārkāpumu dēļ nav pieļaujama uzņemto saistību izpilde (jāpārtrauc uzsākto </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00377940">
         <w:t>as</w:t>
@@ -8126,120 +8069,122 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0005075A">
         <w:t>sakarā ar Aģentūras reorganizāciju vai likvidāciju, ja tās rezultātā Aģentūras saistību pārņēmējs neturpina veikt Nosacījumos noteiktos pienākumus vai arī veic tos samazinātā apjomā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA7A8D" w:rsidRPr="0005075A" w:rsidP="009C74BE" w14:paraId="7FCF2B46" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA7A8D" w:rsidRPr="0005075A" w:rsidP="000D29D1" w14:paraId="49BC276C" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Hlk532307727"/>
+      <w:bookmarkStart w:id="38" w:name="_Hlk532307727"/>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve">Pretendenta </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:rPr>
           <w:bCs/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>pārstāvis/pilnvarotā persona</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t xml:space="preserve"> apliecina, ka Apmācība tiks īstenota atbilstoši šiem</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="003A73AD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A">
         <w:t>Nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="00986867">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA7A8D" w:rsidRPr="0005075A" w:rsidP="004E277B" w14:paraId="524131FA" w14:textId="77777777">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="448"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p w:rsidR="00BA7A8D" w:rsidRPr="0005075A" w:rsidP="004E277B" w14:paraId="2A271232" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidSect="000A2480">
-      <w:footerReference w:type="even" r:id="rId11"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8306,191 +8251,214 @@
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>KRG_4.2.14_28.pielikums 1.versija _____</w:t>
     </w:r>
     <w:r w:rsidRPr="00FA23F9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>.2023.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00C77F01" w:rsidP="002F33C2" w14:paraId="79BB2C3A" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00C77F01" w14:paraId="43709400" w14:textId="527457B7">
+  <w:p w:rsidR="00C77F01" w14:paraId="43709400" w14:textId="53C06A6E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00826E2C">
+    <w:r w:rsidR="00CC74E6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C77F01" w:rsidP="000A2480" w14:paraId="1A39B8C7" w14:textId="2C9198C5">
+  <w:p w:rsidR="00C77F01" w:rsidP="000A2480" w14:paraId="1A39B8C7" w14:textId="16379E32">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:bookmarkStart w:id="39" w:name="_Hlk218845320"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:r>
-      <w:rPr>
-[...6 lines deleted...]
-    <w:r w:rsidR="00EA6B6C">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">3.versija </w:t>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="005E3D96">
+    <w:r w:rsidR="00731D8A">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>12.03.2025.</w:t>
+      <w:t xml:space="preserve">.2.14.2_28.p_4.v_ </w:t>
+    </w:r>
+    <w:r w:rsidR="00731D8A">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>06.03.2026.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00C77F01" w:rsidP="00F33037" w14:paraId="5614977D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00C77F01" w:rsidP="000B0FEC" w14:paraId="1DE7FE2E" w14:textId="60049A04">
+  <w:p w:rsidR="00731D8A" w:rsidP="00731D8A" w14:paraId="611C1CCF" w14:textId="6126CCAF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:caps/>
+        <w:noProof/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="x-none"/>
+      </w:rPr>
     </w:pPr>
+    <w:bookmarkStart w:id="40" w:name="_GoBack"/>
     <w:r>
-      <w:rPr>
-[...6 lines deleted...]
-    <w:r w:rsidR="00EA6B6C">
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">3.versija </w:t>
+      <w:t xml:space="preserve">4.2.14.2_28.p_4.v_ </w:t>
     </w:r>
-    <w:r w:rsidR="0053773C">
+    <w:r>
       <w:rPr>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>12.03.2025.</w:t>
+      <w:t>06.03.2026.</w:t>
     </w:r>
   </w:p>
+  <w:bookmarkEnd w:id="40"/>
   <w:p w:rsidR="00C77F01" w14:paraId="680EECB8" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00731D8A" w14:paraId="20DB2871" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00731D8A" w14:paraId="4D7118DC" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00C77F01" w:rsidRPr="00186AD5" w:rsidP="00186AD5" w14:paraId="1A2D6396" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2CEA0AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17D90670"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5FD83BF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="34"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1200" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -8567,51 +8535,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="240D4388"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0CC638E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8653,51 +8621,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D52A4F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F3127B66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="56"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1484" w:hanging="480"/>
       </w:pPr>
@@ -8775,51 +8743,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4604" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31746F74"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -8861,51 +8829,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3763138D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0F6967A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -8950,51 +8918,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38F71AC3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5CF214DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -9071,51 +9039,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A8004BB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8612CC4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="79"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="764" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -9192,51 +9160,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47414AEA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DC80BE74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="87"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -9313,51 +9281,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49D77412"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="654C8AEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9426,51 +9394,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="579E1AB0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AAC82896"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="44"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
@@ -9547,70 +9515,70 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="593871E5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DA96455C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1282" w:hanging="432"/>
+        <w:ind w:left="1142" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1355" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
@@ -9636,51 +9604,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="625D5140"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78806128"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -9725,51 +9693,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64A5540F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D4C64DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9815,51 +9783,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B85A01"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47560574"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="88"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1473" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -9936,51 +9904,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69801A2F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -10022,51 +9990,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69F8261B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B0AAEC2A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -10214,152 +10182,187 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0007205E"/>
     <w:rsid w:val="0000233F"/>
     <w:rsid w:val="00004CF1"/>
     <w:rsid w:val="00006418"/>
     <w:rsid w:val="00006C6E"/>
     <w:rsid w:val="000076AD"/>
     <w:rsid w:val="00013501"/>
     <w:rsid w:val="00016D51"/>
     <w:rsid w:val="000179D7"/>
     <w:rsid w:val="000233AC"/>
     <w:rsid w:val="00023AC7"/>
     <w:rsid w:val="00024CFB"/>
     <w:rsid w:val="00025A5D"/>
     <w:rsid w:val="00025AF3"/>
     <w:rsid w:val="0002794E"/>
     <w:rsid w:val="00030A42"/>
     <w:rsid w:val="00032DA4"/>
     <w:rsid w:val="000365DC"/>
     <w:rsid w:val="00036F4C"/>
     <w:rsid w:val="00041E04"/>
     <w:rsid w:val="00041F86"/>
     <w:rsid w:val="000430F4"/>
     <w:rsid w:val="000434B6"/>
     <w:rsid w:val="000438C7"/>
     <w:rsid w:val="000453A9"/>
     <w:rsid w:val="00046C0C"/>
     <w:rsid w:val="000502D7"/>
     <w:rsid w:val="0005075A"/>
     <w:rsid w:val="00052389"/>
     <w:rsid w:val="00052ABC"/>
+    <w:rsid w:val="000530B4"/>
     <w:rsid w:val="0006122B"/>
     <w:rsid w:val="00065153"/>
     <w:rsid w:val="00066AE4"/>
     <w:rsid w:val="00070DE6"/>
     <w:rsid w:val="0007205E"/>
     <w:rsid w:val="000727FA"/>
+    <w:rsid w:val="0007684E"/>
     <w:rsid w:val="00082F7D"/>
     <w:rsid w:val="00090228"/>
     <w:rsid w:val="00092807"/>
     <w:rsid w:val="0009508F"/>
     <w:rsid w:val="000A2480"/>
     <w:rsid w:val="000A2E75"/>
     <w:rsid w:val="000A3B52"/>
     <w:rsid w:val="000A6945"/>
     <w:rsid w:val="000A6E30"/>
     <w:rsid w:val="000B036B"/>
     <w:rsid w:val="000B0FEC"/>
     <w:rsid w:val="000B4985"/>
     <w:rsid w:val="000B60BA"/>
     <w:rsid w:val="000C17C0"/>
     <w:rsid w:val="000C37A5"/>
     <w:rsid w:val="000C6367"/>
     <w:rsid w:val="000C6A7B"/>
     <w:rsid w:val="000C75A8"/>
     <w:rsid w:val="000D29D1"/>
     <w:rsid w:val="000D5ACA"/>
     <w:rsid w:val="000E77FD"/>
     <w:rsid w:val="000F47AF"/>
     <w:rsid w:val="000F5609"/>
     <w:rsid w:val="001006F5"/>
     <w:rsid w:val="00100F33"/>
     <w:rsid w:val="00113155"/>
     <w:rsid w:val="00117A2F"/>
+    <w:rsid w:val="00117FE2"/>
     <w:rsid w:val="0012311C"/>
     <w:rsid w:val="00127089"/>
+    <w:rsid w:val="00127FA6"/>
     <w:rsid w:val="00130EA3"/>
     <w:rsid w:val="00133E2B"/>
     <w:rsid w:val="00136B13"/>
     <w:rsid w:val="00141FD6"/>
     <w:rsid w:val="00142647"/>
     <w:rsid w:val="00143FCE"/>
     <w:rsid w:val="001441C7"/>
     <w:rsid w:val="00152E98"/>
     <w:rsid w:val="001536F8"/>
     <w:rsid w:val="0015511C"/>
     <w:rsid w:val="00160C61"/>
     <w:rsid w:val="001619A3"/>
     <w:rsid w:val="00162C61"/>
     <w:rsid w:val="00166E96"/>
     <w:rsid w:val="00171B5E"/>
     <w:rsid w:val="001723BE"/>
     <w:rsid w:val="00176BA2"/>
+    <w:rsid w:val="001778D7"/>
     <w:rsid w:val="0018119C"/>
     <w:rsid w:val="00182416"/>
     <w:rsid w:val="0018368A"/>
     <w:rsid w:val="00185EBD"/>
     <w:rsid w:val="00186AD5"/>
     <w:rsid w:val="0018717F"/>
     <w:rsid w:val="0019195A"/>
     <w:rsid w:val="00192352"/>
     <w:rsid w:val="00193583"/>
     <w:rsid w:val="0019380C"/>
     <w:rsid w:val="001959F2"/>
     <w:rsid w:val="00195E0E"/>
     <w:rsid w:val="001A426B"/>
     <w:rsid w:val="001A4E41"/>
     <w:rsid w:val="001A670B"/>
     <w:rsid w:val="001B12A7"/>
     <w:rsid w:val="001B288A"/>
     <w:rsid w:val="001B63AC"/>
     <w:rsid w:val="001C3EEB"/>
     <w:rsid w:val="001C5313"/>
     <w:rsid w:val="001C61F4"/>
     <w:rsid w:val="001C6924"/>
     <w:rsid w:val="001D1DDD"/>
     <w:rsid w:val="001D20D5"/>
     <w:rsid w:val="001D2E48"/>
@@ -10418,50 +10421,51 @@
     <w:rsid w:val="002D5DCE"/>
     <w:rsid w:val="002E1CA1"/>
     <w:rsid w:val="002E25BA"/>
     <w:rsid w:val="002E28F8"/>
     <w:rsid w:val="002E4928"/>
     <w:rsid w:val="002E5798"/>
     <w:rsid w:val="002E59C0"/>
     <w:rsid w:val="002F0593"/>
     <w:rsid w:val="002F1A6D"/>
     <w:rsid w:val="002F33C2"/>
     <w:rsid w:val="002F6AE3"/>
     <w:rsid w:val="002F74A6"/>
     <w:rsid w:val="002F7593"/>
     <w:rsid w:val="002F77A4"/>
     <w:rsid w:val="003045A9"/>
     <w:rsid w:val="00310B95"/>
     <w:rsid w:val="00314485"/>
     <w:rsid w:val="003146BD"/>
     <w:rsid w:val="00314A6C"/>
     <w:rsid w:val="00316350"/>
     <w:rsid w:val="00322EAA"/>
     <w:rsid w:val="00324401"/>
     <w:rsid w:val="0032609E"/>
     <w:rsid w:val="00330850"/>
     <w:rsid w:val="00331D62"/>
+    <w:rsid w:val="00332207"/>
     <w:rsid w:val="00333301"/>
     <w:rsid w:val="00335481"/>
     <w:rsid w:val="00337869"/>
     <w:rsid w:val="0034153A"/>
     <w:rsid w:val="00341860"/>
     <w:rsid w:val="0034586C"/>
     <w:rsid w:val="00351D91"/>
     <w:rsid w:val="00353390"/>
     <w:rsid w:val="003534DC"/>
     <w:rsid w:val="00355BA3"/>
     <w:rsid w:val="00356C06"/>
     <w:rsid w:val="0036040F"/>
     <w:rsid w:val="00361E1F"/>
     <w:rsid w:val="003624FA"/>
     <w:rsid w:val="00366FCB"/>
     <w:rsid w:val="00367F0E"/>
     <w:rsid w:val="00372576"/>
     <w:rsid w:val="00377940"/>
     <w:rsid w:val="00385B45"/>
     <w:rsid w:val="00386388"/>
     <w:rsid w:val="00390ABA"/>
     <w:rsid w:val="00391198"/>
     <w:rsid w:val="003948A8"/>
     <w:rsid w:val="003A0672"/>
     <w:rsid w:val="003A1C41"/>
@@ -10479,237 +10483,250 @@
     <w:rsid w:val="003E6CAD"/>
     <w:rsid w:val="003F3E7F"/>
     <w:rsid w:val="003F4D58"/>
     <w:rsid w:val="003F564D"/>
     <w:rsid w:val="004044A9"/>
     <w:rsid w:val="00406B38"/>
     <w:rsid w:val="00406CC8"/>
     <w:rsid w:val="004113F9"/>
     <w:rsid w:val="00411BEE"/>
     <w:rsid w:val="0041718E"/>
     <w:rsid w:val="00417546"/>
     <w:rsid w:val="00425F9E"/>
     <w:rsid w:val="004276DB"/>
     <w:rsid w:val="00427C3B"/>
     <w:rsid w:val="00430933"/>
     <w:rsid w:val="00430943"/>
     <w:rsid w:val="00432105"/>
     <w:rsid w:val="0044160C"/>
     <w:rsid w:val="00442A99"/>
     <w:rsid w:val="00443A1D"/>
     <w:rsid w:val="004440DD"/>
     <w:rsid w:val="004463AD"/>
     <w:rsid w:val="004467C0"/>
     <w:rsid w:val="00447FDE"/>
     <w:rsid w:val="004507ED"/>
+    <w:rsid w:val="0045243B"/>
     <w:rsid w:val="00452E40"/>
     <w:rsid w:val="00453F33"/>
     <w:rsid w:val="00455258"/>
     <w:rsid w:val="004579CF"/>
     <w:rsid w:val="0046207E"/>
     <w:rsid w:val="00462D0A"/>
     <w:rsid w:val="004639A5"/>
     <w:rsid w:val="00465601"/>
     <w:rsid w:val="00470F1B"/>
     <w:rsid w:val="00485CBE"/>
     <w:rsid w:val="00494118"/>
     <w:rsid w:val="00494EBA"/>
     <w:rsid w:val="00495DC2"/>
     <w:rsid w:val="004A0818"/>
     <w:rsid w:val="004A4DD4"/>
     <w:rsid w:val="004A664C"/>
     <w:rsid w:val="004B08FD"/>
     <w:rsid w:val="004B3350"/>
     <w:rsid w:val="004B4D89"/>
     <w:rsid w:val="004C13BB"/>
     <w:rsid w:val="004C641F"/>
     <w:rsid w:val="004C773F"/>
     <w:rsid w:val="004D13D4"/>
     <w:rsid w:val="004D1AC4"/>
     <w:rsid w:val="004E0883"/>
     <w:rsid w:val="004E277B"/>
     <w:rsid w:val="004E27F8"/>
     <w:rsid w:val="004E3773"/>
     <w:rsid w:val="004F5A48"/>
     <w:rsid w:val="004F7611"/>
     <w:rsid w:val="00500F41"/>
     <w:rsid w:val="00503BD1"/>
     <w:rsid w:val="00503FDC"/>
     <w:rsid w:val="005058A3"/>
     <w:rsid w:val="005270FB"/>
     <w:rsid w:val="00531900"/>
     <w:rsid w:val="00533BC6"/>
     <w:rsid w:val="00536DD1"/>
     <w:rsid w:val="0053773C"/>
     <w:rsid w:val="00540DEE"/>
+    <w:rsid w:val="005473EF"/>
     <w:rsid w:val="0055044E"/>
     <w:rsid w:val="00551788"/>
     <w:rsid w:val="00552D03"/>
     <w:rsid w:val="00555D06"/>
     <w:rsid w:val="005765D2"/>
     <w:rsid w:val="00580D25"/>
     <w:rsid w:val="00583CCD"/>
     <w:rsid w:val="00592318"/>
     <w:rsid w:val="0059403A"/>
+    <w:rsid w:val="00596F8A"/>
     <w:rsid w:val="005A0313"/>
     <w:rsid w:val="005A1A92"/>
     <w:rsid w:val="005A222B"/>
     <w:rsid w:val="005A2234"/>
     <w:rsid w:val="005B04B4"/>
     <w:rsid w:val="005B0E2B"/>
     <w:rsid w:val="005C17CE"/>
     <w:rsid w:val="005C1BBB"/>
     <w:rsid w:val="005C1D4F"/>
     <w:rsid w:val="005C5664"/>
     <w:rsid w:val="005D2F52"/>
     <w:rsid w:val="005D7F61"/>
     <w:rsid w:val="005E0EB9"/>
     <w:rsid w:val="005E17C1"/>
+    <w:rsid w:val="005E19FC"/>
     <w:rsid w:val="005E1A71"/>
     <w:rsid w:val="005E2BAE"/>
+    <w:rsid w:val="005E2C4E"/>
     <w:rsid w:val="005E2F45"/>
     <w:rsid w:val="005E3D96"/>
     <w:rsid w:val="00600E25"/>
     <w:rsid w:val="00601449"/>
     <w:rsid w:val="00605D1E"/>
     <w:rsid w:val="00615CF8"/>
     <w:rsid w:val="00617339"/>
     <w:rsid w:val="00617857"/>
     <w:rsid w:val="00617BC1"/>
     <w:rsid w:val="0062159E"/>
     <w:rsid w:val="006228D3"/>
     <w:rsid w:val="00626008"/>
     <w:rsid w:val="00626283"/>
     <w:rsid w:val="00626E3D"/>
     <w:rsid w:val="00634955"/>
     <w:rsid w:val="0063559C"/>
+    <w:rsid w:val="006526A6"/>
     <w:rsid w:val="006526E2"/>
     <w:rsid w:val="0065478E"/>
     <w:rsid w:val="006548CC"/>
     <w:rsid w:val="006605C2"/>
     <w:rsid w:val="00663BAD"/>
     <w:rsid w:val="00664DE0"/>
+    <w:rsid w:val="006654FA"/>
     <w:rsid w:val="00675544"/>
     <w:rsid w:val="00680545"/>
     <w:rsid w:val="006816DE"/>
     <w:rsid w:val="00682896"/>
     <w:rsid w:val="00685335"/>
     <w:rsid w:val="00686C5B"/>
     <w:rsid w:val="00691421"/>
     <w:rsid w:val="006918A9"/>
     <w:rsid w:val="00692667"/>
+    <w:rsid w:val="006A11DE"/>
     <w:rsid w:val="006A134B"/>
     <w:rsid w:val="006A47E4"/>
     <w:rsid w:val="006A5833"/>
     <w:rsid w:val="006A609A"/>
     <w:rsid w:val="006A678A"/>
     <w:rsid w:val="006A681C"/>
     <w:rsid w:val="006A70A8"/>
     <w:rsid w:val="006B07B8"/>
     <w:rsid w:val="006B2994"/>
     <w:rsid w:val="006B2E0A"/>
     <w:rsid w:val="006B3BED"/>
     <w:rsid w:val="006B4917"/>
     <w:rsid w:val="006B4AF6"/>
     <w:rsid w:val="006B6BD0"/>
     <w:rsid w:val="006B6FF3"/>
     <w:rsid w:val="006B7070"/>
     <w:rsid w:val="006C09BF"/>
     <w:rsid w:val="006C0A41"/>
     <w:rsid w:val="006C2F47"/>
     <w:rsid w:val="006C563D"/>
     <w:rsid w:val="006C5FB3"/>
     <w:rsid w:val="006D291C"/>
     <w:rsid w:val="006D386F"/>
     <w:rsid w:val="006E6EB3"/>
     <w:rsid w:val="006F2078"/>
     <w:rsid w:val="006F316D"/>
     <w:rsid w:val="006F4F80"/>
     <w:rsid w:val="006F56A7"/>
     <w:rsid w:val="00706A61"/>
     <w:rsid w:val="00707B71"/>
     <w:rsid w:val="007142CF"/>
     <w:rsid w:val="0072053F"/>
     <w:rsid w:val="00722A21"/>
     <w:rsid w:val="007232EC"/>
     <w:rsid w:val="007252A8"/>
     <w:rsid w:val="0072774D"/>
     <w:rsid w:val="0073067E"/>
+    <w:rsid w:val="00731D8A"/>
     <w:rsid w:val="00732D96"/>
     <w:rsid w:val="00732DF0"/>
     <w:rsid w:val="0074297B"/>
     <w:rsid w:val="00747873"/>
     <w:rsid w:val="00752E21"/>
     <w:rsid w:val="007576B9"/>
     <w:rsid w:val="00760D82"/>
+    <w:rsid w:val="00762BEB"/>
     <w:rsid w:val="0076610D"/>
     <w:rsid w:val="0077054A"/>
     <w:rsid w:val="00783CCD"/>
+    <w:rsid w:val="00785354"/>
     <w:rsid w:val="0078644B"/>
     <w:rsid w:val="0079205C"/>
     <w:rsid w:val="00792E04"/>
     <w:rsid w:val="00794066"/>
     <w:rsid w:val="00795597"/>
     <w:rsid w:val="007955EB"/>
     <w:rsid w:val="007A07D1"/>
     <w:rsid w:val="007A0FEF"/>
     <w:rsid w:val="007A1341"/>
     <w:rsid w:val="007A2F53"/>
     <w:rsid w:val="007A41F0"/>
     <w:rsid w:val="007A4416"/>
     <w:rsid w:val="007A6529"/>
     <w:rsid w:val="007A7704"/>
     <w:rsid w:val="007A7FDE"/>
     <w:rsid w:val="007B2201"/>
     <w:rsid w:val="007B4A8C"/>
     <w:rsid w:val="007B54C7"/>
     <w:rsid w:val="007B63B8"/>
     <w:rsid w:val="007B799E"/>
     <w:rsid w:val="007C0FA3"/>
     <w:rsid w:val="007C1752"/>
     <w:rsid w:val="007C2C6E"/>
     <w:rsid w:val="007C3726"/>
     <w:rsid w:val="007C3D3D"/>
     <w:rsid w:val="007C4FA9"/>
     <w:rsid w:val="007D1FD1"/>
     <w:rsid w:val="007D77A3"/>
     <w:rsid w:val="007D788E"/>
     <w:rsid w:val="007F1238"/>
     <w:rsid w:val="007F339A"/>
     <w:rsid w:val="007F540D"/>
     <w:rsid w:val="007F6C31"/>
     <w:rsid w:val="00800270"/>
     <w:rsid w:val="00803F21"/>
     <w:rsid w:val="00804490"/>
+    <w:rsid w:val="0080768E"/>
     <w:rsid w:val="00820187"/>
     <w:rsid w:val="00821FE8"/>
     <w:rsid w:val="00824BC4"/>
     <w:rsid w:val="00826242"/>
     <w:rsid w:val="00826E2C"/>
     <w:rsid w:val="00827678"/>
     <w:rsid w:val="00837698"/>
     <w:rsid w:val="00841096"/>
+    <w:rsid w:val="0084176C"/>
     <w:rsid w:val="008420CC"/>
     <w:rsid w:val="00844AFB"/>
     <w:rsid w:val="00845318"/>
     <w:rsid w:val="00850E6B"/>
     <w:rsid w:val="00862641"/>
     <w:rsid w:val="008734F8"/>
     <w:rsid w:val="00874F44"/>
     <w:rsid w:val="008759CA"/>
     <w:rsid w:val="0088255E"/>
     <w:rsid w:val="00887048"/>
     <w:rsid w:val="00890767"/>
     <w:rsid w:val="008916C1"/>
     <w:rsid w:val="0089618C"/>
     <w:rsid w:val="00896970"/>
     <w:rsid w:val="008A0023"/>
     <w:rsid w:val="008A1B29"/>
     <w:rsid w:val="008A4C04"/>
     <w:rsid w:val="008A541F"/>
     <w:rsid w:val="008A59DC"/>
     <w:rsid w:val="008B5DD6"/>
     <w:rsid w:val="008B64A9"/>
     <w:rsid w:val="008B6FD9"/>
     <w:rsid w:val="008C20CE"/>
     <w:rsid w:val="008C4789"/>
     <w:rsid w:val="008C48FA"/>
@@ -10814,50 +10831,51 @@
     <w:rsid w:val="00A942C4"/>
     <w:rsid w:val="00AA19EA"/>
     <w:rsid w:val="00AA367D"/>
     <w:rsid w:val="00AA6FDF"/>
     <w:rsid w:val="00AB27EC"/>
     <w:rsid w:val="00AB2C80"/>
     <w:rsid w:val="00AB5597"/>
     <w:rsid w:val="00AC0FC9"/>
     <w:rsid w:val="00AC39B5"/>
     <w:rsid w:val="00AC530C"/>
     <w:rsid w:val="00AC539B"/>
     <w:rsid w:val="00AC567D"/>
     <w:rsid w:val="00AC5A09"/>
     <w:rsid w:val="00AD0B1D"/>
     <w:rsid w:val="00AD0DA5"/>
     <w:rsid w:val="00AD4B7C"/>
     <w:rsid w:val="00AE1F50"/>
     <w:rsid w:val="00AE4585"/>
     <w:rsid w:val="00AE56FE"/>
     <w:rsid w:val="00AE6053"/>
     <w:rsid w:val="00AF0D61"/>
     <w:rsid w:val="00AF298E"/>
     <w:rsid w:val="00AF4276"/>
     <w:rsid w:val="00AF5AE5"/>
     <w:rsid w:val="00B02613"/>
+    <w:rsid w:val="00B06527"/>
     <w:rsid w:val="00B11B72"/>
     <w:rsid w:val="00B1437B"/>
     <w:rsid w:val="00B21AB8"/>
     <w:rsid w:val="00B24AE4"/>
     <w:rsid w:val="00B30A41"/>
     <w:rsid w:val="00B36AB0"/>
     <w:rsid w:val="00B37BC7"/>
     <w:rsid w:val="00B422A9"/>
     <w:rsid w:val="00B4407C"/>
     <w:rsid w:val="00B45486"/>
     <w:rsid w:val="00B458C7"/>
     <w:rsid w:val="00B45FF8"/>
     <w:rsid w:val="00B46A08"/>
     <w:rsid w:val="00B46A97"/>
     <w:rsid w:val="00B50562"/>
     <w:rsid w:val="00B541D7"/>
     <w:rsid w:val="00B54A76"/>
     <w:rsid w:val="00B56692"/>
     <w:rsid w:val="00B60E10"/>
     <w:rsid w:val="00B61499"/>
     <w:rsid w:val="00B62CF5"/>
     <w:rsid w:val="00B6461B"/>
     <w:rsid w:val="00B65403"/>
     <w:rsid w:val="00B675F3"/>
     <w:rsid w:val="00B84AA0"/>
@@ -10872,107 +10890,110 @@
     <w:rsid w:val="00BB3031"/>
     <w:rsid w:val="00BB4ACE"/>
     <w:rsid w:val="00BC3F91"/>
     <w:rsid w:val="00BC442B"/>
     <w:rsid w:val="00BC4FC5"/>
     <w:rsid w:val="00BD1AF6"/>
     <w:rsid w:val="00BE41C7"/>
     <w:rsid w:val="00BE559F"/>
     <w:rsid w:val="00BE5C31"/>
     <w:rsid w:val="00BF1EC3"/>
     <w:rsid w:val="00BF21BF"/>
     <w:rsid w:val="00BF2847"/>
     <w:rsid w:val="00C002A1"/>
     <w:rsid w:val="00C01833"/>
     <w:rsid w:val="00C0531E"/>
     <w:rsid w:val="00C06A29"/>
     <w:rsid w:val="00C10E57"/>
     <w:rsid w:val="00C111E6"/>
     <w:rsid w:val="00C15EC6"/>
     <w:rsid w:val="00C24D2F"/>
     <w:rsid w:val="00C25627"/>
     <w:rsid w:val="00C3270D"/>
     <w:rsid w:val="00C32895"/>
     <w:rsid w:val="00C350D4"/>
     <w:rsid w:val="00C46525"/>
+    <w:rsid w:val="00C46F71"/>
     <w:rsid w:val="00C54D31"/>
     <w:rsid w:val="00C576B1"/>
     <w:rsid w:val="00C65AD6"/>
     <w:rsid w:val="00C66D3B"/>
     <w:rsid w:val="00C67A2F"/>
     <w:rsid w:val="00C708FC"/>
     <w:rsid w:val="00C70E79"/>
     <w:rsid w:val="00C77682"/>
     <w:rsid w:val="00C77F01"/>
     <w:rsid w:val="00C83CB0"/>
     <w:rsid w:val="00C90FB1"/>
     <w:rsid w:val="00C926D8"/>
     <w:rsid w:val="00C93AC4"/>
     <w:rsid w:val="00C96EB4"/>
     <w:rsid w:val="00CA0FAD"/>
     <w:rsid w:val="00CA2D67"/>
     <w:rsid w:val="00CA3F06"/>
     <w:rsid w:val="00CA4AFF"/>
     <w:rsid w:val="00CB2128"/>
     <w:rsid w:val="00CC1BA3"/>
     <w:rsid w:val="00CC277F"/>
     <w:rsid w:val="00CC55F9"/>
     <w:rsid w:val="00CC683C"/>
+    <w:rsid w:val="00CC74E6"/>
     <w:rsid w:val="00CC7B6E"/>
     <w:rsid w:val="00CD2AEA"/>
     <w:rsid w:val="00CD5682"/>
     <w:rsid w:val="00CE1C22"/>
     <w:rsid w:val="00CE2B57"/>
     <w:rsid w:val="00CE387E"/>
     <w:rsid w:val="00CE3C99"/>
     <w:rsid w:val="00CE585C"/>
     <w:rsid w:val="00CE66F6"/>
     <w:rsid w:val="00CF196C"/>
     <w:rsid w:val="00CF55F4"/>
     <w:rsid w:val="00CF561A"/>
     <w:rsid w:val="00CF575D"/>
     <w:rsid w:val="00D00D97"/>
     <w:rsid w:val="00D0134D"/>
     <w:rsid w:val="00D02210"/>
     <w:rsid w:val="00D023D4"/>
     <w:rsid w:val="00D1075C"/>
     <w:rsid w:val="00D13218"/>
     <w:rsid w:val="00D1354F"/>
     <w:rsid w:val="00D14CBC"/>
     <w:rsid w:val="00D16C84"/>
     <w:rsid w:val="00D2095F"/>
     <w:rsid w:val="00D23A51"/>
     <w:rsid w:val="00D25179"/>
     <w:rsid w:val="00D25D21"/>
     <w:rsid w:val="00D33CBD"/>
     <w:rsid w:val="00D33EB4"/>
     <w:rsid w:val="00D34651"/>
     <w:rsid w:val="00D3653C"/>
     <w:rsid w:val="00D45FAB"/>
     <w:rsid w:val="00D47659"/>
     <w:rsid w:val="00D52786"/>
     <w:rsid w:val="00D54134"/>
+    <w:rsid w:val="00D57E52"/>
     <w:rsid w:val="00D635BE"/>
     <w:rsid w:val="00D635EB"/>
     <w:rsid w:val="00D63F7B"/>
     <w:rsid w:val="00D654B0"/>
     <w:rsid w:val="00D718E4"/>
     <w:rsid w:val="00D74C69"/>
     <w:rsid w:val="00D76703"/>
     <w:rsid w:val="00D768CB"/>
     <w:rsid w:val="00D77048"/>
     <w:rsid w:val="00D7738A"/>
     <w:rsid w:val="00D81A34"/>
     <w:rsid w:val="00D81E99"/>
     <w:rsid w:val="00D82618"/>
     <w:rsid w:val="00D84FC3"/>
     <w:rsid w:val="00D85DD7"/>
     <w:rsid w:val="00D86FC9"/>
     <w:rsid w:val="00D9190B"/>
     <w:rsid w:val="00D93368"/>
     <w:rsid w:val="00D934E4"/>
     <w:rsid w:val="00D95812"/>
     <w:rsid w:val="00D95EC6"/>
     <w:rsid w:val="00D96A9F"/>
     <w:rsid w:val="00D97947"/>
     <w:rsid w:val="00D97C32"/>
     <w:rsid w:val="00DA0C5D"/>
@@ -11085,50 +11106,51 @@
     <w:rsid w:val="00F96D06"/>
     <w:rsid w:val="00F977F2"/>
     <w:rsid w:val="00FA0311"/>
     <w:rsid w:val="00FA2359"/>
     <w:rsid w:val="00FA23F9"/>
     <w:rsid w:val="00FA34A9"/>
     <w:rsid w:val="00FA50DB"/>
     <w:rsid w:val="00FA73B6"/>
     <w:rsid w:val="00FB2601"/>
     <w:rsid w:val="00FB33D8"/>
     <w:rsid w:val="00FB3AF2"/>
     <w:rsid w:val="00FB7082"/>
     <w:rsid w:val="00FC197B"/>
     <w:rsid w:val="00FC2B93"/>
     <w:rsid w:val="00FC3941"/>
     <w:rsid w:val="00FC5229"/>
     <w:rsid w:val="00FC5AD4"/>
     <w:rsid w:val="00FD4223"/>
     <w:rsid w:val="00FD5912"/>
     <w:rsid w:val="00FD63CB"/>
     <w:rsid w:val="00FE0C3F"/>
     <w:rsid w:val="00FE25E2"/>
     <w:rsid w:val="00FE38CC"/>
     <w:rsid w:val="00FE462B"/>
     <w:rsid w:val="00FE5769"/>
+    <w:rsid w:val="00FE6578"/>
     <w:rsid w:val="00FF0082"/>
     <w:rsid w:val="00FF0C3C"/>
     <w:rsid w:val="00FF362F"/>
     <w:rsid w:val="00FF3B29"/>
     <w:rsid w:val="00FF7840"/>
     <w:rsid w:val="00FF7B54"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w14:docId w14:val="73C03978"/>
   <w15:docId w15:val="{FC43CF30-2ACA-41A8-8597-68888B427A08}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
@@ -11146,51 +11168,51 @@
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11644,64 +11666,66 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00417546"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00417546"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:aliases w:val="Char5 Char"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00417546"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:aliases w:val="Char5 Char Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00417546"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C83CB0"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C83CB0"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
@@ -11833,51 +11857,51 @@
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00826E2C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cvvp.nva.gov.lv" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cvvp.nva.gov.lv" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12399,94 +12423,94 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB1A4987-2855-4C64-9716-955E20E15492}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B20A247C-DBB4-4141-9F92-6267F61C65D1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E6BF8BE-98FA-498C-9109-B9C1E4E8BA6A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>14798</Characters>
+  <Pages>12</Pages>
+  <Words>26896</Words>
+  <Characters>15331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>123</Lines>
-  <Paragraphs>81</Paragraphs>
+  <Lines>127</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40677</CharactersWithSpaces>
+  <CharactersWithSpaces>42143</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Aleksejs</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100385BFBF87896214B9C4D01EAA747C93C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>