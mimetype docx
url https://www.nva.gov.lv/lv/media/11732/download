--- v0 (2025-10-10)
+++ v1 (2026-03-28)
@@ -1,80 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item5.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 24.7.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.7.0 -->
   <w:body>
     <w:p w:rsidR="00DC1618" w:rsidRPr="00295AE6" w:rsidP="00752539" w14:paraId="728477A2" w14:textId="22FC45F3">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00054AE7" w:rsidRPr="00295AE6" w:rsidP="00BD465B" w14:paraId="5EEE85BA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BD465B" w:rsidRPr="00295AE6" w:rsidP="005E4147" w14:paraId="7F8D09F5" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
@@ -733,51 +734,51 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ministru kabineta 2013.gada 24.septembra noteikumi Nr.1000 „Valsts akciju sabiedrības „Ceļu satiksmes drošības direkcija” publisko maksas pakalpojumu cenrādis”;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="3886CAE1" w14:textId="647B79CF">
+    <w:p w:rsidR="009F3C52" w:rsidP="00E6797B" w14:paraId="3886CAE1" w14:textId="2922CA72">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -794,93 +795,133 @@
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Noteikumi par apmācību pirmās palīdzības sniegšanā</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00734A9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00571688" w:rsidRPr="006C563D" w:rsidP="00571688" w14:paraId="3A36624A" w14:textId="38E883C2">
-[...22 lines deleted...]
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="7CBE86A3" w14:textId="77777777">
+    <w:p w:rsidR="006654FA" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="36BD2D5D" w14:textId="73C6F5D0">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk220314280"/>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2023.gada 20.jūnija noteikumi Nr. 323 „Eiropas Savienības Atveseļošanas un noturības mehānisma plāna 3.1. reformu un investīciju virziena “Reģionālā politika” 3.1.2. reformas “Sociālo un nodarbinātības pakalpojumu pieejamība minimālo ienākumu reformas atbalstam” 3.1.2.5.i. investīcijas “Bezdarbnieku, darba meklētāju un bezdarba riskam pakļauto iedzīvotāju iesaiste darba tirgū” īstenošanas un uzraudzības noteikumi”;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00075E5D" w:rsidRPr="005E2C4E" w:rsidP="00075E5D" w14:paraId="2FBA88E8" w14:textId="3C732633">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC44FF">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Ministru kabineta 2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC44FF" w:rsidR="004203A6">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada 22.decembra noteikumi Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC44FF">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>846 “Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 4.3.3. specifiskā atbalsta mērķa "Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sevišķi, īstenojot Garantiju jauniešiem –, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļuvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot pašnodarbinātību un sociālo ekonomiku" 4.3.3.1. pasākuma "Bezdarbnieku, darba meklētāju un bezdarba riskam pakļauto personu kvalifikācijas un prasmju paaugstināšana" īstenošanas noteikumi”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="7CBE86A3" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>citiem spēkā esošajiem normatīvajiem aktiem.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D170F" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="3440114E" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1158,54 +1199,51 @@
       <w:r w:rsidRPr="006C563D">
         <w:t xml:space="preserve">, rīkojumu, apmeklējumu uzskaites kopsavilkumu, rēķinu, </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="001F7109">
         <w:t>klientu</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:t xml:space="preserve"> apmācību kavējumu un attaisnojošo dokumentu, informācij</w:t>
       </w:r>
       <w:r w:rsidR="002D71C2">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:t xml:space="preserve"> par apmācību rezultātiem</w:t>
       </w:r>
       <w:r w:rsidR="002D71C2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D71C2">
         <w:t>Izglītības iestāde pievieno</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="002D71C2">
-        <w:t xml:space="preserve"> CV un </w:t>
-[...2 lines deleted...]
-        <w:t>vakanču portālā</w:t>
+        <w:t xml:space="preserve"> CV un vakanču portālā</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00111F3D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002D71C2">
         <w:t xml:space="preserve">Pievienojot dokumentus, datņu nosaukumus veido atbilstoši to saturam. </w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="002D71C2">
         <w:t>Par dokumentu pievienošanu CV un vakanču portālā Izglītības iestāde informē Aģentūr</w:t>
       </w:r>
       <w:r w:rsidR="002D71C2">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="0005075A" w:rsidR="002D71C2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0094350A" w:rsidR="0094350A">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="002442E6" w:rsidP="00E6797B" w14:paraId="70A4A2B1" w14:textId="2CD17E69">
       <w:pPr>
@@ -1660,57 +1698,51 @@
       <w:r w:rsidRPr="006C563D">
         <w:t>Izglītības iestāde nav uzsākusi Apmācības īstenošanu viena mēneša laikā no Kupona apstiprināšanas datuma;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00295AE6" w:rsidRPr="006C563D" w:rsidP="00295AE6" w14:paraId="62835DEA" w14:textId="68CE4309">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:t xml:space="preserve">Izglītības iestāde līdz </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00D811BA">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
-        <w:t xml:space="preserve">pliecinājuma parakstīšanai </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> atteikusies no Apmācības īstenošanas;</w:t>
+        <w:t>pliecinājuma parakstīšanai rakstveidā atteikusies no Apmācības īstenošanas;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00295AE6" w:rsidRPr="006C563D" w:rsidP="00295AE6" w14:paraId="64B6BC76" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:t>klients līdz līguma noslēgšanai zaudē bezdarbnieka vai darba meklētāja statusu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="002442E6" w:rsidP="00E6797B" w14:paraId="50F82736" w14:textId="15D06E44">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2020,51 +2052,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="00C46525">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">mācību grupas </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="00B84139">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>anulēšanai tiek attēloti mācību grupas vietnē.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="003C2388" w:rsidRPr="004D1E83" w:rsidP="00E6797B" w14:paraId="35963D1D" w14:textId="14530C63">
+    <w:p w:rsidR="003C2388" w:rsidRPr="004D1E83" w:rsidP="00E6797B" w14:paraId="35963D1D" w14:textId="39BC9FBF">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C2388">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2148,144 +2180,210 @@
       <w:r w:rsidRPr="003C2388" w:rsidR="001F2161">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uzsākšanas dienā</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2388">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003C2388" w:rsidR="00295AE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">CV un vakanču portālā grupas vietnē pievieno iepriekš Aģentūrā saskaņotu, ar </w:t>
+        <w:t xml:space="preserve">CV un vakanču portālā grupas vietnē pievieno iepriekš Aģentūrā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C2388" w:rsidR="00295AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saskaņotu, ar </w:t>
       </w:r>
       <w:r w:rsidRPr="003C2388" w:rsidR="00C24D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>drošu elektronisko parakstu</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2388" w:rsidR="00295AE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> parakstītu Apliecinājumu</w:t>
       </w:r>
       <w:r w:rsidRPr="003C2388">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B825BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Apliecinājumu iesniedz kopā ar mācību stundu (nodarbību) sarakstu/īstenošanas plānu visam mācību periodam (tai skaitā par pirmās palīdzības sniegšanas kursa nodarbībām un par periodiskās apmācības nodarbībām), </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B825BB" w:rsidR="00606254">
+        <w:t xml:space="preserve">Apliecinājumu iesniedz kopā ar mācību stundu (nodarbību) sarakstu/īstenošanas plānu visam mācību periodam (tai skaitā par </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk212549519"/>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pirmās palīdzības sniegšanas kursa nodarbībām </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un par periodiskās apmācības nodarbībām)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC44FF" w:rsidR="00263470">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="00263470">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nosakot, ka visiem mācību grupā iesaistītajiem klientiem apmācības perioda pēdējās divās darba dienās, tiek nodrošināta Nosacījumu 27.pu</w:t>
-[...4 lines deleted...]
-          <w:color w:val="0000FF"/>
+        <w:t>norādot tajā katras teorētiskās nodarbības laikus un īstenošanas vietas adresi, tai skaitā tiešsaistes adresi, ja apmācības tiek īstenotas attālināti,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosakot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263470" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ka visiem mācību grupā iesaistītajiem klientiem apmācības perioda pēdējās divās darba dienās, tiek nodrošināta Nosacījumu 27.pu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263470" w:rsidR="00D13F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B825BB" w:rsidR="00606254">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="00263470" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ktā minētā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00310B95" w:rsidR="00606254">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="00263470" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">braukšanas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B825BB" w:rsidR="00606254">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="00263470" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">eksāmena kārtošana izglītības iestādē. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00310B95" w:rsidR="00606254">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Mācību </w:t>
+      <w:r w:rsidRPr="00263470" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mācību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00263470" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00310B95" w:rsidR="00606254">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stundu</w:t>
       </w:r>
       <w:r w:rsidRPr="00310B95" w:rsidR="00606254">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00310B95" w:rsidR="00606254">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nodarbību</w:t>
       </w:r>
@@ -2443,51 +2541,51 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> CSDD</w:t>
       </w:r>
       <w:r w:rsidRPr="00626283" w:rsidR="00176185">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sistēmas</w:t>
       </w:r>
       <w:r w:rsidRPr="00626283">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C2388" w:rsidRPr="00490412" w:rsidP="00490412" w14:paraId="0B7DF205" w14:textId="5CA7DFF9">
+    <w:p w:rsidR="003C2388" w:rsidRPr="003B150E" w:rsidP="00490412" w14:paraId="0B7DF205" w14:textId="4FE4F5EB">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5B3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -2563,109 +2661,193 @@
       <w:r w:rsidRPr="00B825BB" w:rsidR="004E7415">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00B825BB" w:rsidR="00325617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B825BB" w:rsidR="004B7B8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> izmantojot informācijas un komunikācijas tehnoloģiju rīkus (turpmāk – e-vide)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B825BB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="004B7B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izmantojot informācijas un komunikācijas tehnoloģiju rīkus (turpmāk – e-vide)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="00490412" w:rsidP="00490412" w14:paraId="5B05242C" w14:textId="7F7468FA">
+    <w:p w:rsidR="00263470" w:rsidRPr="003B150E" w:rsidP="00490412" w14:paraId="1DBB0D6B" w14:textId="210C093C">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pirmās palīdzības sniegšanas kursa stundu (nodarbību) sarakstu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00263470" w:rsidRPr="003B150E" w:rsidP="00490412" w14:paraId="6C716A0A" w14:textId="5291050C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>35 mācību stundu sagatavošanai sākotnējo profesionālās kvalifikācijas eksāmenu kārtošanai vai 35 mācību stundu periodiskās apmācības stundu (nodarbību) sarakstu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F3C52" w:rsidRPr="00490412" w:rsidP="00490412" w14:paraId="5B05242C" w14:textId="35FD3BBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>braukšanas apmācīb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="009E64BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mācību stundu</w:t>
+      </w:r>
       <w:r w:rsidRPr="00626283">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> braukšanas apmācīb</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> mācību stundu (nodarbību) sarakstu</w:t>
+        <w:t xml:space="preserve"> (nodarbību) sarakstu</w:t>
       </w:r>
       <w:r w:rsidRPr="00626283" w:rsidR="00E81B2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00626283" w:rsidR="00DD70EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">kurā </w:t>
       </w:r>
       <w:r w:rsidRPr="00626283" w:rsidR="00E81B2B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
@@ -3255,198 +3437,168 @@
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00C06B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vietai, kā arī nepieciešamības gadījumā, pamatojoties uz Aģentūras finansēta </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> vietai, kā arī nepieciešamības gadījumā, pamatojoties uz Aģentūras finansēta ergoterapeita atzinumu, veic mācību vietas pielāgojumus. Ja Apmācībā tiek iesaistīta persona ar dzirdes invaliditāti, Izglītības iestādei jānodrošina iespēja Aģentūras finansētam surdotulkam </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00606849">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00C06B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vietā sniegt </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> pakalpojumus.</w:t>
+        <w:t xml:space="preserve"> vietā sniegt surdotulka pakalpojumus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0068163F" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="2EDA9979" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestāde pēc nepieciešamības nodrošina </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00CD73AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">iem 35 mācību stundas sagatavošanai sākotnējo profesionālās kvalifikācijas eksāmenu kārtošanai vai </w:t>
+        <w:t xml:space="preserve">iem </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk212548774"/>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35 mācību stundas sagatavošanai sākotnējo profesionālās kvalifikācijas eksāmenu kārtošanai </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>35 mācību stundu periodisko apmācību</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="006D4F04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D4F04" w:rsidRPr="006C563D" w:rsidP="00C26493" w14:paraId="133E814A" w14:textId="77777777">
+    <w:p w:rsidR="006D4F04" w:rsidRPr="006C563D" w:rsidP="00C26493" w14:paraId="133E814A" w14:textId="2F27771D">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
@@ -3477,51 +3629,59 @@
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sagatavošan</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00B6283A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sākotnējo profesionālās kvalifikācijas eksāmenu kārtošanai;</w:t>
+        <w:t xml:space="preserve"> sākotnējo profesionālās kvalifikācijas eksāmenu kārtošanai</w:t>
+      </w:r>
+      <w:r w:rsidR="00761431">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4F04" w:rsidRPr="006C563D" w:rsidP="00C26493" w14:paraId="5FF2AE8D" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
@@ -4211,84 +4371,73 @@
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Apmācība tiek īstenota valsts </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="009E21F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">valodā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="003C2388">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="009E21F6" w:rsidR="003C2388">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ne mazāk kā trīs darba dienas nedēļā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">no </w:t>
+      <w:r w:rsidRPr="009E21F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laika no </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="00352F14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">plkst. </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="00C67B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -4476,51 +4625,51 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>braukšanas apmācības maksimālais ilgums vienai personai ir divas mācību stundas dienā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E2ADF" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="411414C8" w14:textId="77777777">
+    <w:p w:rsidR="003E2ADF" w:rsidRPr="003B150E" w:rsidP="00B96D7E" w14:paraId="411414C8" w14:textId="7D42899D">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -4544,116 +4693,133 @@
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="002E0D55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pmācības sagatavošanai sākotnējo profesionālās kvalifikācijas eksāmenu kārtošanai </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00955B75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību stundu skaits vienai personai</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="002E0D55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir septiņas mācību stundas dienā</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C563D">
-[...5 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="003B150E" w:rsidR="009E21F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="00761431">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Šo noteikumu 16.1. apakšpunktā minētās 35 mācību stundas sagatavošanai sākotnējo profesionālās kvalifikācijas eksāmenu kārtošanai var tikt īstenotas attālināti;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7457E" w:rsidP="00B96D7E" w14:paraId="3A6E1A64" w14:textId="670E4F46">
+    <w:p w:rsidR="00F7457E" w:rsidP="00B96D7E" w14:paraId="3A6E1A64" w14:textId="181150AE">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C563D">
+      <w:r w:rsidRPr="003B150E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="009F3C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>irmās palīdzības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="0048197A">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="0048197A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sniegšanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="009F3C52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kursu atļauts organizēt, nosakot ne vairāk kā</w:t>
+      </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="009F3C52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>irmās palīdzības</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> kursu atļauts organizēt, nosakot ne vairāk kā astoņas mācību stundas dienā</w:t>
+        <w:t xml:space="preserve"> astoņas mācību stundas dienā</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00026E84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="2CF75116" w14:textId="6460DCE1">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
@@ -4950,51 +5116,59 @@
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="002C1323">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="0027233D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="0027233D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>braukšanas apmācības mācību stundu (nodarbību) sarakst</w:t>
+        <w:t xml:space="preserve">braukšanas apmācības mācību stundu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D" w:rsidR="0027233D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(nodarbību) sarakst</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="002C1323">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ā,</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="0027233D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -5591,60 +5765,51 @@
       <w:r w:rsidRPr="006C563D" w:rsidR="006531D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00FF6220">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00CA119C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">stundas </w:t>
-[...8 lines deleted...]
-        <w:t>(</w:t>
+        <w:t>stundas (</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00FF6220">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nodarbīb</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00CA119C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as)</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="006531D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
@@ -5819,69 +5984,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">izglītības iestāde CV un vakanču portālā pievieno </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>izglītības iestāde CV un vakanču portālā pievieno ekrānšāviņu (</w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>printscreen</w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">)  no CSDD sistēmas par katras </w:t>
       </w:r>
       <w:r w:rsidRPr="00B825BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6151,302 +6298,289 @@
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a iesniegums par Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00701750">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārtraukšanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="596B2E4B" w14:textId="77777777">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="7FDBD04E" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>klients kavējis 10 procentus no kopējā mācību stundu skaita;</w:t>
+        <w:t>klients zaudējis bezdarbnieka vai darba meklētāja statusu un atbilstoši Aģentūras sniegtajai informācijai, tam nav tiesību turpināt dalību Apmācībā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="7FDBD04E" w14:textId="77777777">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="2ED3311B" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>klients zaudējis bezdarbnieka vai darba meklētāja statusu un atbilstoši Aģentūras sniegtajai informācijai, tam nav tiesību turpināt dalību Apmācībā;</w:t>
+        <w:t xml:space="preserve">Aģentūra konstatējusi, ka pirms iesaistes Apmācībā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D" w:rsidR="004C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klient</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s neatbilda normatīvajos aktos noteiktajiem nosacījumiem dalībai Apmācībā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="2ED3311B" w14:textId="77777777">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="770F9A85" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aģentūra konstatējusi, ka pirms iesaistes Apmācībā </w:t>
-[...15 lines deleted...]
-        <w:t>s neatbilda normatīvajos aktos noteiktajiem nosacījumiem dalībai Apmācībā;</w:t>
+        <w:t xml:space="preserve">klients nav pielaists pie Nosacījumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D" w:rsidR="0068163F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D" w:rsidR="00721247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.punktā minēto eksāmenu kārtošanas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="770F9A85" w14:textId="77777777">
+    <w:p w:rsidR="00075E5D" w:rsidP="00A442AE" w14:paraId="3EF740DA" w14:textId="2A14CDA3">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C563D">
-[...29 lines deleted...]
-        <w:t>.punktā minēto eksāmenu kārtošanas;</w:t>
+      <w:r w:rsidRPr="00075E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klients Apmācīb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075E5D" w:rsidR="00701750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikā atkārtoti pārkāpis Izglītības iestādes iekšējās kārtības noteikumus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075E5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>t.sk. atkārtoti neattaisnoti atcēlis vai pārcēlis braukšanas nodarbības;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00E6797B" w14:paraId="2CA7C59F" w14:textId="77777777">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="00075E5D" w:rsidP="00A442AE" w14:paraId="3B552E6B" w14:textId="6152C25C">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C563D">
-[...45 lines deleted...]
-      <w:r w:rsidRPr="006C563D">
+      <w:r w:rsidRPr="00075E5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C563D" w:rsidR="00D371C7">
+      <w:r w:rsidRPr="00075E5D" w:rsidR="00D371C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">s zaudē atbilstību nosacījumiem, kas ļauj iegūt </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C563D" w:rsidR="00A7234A">
+      <w:r w:rsidRPr="00075E5D" w:rsidR="00A7234A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>transportlīdzekļa vadītāja</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C563D" w:rsidR="00D371C7">
+      <w:r w:rsidRPr="00075E5D" w:rsidR="00D371C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> apliecību.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="002442E6" w:rsidP="00E6797B" w14:paraId="4DE2878D" w14:textId="74EBE8FA">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -6523,75 +6657,51 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="00BE05D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="00A5363D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Rīkojumam pievieno </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="000A171B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>ekrānšāviņu</w:t>
-[...23 lines deleted...]
-        <w:t>) no CSDD sistēmas, par notikušajām braukšanas nodarbībām un</w:t>
+        <w:t>ekrānšāviņu (printscreen) no CSDD sistēmas, par notikušajām braukšanas nodarbībām un</w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="004B7B8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par katras </w:t>
       </w:r>
       <w:r w:rsidRPr="00B825BB" w:rsidR="004B7B8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tēmas (moduļa) </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="004B7B8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
@@ -6651,54 +6761,62 @@
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">am turpināt dalību Apmācībā, ja </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="004C59F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>s ir zaudējis bezdarbnieka vai darba meklētāja statusu Bezdarbnieku un darba meklētāju atbalsta likuma 12.panta piektajā daļā un 15.panta septītajā daļā noteiktajos gadījumos.</w:t>
+        <w:t xml:space="preserve">s ir zaudējis bezdarbnieka vai darba meklētāja statusu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Bezdarbnieku un darba meklētāju atbalsta likuma 12.panta piektajā daļā un 15.panta septītajā daļā noteiktajos gadījumos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="00606254" w:rsidP="00606254" w14:paraId="204A18D0" w14:textId="510EE0CB">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="009E21F6" w:rsidP="00606254" w14:paraId="204A18D0" w14:textId="510EE0CB">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -6787,72 +6905,61 @@
       <w:r w:rsidRPr="006C563D" w:rsidR="00B00282">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> organizē teorētiskos un braukšanas eksāmenus Izglītības iestādē atbilstoši Latvijas Republikā spēkā esošajiem normatīvajiem aktiem, dodot iespēju kā novērotājiem tajos piedalīties Aģentūras, Labklājības ministrijas un CSDD pārstāvjiem.</w:t>
       </w:r>
       <w:r w:rsidRPr="00606254" w:rsidR="00606254">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00606254">
-[...20 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="009E21F6" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Braukšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E21F6" w:rsidR="00606254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>eksāmena kārtošana Izglītības iestādē nodrošināma visiem mācību grupā iesaistītajiem klientiem Apmācības perioda pēdējās divās darba dienās.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="55A6A8B8" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
@@ -7180,134 +7287,134 @@
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00F50ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s nokārtojis teorētisko kvalifikācijas eksāmenu</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="003B5603">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> CSDD</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00F50ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, Izglītības iestāde viņu piesaka braukšanas </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk103760880"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk103760880"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="000C09D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">kvalifikācija </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00F50ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>eksāmena kārtošanai</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="000C09D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> CSDD</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="001C2005">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00F50ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> informē </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="004C59F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00F50ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk27467585"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk27467585"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="00031023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>par braukšanas kvalifikācija</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="004C59F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00031023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> eksāmena kārtošanas datumu CSDD</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="001C2005">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B96D7E" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="75A38DC8" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7355,59 +7462,51 @@
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">.punktā minētā eksāmena nokārtošanas, nodrošina katram </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="004C59F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">am iespēju vienu reizi kārtot transportlīdzekļa vadītāja kvalifikācijas eksāmenu CSDD atbilstoši normatīvo aktu nosacījumiem, kā arī nodrošina transportlīdzekļa vadītāja apliecības saņemšanu. Izglītības iestāde nodrošina tādu kvalifikācijas </w:t>
-[...7 lines deleted...]
-        <w:t>eksāmenu kārtošanu, lai to nokārtošanas gadījumā, transportlīdzekļa vadītāja apliecībā tiktu iekļauts kods (kods 95), kas apliecina, ka transportlīdzekļa vadītājs ir izpildījis profesionālā vadītāja kvalifikācijas prasības.</w:t>
+        <w:t>am iespēju vienu reizi kārtot transportlīdzekļa vadītāja kvalifikācijas eksāmenu CSDD atbilstoši normatīvo aktu nosacījumiem, kā arī nodrošina transportlīdzekļa vadītāja apliecības saņemšanu. Izglītības iestāde nodrošina tādu kvalifikācijas eksāmenu kārtošanu, lai to nokārtošanas gadījumā, transportlīdzekļa vadītāja apliecībā tiktu iekļauts kods (kods 95), kas apliecina, ka transportlīdzekļa vadītājs ir izpildījis profesionālā vadītāja kvalifikācijas prasības.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B96D7E" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="1E8323ED" w14:textId="44144D36">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7482,89 +7581,89 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> mācību stundas</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="000252E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EE7683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Izglītības iestādē </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk105659461"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk105659461"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="000252E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniedz rakstveida iesniegumu </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk105664317"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk105664317"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="000252E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par iespēju nodrošināt viņam kavēto stundu apmeklējumu </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="000252E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="000252E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kārtot Nosacījumu 27.punktā minētos eksāmenus</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="000252E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EE7683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EE7683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pievieno attaisnojošu iemeslu apstiprinoša dokumenta kopiju</w:t>
@@ -7579,76 +7678,76 @@
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EE7683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. Izglītības iestāde nodrošina iespēju </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EE7683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">am apmeklēt kavētās mācību stundas un </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Hlk105663685"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk105663685"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EE7683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kārtot Nosacījumu 2</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00721247">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EE7683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.punktā minētos eksāmenus</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EE7683">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. Šajā punktā minētā notikuma iestāšanās gadījumā radušos izdevumus </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00E80283">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sedz Izglītības iestāde, kā arī nodrošina Nosacījumu </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00721247">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00E80283">
@@ -7670,95 +7769,95 @@
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00191EBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Papildu Apmācība</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007C786D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00191EBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Nosacījumu 27. un 29. punktā minētos eksāmenus</w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk105660220"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk105660220"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="007C786D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007C786D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk105664443"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk105664443"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="007C786D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību maksas gala rēķina iesniegšan</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00FB10A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007C786D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aģentūrā</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="00191EBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> jānodrošina 90 (deviņdesmit) dienu laikā, skaitot no Apliecinājumā norādītā Apmācības beigu datuma.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="2805EEBA" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8597,61 +8696,61 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00146DE2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00146DE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00CA4AD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk117164327"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk117164327"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="00CA4AD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Apmācības programmas (vai mācību kursa) tematiskais plāns visam izglītības programmas īstenošanas periodam</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00476971" w14:paraId="4FC333EC" w14:textId="61655BF7">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -8676,67 +8775,51 @@
         </w:rPr>
         <w:t xml:space="preserve">žurnālu, kurā </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="0041705D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">norādītas </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">teorētisko priekšmetu mācību stundas, </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="000014B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...15 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>“ekrānšāviņu”</w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="006E3DEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6" w:rsidR="000014B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kurā atspoguļotas braukšanas mācību stundas</w:t>
       </w:r>
@@ -8888,51 +8971,51 @@
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rīkojumus vai to kopijas par </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="004C59F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u atskaitīšanu no izglītojamo skaita;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00476971" w14:paraId="7D9BB793" w14:textId="77777777">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="001778D7" w:rsidP="00476971" w14:paraId="7D9BB793" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
@@ -9019,270 +9102,281 @@
         </w:rPr>
         <w:t xml:space="preserve">informāciju par </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00A671DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iegūto zināšanu </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EA20E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestādē </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00A671DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>apliecinošu dokumentu (sekmju izziņas) izsniegšanu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006C563D">
+        <w:t xml:space="preserve">apliecinošu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001778D7" w:rsidR="00A671DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dokumentu (sekmju izziņas) izsniegšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001778D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00476971" w14:paraId="59DE8D65" w14:textId="115CB4E0">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="001778D7" w:rsidP="00476971" w14:paraId="59DE8D65" w14:textId="115CB4E0">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C563D">
+      <w:r w:rsidRPr="001778D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">dokumentu vai tā kopiju, kas apliecina Nosacījumu </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C563D" w:rsidR="00721247">
+      <w:r w:rsidRPr="001778D7" w:rsidR="00721247">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C563D">
+      <w:r w:rsidRPr="001778D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.punktā noteiktā izpildi, norādot izglītojamā vārdu, uzvārdu, transportlīdzekļa vadītāja kvalifikācijas eksāmena rezultātu, nokārtošanas gadījumā norādot iegūto transportlīdzekļa vadītāja kategoriju un transportlīdzekļa vadītāja apliecības izsniegšanas datumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C163CC" w:rsidRPr="006C563D" w:rsidP="00760D82" w14:paraId="7E2B76E4" w14:textId="05500ED4">
+    <w:p w:rsidR="00C163CC" w:rsidRPr="001778D7" w:rsidP="00760D82" w14:paraId="7E2B76E4" w14:textId="4A3876F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00663979">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk220314326"/>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Ja Apmācība tiek finansēta Eiropas Savienības Atveseļošanas un noturības mehānisma vai Eiropas Sociālā fonda Plus (ESF+) ietvaros, Aģentūra izsniedz un Izglītības iestāde nodrošina plakātu un citu noteikto vizuālās identitātes materiālu izvietošanu Apmācību īstenošanas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00571688" w:rsidRPr="00760D82" w:rsidP="00760D82" w14:paraId="2B921A8C" w14:textId="45FB5A46">
+    <w:p w:rsidR="00571688" w:rsidRPr="00760D82" w:rsidP="00760D82" w14:paraId="2B921A8C" w14:textId="02DDE71F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk137128922"/>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk220314338"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk137128922"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk152756357"/>
+      <w:r>
+        <w:t xml:space="preserve">Ja Apmācība tiek finansēta Eiropas Savienības Atveseļošanas un noturības mehānisma vai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Eiropas Sociālā fonda Plus (ESF+)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Hlk152756357"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00760D82" w:rsidR="00760D82">
+      <w:r>
+        <w:t>ietvaros, izglītības iestāde nodrošina, ka ar Apmācības īstenošanu saistītajos dokumentos un uz izdales mācību materiāliem ir nodrošinātas publicitātes prasības, t.i., vizuālo elementu ansamblis, kas attiecināms uz Eiropas Savienības Atveseļošanas un noturības mehānisma vizuālo identitāti un atsauce: Eiropas Savienības Atveseļošanas fonda projekts ”Prasmju pilnveide pieaugušajiem” Nr.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.2.5.i.0/1/23/I/CFLA/001 vai, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas attiecināms uz Eiropas Sociālo fonda Plus (ESF+) vizuālo identitāti un atsauce: 4.3.3. specifiskā atbalsta mērķa "Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sevišķi, īstenojot Garantiju jauniešiem –, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļuvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>pašnodarbinātību</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un sociālo ekonomiku" 4.3.3.1. pasākuma "Bezdarbnieku, darba meklētāju un bezdarba riskam pakļauto personu kvalifikācijas un prasmju paaugstināšana" Eiropas Sociālā fonda Plus projekts "Atbalsts pieaugušo izglītībai".</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w:rsidR="00571688" w:rsidRPr="006C563D" w:rsidP="00760D82" w14:paraId="44BDD61D" w14:textId="178B886C">
+    <w:p w:rsidR="00121AB3" w:rsidRPr="00121AB3" w:rsidP="00190473" w14:paraId="1F90036D" w14:textId="2D1DE016">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk218867221"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk220314351"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk139270253"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk137128969"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja Apmācība īstenota </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>ar Eiropas Savienības Atveseļošanas un noturības mehānisma finansējumu,</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk139270253"/>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izglītības iestāde nodrošina, ka ar Apmācības īstenošanu saistītā dokumentācija tiek glabāta līdz 2031. gada 31. decembrim. Ja Apmācība īstenota no Eiropas Sociālā fonda Plus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>(ESF+) finansējuma, Izglītības iestāde nodrošina, ka ar Apmācības īstenošanu saistītā dokumentācija tiek glabāta atbilstoši EK Regulas Nr. 2021/1060  82. pantā noteiktajam</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00121AB3">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00760D82" w14:paraId="6C2EC194" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9318,180 +9412,250 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanas laikā, ir iekļauti Kupona vērtībā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00095809" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="58C52C65" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00117867" w14:paraId="1F45129C" w14:textId="77777777">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="001778D7" w:rsidP="00117867" w14:paraId="1F45129C" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C563D">
+      <w:r w:rsidRPr="001778D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Norēķinu kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="37E79E13" w14:textId="77777777">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="001778D7" w:rsidP="00B96D7E" w14:paraId="37E79E13" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="4BA8099B" w14:textId="7F818BD9">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="001778D7" w:rsidP="00B96D7E" w14:paraId="4BA8099B" w14:textId="21B67D87">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C563D">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="006C563D" w:rsidR="000E4D01">
+      <w:bookmarkStart w:id="20" w:name="_Hlk220314362"/>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Apmācību finansē no valsts speciālā budžeta, Eiropas Savienības Atveseļošanas un noturības mehānisma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005264BD" w:rsidR="005264BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005264BD" w:rsidR="005264BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>un valsts budžeta finansējuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005264BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="_Hlk218858975"/>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vai no Eiropas Sociāl</w:t>
+      </w:r>
+      <w:r w:rsidR="008857E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fonda Plus (ESF+)</w:t>
+      </w:r>
+      <w:r w:rsidR="00681514">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006654FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>finansējuma</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="000F77DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F77DF" w:rsidR="000F77DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>valsts budžeta līdzfinansējum</w:t>
+      </w:r>
+      <w:r w:rsidR="000F77DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001778D7" w:rsidR="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001778D7" w:rsidR="000E4D01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="08855CD3" w14:textId="79FB8C8C">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10158,93 +10322,93 @@
         <w:t>Rēķina apmaksas termiņš;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D65CD" w:rsidRPr="006C563D" w:rsidP="008607DC" w14:paraId="76E71170" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk118462349"/>
+      <w:bookmarkStart w:id="22" w:name="_Hlk118462349"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Apmācības uzsākušo personu skaits;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w:rsidR="001C79C8" w:rsidP="008607DC" w14:paraId="1994F7EA" w14:textId="6F25FA9D">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Hlk118462466"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk118462466"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Sekmīgi nokārtojošo kvalifikācijas eksāmenus CSDD un saņēmušo attiecīgās kategorijas transportlīdzekļa vadītāja apliecību personu skaits;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w:rsidR="00EE15BF" w:rsidRPr="00070196" w:rsidP="00070196" w14:paraId="1F0C4935" w14:textId="45D244AB">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00070196">
         <w:rPr>
@@ -10392,209 +10556,195 @@
         </w:rPr>
         <w:t>Mācību maksas gala rēķinā iekļauj informāciju par avansa maksājumu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00751A6F" w:rsidP="005E67D0" w14:paraId="39EF3836" w14:textId="10D89E6B">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk118462553"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk118462553"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Mācību maksas gala rēķinu iesniedz kopā ar rīkojumu vai tā kopiju par Apmācības pabeigšanu un profesionālas kvalifikācijas apliecību saņēmušajiem.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w:rsidR="00E555FB" w:rsidRPr="00595F62" w:rsidP="004D1E83" w14:paraId="66F88D01" w14:textId="77777777">
+    <w:p w:rsidR="00E555FB" w:rsidRPr="003B150E" w:rsidP="004D1E83" w14:paraId="66F88D01" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="0000FF"/>
-[...7 lines deleted...]
-          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Mācību maksas gala rēķinā norāda rīkojuma numuru un datumu, uz kuru tas attiecas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E555FB" w:rsidRPr="00595F62" w:rsidP="00B96D7E" w14:paraId="69F34737" w14:textId="6D54E499">
+    <w:p w:rsidR="00E555FB" w:rsidRPr="003B150E" w:rsidP="00B96D7E" w14:paraId="69F34737" w14:textId="6D54E499">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="0000FF"/>
-[...7 lines deleted...]
-          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja elektroniski strukturētā rēķinā nav iespējams iekļaut </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="0078684A">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E" w:rsidR="0078684A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">visu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">49.punktā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="004D1E83">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E" w:rsidR="004D1E83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>uzskaitīto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> informāciju, tad</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="008F5B3C">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E" w:rsidR="008F5B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rēķinam pievieno </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="008F5B3C">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E" w:rsidR="008F5B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atsevišķi sagatavotu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pielikumu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="00F507A0">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E" w:rsidR="00F507A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, tajā uzskaitot visu nepieciešamo informāciju.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="008F5B3C">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E" w:rsidR="008F5B3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rēķina pielikumu pievieno CV un vakanču portālā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00B96D7E" w14:paraId="294C3E98" w14:textId="68463F32">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
@@ -10869,676 +11019,565 @@
       <w:r w:rsidRPr="006C563D" w:rsidR="00BD3747">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>trīs darba dienu laikā</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="000014B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> no apmācību beigu datuma</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="000A6917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4669" w:rsidRPr="002442E6" w:rsidP="00363A01" w14:paraId="29305DB7" w14:textId="700F20F9">
+    <w:p w:rsidR="003F4669" w:rsidRPr="003B150E" w:rsidP="003B150E" w14:paraId="29305DB7" w14:textId="2C87E074">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C563D">
+        <w:t xml:space="preserve">Izglītības iestāde </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D" w:rsidR="0014649C">
+        <w:t xml:space="preserve">ne vēlāk kā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="007A6EF3">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trīs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="0014649C">
+        <w:t xml:space="preserve"> darba dienu laikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6">
+        <w:t>pēc Apmācīb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="005F6DD4">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6">
+        <w:t xml:space="preserve"> pabeigšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="00423E32">
+        <w:t xml:space="preserve">Izglītības iestādē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="008A107B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CV un vakanču portālā pievieno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="008A107B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="_Hlk140064529"/>
+      <w:r w:rsidRPr="002442E6" w:rsidR="00052FEC">
+        <w:t xml:space="preserve">ekrānšāviņu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="00D354E4">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="00D354E4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>printscreen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="00D354E4">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="00AA62AF">
+        <w:t>no CSDD sistēmas, par notikušajām braukšanas nodarbībām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="002612FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="004B7B8C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B825BB" w:rsidR="004B7B8C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">katras tēmas (moduļa) apguvi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="004B7B8C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-vidē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="002612FD">
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="001A5B80">
+        <w:t xml:space="preserve">nodarbību apmeklētības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="002612FD">
+        <w:t>parakstu lapas kopiju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002442E6" w:rsidR="000014B8">
+        <w:t xml:space="preserve"> par notikušajām teorijas nodarbībām</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Ja Apmācība notika tiešsaitē, papildus pievieno klientu dalības uzskaites pierakstus no mācību platformas (laiks, st., min.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="006873E4" w14:paraId="5EFD6E46" w14:textId="21695701">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C563D">
-[...31 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="002442E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pēc Apmācīb</w:t>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="002442E6" w:rsidR="008A107B">
+        <w:t xml:space="preserve">Izglītības iestāde trīs darba dienu laikā pēc </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kvalifikācijas eksāmenu</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> norises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Hlk140064529"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="002442E6" w:rsidR="00052FEC">
+      <w:bookmarkStart w:id="26" w:name="_Hlk118460181"/>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>CSDD</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="_Hlk118462671"/>
+      <w:r w:rsidRPr="006C563D" w:rsidR="001C79C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>kopā ar mācību maksas gala rēķinu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D" w:rsidR="00AF61AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="006C563D" w:rsidR="001C79C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002442E6" w:rsidR="00D354E4">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="002442E6" w:rsidR="002612FD">
+      <w:bookmarkStart w:id="28" w:name="_Hlk118107529"/>
+      <w:bookmarkStart w:id="29" w:name="_Hlk118461393"/>
+      <w:r w:rsidRPr="006C563D" w:rsidR="008A107B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>CV un vakanču portālā ievieto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D" w:rsidR="008A107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002442E6" w:rsidR="004B7B8C">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="002442E6">
+      <w:r w:rsidRPr="006C563D" w:rsidR="006873E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>rīkojumu par Apmācības pabeig</w:t>
+      </w:r>
+      <w:r w:rsidR="00376238">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D" w:rsidR="006873E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ajiem klientiem</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="006C563D" w:rsidR="008A038C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="006C563D" w:rsidR="001C79C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="_Hlk118462718"/>
+      <w:r w:rsidRPr="006C563D" w:rsidR="001C79C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Rīkojumā norāda informāciju:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w:rsidR="00A35D09" w:rsidRPr="00A35D09" w:rsidP="00A35D09" w14:paraId="6EAFDF24" w14:textId="026F5755">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Hlk118462754"/>
+      <w:r w:rsidRPr="00A35D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="_Hlk153285214"/>
+      <w:r w:rsidRPr="00A35D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vārdu, uzvārdu, personas kodu, kuri pēc Apmācības pabeigšanas ir nokārtojuši kvalifikācijas eksāmenu CSDD un CSDD izdotās vadītāja apliecības datumu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00A35D09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="006873E4" w14:paraId="5EFD6E46" w14:textId="21695701">
+    <w:p w:rsidR="00A35D09" w:rsidRPr="00A35D09" w:rsidP="00A35D09" w14:paraId="6C10534C" w14:textId="04761121">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A35D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klienta </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="_Hlk153285234"/>
+      <w:r w:rsidRPr="00A35D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vārdu, uzvārdu, personas kodu, kuri pēc Apmācības pabeigšanas ir kārtojuši, bet nav nokārtojuši kvalifikācijas eksāmenu CSDD un ir ieguvuši sekmju izziņu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00A35D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35D09" w:rsidRPr="00A35D09" w:rsidP="00A35D09" w14:paraId="4958881D" w14:textId="407BC9C6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Hlk153285255"/>
+      <w:r w:rsidRPr="00A35D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>klienta vārdu, uzvārdu, personas kodu, kuri nav ieradušies uz kvalifikācijas eksāmenu CSDD un ir ieguvuši sekmju izziņu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00A35D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB4BB1" w:rsidP="00A5013A" w14:paraId="0EFF40E4" w14:textId="26F5B597">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002442E6">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="006C563D">
+      <w:bookmarkStart w:id="35" w:name="_Hlk118463018"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00EB4BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Par klientiem, kuri nav ieradušies uz atkārtotiem kvalifikācijas eksāmen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4BB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Hlk118460181"/>
-      <w:r w:rsidRPr="006C563D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>CSDD</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...112 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00EB4BB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 90 (deviņdesmit) dienu laikā, skaitot no Apliecinājumā norādītā Apmācības beigu datuma, Izglītības iestāde iesniedz atsevišķu rīkojumu, tajā norādot klienta vārdu, uzvārdu, personas kodu.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A35D09" w:rsidRPr="00A35D09" w:rsidP="00A35D09" w14:paraId="6EAFDF24" w14:textId="026F5755">
-[...133 lines deleted...]
-    <w:p w:rsidR="00EB4BB1" w:rsidP="00A5013A" w14:paraId="0EFF40E4" w14:textId="26F5B597">
+    <w:p w:rsidR="00A5013A" w:rsidRPr="006C563D" w:rsidP="00A5013A" w14:paraId="430A10EF" w14:textId="624666FF">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Hlk118463018"/>
-[...62 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Mācību m</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="008A038C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>aksas gala rēķinā</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, t.sk., kopā ar Nosacījumu </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="008A107B">
@@ -11577,92 +11616,92 @@
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00751A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> informācija</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w:rsidR="008A038C" w:rsidRPr="006C563D" w:rsidP="008607DC" w14:paraId="74388141" w14:textId="160D815A">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">mācību maksa (100% apmērā) tikai par tiem </w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="_Hlk118460020"/>
+      <w:bookmarkStart w:id="36" w:name="_Hlk118460020"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">mācību grupas </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EA2AC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klientiem</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, kuri 90 (deviņdesmit) dienu laikā, skaitot no Apliecinājumā norādītā Apmācības beigu datuma, sekmīgi nokārtoj</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00BE7126">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>uši</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
@@ -11675,60 +11714,60 @@
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00BE7126">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>uši</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> attiecīgās kategorijas transportlīdzekļa vadītāja apliecību. Mācību maksas gala rēķinā netiek iekļauta mācību maksa</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007A6EF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="_Hlk137128106"/>
+      <w:bookmarkStart w:id="37" w:name="_Hlk137128106"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="007A6EF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un Aģentūra neveic mācību maksas apmaksu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EA2AC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klientiem</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kuri mācības nav pabeiguši (atskaitīti) un par </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00EA2AC7">
@@ -11747,125 +11786,117 @@
         </w:rPr>
         <w:t>, kuri nesekmīgi nokārtoj</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00BE7126">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>uši</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> kvalifikācijas eksāmenus CSDD. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3DD8" w:rsidR="00DF3DD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Par klientiem, kuri  mācības nav pabeiguši (atskaitīti) un par klientiem, kuri nesekmīgi nokārtojuši </w:t>
+        <w:t xml:space="preserve">Par klientiem, kuri  mācības nav pabeiguši (atskaitīti) un par klientiem, kuri nesekmīgi nokārtojuši kvalifikācijas eksāmenus </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3DD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>CSDD</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3DD8" w:rsidR="00DF3DD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">kvalifikācijas eksāmenus </w:t>
+        <w:t>, gala rēķinā norāda summu nulle EUR</w:t>
       </w:r>
       <w:r w:rsidR="00DF3DD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>CSDD</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3DD8" w:rsidR="00DF3DD8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>, gala rēķinā norāda summu nulle EUR</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">30 kalendāro dienu laikā </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007A6EF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pēc mācību maksas gala rēķina</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="007A6EF3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>saņemšanas Aģentūra veic galīgo norēķinu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A038C" w:rsidRPr="00936C8D" w:rsidP="00DF3DD8" w14:paraId="36C3920D" w14:textId="15E3C63F">
+    <w:p w:rsidR="008A038C" w:rsidRPr="003B150E" w:rsidP="00DF3DD8" w14:paraId="36C3920D" w14:textId="15E3C63F">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11884,60 +11915,60 @@
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>atbilstoši šo nosacījumu 30., 31. vai 32. punktā noteiktajam un, ja klients sekmīgi nokārtojis kvalifikācijas eksāmenus CSDD un saņēm</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00BE7126">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">attiecīgās kategorijas transportlīdzekļa vadītāja apliecību, izglītības iestāde trīs darba dienu laikā papildus iesniedz </w:t>
       </w:r>
-      <w:bookmarkStart w:id="31" w:name="_Hlk118463181"/>
+      <w:bookmarkStart w:id="38" w:name="_Hlk118463181"/>
       <w:r w:rsidRPr="006C563D" w:rsidR="00A5013A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rīkojumu vai tā kopiju par Apmācības pabeigšanu un profesionālas kvalifikācijas apliecību saņēmušajiem un </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>mācību maksas gala rēķinu, kur</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00A5013A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iekļauj informāciju tikai par klientu, kurš kārtoj</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00BE7126">
@@ -11959,302 +11990,209 @@
       <w:r w:rsidRPr="006C563D" w:rsidR="00BE7126">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> attiecīgās kategorijas transportlīdzekļa vadītāja </w:t>
       </w:r>
       <w:r w:rsidRPr="00936C8D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecību. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00936C8D" w:rsidR="00936C8D">
-[...2 lines deleted...]
-          <w:color w:val="0000FF"/>
+      <w:r w:rsidRPr="003B150E" w:rsidR="00936C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Šajā punktā minētā noteikuma iestāšanās gadījumā, izglītības iestāde mācību maksas gala rēķinu iesniedz ne vēlāk kā trīs darba dienu laikā pēc eksāmena nokārtošanas, ievērojot, ka tas notiek 90 dienu laikā no Apliecinājumā norādītā Apmācības beigu datuma.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00984D03" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="7572FA25" w14:textId="22470C67">
+    <w:p w:rsidR="00984D03" w:rsidRPr="003B150E" w:rsidP="00F93017" w14:paraId="7572FA25" w14:textId="22470C67">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00936C8D">
+      <w:r w:rsidRPr="003B150E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības iestāde </w:t>
       </w:r>
-      <w:r w:rsidRPr="00936C8D" w:rsidR="001F458C">
+      <w:r w:rsidRPr="003B150E" w:rsidR="001F458C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aģentūrā iesniedz kredītrēķinu, un atmaksājamo</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F458C" w:rsidR="001F458C">
+      <w:r w:rsidRPr="003B150E" w:rsidR="001F458C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> avansa summu pārskaita Apliecinājumā norādītajā Aģentūras norēķinu kontā</w:t>
       </w:r>
-      <w:r w:rsidR="004A48CC">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> vadītāja apliecību ieguvušiem klientiem ir mazāka par izmaksāto avansa summu.</w:t>
+      <w:r w:rsidRPr="003B150E" w:rsidR="004A48CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piecu darba dienu laikā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="001F458C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>, ja mācību maksa par apmācības pabeigušiem un transportlīdzekļa vadītāja apliecību ieguvušiem klientiem ir mazāka par izmaksāto avansa summu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00FB10A3" w14:paraId="56F35759" w14:textId="21585EF6">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C563D">
-[...5 lines deleted...]
-        <w:t>Izglītības iestādei ir pienākums ne vēlāk kā piecu darba dienu laikā no Aģentūras pieprasījuma saņemšanas brīža veikt avansa maksājuma atmaksu, ja tā nepilda Nosacījumos noteikto.</w:t>
+      <w:r w:rsidRPr="003B150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izglītības iestādei ir pienākums ne vēlāk kā piecu darba dienu laikā no Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pieprasījuma saņemšanas brīža veikt avansa maksājuma atmaksu, ja tā nepilda Nosacījumos noteikto.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A107B" w:rsidRPr="00595F62" w:rsidP="008A107B" w14:paraId="202AE4C9" w14:textId="662EA826">
+    <w:p w:rsidR="008A107B" w:rsidRPr="003B150E" w:rsidP="008A107B" w14:paraId="202AE4C9" w14:textId="00B9D650">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B150E">
         <w:t xml:space="preserve">Izglītības iestāde iesniedz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="00865571">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="00865571">
         <w:t xml:space="preserve">strukturētus elektroniskos </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="006B6FAF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="006B6FAF">
         <w:t>rēķinu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="00865571">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="00865571">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="006B6FAF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="006B6FAF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="009D449C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="009D449C">
         <w:t>(.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="009D449C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="009D449C">
         <w:t>xml</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="009D449C">
-[...26 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="009D449C">
+        <w:t xml:space="preserve"> formātā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B150E" w:rsidR="00865571">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="0003035A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="0003035A">
         <w:t xml:space="preserve"> iesūtot Aģentūras e-adresē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="006B6FAF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003B150E" w:rsidR="006B6FAF">
         <w:t xml:space="preserve"> EINVOICE@90001634668</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595F62" w:rsidR="00865571">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> vai  iesūtot Aģentūras e-adresē DEFAULT@90001634668.</w:t>
+      <w:r w:rsidRPr="003B150E">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00FB10A3" w14:paraId="6E5210AE" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
@@ -12455,51 +12393,51 @@
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="005F6DD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un nav attiecināmas uz kādu citu Aģentūras organizēto pasākumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00363A01" w14:paraId="2F3CC98E" w14:textId="2D43E48E">
+    <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00363A01" w14:paraId="2F3CC98E" w14:textId="31FE78FC">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -12507,57 +12445,57 @@
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00FA6E6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">darba dienu laikā no Nosacījumu </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00F06E43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="004A48CC">
-[...5 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="009B6855">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="0009153C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>punktā minētā paziņojuma saņemšanas.</w:t>
       </w:r>
@@ -12725,61 +12663,61 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="003F65AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(-es),</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> apņemas ievērot personu datu aizsardzības normatīvo aktu prasības, t.sk. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="_Hlk496692411"/>
+      <w:bookmarkStart w:id="39" w:name="_Hlk496692411"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Parlamenta un Padomes regulu Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Vispārīgā datu aizsardzības regula)”, kā arī nodrošināt, ka personas dati:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002536CD" w:rsidRPr="006C563D" w:rsidP="00363A01" w14:paraId="5DF1D23F" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -13323,69 +13261,51 @@
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">aizsardzību, kuru realizē ar programmatūras līdzekļiem, parolēm, šifrēšanu, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> un citiem loģiskās aizsardzības līdzekļiem;</w:t>
+        <w:t>aizsardzību, kuru realizē ar programmatūras līdzekļiem, parolēm, šifrēšanu, kriptēšanu un citiem loģiskās aizsardzības līdzekļiem;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00564171" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="3A1E7388" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -14046,59 +13966,51 @@
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">trīs darba dienu laikā par jebkurām izmaiņām Izglītības iestādes darbībā (par juridiskās adreses, bankas konta maiņu, par reģistrēšanu vai izslēgšanu no Valsts ieņēmumu dienesta ar </w:t>
-[...7 lines deleted...]
-        <w:t>pievienotās vērtības nodokli apliekamo personu reģistra, Izglītības iestādes likvidēšanu, komersanta saimnieciskās darbības apturēšanu vai pārtraukšanu, maksātnespējas procesa pasludināšanu, bankrota procedūras uzsākšanu).</w:t>
+        <w:t>trīs darba dienu laikā par jebkurām izmaiņām Izglītības iestādes darbībā (par juridiskās adreses, bankas konta maiņu, par reģistrēšanu vai izslēgšanu no Valsts ieņēmumu dienesta ar pievienotās vērtības nodokli apliekamo personu reģistra, Izglītības iestādes likvidēšanu, komersanta saimnieciskās darbības apturēšanu vai pārtraukšanu, maksātnespējas procesa pasludināšanu, bankrota procedūras uzsākšanu).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000859CB" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="793DDDB9" w14:textId="33C2E2DB">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
@@ -14315,97 +14227,89 @@
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanas vietu adresēm, iesniedzot Aģentūrā attiecīgu mācību karti.</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Iesniegumu par Apmācīb</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="005F6DD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> īstenošanas vietu papildināšanu vai maiņu Izglītības iestāde iesniedz Aģentūrā vismaz 15 darba dienas pirms vēlamās papildināšanas vai maiņas dienas. Ja konkrētu izglītības programmu nav iespējams īstenot Izglītības iestādes tehniskajā piedāvājumā noteiktajās adresēs, Aģentūrai ir tiesības izbeigt sadarbību ar Izglītības iestādi par konkrētu izglītības programmas īstenošanu konkrētā īstenošanas vietā.</w:t>
+        <w:t xml:space="preserve"> īstenošanas vietu papildināšanu vai maiņu Izglītības iestāde iesniedz Aģentūrā vismaz 15 darba dienas pirms vēlamās papildināšanas vai maiņas dienas. Ja konkrētu izglītības programmu nav iespējams īstenot Izglītības iestādes tehniskajā piedāvājumā noteiktajās adresēs, Aģentūrai ir tiesības izbeigt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>sadarbību ar Izglītības iestādi par konkrētu izglītības programmas īstenošanu konkrētā īstenošanas vietā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A2945" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="439F2AC0" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aģentūrai ir tiesības veikt grozījumus Nosacījumos, iepriekš par to </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> paziņojot </w:t>
+        <w:t xml:space="preserve">Aģentūrai ir tiesības veikt grozījumus Nosacījumos, iepriekš par to rakstveidā paziņojot </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00D05A4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>zglītības iestādei.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="4C37E556" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
@@ -14432,59 +14336,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> Aģentūrai ir tiesības izslēgt Izglītības iestādi no izglītības iestāžu piedāvājumu </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="003A7520">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>saraksta</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="001F2FE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>rakstveidā</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> paziņojot par sadarbības izbeigšanu, šādos gadījumos</w:t>
+        <w:t>rakstveidā paziņojot par sadarbības izbeigšanu, šādos gadījumos</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009F3C52" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="1765E910" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15195,352 +15091,62 @@
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00C61B07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pasākumus </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="0079796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>klient</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00C61B07">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">iem, īsteno negodīgu </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> aizlieguma likuma izpratnē</w:t>
+        <w:t>iem, īsteno negodīgu komercpraksi Negodīgas komercprakses aizlieguma likuma izpratnē</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D05A4B" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="1643B9E1" w14:textId="77777777">
-[...257 lines deleted...]
-    <w:p w:rsidR="00C61B07" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="619C28EA" w14:textId="20A3D7D5">
+    <w:p w:rsidR="00C61B07" w:rsidRPr="006C563D" w:rsidP="00F93017" w14:paraId="619C28EA" w14:textId="14B11CF9">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
@@ -15583,91 +15189,51 @@
         </w:rPr>
         <w:t xml:space="preserve">zglītības iestādes piedāvājums, atbilstoši Nosacījumu </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00BD0FAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="004A48CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">punktā noteiktajam, ir svītrots no izglītības piedāvājumu saraksta, </w:t>
+        <w:t xml:space="preserve">. punktā noteiktajam, ir svītrots no izglītības piedāvājumu saraksta, </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00357D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">zglītības iestāde atkārtoti pieteikties pasākumu īstenošanai var ne agrāk kā </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="00C66C89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">divus </w:t>
       </w:r>
@@ -16103,368 +15669,439 @@
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>sakarā ar Aģentūras reorganizāciju vai likvidāciju, ja tās rezultātā Aģentūras saistību pārņēmējs neturpina veikt Nosacījumos noteiktos pienākumus vai arī veic tos samazinātā apjomā.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0074350D" w:rsidRPr="006C563D" w:rsidP="0074350D" w14:paraId="62AEDEBD" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00752539" w:rsidRPr="006C563D" w:rsidP="001D6EBB" w14:paraId="69A3E3F5" w14:textId="77777777">
+    <w:p w:rsidR="00752539" w:rsidRPr="006C563D" w:rsidP="00B817DF" w14:paraId="2573B3E6" w14:textId="0901FCFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendenta </w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV" w:bidi="he-IL"/>
         </w:rPr>
         <w:t>pārstāvis/pilnvarotā persona</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> apliecina, ka Apmācība tiks īstenota atbilstoši šiem Nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="006C563D" w:rsidR="008454AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:sectPr w:rsidSect="00B32027">
-      <w:footerReference w:type="default" r:id="rId11"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11920" w:h="16840"/>
       <w:pgMar w:top="709" w:right="851" w:bottom="1276" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00C90FB1" w:rsidRPr="00A446B8" w:rsidP="00DF2F4A" w14:paraId="29928D27" w14:textId="7234ADB6">
+  <w:p w:rsidR="003900A6" w14:paraId="04B74C3B" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="003900A6" w:rsidRPr="003900A6" w:rsidP="003900A6" w14:paraId="3D8B2E01" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:caps/>
+        <w:noProof/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="003900A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>4.2.14.2_</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003900A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>27</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003900A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>.p</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003900A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003900A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003900A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.v_ </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003900A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>06.03.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00C90FB1" w:rsidRPr="00A446B8" w:rsidP="00DF2F4A" w14:paraId="29928D27" w14:textId="4E701966">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="E36C0A"/>
         <w:sz w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...43 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w:rsidR="00C90FB1" w:rsidP="0096381E" w14:paraId="5B7E72AB" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00C90FB1" w14:paraId="1D01E3E3" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00C90FB1" w:rsidRPr="00A446B8" w:rsidP="0026138B" w14:paraId="14B68D3E" w14:textId="6953C148">
+  <w:p w:rsidR="003900A6" w:rsidRPr="003900A6" w:rsidP="003900A6" w14:paraId="0B6338E2" w14:textId="612E1DC4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:caps/>
+        <w:noProof/>
+        <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:lang w:val="lv-LV"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="003900A6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="E36C0A"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
-        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve">KRG_4.2.14_27.pielikums </w:t>
+      <w:t>4.2.14.2_</w:t>
     </w:r>
-    <w:r w:rsidR="0037759C">
+    <w:r w:rsidRPr="003900A6">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>27</w:t>
     </w:r>
-    <w:r w:rsidR="0037759C">
+    <w:r w:rsidRPr="003900A6">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:t>.p</w:t>
     </w:r>
-    <w:r w:rsidR="0037759C">
+    <w:r w:rsidRPr="003900A6">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>versija</w:t>
+      <w:t>_</w:t>
     </w:r>
-    <w:r w:rsidR="0037759C">
+    <w:r w:rsidRPr="003900A6">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003900A6">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">.v_ </w:t>
     </w:r>
-    <w:r w:rsidR="00982B70">
+    <w:r w:rsidRPr="003900A6">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="C45911"/>
         <w:sz w:val="18"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>12.03.2025.</w:t>
+      <w:t>06.03.2026.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00C90FB1" w14:paraId="3A5544B6" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="003900A6" w14:paraId="7A169D6A" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="003900A6" w14:paraId="6C292600" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00C90FB1" w:rsidRPr="00DC1618" w:rsidP="00DC1618" w14:paraId="75E0BD21" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E8A2284C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -16559,236 +16196,236 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="32567EA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3D8C87E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="802234AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="890AD62A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8CFE72CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="06C4ED1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="381ABED2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5D60A58A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2D543EB2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2CEA0AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="019443D8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8A6E3E7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="39"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="906" w:hanging="480"/>
       </w:pPr>
@@ -16861,51 +16498,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4422" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5208" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B7127D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C462578"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -16951,51 +16588,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E7D14F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="77CAF2C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="86"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -17064,51 +16701,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="196A3A06"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C12213C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="94"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -17177,51 +16814,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B176688"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="19949506"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="207"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="207" w:hanging="207"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -17305,51 +16942,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24C24D23"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EFB481EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="83"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="764" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -17418,51 +17055,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3428" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4072" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="282552DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2870BF3C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17504,51 +17141,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C741AA7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4858C878"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="72"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1110" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -17617,51 +17254,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D52A4F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F3127B66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="56"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1484" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
@@ -17714,51 +17351,51 @@
       <w:pPr>
         <w:ind w:left="4244" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4604" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30E33E40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AA43DE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="61"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -17803,51 +17440,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36F76FFE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="48541060"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="62"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1560" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -17916,51 +17553,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10440" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3763138D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0F6967A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -18005,51 +17642,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37B30ABC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B86271E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -18095,51 +17732,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A1E4E66"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="48541060"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="62"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1560" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -18208,51 +17845,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10440" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A354A8F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="05640CB2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="87"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="764" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -18321,51 +17958,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3428" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4072" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EA879D2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8086FAE6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="72"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1050" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -18434,51 +18071,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ED3780E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18DC0D4A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18520,51 +18157,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43EB51B0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="39B8D6C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="93"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -18633,51 +18270,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E5731C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5CAE29C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -18719,51 +18356,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F7744E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6784938C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -18808,51 +18445,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56E96879"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6DA27F82"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="86"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -18921,91 +18558,91 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="593871E5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F61662EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="574" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1072" w:hanging="504"/>
+        <w:ind w:left="1214" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
@@ -19019,51 +18656,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5995756A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDC43E30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -19108,51 +18745,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EEF488E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="62968EF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="87"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -19221,51 +18858,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FF75C81"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E862B5E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="84"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="764" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -19334,51 +18971,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3428" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4072" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64A5540F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08FC1F6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -19423,51 +19060,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66E8205C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B0C6502"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19509,51 +19146,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69F8261B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B0AAEC2A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -19623,51 +19260,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B95060D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C478E9C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="84"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="704" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -19736,51 +19373,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3428" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4072" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DCD280E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8F94902A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="20"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="622" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
@@ -19826,51 +19463,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DE70207"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01C8D190"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19912,51 +19549,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E796EB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="427ABEDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -19998,51 +19635,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70EB3CFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60CE3690"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="81"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="764" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -20111,51 +19748,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3428" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4072" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7196667A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31284020"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20197,51 +19834,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71F629F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9DE03814"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="72"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1110" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -20310,51 +19947,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72527452"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40348B42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -20400,51 +20037,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76340D49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C316A120"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2302" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -20950,157 +20587,164 @@
     <w:rsid w:val="0002409D"/>
     <w:rsid w:val="00024235"/>
     <w:rsid w:val="00024993"/>
     <w:rsid w:val="00024FB3"/>
     <w:rsid w:val="00025244"/>
     <w:rsid w:val="000252E3"/>
     <w:rsid w:val="00026880"/>
     <w:rsid w:val="00026E84"/>
     <w:rsid w:val="00030349"/>
     <w:rsid w:val="0003035A"/>
     <w:rsid w:val="00031023"/>
     <w:rsid w:val="00035BD5"/>
     <w:rsid w:val="00036AFF"/>
     <w:rsid w:val="0004049B"/>
     <w:rsid w:val="00040A47"/>
     <w:rsid w:val="00045232"/>
     <w:rsid w:val="00046192"/>
     <w:rsid w:val="00046307"/>
     <w:rsid w:val="0004787D"/>
     <w:rsid w:val="0005075A"/>
     <w:rsid w:val="00050977"/>
     <w:rsid w:val="00052FEC"/>
     <w:rsid w:val="00054AE7"/>
     <w:rsid w:val="00060729"/>
     <w:rsid w:val="000626D7"/>
+    <w:rsid w:val="00062836"/>
     <w:rsid w:val="00063CF5"/>
     <w:rsid w:val="0006441D"/>
     <w:rsid w:val="000664B2"/>
     <w:rsid w:val="00066598"/>
     <w:rsid w:val="00070196"/>
     <w:rsid w:val="00072818"/>
     <w:rsid w:val="00074328"/>
     <w:rsid w:val="000746E8"/>
     <w:rsid w:val="00074D02"/>
+    <w:rsid w:val="00075E5D"/>
     <w:rsid w:val="000801C8"/>
     <w:rsid w:val="000818B6"/>
     <w:rsid w:val="00081EFE"/>
     <w:rsid w:val="00082774"/>
     <w:rsid w:val="000853BF"/>
     <w:rsid w:val="000859CB"/>
     <w:rsid w:val="000863CB"/>
     <w:rsid w:val="0009153C"/>
     <w:rsid w:val="00095809"/>
     <w:rsid w:val="00097AFE"/>
     <w:rsid w:val="00097C5A"/>
     <w:rsid w:val="000A085B"/>
     <w:rsid w:val="000A120B"/>
     <w:rsid w:val="000A171B"/>
     <w:rsid w:val="000A2ECC"/>
     <w:rsid w:val="000A4313"/>
+    <w:rsid w:val="000A5F8F"/>
     <w:rsid w:val="000A6917"/>
     <w:rsid w:val="000A6CC7"/>
     <w:rsid w:val="000B48F2"/>
     <w:rsid w:val="000B52E4"/>
     <w:rsid w:val="000B7110"/>
     <w:rsid w:val="000C09D5"/>
     <w:rsid w:val="000C0D77"/>
     <w:rsid w:val="000C2BB0"/>
     <w:rsid w:val="000C302D"/>
     <w:rsid w:val="000C3A44"/>
     <w:rsid w:val="000C5963"/>
     <w:rsid w:val="000C6F88"/>
     <w:rsid w:val="000C7853"/>
     <w:rsid w:val="000D50C5"/>
     <w:rsid w:val="000D6597"/>
     <w:rsid w:val="000E0FC9"/>
     <w:rsid w:val="000E147C"/>
     <w:rsid w:val="000E20A2"/>
     <w:rsid w:val="000E21A3"/>
     <w:rsid w:val="000E3991"/>
     <w:rsid w:val="000E4D01"/>
     <w:rsid w:val="000E79AE"/>
     <w:rsid w:val="000F26CF"/>
     <w:rsid w:val="000F2C23"/>
     <w:rsid w:val="000F42DD"/>
     <w:rsid w:val="000F50A9"/>
     <w:rsid w:val="000F6BEA"/>
+    <w:rsid w:val="000F77DF"/>
     <w:rsid w:val="00103CD0"/>
     <w:rsid w:val="00104358"/>
     <w:rsid w:val="001069AD"/>
     <w:rsid w:val="00107197"/>
     <w:rsid w:val="00111F3D"/>
     <w:rsid w:val="00114CD9"/>
     <w:rsid w:val="001164E6"/>
     <w:rsid w:val="0011779D"/>
     <w:rsid w:val="00117867"/>
     <w:rsid w:val="00117948"/>
+    <w:rsid w:val="00121AB3"/>
     <w:rsid w:val="00123ABD"/>
     <w:rsid w:val="00124173"/>
     <w:rsid w:val="0012447B"/>
     <w:rsid w:val="001260D1"/>
     <w:rsid w:val="00127599"/>
     <w:rsid w:val="00133A38"/>
     <w:rsid w:val="00133BF8"/>
     <w:rsid w:val="00135433"/>
     <w:rsid w:val="001354D8"/>
     <w:rsid w:val="00136525"/>
     <w:rsid w:val="0013768D"/>
     <w:rsid w:val="001405D5"/>
     <w:rsid w:val="0014171A"/>
     <w:rsid w:val="001426C0"/>
     <w:rsid w:val="00145D77"/>
     <w:rsid w:val="00146269"/>
     <w:rsid w:val="0014649C"/>
     <w:rsid w:val="00146DE2"/>
     <w:rsid w:val="001471F5"/>
     <w:rsid w:val="001472A0"/>
     <w:rsid w:val="00147943"/>
     <w:rsid w:val="001479F6"/>
     <w:rsid w:val="0015027A"/>
     <w:rsid w:val="0015129D"/>
     <w:rsid w:val="001527B0"/>
     <w:rsid w:val="001528EF"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0015595B"/>
     <w:rsid w:val="0015673C"/>
     <w:rsid w:val="00157EA6"/>
     <w:rsid w:val="001610EB"/>
     <w:rsid w:val="00162ADA"/>
     <w:rsid w:val="0016453B"/>
     <w:rsid w:val="001668D0"/>
     <w:rsid w:val="0017371C"/>
     <w:rsid w:val="0017384F"/>
     <w:rsid w:val="00173901"/>
     <w:rsid w:val="00173CDB"/>
     <w:rsid w:val="00176185"/>
+    <w:rsid w:val="001778D7"/>
     <w:rsid w:val="00182BF4"/>
     <w:rsid w:val="00183183"/>
     <w:rsid w:val="00183B72"/>
     <w:rsid w:val="001840A7"/>
     <w:rsid w:val="001871B3"/>
     <w:rsid w:val="00187356"/>
+    <w:rsid w:val="00190473"/>
     <w:rsid w:val="00190D9B"/>
     <w:rsid w:val="00191EBD"/>
     <w:rsid w:val="00195E95"/>
     <w:rsid w:val="00196D5C"/>
     <w:rsid w:val="001A087B"/>
     <w:rsid w:val="001A29EE"/>
     <w:rsid w:val="001A3961"/>
     <w:rsid w:val="001A5B80"/>
     <w:rsid w:val="001A5CC3"/>
     <w:rsid w:val="001A5EBE"/>
     <w:rsid w:val="001A6A28"/>
     <w:rsid w:val="001B0428"/>
     <w:rsid w:val="001B0522"/>
     <w:rsid w:val="001B07E8"/>
     <w:rsid w:val="001B0A63"/>
     <w:rsid w:val="001B32A5"/>
     <w:rsid w:val="001B4BB4"/>
     <w:rsid w:val="001B6CA2"/>
     <w:rsid w:val="001C2005"/>
     <w:rsid w:val="001C2A87"/>
     <w:rsid w:val="001C79C8"/>
     <w:rsid w:val="001D2E48"/>
     <w:rsid w:val="001D455D"/>
     <w:rsid w:val="001D65EF"/>
     <w:rsid w:val="001D6B76"/>
@@ -21141,50 +20785,51 @@
     <w:rsid w:val="00215615"/>
     <w:rsid w:val="00220696"/>
     <w:rsid w:val="0022089B"/>
     <w:rsid w:val="002250E4"/>
     <w:rsid w:val="00225719"/>
     <w:rsid w:val="002259D9"/>
     <w:rsid w:val="00226E5B"/>
     <w:rsid w:val="002275C3"/>
     <w:rsid w:val="002339DE"/>
     <w:rsid w:val="00233F54"/>
     <w:rsid w:val="0023445E"/>
     <w:rsid w:val="002378D6"/>
     <w:rsid w:val="00240552"/>
     <w:rsid w:val="00241667"/>
     <w:rsid w:val="00242936"/>
     <w:rsid w:val="002442E6"/>
     <w:rsid w:val="00246D8F"/>
     <w:rsid w:val="00246DC1"/>
     <w:rsid w:val="0025031B"/>
     <w:rsid w:val="002536CD"/>
     <w:rsid w:val="00253CAC"/>
     <w:rsid w:val="00261204"/>
     <w:rsid w:val="002612FD"/>
     <w:rsid w:val="0026138B"/>
     <w:rsid w:val="00261FEC"/>
+    <w:rsid w:val="00263470"/>
     <w:rsid w:val="00264048"/>
     <w:rsid w:val="0026536B"/>
     <w:rsid w:val="00265CD3"/>
     <w:rsid w:val="00265F6E"/>
     <w:rsid w:val="002662FE"/>
     <w:rsid w:val="002678E7"/>
     <w:rsid w:val="00267F60"/>
     <w:rsid w:val="002705AD"/>
     <w:rsid w:val="0027233D"/>
     <w:rsid w:val="002736BE"/>
     <w:rsid w:val="00273BBF"/>
     <w:rsid w:val="00274E34"/>
     <w:rsid w:val="00275B9E"/>
     <w:rsid w:val="0027739E"/>
     <w:rsid w:val="0028027E"/>
     <w:rsid w:val="00287587"/>
     <w:rsid w:val="0029061E"/>
     <w:rsid w:val="00292D45"/>
     <w:rsid w:val="00295AE6"/>
     <w:rsid w:val="00295AEF"/>
     <w:rsid w:val="00295B67"/>
     <w:rsid w:val="00296AF1"/>
     <w:rsid w:val="002A0657"/>
     <w:rsid w:val="002A190D"/>
     <w:rsid w:val="002A2613"/>
@@ -21227,134 +20872,138 @@
     <w:rsid w:val="0030522A"/>
     <w:rsid w:val="00310A39"/>
     <w:rsid w:val="00310B95"/>
     <w:rsid w:val="0031273C"/>
     <w:rsid w:val="00312DE6"/>
     <w:rsid w:val="00314683"/>
     <w:rsid w:val="00314CAB"/>
     <w:rsid w:val="003164DD"/>
     <w:rsid w:val="00321AE1"/>
     <w:rsid w:val="00322F50"/>
     <w:rsid w:val="00323476"/>
     <w:rsid w:val="00324097"/>
     <w:rsid w:val="00324249"/>
     <w:rsid w:val="00325617"/>
     <w:rsid w:val="0033006E"/>
     <w:rsid w:val="003325C1"/>
     <w:rsid w:val="003334D3"/>
     <w:rsid w:val="003339C5"/>
     <w:rsid w:val="003350EC"/>
     <w:rsid w:val="00335A7B"/>
     <w:rsid w:val="003361E7"/>
     <w:rsid w:val="00336B37"/>
     <w:rsid w:val="00337202"/>
     <w:rsid w:val="003404C4"/>
     <w:rsid w:val="003406E7"/>
+    <w:rsid w:val="00341FBE"/>
     <w:rsid w:val="00343378"/>
     <w:rsid w:val="00344E26"/>
     <w:rsid w:val="00350B4C"/>
     <w:rsid w:val="00350E39"/>
     <w:rsid w:val="00351934"/>
     <w:rsid w:val="00351C8D"/>
     <w:rsid w:val="003529BF"/>
     <w:rsid w:val="00352F14"/>
     <w:rsid w:val="003531BC"/>
     <w:rsid w:val="00354555"/>
     <w:rsid w:val="003550CD"/>
     <w:rsid w:val="003555D4"/>
     <w:rsid w:val="003561CF"/>
     <w:rsid w:val="00356C27"/>
     <w:rsid w:val="00356F13"/>
     <w:rsid w:val="00356FC7"/>
     <w:rsid w:val="00357D91"/>
     <w:rsid w:val="00361AFE"/>
     <w:rsid w:val="00361E1F"/>
     <w:rsid w:val="00363A01"/>
     <w:rsid w:val="003641CF"/>
     <w:rsid w:val="00372B07"/>
     <w:rsid w:val="003735A4"/>
     <w:rsid w:val="00376238"/>
     <w:rsid w:val="0037698F"/>
     <w:rsid w:val="0037759C"/>
     <w:rsid w:val="00382D1A"/>
     <w:rsid w:val="003858AE"/>
     <w:rsid w:val="00386627"/>
     <w:rsid w:val="003867EA"/>
     <w:rsid w:val="00387564"/>
+    <w:rsid w:val="003900A6"/>
     <w:rsid w:val="00390694"/>
     <w:rsid w:val="003908C7"/>
     <w:rsid w:val="00390923"/>
     <w:rsid w:val="00391E27"/>
     <w:rsid w:val="0039283A"/>
     <w:rsid w:val="003944ED"/>
     <w:rsid w:val="003945D4"/>
     <w:rsid w:val="0039559C"/>
     <w:rsid w:val="00396DC2"/>
     <w:rsid w:val="003A28BD"/>
     <w:rsid w:val="003A2DE4"/>
     <w:rsid w:val="003A33E1"/>
     <w:rsid w:val="003A603A"/>
     <w:rsid w:val="003A665B"/>
     <w:rsid w:val="003A7105"/>
     <w:rsid w:val="003A7520"/>
+    <w:rsid w:val="003B150E"/>
     <w:rsid w:val="003B2060"/>
     <w:rsid w:val="003B5603"/>
     <w:rsid w:val="003B69C6"/>
     <w:rsid w:val="003B70AB"/>
     <w:rsid w:val="003B7107"/>
     <w:rsid w:val="003C0355"/>
     <w:rsid w:val="003C2388"/>
     <w:rsid w:val="003C3D36"/>
     <w:rsid w:val="003C4567"/>
     <w:rsid w:val="003C5B23"/>
     <w:rsid w:val="003C6A5B"/>
     <w:rsid w:val="003C7740"/>
     <w:rsid w:val="003D0409"/>
     <w:rsid w:val="003D297E"/>
     <w:rsid w:val="003D2B58"/>
     <w:rsid w:val="003D4151"/>
     <w:rsid w:val="003D51B0"/>
     <w:rsid w:val="003D69E5"/>
     <w:rsid w:val="003D7AED"/>
     <w:rsid w:val="003E24AA"/>
     <w:rsid w:val="003E2ADF"/>
     <w:rsid w:val="003E5865"/>
     <w:rsid w:val="003E6862"/>
     <w:rsid w:val="003F3CCE"/>
     <w:rsid w:val="003F4669"/>
     <w:rsid w:val="003F579E"/>
     <w:rsid w:val="003F59E8"/>
     <w:rsid w:val="003F5FD9"/>
     <w:rsid w:val="003F65AE"/>
     <w:rsid w:val="004046EE"/>
     <w:rsid w:val="004051CD"/>
     <w:rsid w:val="004060DE"/>
     <w:rsid w:val="00410769"/>
     <w:rsid w:val="00415AAD"/>
     <w:rsid w:val="004163B3"/>
     <w:rsid w:val="0041705D"/>
     <w:rsid w:val="00417291"/>
+    <w:rsid w:val="004203A6"/>
     <w:rsid w:val="0042384D"/>
     <w:rsid w:val="00423E32"/>
     <w:rsid w:val="00425111"/>
     <w:rsid w:val="004259A6"/>
     <w:rsid w:val="00426963"/>
     <w:rsid w:val="00426D46"/>
     <w:rsid w:val="0043129C"/>
     <w:rsid w:val="004319EE"/>
     <w:rsid w:val="00431C53"/>
     <w:rsid w:val="00434E0D"/>
     <w:rsid w:val="0043595D"/>
     <w:rsid w:val="00436463"/>
     <w:rsid w:val="0043736D"/>
     <w:rsid w:val="004426D1"/>
     <w:rsid w:val="00442AB5"/>
     <w:rsid w:val="0045127B"/>
     <w:rsid w:val="0045173C"/>
     <w:rsid w:val="004527C9"/>
     <w:rsid w:val="004551D8"/>
     <w:rsid w:val="00455C90"/>
     <w:rsid w:val="004574BC"/>
     <w:rsid w:val="0046384B"/>
     <w:rsid w:val="00465B94"/>
     <w:rsid w:val="00466708"/>
     <w:rsid w:val="00466B9D"/>
@@ -21383,70 +21032,72 @@
     <w:rsid w:val="00490412"/>
     <w:rsid w:val="004913E8"/>
     <w:rsid w:val="0049326E"/>
     <w:rsid w:val="00493787"/>
     <w:rsid w:val="004946BC"/>
     <w:rsid w:val="004950E7"/>
     <w:rsid w:val="0049639A"/>
     <w:rsid w:val="004A41E4"/>
     <w:rsid w:val="004A48CC"/>
     <w:rsid w:val="004B056B"/>
     <w:rsid w:val="004B0906"/>
     <w:rsid w:val="004B0CF3"/>
     <w:rsid w:val="004B11B3"/>
     <w:rsid w:val="004B2352"/>
     <w:rsid w:val="004B7B8C"/>
     <w:rsid w:val="004C00C3"/>
     <w:rsid w:val="004C1EF7"/>
     <w:rsid w:val="004C59F9"/>
     <w:rsid w:val="004C75F2"/>
     <w:rsid w:val="004C7EFA"/>
     <w:rsid w:val="004D1E83"/>
     <w:rsid w:val="004D212E"/>
     <w:rsid w:val="004E0B59"/>
     <w:rsid w:val="004E0E33"/>
     <w:rsid w:val="004E3DC6"/>
+    <w:rsid w:val="004E58B6"/>
     <w:rsid w:val="004E5ACA"/>
     <w:rsid w:val="004E7415"/>
     <w:rsid w:val="004E74F6"/>
     <w:rsid w:val="004E7D22"/>
     <w:rsid w:val="004F0569"/>
     <w:rsid w:val="004F159A"/>
     <w:rsid w:val="004F26B7"/>
     <w:rsid w:val="004F69A7"/>
     <w:rsid w:val="004F6A1E"/>
     <w:rsid w:val="005036FE"/>
     <w:rsid w:val="005074E0"/>
     <w:rsid w:val="00511268"/>
     <w:rsid w:val="00513CC5"/>
     <w:rsid w:val="0051615C"/>
     <w:rsid w:val="00517875"/>
     <w:rsid w:val="00517C2C"/>
     <w:rsid w:val="00521BA4"/>
     <w:rsid w:val="005244E7"/>
     <w:rsid w:val="005259BC"/>
     <w:rsid w:val="00525F39"/>
+    <w:rsid w:val="005264BD"/>
     <w:rsid w:val="00527079"/>
     <w:rsid w:val="00527888"/>
     <w:rsid w:val="00527D74"/>
     <w:rsid w:val="0053039E"/>
     <w:rsid w:val="0053060A"/>
     <w:rsid w:val="00532D37"/>
     <w:rsid w:val="005344C6"/>
     <w:rsid w:val="00535564"/>
     <w:rsid w:val="005356E4"/>
     <w:rsid w:val="00535A2C"/>
     <w:rsid w:val="00535CB0"/>
     <w:rsid w:val="005432AE"/>
     <w:rsid w:val="00544473"/>
     <w:rsid w:val="00544775"/>
     <w:rsid w:val="00544F68"/>
     <w:rsid w:val="0054527B"/>
     <w:rsid w:val="00545A86"/>
     <w:rsid w:val="00554F10"/>
     <w:rsid w:val="00561310"/>
     <w:rsid w:val="00564171"/>
     <w:rsid w:val="00565991"/>
     <w:rsid w:val="00566CC9"/>
     <w:rsid w:val="00566EA9"/>
     <w:rsid w:val="00567FCC"/>
     <w:rsid w:val="005713CC"/>
@@ -21464,118 +21115,122 @@
     <w:rsid w:val="00583CCD"/>
     <w:rsid w:val="0058479F"/>
     <w:rsid w:val="0058659F"/>
     <w:rsid w:val="0059269A"/>
     <w:rsid w:val="0059372F"/>
     <w:rsid w:val="00594AD4"/>
     <w:rsid w:val="00594B75"/>
     <w:rsid w:val="00595077"/>
     <w:rsid w:val="0059569A"/>
     <w:rsid w:val="00595F62"/>
     <w:rsid w:val="005A2945"/>
     <w:rsid w:val="005A4985"/>
     <w:rsid w:val="005A675C"/>
     <w:rsid w:val="005A70A6"/>
     <w:rsid w:val="005B244B"/>
     <w:rsid w:val="005B27D9"/>
     <w:rsid w:val="005B636F"/>
     <w:rsid w:val="005B73B3"/>
     <w:rsid w:val="005C3376"/>
     <w:rsid w:val="005C5471"/>
     <w:rsid w:val="005D170F"/>
     <w:rsid w:val="005D5C9A"/>
     <w:rsid w:val="005D7170"/>
     <w:rsid w:val="005D7C2F"/>
     <w:rsid w:val="005E276F"/>
+    <w:rsid w:val="005E2C4E"/>
     <w:rsid w:val="005E4147"/>
     <w:rsid w:val="005E594A"/>
     <w:rsid w:val="005E5956"/>
     <w:rsid w:val="005E67D0"/>
     <w:rsid w:val="005E7A5B"/>
     <w:rsid w:val="005F1889"/>
     <w:rsid w:val="005F2F11"/>
     <w:rsid w:val="005F4753"/>
     <w:rsid w:val="005F6DD4"/>
     <w:rsid w:val="00600D8D"/>
     <w:rsid w:val="0060247E"/>
     <w:rsid w:val="00603986"/>
     <w:rsid w:val="00603B17"/>
     <w:rsid w:val="00606254"/>
     <w:rsid w:val="006064FE"/>
     <w:rsid w:val="00606849"/>
     <w:rsid w:val="00610298"/>
     <w:rsid w:val="00610BD0"/>
     <w:rsid w:val="006123B2"/>
     <w:rsid w:val="006127DA"/>
     <w:rsid w:val="00612C06"/>
     <w:rsid w:val="00614290"/>
     <w:rsid w:val="006149EC"/>
     <w:rsid w:val="006167D0"/>
     <w:rsid w:val="006172EA"/>
     <w:rsid w:val="00617309"/>
     <w:rsid w:val="006174CF"/>
     <w:rsid w:val="006237FD"/>
     <w:rsid w:val="0062502D"/>
     <w:rsid w:val="006255E5"/>
     <w:rsid w:val="006259ED"/>
     <w:rsid w:val="00626283"/>
     <w:rsid w:val="006262E9"/>
     <w:rsid w:val="00626527"/>
     <w:rsid w:val="00626DF3"/>
     <w:rsid w:val="00626FE3"/>
     <w:rsid w:val="00632F0A"/>
     <w:rsid w:val="00633280"/>
     <w:rsid w:val="00633619"/>
     <w:rsid w:val="00646231"/>
     <w:rsid w:val="00647610"/>
     <w:rsid w:val="00650041"/>
     <w:rsid w:val="006531D2"/>
     <w:rsid w:val="00655BCA"/>
     <w:rsid w:val="006579DA"/>
     <w:rsid w:val="00662EA1"/>
     <w:rsid w:val="00663979"/>
     <w:rsid w:val="00663C3A"/>
+    <w:rsid w:val="006654FA"/>
     <w:rsid w:val="00667238"/>
     <w:rsid w:val="006676A3"/>
     <w:rsid w:val="00667E2C"/>
     <w:rsid w:val="006703F3"/>
     <w:rsid w:val="0067675C"/>
     <w:rsid w:val="00676E80"/>
     <w:rsid w:val="00676F79"/>
     <w:rsid w:val="006770F1"/>
     <w:rsid w:val="006777C5"/>
     <w:rsid w:val="006779F0"/>
+    <w:rsid w:val="00681514"/>
     <w:rsid w:val="0068163F"/>
     <w:rsid w:val="00681CF8"/>
     <w:rsid w:val="00684CE2"/>
     <w:rsid w:val="0068559B"/>
     <w:rsid w:val="00686AD4"/>
     <w:rsid w:val="006873A8"/>
     <w:rsid w:val="006873E4"/>
     <w:rsid w:val="006875A5"/>
     <w:rsid w:val="00687D13"/>
     <w:rsid w:val="0069404B"/>
+    <w:rsid w:val="006959C5"/>
     <w:rsid w:val="00695DEA"/>
     <w:rsid w:val="00696D4F"/>
     <w:rsid w:val="006A02E3"/>
     <w:rsid w:val="006A19B9"/>
     <w:rsid w:val="006A23E5"/>
     <w:rsid w:val="006A2E61"/>
     <w:rsid w:val="006A422A"/>
     <w:rsid w:val="006A6E4D"/>
     <w:rsid w:val="006A7218"/>
     <w:rsid w:val="006A7256"/>
     <w:rsid w:val="006B0D44"/>
     <w:rsid w:val="006B2876"/>
     <w:rsid w:val="006B345F"/>
     <w:rsid w:val="006B4D5E"/>
     <w:rsid w:val="006B6FAF"/>
     <w:rsid w:val="006C0DFA"/>
     <w:rsid w:val="006C1E81"/>
     <w:rsid w:val="006C3F19"/>
     <w:rsid w:val="006C5482"/>
     <w:rsid w:val="006C563D"/>
     <w:rsid w:val="006C6057"/>
     <w:rsid w:val="006C73A4"/>
     <w:rsid w:val="006D12ED"/>
     <w:rsid w:val="006D4647"/>
     <w:rsid w:val="006D4F04"/>
@@ -21608,50 +21263,51 @@
     <w:rsid w:val="00720FA7"/>
     <w:rsid w:val="00721247"/>
     <w:rsid w:val="00721E46"/>
     <w:rsid w:val="00722447"/>
     <w:rsid w:val="00725BBE"/>
     <w:rsid w:val="00732232"/>
     <w:rsid w:val="00732E39"/>
     <w:rsid w:val="00734A9C"/>
     <w:rsid w:val="00734DBF"/>
     <w:rsid w:val="00735D49"/>
     <w:rsid w:val="00740FB2"/>
     <w:rsid w:val="0074186D"/>
     <w:rsid w:val="0074350D"/>
     <w:rsid w:val="00745D66"/>
     <w:rsid w:val="007469E3"/>
     <w:rsid w:val="00746A07"/>
     <w:rsid w:val="00750B64"/>
     <w:rsid w:val="00751482"/>
     <w:rsid w:val="00751A6F"/>
     <w:rsid w:val="00752539"/>
     <w:rsid w:val="00752A4A"/>
     <w:rsid w:val="007533F2"/>
     <w:rsid w:val="007562FE"/>
     <w:rsid w:val="00756EBA"/>
     <w:rsid w:val="00760D82"/>
+    <w:rsid w:val="00761431"/>
     <w:rsid w:val="0076489B"/>
     <w:rsid w:val="00764A34"/>
     <w:rsid w:val="00764BA3"/>
     <w:rsid w:val="00776A95"/>
     <w:rsid w:val="007779BF"/>
     <w:rsid w:val="0078241F"/>
     <w:rsid w:val="00783282"/>
     <w:rsid w:val="00783FE2"/>
     <w:rsid w:val="0078491A"/>
     <w:rsid w:val="00784923"/>
     <w:rsid w:val="007859FC"/>
     <w:rsid w:val="00786465"/>
     <w:rsid w:val="0078684A"/>
     <w:rsid w:val="007905C7"/>
     <w:rsid w:val="00790E43"/>
     <w:rsid w:val="00790FF0"/>
     <w:rsid w:val="00792453"/>
     <w:rsid w:val="007928C5"/>
     <w:rsid w:val="007936B7"/>
     <w:rsid w:val="0079382C"/>
     <w:rsid w:val="00793B48"/>
     <w:rsid w:val="00794A14"/>
     <w:rsid w:val="00794F64"/>
     <w:rsid w:val="00796122"/>
     <w:rsid w:val="0079796E"/>
@@ -21714,88 +21370,91 @@
     <w:rsid w:val="00823106"/>
     <w:rsid w:val="00824481"/>
     <w:rsid w:val="008257E1"/>
     <w:rsid w:val="008262B4"/>
     <w:rsid w:val="0082660F"/>
     <w:rsid w:val="008268B5"/>
     <w:rsid w:val="00827BF9"/>
     <w:rsid w:val="0083029A"/>
     <w:rsid w:val="0083577C"/>
     <w:rsid w:val="008366CF"/>
     <w:rsid w:val="00836EF3"/>
     <w:rsid w:val="008378E0"/>
     <w:rsid w:val="00842BC6"/>
     <w:rsid w:val="00842EA0"/>
     <w:rsid w:val="00842EE5"/>
     <w:rsid w:val="008454AA"/>
     <w:rsid w:val="00846512"/>
     <w:rsid w:val="008472DD"/>
     <w:rsid w:val="00847A1C"/>
     <w:rsid w:val="00847A29"/>
     <w:rsid w:val="008504A6"/>
     <w:rsid w:val="008515AC"/>
     <w:rsid w:val="00852CF5"/>
     <w:rsid w:val="00855639"/>
     <w:rsid w:val="00855995"/>
+    <w:rsid w:val="008576EE"/>
     <w:rsid w:val="00860350"/>
     <w:rsid w:val="008607DC"/>
     <w:rsid w:val="00861B2E"/>
     <w:rsid w:val="008632E5"/>
     <w:rsid w:val="00863307"/>
     <w:rsid w:val="00865571"/>
     <w:rsid w:val="00865ACD"/>
     <w:rsid w:val="00866E3B"/>
     <w:rsid w:val="00867619"/>
     <w:rsid w:val="008701CA"/>
     <w:rsid w:val="00872D69"/>
     <w:rsid w:val="00876C21"/>
     <w:rsid w:val="0087705E"/>
     <w:rsid w:val="00880E8B"/>
     <w:rsid w:val="00882855"/>
     <w:rsid w:val="00882CC1"/>
     <w:rsid w:val="00883B8D"/>
+    <w:rsid w:val="008857E0"/>
     <w:rsid w:val="00885C6E"/>
     <w:rsid w:val="00887484"/>
     <w:rsid w:val="00892AB8"/>
     <w:rsid w:val="00894112"/>
     <w:rsid w:val="00894374"/>
     <w:rsid w:val="008A038C"/>
     <w:rsid w:val="008A107B"/>
     <w:rsid w:val="008A3CD5"/>
     <w:rsid w:val="008A4BEA"/>
     <w:rsid w:val="008A5092"/>
     <w:rsid w:val="008B063B"/>
     <w:rsid w:val="008B2554"/>
     <w:rsid w:val="008B5F51"/>
     <w:rsid w:val="008C1D15"/>
     <w:rsid w:val="008C3834"/>
     <w:rsid w:val="008C5756"/>
     <w:rsid w:val="008D0957"/>
     <w:rsid w:val="008D1B5A"/>
     <w:rsid w:val="008D32DB"/>
     <w:rsid w:val="008E2A47"/>
     <w:rsid w:val="008E40C5"/>
+    <w:rsid w:val="008E4512"/>
     <w:rsid w:val="008E4EA0"/>
     <w:rsid w:val="008E537C"/>
     <w:rsid w:val="008E5AF4"/>
     <w:rsid w:val="008E7618"/>
     <w:rsid w:val="008E7C38"/>
     <w:rsid w:val="008F1DC2"/>
     <w:rsid w:val="008F3ADE"/>
     <w:rsid w:val="008F570A"/>
     <w:rsid w:val="008F5B3C"/>
     <w:rsid w:val="008F7A94"/>
     <w:rsid w:val="008F7F3B"/>
     <w:rsid w:val="00901771"/>
     <w:rsid w:val="0090349E"/>
     <w:rsid w:val="009037DC"/>
     <w:rsid w:val="00904B6E"/>
     <w:rsid w:val="00904ED8"/>
     <w:rsid w:val="00905341"/>
     <w:rsid w:val="009057BF"/>
     <w:rsid w:val="00905F00"/>
     <w:rsid w:val="00910DE7"/>
     <w:rsid w:val="0091161D"/>
     <w:rsid w:val="009154D9"/>
     <w:rsid w:val="00917E5B"/>
     <w:rsid w:val="00921ECC"/>
     <w:rsid w:val="00922C2C"/>
@@ -21809,132 +21468,136 @@
     <w:rsid w:val="00936C8D"/>
     <w:rsid w:val="00936F0C"/>
     <w:rsid w:val="0094000C"/>
     <w:rsid w:val="00940EDD"/>
     <w:rsid w:val="0094350A"/>
     <w:rsid w:val="00947488"/>
     <w:rsid w:val="009506D7"/>
     <w:rsid w:val="009520F8"/>
     <w:rsid w:val="009529AF"/>
     <w:rsid w:val="00954F5A"/>
     <w:rsid w:val="0095531D"/>
     <w:rsid w:val="00955B75"/>
     <w:rsid w:val="00957557"/>
     <w:rsid w:val="00960667"/>
     <w:rsid w:val="00960C5E"/>
     <w:rsid w:val="0096381E"/>
     <w:rsid w:val="0096404B"/>
     <w:rsid w:val="00965955"/>
     <w:rsid w:val="00966CA7"/>
     <w:rsid w:val="00966CFF"/>
     <w:rsid w:val="00970441"/>
     <w:rsid w:val="009717BB"/>
     <w:rsid w:val="0097183C"/>
     <w:rsid w:val="0097226D"/>
     <w:rsid w:val="00972780"/>
+    <w:rsid w:val="009739F3"/>
     <w:rsid w:val="00973B9A"/>
     <w:rsid w:val="0097689D"/>
     <w:rsid w:val="0097720F"/>
     <w:rsid w:val="00981631"/>
     <w:rsid w:val="00981EE9"/>
     <w:rsid w:val="00982866"/>
     <w:rsid w:val="00982B70"/>
     <w:rsid w:val="00984395"/>
     <w:rsid w:val="009849AF"/>
     <w:rsid w:val="00984D03"/>
     <w:rsid w:val="00984EC6"/>
     <w:rsid w:val="00984EFA"/>
     <w:rsid w:val="009859EA"/>
     <w:rsid w:val="00990DE5"/>
     <w:rsid w:val="009925DD"/>
     <w:rsid w:val="0099382A"/>
     <w:rsid w:val="00993B08"/>
     <w:rsid w:val="00994ADF"/>
     <w:rsid w:val="009A00A1"/>
     <w:rsid w:val="009A208C"/>
     <w:rsid w:val="009A3355"/>
     <w:rsid w:val="009A4605"/>
     <w:rsid w:val="009A4DE1"/>
     <w:rsid w:val="009A57B8"/>
     <w:rsid w:val="009A65C0"/>
     <w:rsid w:val="009A6D17"/>
     <w:rsid w:val="009A6D1F"/>
     <w:rsid w:val="009B00BB"/>
     <w:rsid w:val="009B0ED3"/>
     <w:rsid w:val="009B2531"/>
     <w:rsid w:val="009B28D6"/>
     <w:rsid w:val="009B3083"/>
     <w:rsid w:val="009B5B8E"/>
     <w:rsid w:val="009B61D1"/>
+    <w:rsid w:val="009B6855"/>
     <w:rsid w:val="009B6A1A"/>
     <w:rsid w:val="009C001F"/>
     <w:rsid w:val="009C2E47"/>
     <w:rsid w:val="009C5820"/>
     <w:rsid w:val="009C60F0"/>
     <w:rsid w:val="009D2CBC"/>
     <w:rsid w:val="009D35F3"/>
     <w:rsid w:val="009D449C"/>
     <w:rsid w:val="009D4B1E"/>
     <w:rsid w:val="009D5202"/>
     <w:rsid w:val="009D7397"/>
     <w:rsid w:val="009E0823"/>
     <w:rsid w:val="009E0C75"/>
     <w:rsid w:val="009E0D54"/>
     <w:rsid w:val="009E1017"/>
     <w:rsid w:val="009E217B"/>
+    <w:rsid w:val="009E21F6"/>
     <w:rsid w:val="009E23FB"/>
     <w:rsid w:val="009E26B8"/>
     <w:rsid w:val="009E2D41"/>
     <w:rsid w:val="009E495C"/>
     <w:rsid w:val="009E4B68"/>
     <w:rsid w:val="009E64BF"/>
     <w:rsid w:val="009E6540"/>
     <w:rsid w:val="009F03AE"/>
     <w:rsid w:val="009F3C52"/>
     <w:rsid w:val="009F3EA9"/>
     <w:rsid w:val="009F58B6"/>
     <w:rsid w:val="009F5E70"/>
     <w:rsid w:val="00A019A1"/>
     <w:rsid w:val="00A01BA4"/>
     <w:rsid w:val="00A03317"/>
     <w:rsid w:val="00A04416"/>
     <w:rsid w:val="00A04580"/>
     <w:rsid w:val="00A048BA"/>
     <w:rsid w:val="00A050F1"/>
     <w:rsid w:val="00A05B79"/>
     <w:rsid w:val="00A12A1F"/>
     <w:rsid w:val="00A1373A"/>
     <w:rsid w:val="00A142CB"/>
     <w:rsid w:val="00A20E14"/>
     <w:rsid w:val="00A23070"/>
     <w:rsid w:val="00A2330F"/>
     <w:rsid w:val="00A23DCD"/>
     <w:rsid w:val="00A23DDD"/>
     <w:rsid w:val="00A2417E"/>
     <w:rsid w:val="00A24843"/>
     <w:rsid w:val="00A25D95"/>
     <w:rsid w:val="00A261FA"/>
+    <w:rsid w:val="00A2775B"/>
     <w:rsid w:val="00A31810"/>
     <w:rsid w:val="00A32048"/>
     <w:rsid w:val="00A35D09"/>
     <w:rsid w:val="00A36895"/>
     <w:rsid w:val="00A40E87"/>
     <w:rsid w:val="00A41A0D"/>
     <w:rsid w:val="00A42A11"/>
     <w:rsid w:val="00A42AC1"/>
     <w:rsid w:val="00A43A42"/>
     <w:rsid w:val="00A442AE"/>
     <w:rsid w:val="00A443C8"/>
     <w:rsid w:val="00A446B8"/>
     <w:rsid w:val="00A44AC6"/>
     <w:rsid w:val="00A452F4"/>
     <w:rsid w:val="00A46EB1"/>
     <w:rsid w:val="00A47779"/>
     <w:rsid w:val="00A5013A"/>
     <w:rsid w:val="00A51668"/>
     <w:rsid w:val="00A534FC"/>
     <w:rsid w:val="00A5363D"/>
     <w:rsid w:val="00A53B37"/>
     <w:rsid w:val="00A5632A"/>
     <w:rsid w:val="00A56A79"/>
     <w:rsid w:val="00A574DA"/>
     <w:rsid w:val="00A62756"/>
@@ -22009,50 +21672,51 @@
     <w:rsid w:val="00B44E7C"/>
     <w:rsid w:val="00B45029"/>
     <w:rsid w:val="00B451CA"/>
     <w:rsid w:val="00B456BD"/>
     <w:rsid w:val="00B467E0"/>
     <w:rsid w:val="00B47CBC"/>
     <w:rsid w:val="00B47DF9"/>
     <w:rsid w:val="00B61080"/>
     <w:rsid w:val="00B625C4"/>
     <w:rsid w:val="00B6283A"/>
     <w:rsid w:val="00B6411F"/>
     <w:rsid w:val="00B6420E"/>
     <w:rsid w:val="00B66421"/>
     <w:rsid w:val="00B665BE"/>
     <w:rsid w:val="00B666D8"/>
     <w:rsid w:val="00B6706E"/>
     <w:rsid w:val="00B70C07"/>
     <w:rsid w:val="00B70D82"/>
     <w:rsid w:val="00B71CC9"/>
     <w:rsid w:val="00B72E77"/>
     <w:rsid w:val="00B73B17"/>
     <w:rsid w:val="00B7415B"/>
     <w:rsid w:val="00B76610"/>
     <w:rsid w:val="00B80643"/>
     <w:rsid w:val="00B80837"/>
+    <w:rsid w:val="00B817DF"/>
     <w:rsid w:val="00B825BB"/>
     <w:rsid w:val="00B84139"/>
     <w:rsid w:val="00B8492A"/>
     <w:rsid w:val="00B85D6C"/>
     <w:rsid w:val="00B85DEF"/>
     <w:rsid w:val="00B85E20"/>
     <w:rsid w:val="00B91F06"/>
     <w:rsid w:val="00B92B7F"/>
     <w:rsid w:val="00B92E44"/>
     <w:rsid w:val="00B92EDD"/>
     <w:rsid w:val="00B94789"/>
     <w:rsid w:val="00B96D7E"/>
     <w:rsid w:val="00BA024C"/>
     <w:rsid w:val="00BA1D61"/>
     <w:rsid w:val="00BA2CC1"/>
     <w:rsid w:val="00BA6996"/>
     <w:rsid w:val="00BA6E28"/>
     <w:rsid w:val="00BB0265"/>
     <w:rsid w:val="00BB0DD8"/>
     <w:rsid w:val="00BB5BB8"/>
     <w:rsid w:val="00BB6A24"/>
     <w:rsid w:val="00BB6AC4"/>
     <w:rsid w:val="00BB7E8B"/>
     <w:rsid w:val="00BC1342"/>
     <w:rsid w:val="00BC2C55"/>
@@ -22181,59 +21845,61 @@
     <w:rsid w:val="00D16A75"/>
     <w:rsid w:val="00D2009D"/>
     <w:rsid w:val="00D203BB"/>
     <w:rsid w:val="00D207D4"/>
     <w:rsid w:val="00D208A6"/>
     <w:rsid w:val="00D21C97"/>
     <w:rsid w:val="00D21FA6"/>
     <w:rsid w:val="00D21FF1"/>
     <w:rsid w:val="00D23B82"/>
     <w:rsid w:val="00D27659"/>
     <w:rsid w:val="00D27CFF"/>
     <w:rsid w:val="00D316E2"/>
     <w:rsid w:val="00D32AAA"/>
     <w:rsid w:val="00D32D1A"/>
     <w:rsid w:val="00D33259"/>
     <w:rsid w:val="00D34162"/>
     <w:rsid w:val="00D354E4"/>
     <w:rsid w:val="00D35A07"/>
     <w:rsid w:val="00D370BC"/>
     <w:rsid w:val="00D371C7"/>
     <w:rsid w:val="00D3782A"/>
     <w:rsid w:val="00D43C06"/>
     <w:rsid w:val="00D443C8"/>
     <w:rsid w:val="00D454D2"/>
     <w:rsid w:val="00D45C3A"/>
+    <w:rsid w:val="00D45F24"/>
     <w:rsid w:val="00D4623C"/>
     <w:rsid w:val="00D50FCD"/>
     <w:rsid w:val="00D52D59"/>
     <w:rsid w:val="00D54906"/>
     <w:rsid w:val="00D56A21"/>
     <w:rsid w:val="00D56C22"/>
     <w:rsid w:val="00D571E7"/>
     <w:rsid w:val="00D60806"/>
     <w:rsid w:val="00D6126F"/>
+    <w:rsid w:val="00D616BB"/>
     <w:rsid w:val="00D643C2"/>
     <w:rsid w:val="00D653DA"/>
     <w:rsid w:val="00D70CC6"/>
     <w:rsid w:val="00D751C5"/>
     <w:rsid w:val="00D75412"/>
     <w:rsid w:val="00D76133"/>
     <w:rsid w:val="00D76543"/>
     <w:rsid w:val="00D76DF1"/>
     <w:rsid w:val="00D7700D"/>
     <w:rsid w:val="00D77975"/>
     <w:rsid w:val="00D77B8C"/>
     <w:rsid w:val="00D8030E"/>
     <w:rsid w:val="00D811BA"/>
     <w:rsid w:val="00D82EA6"/>
     <w:rsid w:val="00D83478"/>
     <w:rsid w:val="00D87101"/>
     <w:rsid w:val="00D878D9"/>
     <w:rsid w:val="00D90F82"/>
     <w:rsid w:val="00D91A3F"/>
     <w:rsid w:val="00D928A9"/>
     <w:rsid w:val="00D92D47"/>
     <w:rsid w:val="00D958B8"/>
     <w:rsid w:val="00D95E8B"/>
     <w:rsid w:val="00D971B8"/>
     <w:rsid w:val="00D977E2"/>
@@ -22401,62 +22067,64 @@
     <w:rsid w:val="00F43690"/>
     <w:rsid w:val="00F44A28"/>
     <w:rsid w:val="00F479CC"/>
     <w:rsid w:val="00F5055B"/>
     <w:rsid w:val="00F507A0"/>
     <w:rsid w:val="00F50ECF"/>
     <w:rsid w:val="00F55FD0"/>
     <w:rsid w:val="00F60DF2"/>
     <w:rsid w:val="00F61BED"/>
     <w:rsid w:val="00F663D5"/>
     <w:rsid w:val="00F67925"/>
     <w:rsid w:val="00F67E51"/>
     <w:rsid w:val="00F72402"/>
     <w:rsid w:val="00F7343F"/>
     <w:rsid w:val="00F7457E"/>
     <w:rsid w:val="00F773C5"/>
     <w:rsid w:val="00F80E86"/>
     <w:rsid w:val="00F8330A"/>
     <w:rsid w:val="00F83E21"/>
     <w:rsid w:val="00F8530E"/>
     <w:rsid w:val="00F93017"/>
     <w:rsid w:val="00F9577D"/>
     <w:rsid w:val="00F969CB"/>
     <w:rsid w:val="00F9700B"/>
     <w:rsid w:val="00F97887"/>
+    <w:rsid w:val="00FA3C70"/>
     <w:rsid w:val="00FA4401"/>
     <w:rsid w:val="00FA6E30"/>
     <w:rsid w:val="00FA6E6A"/>
     <w:rsid w:val="00FB0197"/>
     <w:rsid w:val="00FB070A"/>
     <w:rsid w:val="00FB0742"/>
     <w:rsid w:val="00FB10A3"/>
     <w:rsid w:val="00FB4299"/>
     <w:rsid w:val="00FB49AC"/>
     <w:rsid w:val="00FB6AF1"/>
     <w:rsid w:val="00FC024D"/>
     <w:rsid w:val="00FC4453"/>
+    <w:rsid w:val="00FC44FF"/>
     <w:rsid w:val="00FC5DBE"/>
     <w:rsid w:val="00FC670E"/>
     <w:rsid w:val="00FC6AB1"/>
     <w:rsid w:val="00FC6AD8"/>
     <w:rsid w:val="00FC7074"/>
     <w:rsid w:val="00FD085D"/>
     <w:rsid w:val="00FD0DEB"/>
     <w:rsid w:val="00FD2B96"/>
     <w:rsid w:val="00FD3F4F"/>
     <w:rsid w:val="00FE22F2"/>
     <w:rsid w:val="00FE35A2"/>
     <w:rsid w:val="00FE6EBA"/>
     <w:rsid w:val="00FE7C95"/>
     <w:rsid w:val="00FF067E"/>
     <w:rsid w:val="00FF08B4"/>
     <w:rsid w:val="00FF1035"/>
     <w:rsid w:val="00FF395D"/>
     <w:rsid w:val="00FF4EAB"/>
     <w:rsid w:val="00FF6220"/>
     <w:rsid w:val="00FF73E6"/>
     <w:rsid w:val="00FF7C15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:dispDef m:val="0"/>
@@ -22493,51 +22161,51 @@
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22904,65 +22572,67 @@
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00815277"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00815277"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:aliases w:val="Char5 Char"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00815277"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:aliases w:val="Char5 Char Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00815277"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="body1">
     <w:name w:val="body1"/>
     <w:rsid w:val="00D21FA6"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:hint="default"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D21FA6"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
@@ -23203,51 +22873,51 @@
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00B825BB"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cvvp.nva.gov.lv" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cvvp.nva.gov.lv" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -23517,77 +23187,50 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...25 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -23714,149 +23357,182 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+    <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Sagatavotajs>
+    <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F526D43-CEAF-4951-867C-8B4C940EEA36}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E6499DA-3CD6-4475-A458-C3BBD19FFB02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B74284F2-097F-4D0B-AAD4-BCF509CC030B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F526D43-CEAF-4951-867C-8B4C940EEA36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A65FCBA5-35B9-4F72-88C5-3023A7D41720}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7300AF3E-5DB1-4EAB-B7E8-2FAE53C79D07}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD60C138-B392-487E-B6CF-A1BDE8222100}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>28352</Words>
-  <Characters>16161</Characters>
+  <Words>29346</Words>
+  <Characters>16728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>134</Lines>
-  <Paragraphs>88</Paragraphs>
+  <Lines>139</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44425</CharactersWithSpaces>
+  <CharactersWithSpaces>45983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pavels.belisovs@nva.gov.lv</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2014-11-05T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Liene Matute</vt:lpwstr>
   </property>