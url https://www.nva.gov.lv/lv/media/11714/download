--- v0 (2025-10-08)
+++ v1 (2026-03-10)
@@ -1,20375 +1,8334 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item5.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <!-- Generated by Aspose.Words for .NET 25.7.0 -->
   <w:body>
-    <w:p w14:paraId="088E1704" w14:textId="77777777" w:rsidR="008151E1" w:rsidRDefault="008151E1" w:rsidP="00CE3E88">
+    <w:p w:rsidR="008151E1" w:rsidRPr="00046ADD" w:rsidP="008E6BB0" w14:paraId="088E1704" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="clear" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E159C3D" w14:textId="77777777" w:rsidR="00E2363F" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="00E2363F" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="4E159C3D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="clear" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>LĪGUMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E17BB4F" w14:textId="77777777" w:rsidR="00E2363F" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="2E17BB4F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par aktīvā nodarbinātības pasākuma </w:t>
       </w:r>
-      <w:r w:rsidR="003E7A56" w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="00046ADD" w:rsidR="003E7A56">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6362" w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="00046ADD" w:rsidR="00CB6362">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Algoti pagaidu sabiedriskie darbi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>” īstenošanu Nr.______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5674939E" w14:textId="77777777" w:rsidR="00F27A95" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...1 lines deleted...]
-        <w:tabs>
+    <w:p w:rsidR="00F27A95" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5674939E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514FEC70" w14:textId="77777777" w:rsidR="00B34E05" w:rsidRPr="00C732BB" w:rsidRDefault="00B34E05" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00B34E05" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="514FEC70" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="022E6EF1" w14:textId="16FE184A" w:rsidR="00FB2925" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00FB2925" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="022E6EF1" w14:textId="6A127010">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">Nodarbinātības valsts aģentūra (turpmāk – </w:t>
       </w:r>
-      <w:r w:rsidR="001E52DB" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001E52DB">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00876C6A" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00876C6A">
         <w:t>ģentūra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t>), tās</w:t>
       </w:r>
-      <w:r w:rsidR="0041287C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0041287C">
         <w:t xml:space="preserve"> Nodarbinātības </w:t>
       </w:r>
-      <w:r w:rsidR="00B43E7E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00B43E7E">
         <w:t xml:space="preserve">pasākumu </w:t>
       </w:r>
-      <w:r w:rsidR="0041287C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0041287C">
         <w:t xml:space="preserve">departamenta </w:t>
       </w:r>
-      <w:r w:rsidR="00BA4CB1">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00BA4CB1">
         <w:t>projekta koordinatora</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(vārds, uzvārds)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve"> personā, </w:t>
       </w:r>
-      <w:r w:rsidR="001A7465" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001A7465">
         <w:t>kurš</w:t>
       </w:r>
-      <w:r w:rsidR="00CA78F9" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CA78F9">
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="001A7465" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001A7465">
         <w:t xml:space="preserve">-a rīkojas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">saskaņā ar </w:t>
       </w:r>
-      <w:r w:rsidR="008718A9">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008718A9">
+        <w:t xml:space="preserve">Aģentūras direktora </w:t>
+      </w:r>
+      <w:r w:rsidR="00B536D1">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008718A9">
+        <w:t xml:space="preserve">. gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00045D73">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B536D1">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00045D73">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B536D1">
+        <w:t>janvāra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008718A9">
+        <w:t xml:space="preserve"> rīkojumu Nr. 1.1-1/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B536D1">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00045D73">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008718A9">
+        <w:t>“Par amatpersonu pilnvaru noteikšanu”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve"> no vienas puses, un</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A62B664" w14:textId="77777777" w:rsidR="00FB2925" w:rsidRPr="00C732BB" w:rsidRDefault="00FB2925" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00FB2925" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="4A62B664" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47FC05ED" w14:textId="77777777" w:rsidR="00E82737" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00E82737" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="47FC05ED" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(pašvaldības </w:t>
       </w:r>
-      <w:r w:rsidR="007D2BF1" w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D2BF1">
         <w:rPr>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">domes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>nosaukums)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve"> (turpmāk – Pašvaldība), tās </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00FB2925" w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FB2925">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">amatpersonas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">amats, vārds, uzvārds) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">personā, </w:t>
       </w:r>
-      <w:r w:rsidR="001A7465" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001A7465">
         <w:t>kurš (-a) rīkojas saskaņā ar</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E40EF7" w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E40EF7">
         <w:rPr>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pārstāvības </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>dokumenta nosaukums)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">, no otras </w:t>
       </w:r>
-      <w:r w:rsidR="003E7A56" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003E7A56">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t>uses</w:t>
       </w:r>
-      <w:r w:rsidR="003E7A56" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003E7A56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A7465" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001A7465">
         <w:t>(turpmāk</w:t>
       </w:r>
-      <w:r w:rsidR="003E7A56" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003E7A56">
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidR="007D2BF1" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D2BF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AC7C63" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00AC7C63">
         <w:t>Puse/</w:t>
       </w:r>
-      <w:r w:rsidR="007D2BF1" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D2BF1">
         <w:t>Pus</w:t>
       </w:r>
-      <w:r w:rsidR="003E7A56" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003E7A56">
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidR="001A7465" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001A7465">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00A37345" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A37345">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C7148C" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00C7148C">
         <w:t>noslēdz šādu līgumu (turpmāk – Līgums)</w:t>
       </w:r>
-      <w:r w:rsidR="00A37345" w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A37345">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BA28204" w14:textId="77777777" w:rsidR="005E187F" w:rsidRPr="00C732BB" w:rsidRDefault="005E187F" w:rsidP="00CE3E88">
-[...1 lines deleted...]
-        <w:tabs>
+    <w:p w:rsidR="005E187F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7BA28204" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2462D4EE" w14:textId="77777777" w:rsidR="00E2363F" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...1 lines deleted...]
-        <w:tabs>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="2462D4EE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>1. Līguma priekšmets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8F8380" w14:textId="77777777" w:rsidR="00CA78F9" w:rsidRPr="00C732BB" w:rsidRDefault="00CA78F9" w:rsidP="00CE3E88">
-[...1 lines deleted...]
-        <w:tabs>
+    <w:p w:rsidR="00CA78F9" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7E8F8380" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62B4CBEB" w14:textId="70923280" w:rsidR="0092457D" w:rsidRPr="00204928" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
-      <w:pPr>
+    <w:p w:rsidR="0092457D" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="62B4CBEB" w14:textId="1409A39D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">Atbilstoši Līguma noteikumiem </w:t>
       </w:r>
-      <w:r w:rsidR="00E2363F" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E2363F">
         <w:t>Pašvaldība</w:t>
       </w:r>
-      <w:r w:rsidR="000F7842" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="000F7842">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006216EF" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006216EF">
         <w:t xml:space="preserve">aktīvā nodarbinātības pasākuma „Algoti pagaidu sabiedriskie darbi” (turpmāk </w:t>
       </w:r>
-      <w:r w:rsidR="009029C0" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="009029C0">
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00F21440" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F21440">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2925" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FB2925">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="006216EF" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006216EF">
         <w:t xml:space="preserve">asākums) </w:t>
       </w:r>
-      <w:r w:rsidR="009671FA" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="009671FA">
         <w:t xml:space="preserve">īstenošanas </w:t>
       </w:r>
-      <w:r w:rsidR="004B6D68" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="004B6D68">
         <w:t>laikā</w:t>
       </w:r>
-      <w:r w:rsidR="009671FA" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="009671FA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E2363F" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E2363F">
         <w:t>nodrošina</w:t>
       </w:r>
-      <w:r w:rsidR="00D02240" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D02240">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF7555" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00EF7555">
         <w:t>Aģentūras</w:t>
       </w:r>
-      <w:r w:rsidR="00E2363F" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E2363F">
         <w:t xml:space="preserve"> norīkoto</w:t>
       </w:r>
-      <w:r w:rsidR="00D2192D" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D2192D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE1F94" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE1F94">
         <w:t>personu, k</w:t>
       </w:r>
-      <w:r w:rsidR="00D421B5" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D421B5">
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00CE1F94" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE1F94">
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="002F1B91" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="002F1B91">
         <w:t>ām</w:t>
       </w:r>
-      <w:r w:rsidR="00CE1F94" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE1F94">
         <w:t xml:space="preserve"> ir piešķirts bezdarbnieka statuss </w:t>
       </w:r>
-      <w:r w:rsidR="00CA18B9" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CA18B9">
         <w:t>(turpmāk – dalībnieks)</w:t>
       </w:r>
-      <w:r w:rsidR="001A1F82" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001A1F82">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00CA18B9" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CA18B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C072B" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008C072B">
         <w:t>nodarbināšanu algotos</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6362" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CB6362">
         <w:t xml:space="preserve"> pagaidu sabiedriskajos darbos </w:t>
       </w:r>
-      <w:r w:rsidR="00E2363F" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E2363F">
         <w:t>(turpmāk –</w:t>
       </w:r>
-      <w:r w:rsidR="009029C0" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="009029C0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00355C5E" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00355C5E">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="0034294C" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0034294C">
         <w:t>agaidu darbi</w:t>
       </w:r>
-      <w:r w:rsidR="00340035" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00340035">
         <w:t>),</w:t>
       </w:r>
-      <w:r w:rsidR="00E2363F" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E2363F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00340035" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00340035">
         <w:t>kas rada sociālu labumu sabiedrībai</w:t>
       </w:r>
-      <w:r w:rsidR="004E20C4" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="004E20C4">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00435737" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00435737">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="476B87DD" w14:textId="69CB6ED4" w:rsidR="000C365A" w:rsidRPr="00204928" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
-      <w:pPr>
+    <w:p w:rsidR="000C365A" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="476B87DD" w14:textId="50D6696B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Pagaidu darbos nodarbina dalībniekus, kuri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="009E5671">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714F147D" w14:textId="7D36B59C" w:rsidR="000C365A" w:rsidRPr="000C365A" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
+    <w:p w:rsidR="000C365A" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="714F147D" w14:textId="7D36B59C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>nesaņem bezdarbnieka pabalstu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D20516" w14:textId="332713FE" w:rsidR="000C365A" w:rsidRPr="000C365A" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
+    <w:p w:rsidR="000C365A" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="01D20516" w14:textId="332713FE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>;</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>vēlas iegūt vai uzturēt darba iemaņas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7119D243" w14:textId="36E226AC" w:rsidR="000C365A" w:rsidRPr="000C365A" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
+    <w:p w:rsidR="000C365A" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="7119D243" w14:textId="36E226AC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">atbilst vismaz vienai no šādām </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>mērķgrupām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A45A2B" w14:textId="2CD2F9F0" w:rsidR="000C365A" w:rsidRPr="000C365A" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
+    <w:p w:rsidR="000C365A" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="06A45A2B" w14:textId="2CD2F9F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1843" w:hanging="737"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t>persona ar invaliditāti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A23D78B" w14:textId="34CB3757" w:rsidR="000C365A" w:rsidRPr="000C365A" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
+    <w:p w:rsidR="000C365A" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="6A23D78B" w14:textId="34CB3757">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1843" w:hanging="737"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t>persona, kurai līdz vecuma sasniegšanai, kas dod tiesības saņemt vecuma pensiju, atlikuši ne vairāk kā pieci gadi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C10EAF9" w14:textId="7316E58F" w:rsidR="000C365A" w:rsidRPr="000C365A" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
+    <w:p w:rsidR="000C365A" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="7C10EAF9" w14:textId="7316E58F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1843" w:hanging="737"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t>persona bez darba bijusi vismaz 36 mēnešus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30135FD9" w14:textId="5071A0CD" w:rsidR="000C365A" w:rsidRPr="000C365A" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
+    <w:p w:rsidR="000C365A" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="30135FD9" w14:textId="5071A0CD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1843" w:hanging="737"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t>persona pēc soda izciešanas ieslodzījuma vietā vai probācijas klients;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C899AD8" w14:textId="6A0A6BB5" w:rsidR="004D0555" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
+    <w:p w:rsidR="004D0555" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="5C899AD8" w14:textId="6A0A6BB5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1843" w:hanging="737"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">persona pieder pie etniskās minoritātes – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>romiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="000C365A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38527ADE" w14:textId="76B5F7DB" w:rsidR="00346430" w:rsidRPr="00204928" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
-      <w:pPr>
+    <w:p w:rsidR="00346430" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="38527ADE" w14:textId="41D2F543">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...24 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">Ja </w:t>
       </w:r>
-      <w:r w:rsidR="007B24EE" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007B24EE">
         <w:t xml:space="preserve">algotu </w:t>
       </w:r>
-      <w:r w:rsidR="00481713" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">pagaidu sabiedrisko darbu ietvaros </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk177505892"/>
-      <w:r w:rsidR="00481713" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">tiek sniegts atbalsts pašvaldībai </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk177122252"/>
-      <w:r w:rsidR="00481713" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t>dabas stihiju draudu vai to izraisīto seku novēršanā</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00481713" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve"> vai pašvaldības teritorijā ir izsludināta ārkārtējā situācija</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00481713" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00AB770F" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00AB770F">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00481713" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve">ģentūra var nepiemērot </w:t>
       </w:r>
-      <w:r w:rsidR="00193392" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00193392">
         <w:t>Līguma</w:t>
       </w:r>
-      <w:r w:rsidR="00481713" w:rsidRPr="00204928">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:t xml:space="preserve"> 1.2.3. apakšpunktā un 2.6.  punktā noteiktos ierobežojumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E39F19F" w14:textId="33191378" w:rsidR="00DD788B" w:rsidRPr="00204928" w:rsidRDefault="00FD6ADC" w:rsidP="00204928">
-      <w:pPr>
+    <w:p w:rsidR="00DD788B" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="1E39F19F" w14:textId="5517D3CB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>1.4. Lai īstenotu Pasākumu, Pašvaldība, atbilstoši Līguma pielikumam „Algotu pagaidu sabiedrisko darbu plāns”, bez nolūka gūt peļņu, izveido Pagaidu darbu vietas.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Lai īstenotu Pasākumu, Pašvaldība, atbilstoši Līguma pielikumam „Algotu pagaidu sabiedrisko darbu plāns”, bez nolūka gūt peļņu, izveido Pagaidu darbu vietas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CD9B15" w14:textId="77777777" w:rsidR="00EF72D1" w:rsidRPr="00C732BB" w:rsidRDefault="00EF72D1" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00EF72D1" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="22CD9B15" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD08CBA" w14:textId="77777777" w:rsidR="005E187F" w:rsidRPr="00C732BB" w:rsidRDefault="005E187F" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="005E187F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="4FD08CBA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EB396B0" w14:textId="77777777" w:rsidR="00A15773" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00A15773" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="0EB396B0" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="lv-LV"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00141E74">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00141E74" w:rsidRPr="00C732BB">
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+        </w:rPr>
+        <w:t>agaidu darbu vietas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D7283F">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA88C9F" w14:textId="77777777" w:rsidR="00CA78F9" w:rsidRPr="00C732BB" w:rsidRDefault="00CA78F9" w:rsidP="00CE3E88">
+    <w:p w:rsidR="00CA78F9" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="1AA88C9F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F276975" w14:textId="77777777" w:rsidR="00BE3664" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...1565 lines deleted...]
-    <w:p w14:paraId="4C1C5B78" w14:textId="60639F11" w:rsidR="00E25D62" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="00BE3664" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="4F276975" w14:textId="0E250564">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="35"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...18 lines deleted...]
-      <w:r w:rsidR="00CE1F94" w:rsidRPr="00E25D62">
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parakstot Līgumu, Pašvaldība apliecina, ka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A96898">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0034294C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>agaidu darbu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E5211B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E25D62">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> iesaistīšanas Pasākumā;</w:t>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vietas tiek izveidotas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CED4C8" w14:textId="6067CE41" w:rsidR="00982523" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="00BE3664" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="36058219" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2.1.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006452C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. nekomerciāliem mērķiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006E5083">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A15773">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ašvaldīb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006E5083">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A15773">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> institūcijās (izņemot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006E5083">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A15773">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ašvaldīb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006E5083">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A15773">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komercsabiedrības), biedrībās vai nodibinājumos (turpmāk –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F712BE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00355C5E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A15773">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nstitūcij</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003E7A56">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A15773">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A15773" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="0C5CD5B2" w14:textId="4F6F8CA1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2.1.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00BE3664">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no jauna vai tajās vismaz četrus mēnešus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F349C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pirms </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk121330147"/>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00662C0E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D2192D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>alībnieks</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D2192D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F349C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>uzsācis dalību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006B50DF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">asākumā nav tikusi nodarbināta neviena cita persona. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00556FD3" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="607ED49F" w14:textId="3D4C7D5C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="35"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldība slēdz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001365BF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D7283F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adarbības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">līgumu ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D700F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>savā ad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F349C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ministratīvajā teritorijā esoš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D700F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ām </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>biedr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D700F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ībām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai nodibin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D700F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ājumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006114F3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (turpmāk –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="002B4312">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00482D8D">
-[...6 lines deleted...]
-      <w:r w:rsidR="00482D8D" w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00355C5E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006114F3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>adarbības partneri)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00355C5E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F23C0D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agaidu darbu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vieta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E96A32">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00355C5E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00DD1680">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>adarbības partneri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D700F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kuru darbības mērķis, kā arī </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00355C5E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F23C0D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agaidu darbu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>aktivitāšu rezultātā sasniedzamais ieguvums ir saistīts ar sociālā labuma radīšanu sabiedrībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007D700F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00121773" w:rsidRPr="00C732BB">
-[...10 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w:rsidR="00F53DD1" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7CAFB21F" w14:textId="4108BDA5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Pašvaldība neiesaista </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006638B0">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0083681D">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>u Pa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D02725">
+        <w:t>gaidu darbu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> īstenošanas vietā, kas izveidota Institūcijā, kurā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006638B0">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0083681D">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">s bija nodarbināts pēdējo sešu mēnešu laikā pirms iesaistes Pasākumā </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk121330576"/>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk121333698"/>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>izņemot darba tiesisko attiecību dibināšanu uz noteiktu laiku</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00675599">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00121773" w:rsidRPr="00C732BB">
-[...31 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w:rsidR="00F349C3" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7B5151B5" w14:textId="0760464D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Pašvaldība nodrošina </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk121386418"/>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006638B0">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00BB61C2">
-[...27 lines deleted...]
-      <w:r w:rsidR="00121773" w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008012B9">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008012B9">
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008B364F">
+        <w:t xml:space="preserve">nodarbināšanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A96898">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F23C0D">
+        <w:t xml:space="preserve">agaidu darbos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>piecas dienas nedēļā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A12A15">
+        <w:t xml:space="preserve"> (nepārsniedzot mēnesī noteikto darba die</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001746A9">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A12A15">
+        <w:t>u skaitu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003E257C">
+        <w:t xml:space="preserve">sešas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">stundas dienā. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006F411B">
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00326D2A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE1F94">
+        <w:t>dalībnieks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0028425E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006F411B">
+        <w:t>ir pusaudzis vecumā no 15 līdz 18 gadiem, Pašvaldība ievēro Darba likuma 37.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F163B8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006F411B">
+        <w:t>panta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007E42EF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006F411B">
+        <w:t>ceturtajā, piektajā un sestajā daļā noteikto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC1D3B" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="79B89618" w14:textId="463E7542">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Pašvaldība nenodarbina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0028425E">
+        <w:t xml:space="preserve">bezdarbnieku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00363B4F">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">agaidu darbos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005B1AC5">
+        <w:t>normatīvajos aktos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> noteiktajās svētku dienās un nakts stundās no plk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE539A">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00876C6A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE539A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE539A">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">00 līdz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00876C6A">
+        <w:t>plkst.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE539A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CE539A">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>00.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00556FD3" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="396314F9" w14:textId="18CECB65">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Dalībnieku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A13C60">
+        <w:t xml:space="preserve">Pasākumā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E34B23">
+        <w:t xml:space="preserve">24 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A13C60">
+        <w:t xml:space="preserve">mēnešu periodā iesaista ne vairāk kā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007C4D7A">
+        <w:t>četrus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A13C60">
+        <w:t xml:space="preserve"> mēnešus (secīgi vai ar pārtraukumiem).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD788B" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="5DB4357C" w14:textId="70D532B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="00121773" w:rsidRPr="00C732BB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>, kuri ir tiesīgi piedalīties Pagaidu darbos, ir sarindoti pieteikumu dalībai Pasākumā reģistrācijas secībā;</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldībai aizliegts Pašvaldības darbinieku aizvietot ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="00A96898">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">asākumā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="00CA18B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">norīkotu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CA18B9">
+        <w:t>dalībnieku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="001E52DB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="00A070B8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ēc </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00EF7555">
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="00A070B8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieprasījuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="001E52DB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pašvaldības pienākums ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="00A070B8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesniegt visus dokumentus, lai pamatotu, ka attiecīgajā Pašvaldības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="00D71D5B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nstitūcijā nav pārkāpts Līguma 2.1.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD" w:rsidR="00F163B8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>apakšpunktā noteiktais aizvietošanas aizliegums.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C5D6A4" w14:textId="772F23EF" w:rsidR="009E5B3F" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="00BB130C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="18D8340A" w14:textId="2EC1D925">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7283F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="22E969FB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00141E74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00675599">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">agaidu darbu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>organizēšana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA78F9" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="6F938970" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="2CB0672F" w14:textId="60620DEC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Aģentūra norīko dalībniekus iesaistīties Pasākumā pieteikumu reģistrācijas secībā atbilstoši Līguma pielikumā noteiktajam laika grafikam un Pagaidu darbu vietu skaitam attiecīgajā mēnesī. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="494EC2C8" w14:textId="3D33E9C9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="36"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pašvaldība, </w:t>
-[...120 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Svītrots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D38D5E" w14:textId="3A95A1FD" w:rsidR="00682895" w:rsidRPr="0041452D" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="6D935C14" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...285 lines deleted...]
-        <w:r w:rsidR="00A46BEB" w:rsidRPr="00C732BB">
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldība, saņemot norīkojumu Aģentūras CV un Vakanču Portālā (turpmāk - CVVP) dalībnieka dalībai Pasākumā, slēdz līgumu ar dalībnieku par Algotu pagaidu sabiedrisko darbu veikšanu (turpmāk – līgums ar dalībnieku), izmantojot Aģentūras mājas lapā </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="008E6BB0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>www.nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A46BEB" w:rsidRPr="00C732BB">
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieejamo veidlapu, uz norīkojumā norādīto laika periodu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE3447D" w14:textId="0DCC9666" w:rsidR="00A87463" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="49405AE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...109 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pēc līguma ar dalībnieku noslēgšanas Pašvaldība vienas dienas laikā CVVP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aģentūrai informāciju par noslēgto līgumu.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="28C7341F" w14:textId="03F436BD" w:rsidR="00833A32" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="44EC68FF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...332 lines deleted...]
-        <w:r w:rsidR="00A46BEB" w:rsidRPr="00C732BB">
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uzsākot Pagaidu darbus, Pašvaldība dalībniekiem norīko vienu vai vairākus darba vadītājus, kuri palīdz nostiprināt darba iemaņas un zināšanas, nodrošinot dalībniekiem  spēju patstāvīgi veikt attiecīgos darba pienākumus pēc Pagaidu darbu pabeigšanas, kā arī veic Pagaidu darbu pārraudzību un dalībniekiem uzticēto pienākumu izpildes kontroli. Informāciju par norīkoto darba vadītāju Pašvaldība iesniedz CVVP. Līguma 3.9. punktā noteiktajos gadījumos darba vadītājs izsniedz Aģentūras mājas lapā </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00046ADD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>www.nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A46BEB" w:rsidRPr="00C732BB">
-[...63 lines deleted...]
-        <w:t>arba vadītāja prombūtnes gadījumā Pašvaldība nodrošina citu darba vadītāju.</w:t>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieejamo veidlapu “Apliecinājums par dalību darba pārrunās” tiem dalībniekiem, kuri, izmantojot brīvu darba dienu, piedalīsies individuālajā darba meklēšanas plānā noteiktajā pasākumā vai darba pārrunās. Darba vadītāja prombūtnes gadījumā Pašvaldība nodrošina citu darba vadītāju.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D275263" w14:textId="7E21AB6B" w:rsidR="00711E85" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="3C84DBFF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pašvaldībai ir pienākums vienas darbdienas laikā ar rīkojumu, norādot tajā atskaitīšanas iemeslus, atskaitīt dalībnieku no Pagaidu darbiem ar dienu, kad ir iestājies viens no šādiem nosacījumiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="4FF8ABEA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>saņemta informācija no Aģentūras, ka dalībnieks ir zaudējis bezdarbnieka statusu vai atbilstību kādam no iesaistes kritērijiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="00046ADD" w:rsidP="006934C1" w14:paraId="11E80787" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalībnieks objektīvu iemeslu dēļ turpmāk nevar piedalīties Pagaidu darbos (dalībnieks Pašvaldībai iesniedz iesniegumu);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="00046ADD" w:rsidP="006934C1" w14:paraId="0D757F84" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalībnieks Pagaidu darbu laikā atkārtoti nav ievērojis Pašvaldības darba kārtības noteikumus un darba vadītāja norādījumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="6FA9AAA4" w14:textId="0B9C8A61">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalībnieks Pagaidu darbu iesaistes periodā ir kavējis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266041" w:rsidR="00266041">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00266041">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vairāk par</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>14 darb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dien</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="00046ADD" w:rsidP="006934C1" w14:paraId="5B043E8D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalībnieks neattaisnoti kavējis Pagaidu darbus trīs darbdienas viena mēneša periodā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="4CE0937E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>veselības pārbaudē konstatēts, ka dalībnieka veselības stāvoklis neatbilst veicamajiem Pagaidu darbiem, un nav iespējams dalībniekam piedāvāt citu viņa veselības stāvoklim atbilstošu darbu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="5E8734AB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūras pārbaudēs konstatēts, ka dalībnieks Pagaidu darbos iesaistīts Institūcijā, kurā bija nodarbināts pēdējo sešu mēnešu laikā pirms iesaistes Pasākumā (izņemot darba tiesisko attiecību dibināšanu uz noteiktu laiku);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="03FC738B" w14:textId="27F85F0A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pašvaldība ir saņēmusi Līguma 10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. un 10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>. punktā minēto Aģentūras rakstveida paziņojumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="06E952CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalībnieks ir miris.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="401A1189" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pašvaldība 3.6. punktā minētā rīkojuma kopiju ievieto  CVVP un vienas darbdienas laikā informē Aģentūru par rīkojuma izdošanu un ievietošanu CVVP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="431F7BCD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Par attaisnotu kavējumu, kas nedod dalībniekam tiesības saņemt atlīdzības daļu par nokavēto dienu, tiek uzskatīts kavējums šādu dokumentāri pierādāmu iemeslu dēļ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="29DD48CE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalībniekam iestājusies pārejoša darbnespēja;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="293EDECE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībnieks kopj slimu bērnu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="6BF641C0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībnieks kārto valsts eksāmenu vai aizstāv diplomdarbu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="61455670" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="naisf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībnieks ir īslaicīgā prombūtnē, ja viņa tūlītēja klātbūtne Pagaidu darbos nav iespējama nepārvaramas varas, nejauša notikuma vai citu ārkārtēju apstākļu dēļ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="3C11F1E9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="naisf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībnieks, pamatojoties uz Pašvaldības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>rīkojumu, veic veselības pārbaudi ārstniecības iestādē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="177A4EB7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="naisf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībnieks ne ilgāk kā divas darbdienas nepiedalās Pagaidu darbos sakarā ar laulātā, vecāku, bērna vai cita tuva ģimenes locekļa nāvi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="4A2A7881" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="naisf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībnieks, pamatojoties uz izsaukumu, ierodas izziņas iestādē, prokuratūrā, tiesā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="5A5DC547" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="naisf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībniece (grūtniece) veic veselības pārbaudi pirmsdzemdību periodā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="00ED7B5B" w14:paraId="5A661B85" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="naisf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībnieks ārstniecības iestādē nodod asinis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="1A3A9848" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="naispant"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Pašvaldība Pagaidu darbu īstenošanas ietvaros nodrošina iespēju dalībniekam divas reizes mēnesī saņemt apmaksātu brīvu dienu, iepriekš vienojoties ar darba vadītāju vai darba koordinētāju Pašvaldībā, lai varētu piedalīties individuālajā darba meklēšanas plānā noteiktajā pasākumā vai darba pārrunās. Lai apliecinātu dalību pārrunās, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk121335931"/>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībniek</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>s iesniedz Pašvaldībā darba devēja parakstītu apliecinājumu par dalību darba pārrunās.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="54F0C943" w14:textId="7E62BC2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Pašvaldība norīko darba koordinētāju, kas Pašvaldībā organizē Pagaidu darbu procesu. Darba koordinētājs organizē Pagaidu darbu vietu izveidi, koordinē darba vadītāju darbu, izdevumus pamatojošo dokumentu sagatavošanu un iesniegšanu Aģentūrai, kā arī iesniedz apdrošinātājam nepieciešamos dokumentus cietušā dalībnieka apdrošināšanas atlīdzības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>iespējamai izmaksāšanai. Darba koordinētāja darbnespējas gadījumā vai gadījumā, kad viņš nespēj veikt savus pienākumus, Pašvaldība nodrošina citu darba koordinētāju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006934C1" w:rsidRPr="008E6BB0" w:rsidP="006934C1" w14:paraId="3465F7A4" w14:textId="2CD9F75F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Pašvaldība, sadarbojoties ar Aģentūru, iesaista dalībniekus Pasākumā atbilstoši Līguma pielikumā noteiktajam Pagaidu darbu vietu skaitam, nodrošinot, ka izveidotajā Pagaidu darbu vietā dalībnieku iesaiste vai nomaiņa tiek organizēta četru nedēļu laikā. Ja četru nedēļu laikā pagaidu darba vietā netiek iesaistīts neviens dalībnieks vai nomaiņa netiek veikta, Aģentūra izvērtē Pagaidu darba vietas saglabāšanu.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94B37">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C3758" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="4DD8ACF3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="naispant"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007655E4" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="277D8576" w14:textId="53BC0C71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4. Līguma summa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA78F9" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="1575CBFF" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...36 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B397F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="631FBE17" w14:textId="7870EAAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve"> sedz izmaksas par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F07613">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve">u nodarbināšanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve">agaidu darbos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001162CF">
+        <w:t>periodā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00862CE9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F07613">
+        <w:t xml:space="preserve">kas noteikts Līguma pielikumā, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00862CE9">
+        <w:t>nepārsniedzot Līguma pielikumā noteikto Līguma summu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t>, ko veido:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002457E" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="53CC6AFF" w14:textId="1EE79EF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">izmaksas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A13A59">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">agaidu darbos nodarbināto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F07613">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>u ikmēneša atlīdzībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00EA7FEF">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00E20EFF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">ko aprēķina, summējot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A13A59">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">agaidu darbu vietu skaitu katrā mēnesī un reizinot ar viena </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="007C3E2F">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00AA3188">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">a atlīdzību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003505AB">
+        <w:t xml:space="preserve">300 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00425EE7">
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FD4114">
+        <w:t>trīs simti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005D7E7F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">). Atlīdzību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007B24EE">
+        <w:t xml:space="preserve">300 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00425EE7">
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">apmērā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F07613">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">s saņem par viena mēneša darba dienām, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00CA2452">
+        <w:t>seš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">ām stundām dienā. Ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0002604A">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F07613">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="004D6F6D">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...21 lines deleted...]
-        <w:t>šādiem nosacījumiem:</w:t>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>agaidu darbos bijis nodarbināts mazāk darba dienu, nekā kalendāra mēnesī paredzēts,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve"> vai mazāk par sešām stundām dienā,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> atlīdzību aprēķina un izmaksā proporcionāli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve">stundu skaitam, kurās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00AA3188">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve">s piedalījies Pasākumā; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6890AAF4" w14:textId="1D34976E" w:rsidR="00A54CFA" w:rsidRPr="0094638F" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="002E463D" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="4FACF784" w14:textId="751C69B3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...48 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">izmaksas darba koordinētāja ikmēneša dotācijai, ko aprēķina, mēnešu skaitu reizinot ar darba koordinētāja dotāciju 100 EUR (viens simts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>). Dotāciju darba koordinētājam piešķir 100 EUR apmērā proporcionāli nostrādātajām darba dienām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5C48E9F1" w14:textId="4FB6FBAA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00EF7555">
+        <w:t>Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> sedz f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00B267CF">
+        <w:t xml:space="preserve">aktiskos izdevumus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0007478B">
+        <w:t>Līguma 6.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00C265A8">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00C162A4">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0007478B">
+        <w:t>. un 6.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005D3285">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0007478B">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00425EE7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0007478B">
+        <w:t xml:space="preserve">apakšpunktā minētajām </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">veselības pārbaudēm ne vairāk kā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FB1638">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00243338">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="000B5B75">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk79132588"/>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00425EE7">
+        <w:t xml:space="preserve">EUR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F0361E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FB1638">
+        <w:t>piec</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00243338">
+        <w:t>desmit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F0361E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F0361E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F0361E">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>apmērā katr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003A1F95">
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A96898">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00594A9A">
+        <w:t>asākumā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0007478B">
+        <w:t xml:space="preserve"> iesaistītajam </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Hlk121339495"/>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="007C3E2F" w:rsidRPr="0089595A">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00246FE1">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003A1F95">
+        <w:t>am</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00507305">
+        <w:t xml:space="preserve"> (ieskaitot tos norīkotos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00246FE1">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00507305">
+        <w:t xml:space="preserve">us, kurus veselības stāvokļa dēļ nevar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FF6D8E">
+        <w:t>nodarbināt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00507305">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB109B" w:rsidRPr="00AA3188">
-[...15 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00507305">
+        <w:t>agaidu darbos)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00115606">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10FB50C0" w14:textId="05A22B8F" w:rsidR="00A54CFA" w:rsidRPr="0094638F" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="005E187F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="606BFEA7" w14:textId="1EF4AEF0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...18 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Līgum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003B3F89">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> summa sastāda maksimālās iespējamās izmaksas par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="002E2E8B">
+        <w:t xml:space="preserve">alībnieku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">nodarbināšanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003B3F89">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>agaidu darbos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F152CD">
+        <w:t>, izmaksas darba koordinētāja ikmēneša dotācijai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> un Līguma 4.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00246FE1">
+        <w:t xml:space="preserve"> punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">minētās izmaksas par veselības pārbaudēm. Norēķini tiek veikti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="004849D1">
+        <w:t>saskaņā ar Līguma 7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00425EE7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="004849D1">
+        <w:t>sadaļā “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Norēķinu kārtība” noteikto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003F6210" w:rsidRPr="0094638F">
-[...82 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="14557DC4" w14:textId="1284289C" w:rsidR="00A54CFA" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...1720 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00304692" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="2A15477A" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...35 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007655E4" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="0D63E200" w14:textId="26D966B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00EF7555">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...195 lines deleted...]
-        <w:t xml:space="preserve"> citu darba koordinētāju.</w:t>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00026B00">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">pienākumi un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiesības </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C604DF8" w14:textId="0A423D3C" w:rsidR="00E30C95" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00E82904" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="4BE1C2D6" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-          <w:b/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E463D" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="1143B4C0" w14:textId="2BE7FC50">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Aģentūrai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="003C1BF5">
+        <w:t xml:space="preserve"> ir šādi pienākumi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007932C8" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="23C93731" w14:textId="7DC75BB4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>apdrošināt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00472C3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00834983">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00C10D1A">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00C10D1A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">pret </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">agaidu darbu vietās darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t xml:space="preserve">izpildes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>laikā notikušiem nelaimes gadījumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B4566" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="79571230" w14:textId="7FA8C8C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005408E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C62198">
+        <w:t>Svītrots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B37277" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="1C61AEE8" w14:textId="502400B7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>saskaņā ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F2680B">
+        <w:t xml:space="preserve"> Līguma 3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D60A41">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00F2680B">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00425EE7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008D3B69">
+        <w:t>punkt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008D3B69">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A17B6F">
+        <w:t xml:space="preserve">norīkot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00422469">
+        <w:t>agaidu darbos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00395C1F">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006E3F23">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00395C1F">
+        <w:t xml:space="preserve">sākuma nosacījumiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008A2954">
+        <w:t xml:space="preserve">atbilstošus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="001B7093">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00834983">
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00405F7A">
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00422469">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00405F7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="6A7FAA4F" w14:textId="6958DD90">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">pēc </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005C0F63">
+        <w:t xml:space="preserve">Pašvaldības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005C0F63">
+        <w:t>ieniegto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005C0F63">
+        <w:t xml:space="preserve"> rēķinu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006132AE">
+        <w:t>saskaņošanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00507305">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00990998">
+        <w:t xml:space="preserve">ievērojot Līguma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008E2217">
+        <w:t>7.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00243D93">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005C0F63">
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008E2217">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00425EE7">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="008E2217">
+        <w:t>7.7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005C0F63">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00990998">
+        <w:t xml:space="preserve">punktā noteiktos termiņus, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t xml:space="preserve">nodrošināt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>mak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00422469">
+        <w:t xml:space="preserve">sājuma veikšanu Pašvaldībai par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00165D4D">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00422469">
+        <w:t xml:space="preserve">agaidu darbu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0045676B">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>zdevumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007932C8" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="3EB58319" w14:textId="3673D3EC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">veikt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A37345">
+        <w:t xml:space="preserve">valsts sociālās apdrošināšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">obligātās iemaksas pensiju apdrošināšanai par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00DD7D21">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>agaidu darbos nodarbinātajiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00555F18">
+        <w:t xml:space="preserve"> dalībniekiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665150" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="75941B9B" w14:textId="6CF969B3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>lēmuma pieņemšanas dienā informēt Pašvaldību par tiem Pagaidu darbos iesaistītajiem dalībniekiem, kuri zaudējuši bezdarbnieka statusu vai kuriem piešķirts bezdarbnieka pabalsts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665150" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="3758DC82" w14:textId="7239541A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>aptaujāt dalībniekus par apmierinātību ar Pagaidu darbiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665150" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="2505532D" w14:textId="7366CE86">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
-[...2214 lines deleted...]
-      <w:r w:rsidRPr="001A629F">
+        </w:rPr>
+        <w:t xml:space="preserve">Pasākums tiek finansēts no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ESF Plus projekta „</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A54F14">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A629F">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>” Nr. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A54F14">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>4.3.3.2/1/24/I/002</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> finanšu līdzekļiem,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izsniegt Pašvaldībai informatīvos materiālus izvietošanai Pasākuma īstenošanas vietā</w:t>
       </w:r>
-      <w:r w:rsidR="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="12A643EA" w14:textId="23B0943A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Aģentūrai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00026B00">
+        <w:t xml:space="preserve">šādas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:t>tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665150" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="56E55050" w14:textId="092AF38E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005408E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C62198">
+        <w:t>Svītrots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00665150" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="6E9D6056" w14:textId="45B704F4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>izvērtēt Līguma izpildi no Pašvaldības puses;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="1945DC76" w14:textId="711A8DA1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>veikt pārbaudes Pagaidu darbu īstenošanas vietās un Pašvaldībā, t. sk., iepazīties ar visiem Pašvaldībā esošiem, ar Pagaidu darbu īstenošanu un finansēšanu saistītiem dokumentiem, un informāciju par Pagaidu darbu vietām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="22B83BDF" w14:textId="07331B30">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>pieprasīt pārbaudes laikā konstatēto nepilnību novēršanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="5C73898C" w14:textId="7382DD25">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>pieprasīt Pašvaldībai pārveidot Pagaidu darbu vietas atbilstoši Līguma 2.1. un 2.7. punktā noteiktajiem Pagaidu darbu vietu izveides noteikumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="7E6AD7A3" w14:textId="060FBC90">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>samazināt izveidoto Pagaidu darbu vietas Pašvaldībā, ja saskaņā ar Līguma 3.11. punktā noteikto izveidotajā Pagaidu darbu vietā dalībnieku nomaiņa netiek organizēta četru nedēļu laikā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="172CAE33" w14:textId="24C18807">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>palielināt Pagaidu darba vietu skaitu Līguma 6.2.3. apakšpunktā noteiktajā gadījumā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="11B94BD0" w14:textId="3D733B41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>pieprasīt atlīdzināt piešķirtos finanšu resursus, ja konstatēti Līguma pārkāpumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="08B51405" w14:textId="6A8444E3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>atteikt iespēju no jauna izveidot Pagaidu darbu vietas Pašvaldībā, tās Institūcijās vai pie Sadarbības partnera, ja konstatēti Līguma pārkāpumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E187F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5AA84C32" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="057FF5BB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Pašvaldības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00026B00">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pienākumi un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiesības </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E82904" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="1902B910" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00703AC4" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="18826226" w14:textId="76901EE0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldība apņemas: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="10C788C6" w14:textId="4517B034">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izveidot Pagaidu darbu vietas atbilstoši Līguma 2.1., 2.2. un 2.7. punktā noteiktajam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="38CF8D16" w14:textId="4FCE34E0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Svītro</w:t>
+      </w:r>
+      <w:r w:rsidR="005408E0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="194327D0" w14:textId="7789E239">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Svītrots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="1A4B6A10" w14:textId="2BD6C3BD">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ievērojot Līguma 3.5. punktā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>noteikto,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodarbināt dalībniekus Pagaidu darbos, palīdzot iegūt vai uzturēt darba iemaņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="4FFA1B37" w14:textId="087A287B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja dalībnieku plānots nodarbināt Pagaidu darbos bērnu aprūpes, izglītības, veselības aprūpes iestādēs un citās iestādēs, kurās uzturas bērni, (turpmāk – iestādes, kurās uzturas bērni), Pašvaldība, pamatojoties uz Bērnu tiesību aizsardzības likuma 72. panta ceturtajā daļā noteikto un ievērojot šā likuma 72. panta piektajā un sestajā daļā noteikto, pārliecinās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Iekšlietu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ministrijas Informācijas centra pārziņā esošā Sodu reģistrā par norīkotā dalībnieka atbilstību Bērnu tiesību aizsardzības likumā  noteiktajam un nodrošina, ka Pagaidu darbos netiek nodarbināta sodīta persona;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="516FB420" w14:textId="691FFFD3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošināt optimālu darba vadītāju skaitu Līguma 3.5. punktā minēto pienākumu efektīvai izpildei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="5FA1963D" w14:textId="285BF62B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darba vadītāja darbnespējas gadījumā vai gadījumā, kad viņš nespēj veikt savus pienākumus, norīkot citu darba vadītāju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="6AFF8DF6" w14:textId="37FE6417">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>norīkot darba koordinētāju Līguma 3.10. punktā noteikto pienākumu izpildei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="67FED3AC" w14:textId="20954212">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darba koordinētāja darbnespējas gadījumā vai gadījumā, kad viņš nespēj veikt savus pienākumus, norīkot citu darba koordinētāju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="1914815C" w14:textId="3552982E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atbilstoši Līguma 3.4. punktam, informēt Aģentūru par noslēgtajiem līgumiem ar dalībniekiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="3876DF0C" w14:textId="1BD8FBD5">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma 3.6. punktā noteiktajā termiņā un noteiktajos gadījumos izdot rīkojumus par dalībnieku atskaitīšanu, un Līguma 3.7. punktā noteiktajā termiņā un kārtībā informēt Aģentūru un iesniegt rīkojumu kopijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="39087A9B" w14:textId="161E672C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>instruēt un apmācīt dalībniekus par darba drošības un veselības aizsardzības, ugunsdrošības un citiem darba aizsardzības noteikumiem, nodrošinot darba aizsardzības prasību ievērošanu Pagaidu darbu vietās atbilstoši Darba aizsardzības likuma prasībām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="2768BD5B" w14:textId="04EE1849">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošināt dalībniekus ar Pagaidu darbu veikšanai nepieciešamo inventāru un materiāliem, individuālajiem darba aizsardzības līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="3D264AB0" w14:textId="24AF3AB2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošināt pasākumus, kas nepieciešami pirmās palīdzības sniegšanai Pagaidu darbu vietās, kā arī pieejamību pirmās palīdzības sniegšanai nepieciešamo medicīnisko materiālu minimumam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="716B7BA7" w14:textId="745D65BC">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iestājoties nelaimes gadījumam Pagaidu darbu vietā, izmeklēt to saskaņā ar normatīvajiem aktiem par nelaimes gadījumu darbā izmeklēšanu un iesniegt apdrošinātājam nepieciešamos dokumentus cietušā dalībnieka apdrošināšanas atlīdzības iespējamai izmaksāšanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="3E14C7C5" w14:textId="1DF1BFD6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>veikt Pagaidu darbos nodarbināto dalībnieku darba laika uzskaiti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="5E593315" w14:textId="3884FA15">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošināt atlīdzības izmaksu Pagaidu darbos nodarbinātajiem par iepriekšējo mēnesi Pašvaldības noteiktajā izmaksas termiņā, bet ne vēlāk kā līdz kārtējā mēneša septītajam datumam, uz dalībnieka norādīto bankas konta numuru vai, izņēmuma gadījumos, pamatojoties uz dalībnieka iesnieguma pamata, atlīdzību izmaksāt skaidrā naudā. Izmaksāt dotāciju koordinētājam par iepriekšējo mēnesi Pašvaldības noteiktajā izmaksas termiņā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="607ACDF2" w14:textId="0E1C59CE">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošināt Pagaidu darbos norīkotajiem dalībniekiem (ieskaitot tos Aģentūras norīkotos dalībniekus, kurus veselības stāvokļa dēļ nevar nodarbināt Pagaidu darbos) obligātās veselības pārbaudes (turpmāk - OVP) saskaņā ar Ministru kabineta 2009. gada 10. marta noteikumu Nr. 219 „Kārtība, kādā veicama obligātā veselības pārbaude” (turpmāk – MK noteikumi Nr. 219) 50. punktā un Ministru kabineta 2018. gada 24. jūlija noteikumos Nr. 447 „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Noteikumi par darbiem, kas saistīti ar iespējamu risku citu cilvēku veselībai, un obligāto veselības pārbaužu veikšanas kārtība” noteikto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="49D0FA6D" w14:textId="6E41E6E1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodrošināt visu Pagaidu darbu īstenošanas kontrolei nepieciešamo dokumentu uzglabāšanu Līgumā norādītajā Pašvaldības adresē vai informēt Aģentūru, ja dokumenti tiek uzglabāti citā Pašvaldības adresē. Aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai tās uzraugošo iestāžu pārbaudes laikā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodrošināt piekļuvi dokumentu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oriģināliem vai to atvasinājumiem ar juridisku spēku, kas apliecina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pagaidu darbu īstenošanu un darba vietas atbilstību Līguma 2.1. punktam,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dalībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iem noslēgtajiem līgumiem par Pagaidu darbu veikšanu, Līguma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>6.1.17. apakšpunktā minēto izmaksu apliecinošiem dokumentiem u.c., dokumentācijai, kas nepieciešama, lai pārliecinātos par saņemtā finanšu atbalsta izmantošanu atbilstoši Līguma nosacījumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pastāvīgi aktualizēt ar Līguma īstenošanu saistīto dokumentāciju, t.sk., nodrošināt no Aģentūras saņemtā finansējuma izsekojamību par katru Pasākumā iesaistīto personu;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...39 lines deleted...]
-        <w:t>tiesības:</w:t>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="455579D8" w14:textId="1C5B7088">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ievērojot pārbaudes aktā norādīto termiņu, iesniegt Aģentūrai informāciju par pārbaudes rezultātā konstatēto nepilnību novēršanu vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma pārkāpumu novēršanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F881917" w14:textId="4727C191" w:rsidR="003C1BF5" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...63 lines deleted...]
-        <w:t>;</w:t>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="7AF8CDCC" w14:textId="292EB22C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ne vēlāk kā piecu darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienu laikā pēc pieprasījuma saņemšanas, iesniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūrā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieprasīto informāciju un ar Pasākuma īstenošanu saistītos dokumentus, t.sk. dokumentus, kuri pamato saņemtā finanšu atbalsta izmantošanu atbilstoši Līguma nosacījumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733739DB" w14:textId="4129CA58" w:rsidR="00C73951" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...41 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+    <w:p w:rsidR="00812BDD" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="3634A49D" w14:textId="06945B21">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pēc Aģentūras pieprasījuma pārveidot Pagaidu darbu vietas atbilstoši Līguma 2.1.punktā noteiktajiem Pagaidu darbu vietu izveides noteikumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F89E9D" w14:textId="1134FA7D" w:rsidR="00214ADD" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...162 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w:rsidR="008E6761" w:rsidRPr="00046ADD" w:rsidP="00782A51" w14:paraId="0478A269" w14:textId="1FB7414D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>atlīdzināt visus Līguma ietvaros Pašvaldībai pārskaitītos finanšu līdzekļus, ja tiek konstatēti Līguma pārkāpumi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE99700" w14:textId="4D9DFA62" w:rsidR="00E2363F" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...488 lines deleted...]
-    <w:p w14:paraId="057FF5BB" w14:textId="77777777" w:rsidR="00E2363F" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="5450F6FF" w14:textId="06044C3B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...593 lines deleted...]
-        <w:rPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ja </w:t>
       </w:r>
-      <w:r w:rsidR="0002604A">
-[...1764 lines deleted...]
-      <w:r w:rsidR="0007478B" w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...750 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasākums tiek īstenots no </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE5F7C">
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ESF Plus projekta „</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A54F14">
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE5F7C">
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007F21A3">
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>” Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4.3.3.2/1/24/I/002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finanšu līdzekļiem,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...29 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodrošināt:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5281A894" w14:textId="31DB132A" w:rsidR="001A629F" w:rsidRPr="00DB4D65" w:rsidRDefault="00FD6ADC" w:rsidP="00B43E7E">
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="39C0A0C5" w14:textId="57E038B2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="218"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B43E7E">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B43E7E">
+        </w:rPr>
+        <w:t>ka ar Līguma īstenošanu saistītā dokumentācija, t.sk. veikto maksājumu apliecinošo dokumentu oriģināli vai to atvasinājumi ar juridisku spēku, tiek glabāti vismaz līdz termiņam, kas izriet no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eiropas Savienības fondu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...43 lines deleted...]
-        <w:t>gada plānošanas perioda normatīvo aktu regulējuma par Pasākuma īstenošanu saistītu dokumentu glabāšanu;</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021. – 2027. gada plānošanas perioda normatīvo aktu regulējuma par Pasākuma īstenošanu saistītu dokumentu glabāšanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532D0A22" w14:textId="1837912A" w:rsidR="001A629F" w:rsidRDefault="00FD6ADC" w:rsidP="00B43E7E">
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="2DE472F8" w14:textId="71433108">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="218"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Hlk194996830"/>
-      <w:r w:rsidRPr="00FC4A02">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>nodrošināt Eir</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC4A02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">opas Savienības fondu </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC4A02">
+        <w:t xml:space="preserve">nodrošināt Eiropas Savienības fondu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>publicitātes un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vizuālās identitātes prasību izpildi atbilstoši normatīvo aktu par Eiropas Savienības fondu </w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00FC4A02">
-[...11 lines deleted...]
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2021. – 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00FC4A02">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ada plānošanas perioda publicitātes vadlīnijām Eiropas Savienības fondu finansējuma saņēmējiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, t.sk., </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC4A02">
-[...13 lines deleted...]
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00CE5F7C">
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar Līguma izpildi saistītajos dokumentos norādīt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ESF Plus projekta „</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00CE5F7C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00CE5F7C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nosaukumu un identifikācijas numuru – </w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00CE5F7C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Nr. </w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00CE5F7C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4.3.3.2/1/24/I/002</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00CE5F7C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00CE5F7C" w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC4A02">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">un nodrošināt, ka Pasākuma īstenošanas vietās tiek izvietoti </w:t>
-[...41 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+        <w:t>un nodrošināt, ka Pasākuma īstenošanas vietās tiek izvietoti Līguma 5.1.8. apakšpunktā minētie informatīvie materiāli;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="26C8B7E0" w14:textId="4B3EBFF1" w:rsidR="002A6E16" w:rsidRPr="00710BB4" w:rsidRDefault="00FD6ADC" w:rsidP="00B43E7E">
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="301B5FEC" w14:textId="439D3E29">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:ind w:left="1134" w:hanging="218"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00710BB4">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00710BB4">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00710BB4">
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>odrošināt, ka, ievērojot Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regulas (ES) Nr. 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 63. panta 9. punktā noteikto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00710BB4">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>, Pasākuma ietvaros dubultā finansējuma risks ir novērsts:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B864B0" w14:textId="37CADCE8" w:rsidR="002A6E16" w:rsidRPr="00A54F14" w:rsidRDefault="00FD6ADC" w:rsidP="00710BB4">
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="253BB3AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:left="2268" w:hanging="731"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A54F14">
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pasākums netiek finansēts vai līdzfinansēts no citiem Eiropas Savienības finanšu avotiem, kā arī valsts un pašvaldību budžeta līdzekļiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FB6C82" w14:textId="30134A8A" w:rsidR="002A6E16" w:rsidRPr="00A54F14" w:rsidRDefault="00FD6ADC" w:rsidP="00710BB4">
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="7E68F6F8" w14:textId="723042EC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:left="2268" w:hanging="731"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A54F14">
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A54F14">
+        </w:rPr>
+        <w:t>saskaņā ar grāmatvedības kārtošanu regulējošajiem normatīvajiem aktiem nepastāv viena un tā paša rēķina apmaksa divas reizes no dažādiem publiskajiem finansēšanas avotiem, kā arī iesniegtās Pasākuma īstenošanas izmaksas atbilst apstiprinātajam konkrētajam pasākumam un nav attiecināmas uz kādu citu pasākumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062CFC" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="08301B31" w14:textId="571F54A8">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Pašvaldībai ir šādas tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4912" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="1910DAF3" w14:textId="00B34093">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Svītrots</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00126900">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4912" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="049A8BD9" w14:textId="164CABFB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>slēgt sadarbības līgumu ar Līguma 2.2. punktā minēto Sadarbības partneri, ievērojot Līguma 8.3. punktā noteikto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="166E670C" w14:textId="71E941EA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ierosināt Līguma pielikumā noteikto Pagaidu darbu vietu skaita izmaiņas, iesniedzot rakstveida pieprasījumu Aģentūrai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126900" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="786C346D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>ja nepieciešams, nosūtīt Pagaidu darbos nodarbinātos dalībniekus uz ārpuskārtas (papildu) veselības pārbaudēm, ievērojot MK noteikumu Nr. 219 4.2.2.1., 4.2.2.4. un 4.2.2.5. apakšpunktā noteikto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB48FF" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="2DA09284" w14:textId="51ADFBFD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="5580"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34D18" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="63F81422" w14:textId="263DFFC0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. Norēķinu kārtība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7FAB1645" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E82904" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="3F2946D3" w14:textId="6DA986C4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> Noslēdzot līgumu, līdz pārskata mēneša beigām, Pašvaldība izskata un iesniedz CVVP ģenerēto avansa rēķinu par pārskata periodā Pagaidu darbos nodarbināto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>atlīdzību un darba koordinētāja dotāciju (turpmāk – Avansa rēķins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>). Aģentūra veic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maksājumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>dienu laikā pēc Avansa rēķina saņemšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="06890AC7" w14:textId="758E7FEC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> Ja Pašvaldība Pagaidu darbus īsteno, sadarbojoties ar Sadarbības partneriem, Avansa rēķinā Pašvaldība iekļauj arī pie Sadarbības partneriem nodarbināto atlīdzību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="76CE84E8" w14:textId="509777B2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> Pašvaldība CVVP sadaļā “Nodarbinātās personas” katram dalībniekam ievada kārtējā periodā nostrādātās stundas un kavējumus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:lang w:bidi="lo-LA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Piecu darba dienu laikā pēc mēneša beigām, Pašvaldība CVVP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>iesniedz Atskaiti par mēnesi. Atskaitē norāda dalībnieku nostrādātās stundas, kavējumus, darbu koordinētāju nostrādātās dienas, izdevumus par dalībniekiem veiktajām veselības pārbaudēm, pievieno OVP izdevumus pamatojošo dokumentu kopijas. Atskaitei pievieno dokumentus par dalībnieka attaisnotajiem kavējumiem pārskata mēnesī.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7DF9F613" w14:textId="08AC2F19">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> Ja Pašvaldība Pagaidu darbus īsteno sadarbībā ar Sadarbības partneriem, Pašvaldība Atskaitē sniedz ziņas arī par Pagaidu darbu īstenošanu Sadarbības partneru izveidotajās darba vietās.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="763481AA" w14:textId="7E38F0D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> Aģentūra pārbauda no Pašvaldības saņemtos Līguma 7.3. punktā minētos dokumentus un informē Pašvaldību, ja nepieciešams iesniegt precizētu Atskaiti trīs darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">dienu laikā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="66A6129C" w14:textId="4649AEF9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> Aģentūra, divu darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dienu laikā pēc Līguma 7.3. punktā minēto dokumentu vai 7.5. punktā minēto precizējumu saņemšanas un pārbaudes Bezdarbnieku uzskaites un reģistrēto vakanču informācijas sistēmā, saskaņo Atskaiti. Pēc perioda Atskaites apstiprināšanas tiek izveidots rēķins (turpmāk – Perioda rēķins), kurā iekļauj mēneša faktiskos izdevumus, t.sk. par veselības pārbaudēm, saņemtā avansa summu un rezultātu (pārmaksāts vai nesamaksāts). Pašvaldība  CVVP  izskata un iesniedz Perioda rēķinu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="612648F5" w14:textId="5710A771">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>10 darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dienu laikā pēc Perioda rēķina saņemšanas Aģentūra veic norēķinu ar Pašvaldību, ja rēķina summa ir lielāka par samaksāto avansu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="05265066" w14:textId="4664BF7C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Ja Pašvaldības atkārtoti iesniegtie dokumenti neatbilst Līguma noteikumiem, Aģentūra aptur finanšu līdzekļu ieskaitīšanu līdz Līguma noteikumiem atbilstošu dokumentu iesniegšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7D312A7F" w14:textId="3EA55F4D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> Avansa rēķini par turpmākajiem mēnešiem tiek ģenerēti CVVP. Pašvaldība izskata un  CVVP iesniedz rēķinu līdz pārskata mēneša 20. datumam. Avansa rēķinā tiek iekļauta pārmaksātā summa par iepriekšējo pārskata mēnesi, saskaņā ar Atskaitē norādīto,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izņemot gadījumus, ja tiek mainīts Pasākuma finansēšanas avots. Pasākuma finansēšanas avota maiņas gadījumā, Pašvaldība atmaksā Aģentūrai pārmaksāto summu par iepriekšējo pārskata mēnesi piecu darba dienu laikā pēc Atskaites saskaņošanas Aģentūras kontā atbilstoši finansējumam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="623836DB" w14:textId="03E4A91F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Konstatējot, ka ir iesniegta un apstiprināta kļūdaina atskaite, Pašvaldība precizētu atskaiti iesniedz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Agentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> e-adresē _DEFAULT@90001634668. Ja CVVP ģenerētais rēķins ir nekorekts, Pašvaldība sagatavo strukturētu elektronisku rēķinu un iesniedz Aģentūras e-adresē EINVOICE@90001634668. Ja Pasākums tiek īstenots no ESF Plus projekta „Pasākumi iekļaujošai nodarbinātībai” Nr. 4.3.3.2/1/24/I/002 finanšu līdzekļiem, Pašvaldība rēķinā iekļauj atsauci uz projekta nosaukumu un numuru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="2F46070D" w14:textId="674AAA22">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja  Līgums tiek izbeigts, Pašvaldība, ne vēlāk kā piecu darba dienu laikā pēc Atskaites saskaņošanas, pārskaita neizmantoto summu Līgumā norādītajā Aģentūras kontā atbilstoši finansējuma avotam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="2C895D2F" w14:textId="366DD084">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="53"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūrai ir tiesības pieprasīt Pašvaldībai atmaksāt pārmaksātos finanšu līdzekļus, ja saskaņā ar Atskaiti faktiskais līdzekļu izlietojums ir mazāks, nekā Pašvaldībai izmaksātais avanss.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="3F91D474" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E6236" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7AC8CE1C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>8. Pušu atbildība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E82904" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="04980AED" w14:textId="45E75059">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Par Līguma saistību nepienācīgu izpildi vai neizpildi Puses atbild saskaņā ar Latvijas Republikā spēkā esošiem normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6761" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="56024471" w14:textId="728EB600">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pašvaldība ir atbildīga par</w:t>
+      </w:r>
+      <w:r w:rsidR="009602D4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="009602D4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Pasākuma īstenošanu un saņemtā finansējuma izlietojumu atbilstoši Līguma noteikumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="009602D4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D57E49" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="713F3C66" w14:textId="3F56ADC4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pašvaldība var slēgt sadarbības līgumus ar Līguma 2.2. punktā minētajiem Sadarbības partneriem, nodrošinot, ka sadarbības līgumos ir ietverti Līguma noteikumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D57E49" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="7B550766" w14:textId="3F7D8BC9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Puses apņemas ievērot personu datu aizsardzības normatīvo aktu prasības, t.sk. Eiropas Parlamenta un Padomes regulu Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti un ar ko atceļ Direktīvu 95/46/EK (Vispārīgā datu aizsardzības regula)”, kā arī nodrošināt, ka personas dati:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00905AEE" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="2470C1CF" w14:textId="2DF9386F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>8.4.1. tiks apstrādāti likumīgi, godprātīgi un datu subjektiem pārredzamā veidā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383D96" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="3372222A" w14:textId="4CF6CF11">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  8.4.2. tiks apstrādāti Līguma izpildei un personas datu apstrādi neveiks ar Līguma izpildi         nesavietojamā veidā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383D96" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="3C956792" w14:textId="3372A9BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   8.4.3. ir precīzi un nepieciešamības gadījumā tiks atjaunināti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D5257B" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="4AB31C5D" w14:textId="50E60349">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00383D96">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>8.4.4. tiks glabāti veidā, kas pieļauj personu identifikāciju ne ilgāk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00752D4A">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00383D96">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kā nepieciešams Līguma </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383D96" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="5453EAD5" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          izpildei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005601A1">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>, ja pēc Līguma izpildes nav radies cits turpmākas datu apstrādes, tostarp glabāšanas nolūks un juridiskais pamats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383D96" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="3264DF6C" w14:textId="7B1F7219">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.4.5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00C77449">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiks apstrādāti tādā veidā, lai nodrošinātu normatīvajiem aktiem atbilstošu datu drošību, t.sk. aizsardzību pret </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005601A1">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nejaušu vai nelikumīgu nosūtīto, uzglabāto vai citādi apstrādāto personas datu iznīcināšanu, nozaudēšanu, pārveidošanu, neatļautu izpaušana vai piekļuve </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00C77449">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>izmantojot atbilstošus tehniskos vai organizatoriskos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D5257B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00C77449">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>pasākumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="4B31B943" w14:textId="03B598AE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Katra Puse, apstrādājot saņemtos personas datus Līguma īstenošanai, ir pārzinis personas datu aizsardzības normatīvo aktu izpratnē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="68AF05E1" w14:textId="421190C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Katra Puse ir atbildīga par personu (datu subjektu) informēšanu par viņu personas datu apstrādi, ko veic kā pārzinis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="36EADBCF" w14:textId="43C7DD72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Puses apņemas nenodot saņemtos personas datus trešajām personām bez tās Puses iepriekšējas rakstveida piekrišanas, no kuras tā ir saņēmusi personas datus. Ja saskaņā ar normatīvajiem aktiem Pusei ir pienākums izpaust saņemtos personas datus, tās pienākums par personas datu nodošanu informēt Pusi, no kuras tā ir saņēmusi personas datus, ja vien to neaizliedz normatīvie akti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="65874716" w14:textId="033964E9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma izpildei Aģentūra veic šādu datu apstrādi: atbilstoši Līguma 5.1.3. apakšpunktam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>s tiek norīkots dalībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kura ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dalībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>am jānodod personu dati Pašvaldībai līguma par algotu pagaidu sabiedrisko darbu veikšanu slēgšanai (vārds, uzvārds, personas kods, adrese, kontaktinformācija u.c.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="2C50DFCB" w14:textId="73B8ECE4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Datu apstrādes tiesiskais pamats ir Bezdarbnieku un darba meklētāju atbalsta likums, Ministru kabineta 2011. gada 25. janvāra noteikumi Nr. 75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem” un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministru kabineta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">2023. gada 28. novembra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>noteikumiem Nr. 691 “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 4.3.3. specifiskā atbalsta mērķa “Uzlabot visu darba meklētāju, jo īpaši jauniešu – it sevišķi, īstenojot Garantiju jauniešiem –, ilgstošo bezdarbnieku un darba tirgū nelabvēlīgā situācijā esošo grupu, un ekonomiski neaktīvo personu piekļuvi nodarbinātībai un aktivizācijas pasākumiem, kā arī veicinot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>pašnodarbinātību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> un sociālo ekonomiku” 4.3.3.2. pasākuma “Nelabvēlīgākā situācijā esošu bezdarbnieku un ekonomiski neaktīvo iedzīvotāju iekļaušanās darba tirgū sekmēšana” īstenošanas noteikumi”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="lv-LV"/>
-[...8 lines deleted...]
-        <w:t>cināmas uz kādu citu pasākumu.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">ja Pasākums tiek īstenots no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ESF Plus projekta „</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>” Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>4.3.3.2/1/24/I/002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finanšu līdzekļiem.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="1864E59C" w14:textId="47B83C2A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:t>tiesības:</w:t>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Puses apņemas Līguma izpildes laikā un pēc Līguma termiņa beigām neizpaust trešajām personām nekādu Līguma izpildes laikā iegūto personas datus saturošo informāciju. Minētais pienākums attiecas arī uz Pušu nodarbinātajiem. Puses nodrošina, ka to nodarbinātie pirms Līguma īstenošanas uzsākšanas, ir parakstījuši attiecīgus apliecinājumus par apņemšanos ievērot konfidencialitāti un neizpaust amata pienākumu izpildes laikā iegūtos personu datus, t.sk., pēc darba tiesisko vai civildienesta attiecību izbeigšanas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29721591" w14:textId="77777777" w:rsidR="007B7A7F" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w:rsidR="00975B10" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="01E8E663" w14:textId="2BC6AD49">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...83 lines deleted...]
-        <w:t>;</w:t>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Puses jebkurā gadījumā nodrošina:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B218BF" w14:textId="068D939B" w:rsidR="005E3D70" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...157 lines deleted...]
-          <w:tab w:val="left" w:pos="5580"/>
+    <w:p w:rsidR="00BA7C34" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="5D77B6DE" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...96 lines deleted...]
-        <w:t>.</w:t>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>8.11.1. aizsardzību pret fiziskās iedarbības radītu personas datu apdraudējumu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA09284" w14:textId="77777777" w:rsidR="00BB48FF" w:rsidRDefault="00BB48FF" w:rsidP="00CE3E88">
-[...2877 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00E23650" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="54AF513E" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C77449" w:rsidRPr="00C732BB">
+        </w:rPr>
+        <w:t xml:space="preserve">8.11.2. aizsardzību, kuru realizē ar programmatūras līdzekļiem, parolēm, šifrēšanu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C77449" w:rsidRPr="007610B9">
+        </w:rPr>
+        <w:t>kriptēšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...17 lines deleted...]
-      <w:r w:rsidR="00C77449" w:rsidRPr="007610B9">
+        </w:rPr>
+        <w:t xml:space="preserve"> un citiem loģiskās aizsardzības līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00440BFC" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="64CC9542" w14:textId="15E4C2D1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D5257B" w:rsidRPr="007610B9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C77449" w:rsidRPr="007610B9">
+        </w:rPr>
+        <w:t>8.11.3. tikai pilnvarotu personu piekļūšanu pie tehniskajiem resursiem, kas tiek izmantoti personu datu apstrādei un aizsardzībai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="04128DA4" w14:textId="55543EA9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-        <w:t>pasākumus.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Pēc Aģentūras pieprasījuma Pašvaldība sniedz Aģentūrai visu informāciju par personas datu apstrādi un datu apstrādes līdzekļiem, ko Līguma izpildes ietvaros ir veikusi vai izmantojusi Pašvaldība.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DBF73E" w14:textId="77777777" w:rsidR="00BA7C34" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="43E74062" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Personas datu aizsardzības pārkāpuma rezultātā nodarīto kaitējumu datu subjektam kompensē tā Puse, kuras darbības vai bezdarbības rezultātā radies kaitējums datu subjektam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="199DD069" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5B73B23B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Nepārvarama vara </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E82904" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="008956EE" w14:textId="7990EB1A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Puses tiek atbrīvotas no atbildības par Līguma saistību daļēju izpildi vai neizpildi nepārvaramas varas vai ārkārtēju apstākļu dēļ, kurus attiecīgā Puse vai abas Puses nevarēja ne paredzēt, ne novērst, ne ietekmēt un par kuru rašanos Puses nav atbildīgas. Nepārvarama vara ir teroristisks akts, karadarbība vai karam pielīdzināma operācija, streiks, nemieri, stihiskas nelaimes, kā arī citas neparedzamas un ārkārtējas situācijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="47983BF5" w14:textId="23E602C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Katra no Pusēm, kuru Līguma ietvaros ietekmē nepārvaramas varas vai ārkārtēji apstākļi, vienas darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dienas laikā informē par to otru Pusi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="76ACAE6E" w14:textId="115B8E8A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve">Ja nepārvaramas varas apstākļi ilgst ilgāk par 30 dienām, Puses ir tiesīgas vienpusēji atkāpties no Līguma, par to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t xml:space="preserve"> informējot otru Pusi un veicot visas nepieciešamās darbības no Līguma izrietošo pienākumu un tiesību izpildes sakārtošanai uz Līguma izbeigšanas brīdi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="2D0D70F1" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...17 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BA8EA87" w14:textId="77777777" w:rsidR="00BA7C34" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-[...690 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5E56B021" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="005B1AC5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Citi noteikumi</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5B73B23B" w14:textId="77777777" w:rsidR="00E2363F" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="00E82904" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="3EAFB875" w14:textId="50D4E25A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Aģentūra ir tiesīga vienpusēji apturēt Līguma darbību, ja nav iespējama vai apgrūtināta Pasākuma īstenošana saistībā ar Aģentūras finansējuma samazinājumu vai izmaiņām piešķirtajā finansējumā, vai izmaiņām normatīvajos aktos, kā arī sakarā ar Aģentūras reorganizāciju vai likvidāciju, ja tās rezultātā Aģentūras saistību pārņēmējs neturpina veikt Aģentūras funkcijas vai uzdevumus, vai arī attiecīgās funkcijas vai uzdevumus veic samazinātā apjomā. Šajos gadījumos Aģentūra vienas darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>dienas laikā rakstiski informē Pašvaldību, nosūtot paziņojumu par Līguma darbības apturēšanu (turpmāk – Aģentūras paziņojums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="60C9A353" w14:textId="3A77D8B8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Apturot Līguma darbību 10.</w:t>
+      </w:r>
+      <w:r w:rsidR="00045D73">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>. punktā noteiktajā kārtībā, Aģentūras paziņojumā tiek norādīts Līguma darbības apturēšanas termiņš. Uz šo termiņu pilnībā tiek apturēta arī Pušu saistību izpilde.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="6282D402" w14:textId="15F9E478">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Finanšu līdzekļu atjaunošanas vai papildus piešķiršanas gadījumā, Aģentūra ir tiesīga atjaunot Līguma darbību, par to rakstiski paziņojot Pašvaldībai. Ja finanšu resursi netiek atjaunoti vai papildus piešķirti, Līgums tiek izbeigts pirms termiņa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="28E50F71" w14:textId="0C5CC9F1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:t>Aģentūra ir tiesīga vienpusēji izbeigt Līgumu šādos gadījumos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="7616D8FF" w14:textId="0FD3DF0E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0038677C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FD083D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00055DBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldība </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>iesniegusi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="002B4312">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00EF7555">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūrai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nepatiesu informāciju saturošu dokum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00055DBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>entu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FF234E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00055DBC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Līgums noslēgts uz nepatiesas informācijas pamata;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2363F" w:rsidRPr="008E6BB0" w14:paraId="658F9C41" w14:textId="00A34547">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0038677C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FD083D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A96898">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00DE45B0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">asākums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00267D01">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>netiek īstenot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D51B5F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbilstoši Līguma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00705C8A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noteikumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00937904" w:rsidRPr="008E6BB0" w:rsidP="00782A51" w14:paraId="516A5FED" w14:textId="323CD951">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="141"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0038677C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00FD083D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldība ar rīkojumu ir atskaitījusi visus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="006B7B86">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>nodarbinātos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00D76489">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0002604A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0089595A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="007C4192">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>us un atsakās iesaistīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00A96898">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00DE45B0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agaidu darbos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">citus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00EF7555">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00705C8A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norīkotos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0002604A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="0089595A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>alībniek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0" w:rsidR="00812BDD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="006D262A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="65C686B7" w14:textId="1ECECE6A">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldībai ir tiesības vienpusēji izbeigt Līgumu, rakstiski brīdinot Aģentūru vismaz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">9. Nepārvarama vara </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dienas iepriekš, ja iestājušies objektīvi apstākļi vai notikumi, kuri negatīvi ietekmē vai varētu ietekmēt Līguma izpildi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008956EE" w14:textId="77777777" w:rsidR="00E82904" w:rsidRPr="00C732BB" w:rsidRDefault="00E82904" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00975B10" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="11208EC9" w14:textId="724B7F85">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1215 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
-[...73 lines deleted...]
-        <w:r w:rsidRPr="00C732BB">
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma izpildē Pašvaldība izmanto aktuālās veidlapu versijas, kas pieejamas Aģentūras mājaslapā (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00046ADD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-4"/>
+            <w:sz w:val="24"/>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>www.nva.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00C732BB">
+      <w:r w:rsidRPr="00046ADD">
         <w:rPr>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD639FE" w14:textId="55D92A5E" w:rsidR="007D639A" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5567FA84" w14:textId="463EF0A7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...48 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūra ir tiesīga vienpusēji ierosināt Līguma grozījumus un papildinājumus, kā arī mainīt Pasākuma finansējuma avotu, par to paziņojot Pašvaldībai piecas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...15 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dienas iepriekš.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="6B14FB6E" w14:textId="1C7FC3B5">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līguma grozījumus un papildinājumus noformē kā rakstveida Pušu vienošanos pie Līguma. Pēc abpusējas parakstīšanas, vienošanās iegūst juridisku spēku un kļūst par Līguma neatņemamu sastāvdaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="6C83B11F" w14:textId="48523F27">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Aģentūras kontaktpersona Līguma izpildei ir (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vārds, uzvārds, amats, tālr.nr., e-pasts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>). Pašvaldības kontaktpersona Līguma izpildei ir (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>vārds uzvārds, amats, tālr.nr., e-pasts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>). Pusēm ir pienākums informēt vienai otru par izmaiņām rekvizītos vai mainītām kontaktpersonām trīs darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17F02">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>dienu laikā pēc šo izmaiņu iestāšanās.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="3C3F4A14" w14:textId="79DBE580">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Visas domstarpības, nesaskaņas un strīdus, kas radušies Līguma darbības laikā, Puses risina savstarpēji vienojoties. Ja strīdus šādā veidā nav iespējams atrisināt, tad tie tiek risināti tiesā, saskaņā ar Latvijas Republikas normatīvajiem aktiem. Jautājumi, kas nav ietverti Līgumā, tiek risināti atbilstoši Latvijas Republikā spēkā esošiem normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="04004D59" w14:textId="42B56AAC">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līgumam ir viens pielikums “Algotu pagaidu sabiedrisko darbu plāns”, kas ir  neatņemama Līguma sastāvdaļa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="44CA16DC" w14:textId="2EAC4EB0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Līgums stājās spēkā ar tā parakstīšanas dienu valsts informācijas sistēmā “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>Bezdarbnieku uzskaites un reģistrēto vakanču informācijas sistēma”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6BB0">
+        <w:rPr>
+          <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C732BB">
-[...972 lines deleted...]
-      <w:r w:rsidR="003A051C" w:rsidRPr="003A051C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>saskaņā ar Bezdarbnieku un darba meklētāju atbalsta likuma 9.</w:t>
       </w:r>
-      <w:r w:rsidR="003A051C" w:rsidRPr="003A051C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="003A051C" w:rsidRPr="003A051C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> pantu</w:t>
       </w:r>
-      <w:r w:rsidR="003A051C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="003A051C" w:rsidRPr="00703568">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>un ir spēkā līdz tajā noteikto saistību pilnīgai izpildei</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-      <w:r w:rsidR="003A051C">
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="lv-LV" w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C8ED08" w14:textId="77777777" w:rsidR="0055796C" w:rsidRDefault="0055796C" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00975B10" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="13485BF1" w14:textId="5A9979B0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055796C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="11C8ED08" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-109"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="643A0DC4" w14:textId="77777777" w:rsidR="00CA78F9" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
-      <w:pPr>
+    <w:p w:rsidR="00CA78F9" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="643A0DC4" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-109"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="lv-LV"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C732BB">
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk195020761"/>
+      <w:r w:rsidRPr="008E6BB0">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>11. Pušu rekvizīti</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="0F4FC28F" w14:textId="77777777" w:rsidTr="00960B75">
+      <w:tr w14:paraId="0F4FC28F" w14:textId="77777777" w:rsidTr="00960B75">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="222F0B72" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="222F0B72" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008E6BB0">
               <w:t>Nodarbinātības valsts aģentūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01D6D5D5" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="0009715C" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="01D6D5D5" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29D5EF72" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="29D5EF72" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(Pašvaldības nosaukums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="4741AF7E" w14:textId="77777777" w:rsidTr="00960B75">
+      <w:tr w14:paraId="4741AF7E" w14:textId="77777777" w:rsidTr="00960B75">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01E79FC6" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="01E79FC6" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008E6BB0">
               <w:t>Reģ. Nr.90001634668</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE92EC5" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="0009715C" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="2DE92EC5" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65B40C1D" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="65B40C1D" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(Pašvaldības reģistrācijas Nr.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="1AD6042C" w14:textId="77777777" w:rsidTr="00960B75">
+      <w:tr w14:paraId="1AD6042C" w14:textId="77777777" w:rsidTr="00960B75">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF65163" w14:textId="2F5784BB" w:rsidR="0009715C" w:rsidRPr="00985F3C" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="3DF65163" w14:textId="2F5784BB">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985F3C">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00046ADD">
               <w:t>K</w:t>
             </w:r>
-            <w:r w:rsidR="001D6DDA" w:rsidRPr="00985F3C">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00046ADD" w:rsidR="001D6DDA">
               <w:t xml:space="preserve">rišjāņa </w:t>
             </w:r>
-            <w:r w:rsidRPr="00985F3C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Valdemāra </w:t>
+            <w:r w:rsidRPr="00046ADD">
+              <w:t>Valdemāra iela 38 k-1, Rīga, LV-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00985F3C">
-[...12 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00773490">
               <w:t>1010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9D09EC" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="0009715C" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="2D9D09EC" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C927D18" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="7C927D18" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(Pašvaldības adrese)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="417761A4" w14:textId="77777777" w:rsidTr="00960B75">
+      <w:tr w14:paraId="417761A4" w14:textId="77777777" w:rsidTr="00960B75">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6AC89B" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="1F6AC89B" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008E6BB0">
               <w:t>Valsts kase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9E93C2" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="0009715C" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5E9E93C2" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04977530" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="04977530" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(bankas nosaukums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="453FB4C7" w14:textId="77777777" w:rsidTr="00960B75">
+      <w:tr w14:paraId="453FB4C7" w14:textId="77777777" w:rsidTr="00960B75">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE9BB0E" w14:textId="4EAF71BD" w:rsidR="0009715C" w:rsidRPr="00874219" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="1BE9BB0E" w14:textId="4EAF71BD">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:i/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00874219">
+            <w:r w:rsidRPr="008E6BB0">
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>TRELLV22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70B9BFD4" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="0009715C" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="70B9BFD4" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="21012D9D" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="21012D9D" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(bankas kods)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="366AF97B" w14:textId="77777777" w:rsidTr="00874219">
+      <w:tr w14:paraId="366AF97B" w14:textId="77777777" w:rsidTr="00874219">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1955"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5ADA8B07" w14:textId="0C485D79" w:rsidR="00B941AB" w:rsidRPr="00B941AB" w:rsidRDefault="00FD6ADC" w:rsidP="00B941AB">
+          <w:p w:rsidR="00B941AB" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5ADA8B07" w14:textId="0C485D79">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B941AB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008E6BB0">
               <w:t xml:space="preserve">Konts LV16TREL5180451030000 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="1"/>
+              <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D1465E9" w14:textId="7E72BF49" w:rsidR="00B941AB" w:rsidRPr="00B941AB" w:rsidRDefault="00FD6ADC" w:rsidP="00B941AB">
+          <w:p w:rsidR="00B941AB" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="0D1465E9" w14:textId="7E72BF49">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B941AB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008E6BB0">
               <w:t xml:space="preserve">Konts </w:t>
             </w:r>
-            <w:r w:rsidR="00B43E7E" w:rsidRPr="00BB0CFB">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008E6BB0" w:rsidR="00B43E7E">
               <w:t>LV24TREL218045111500B</w:t>
             </w:r>
-            <w:r w:rsidR="00B43E7E">
+            <w:r w:rsidRPr="008E6BB0" w:rsidR="00B43E7E">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="2"/>
+              <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EF6652B" w14:textId="77777777" w:rsidR="00AC3C78" w:rsidRPr="00874219" w:rsidRDefault="00AC3C78" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00AC3C78" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="3EF6652B" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:i/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="380720D8" w14:textId="32E953C0" w:rsidR="00190B0C" w:rsidRPr="00874219" w:rsidRDefault="00190B0C" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00190B0C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="380720D8" w14:textId="32E953C0">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:i/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0483BD30" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="0009715C" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="0483BD30" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CFD8F30" w14:textId="77777777" w:rsidR="0009715C" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="0009715C" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="4CFD8F30" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(konta numurs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="56562404" w14:textId="77777777" w:rsidTr="00874219">
+      <w:tr w14:paraId="56562404" w14:textId="77777777" w:rsidTr="00874219">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="271B58BD" w14:textId="77777777" w:rsidR="00C45F4E" w:rsidRDefault="00C45F4E" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00C45F4E" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="271B58BD" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21B6E38E" w14:textId="77777777" w:rsidR="00AC3C78" w:rsidRDefault="00AC3C78" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00AC3C78" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="21B6E38E" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="603F9A4C" w14:textId="77777777" w:rsidR="00AC3C78" w:rsidRDefault="00AC3C78" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00AC3C78" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="603F9A4C" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12D6C6BA" w14:textId="004488C5" w:rsidR="00AC3C78" w:rsidRPr="00C732BB" w:rsidRDefault="00AC3C78" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00AC3C78" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="12D6C6BA" w14:textId="004488C5">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5492834B" w14:textId="77777777" w:rsidR="00C45F4E" w:rsidRPr="00C732BB" w:rsidRDefault="00C45F4E" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00C45F4E" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5492834B" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13C3B728" w14:textId="77777777" w:rsidR="00C45F4E" w:rsidRPr="00C732BB" w:rsidRDefault="00C45F4E" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00C45F4E" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="13C3B728" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="7EA5E70C" w14:textId="77777777" w:rsidTr="00960B75">
+      <w:tr w14:paraId="7EA5E70C" w14:textId="77777777" w:rsidTr="00960B75">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="41B086EB" w14:textId="2A0CF5D0" w:rsidR="00C02391" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00C02391" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="41B086EB" w14:textId="2A0CF5D0">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00AC7AE2">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00AC7AE2">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Aģentūras</w:t>
+              <w:t xml:space="preserve">Aģentūras </w:t>
             </w:r>
-            <w:r w:rsidR="00AC7AE2" w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00960B75">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>pārstāvja amats,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046ADD">
+              <w:rPr>
+                <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00960B75" w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00960B75">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...19 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ārds</w:t>
             </w:r>
-            <w:r w:rsidR="00960B75" w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00960B75">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>, u</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>zvārds</w:t>
             </w:r>
-            <w:r w:rsidR="00960B75" w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00960B75">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C34BA91" w14:textId="77777777" w:rsidR="00C02391" w:rsidRPr="00C732BB" w:rsidRDefault="00C02391" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00C02391" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="2C34BA91" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE6144E" w14:textId="77777777" w:rsidR="00C02391" w:rsidRPr="00C732BB" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00C02391" w:rsidRPr="00046ADD" w:rsidP="00046ADD" w14:paraId="7DE6144E" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00960B75" w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00960B75">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ašvaldības amatpersonas </w:t>
             </w:r>
-            <w:r w:rsidR="00960B75" w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00960B75">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>amats, v</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ārds</w:t>
             </w:r>
-            <w:r w:rsidR="00960B75" w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00960B75">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00960B75" w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD" w:rsidR="00960B75">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>zvārds)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF1F98" w14:paraId="59EFC509" w14:textId="77777777" w:rsidTr="00960B75">
+      <w:tr w14:paraId="59EFC509" w14:textId="77777777" w:rsidTr="00960B75">
+        <w:tblPrEx>
+          <w:tblW w:w="9356" w:type="dxa"/>
+          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9DBB29" w14:textId="4E3EF312" w:rsidR="00960B75" w:rsidRPr="00C732BB" w:rsidRDefault="00960B75" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00960B75" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="3D9DBB29" w14:textId="4E3EF312">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6721DAD9" w14:textId="77777777" w:rsidR="00960B75" w:rsidRPr="00C732BB" w:rsidRDefault="00960B75" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00960B75" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="6721DAD9" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18D5B790" w14:textId="77777777" w:rsidR="00960B75" w:rsidRPr="0041452D" w:rsidRDefault="00FD6ADC" w:rsidP="00CE3E88">
+          <w:p w:rsidR="00960B75" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="18D5B790" w14:textId="77777777">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C732BB">
+            <w:r w:rsidRPr="00046ADD">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(datums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39199D14" w14:textId="5E4E4CE9" w:rsidR="00B941AB" w:rsidRPr="0043593B" w:rsidRDefault="00B941AB" w:rsidP="00B941AB">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="008012CA" w:rsidRPr="008E6BB0" w:rsidP="00046ADD" w14:paraId="5E66CD2C" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...12 lines deleted...]
-      <w:footerReference w:type="even" r:id="rId17"/>
+    <w:sectPr w:rsidSect="00046ADD">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="991" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -20384,304 +8343,514 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="2DA00A71" w14:textId="77777777" w:rsidR="00C33BCA" w:rsidRDefault="00FD6ADC" w:rsidP="00B815CA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00812BDD" w:rsidP="00B815CA" w14:paraId="2DA00A71" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6FBD6AAA" w14:textId="77777777" w:rsidR="00C33BCA" w:rsidRDefault="00C33BCA" w:rsidP="00B815CA">
+  <w:p w:rsidR="00812BDD" w:rsidP="00B815CA" w14:paraId="6FBD6AAA" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00F848AD" w:rsidP="00F848AD" w14:paraId="1E3A3A72" w14:textId="43F89A21">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="003434BA">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>KRG_4.2.32_1.pielikums_</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00ED7B5B">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003434BA">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">versija </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r>
+      <w:t>13.02.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00812BDD" w:rsidP="00FC0A3D" w14:paraId="406C6151" w14:textId="333DAFBE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00F848AD" w:rsidP="00F848AD" w14:paraId="2111339D" w14:textId="608BD800">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00CE3E88">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>KRG_4.2.32_1.pielikums_</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00CE3E88">
+      <w:rPr>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">.versija </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>_</w:t>
+    </w:r>
+    <w:r>
+      <w:t>13.02.2026.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00812BDD" w:rsidP="0096369A" w14:paraId="2FCBAF9B" w14:textId="6FEA58E1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="C45911"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="005F2DB8">
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00812BDD" w:rsidRPr="0096369A" w:rsidP="0096369A" w14:paraId="1F48E192" w14:textId="22764F44">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...1 lines deleted...]
-    <w:p w14:paraId="4CB9EEB0" w14:textId="77777777" w:rsidR="00FD6ADC" w:rsidRDefault="00FD6ADC">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="001921EC" w14:paraId="136DC11D" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61022669" w14:textId="77777777" w:rsidR="00FD6ADC" w:rsidRDefault="00FD6ADC">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="001921EC" w14:paraId="418A746C" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...23 lines deleted...]
-        <w:t>Norāda, ja Pasākumu finansē no nodarbinātības speciālā budžeta</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="2E50FFCA" w14:textId="79D66BB1" w:rsidR="00B941AB" w:rsidRPr="00A85D61" w:rsidRDefault="00FD6ADC">
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00A85D61" w:rsidP="00782A51" w14:paraId="5EFE9CDB" w14:textId="61CD0EFE">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061352D">
+        <w:t>Norāda, ja Pasākumu finansē no nodarbinātības speciālā budžeta</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w:rsidR="00812BDD" w:rsidRPr="00A85D61" w14:paraId="2E50FFCA" w14:textId="79D66BB1">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
       <w:r w:rsidRPr="00703568">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0043593B">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Norāda, ja Pasākumu finansē no </w:t>
       </w:r>
       <w:r w:rsidRPr="00C32D4B">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ESF Plus projekta „</w:t>
       </w:r>
       <w:r w:rsidRPr="00703568">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pasākumi iekļaujošai nodarbinātībai</w:t>
       </w:r>
       <w:r w:rsidRPr="00C32D4B">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>” Nr. </w:t>
       </w:r>
       <w:r w:rsidRPr="00703568">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3.3.2/1/24/I/002  </w:t>
       </w:r>
       <w:r w:rsidRPr="00073987">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>finanšu līdzekļiem</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="00BC80F6" w14:textId="77777777" w:rsidR="00C33BCA" w:rsidRDefault="00FD6ADC" w:rsidP="004D2B4C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00812BDD" w:rsidP="004D2B4C" w14:paraId="00BC80F6" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5AAC13B0" w14:textId="77777777" w:rsidR="00C33BCA" w:rsidRDefault="00C33BCA">
+  <w:p w:rsidR="00812BDD" w14:paraId="5AAC13B0" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="36F901C7" w14:textId="3ED265FB" w:rsidR="00C33BCA" w:rsidRDefault="00FD6ADC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00812BDD" w14:paraId="36F901C7" w14:textId="3ED265FB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FC4A02">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00F31370"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B29A3076"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="6.1.%1.  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="017A59F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69E29CA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -20750,380 +8919,380 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01C91EE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B17217FA"/>
-    <w:lvl w:ilvl="0" w:tplc="24F64706">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.2.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="2A16D2A8" w:tentative="1">
+        <w:ind w:left="2988" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="372A9950" w:tentative="1">
+        <w:ind w:left="3141" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="2DE8860C" w:tentative="1">
+        <w:ind w:left="3861" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="F098B0EC" w:tentative="1">
+        <w:ind w:left="4581" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="BA0E4AD4" w:tentative="1">
+        <w:ind w:left="5301" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="F65824DC" w:tentative="1">
+        <w:ind w:left="6021" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="6448BCAE" w:tentative="1">
+        <w:ind w:left="6741" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="D0B66BFA" w:tentative="1">
+        <w:ind w:left="7461" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="8181" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03697AFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12AEF986"/>
-    <w:lvl w:ilvl="0" w:tplc="39A83248">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="681A3EDC">
+    <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
       <w:numFmt w:val="none"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E07E0248">
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
       <w:numFmt w:val="none"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FE106696">
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
       <w:numFmt w:val="none"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1BCCD72C">
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
       <w:numFmt w:val="none"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39A01B1C">
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
       <w:numFmt w:val="none"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79A665EC">
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
       <w:numFmt w:val="none"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AFE2E656">
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
       <w:numFmt w:val="none"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="05B08B46">
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
       <w:numFmt w:val="none"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07B73014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48E0334C"/>
-    <w:lvl w:ilvl="0" w:tplc="A9F22C3C">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55422DB0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16889D50">
+    <w:lvl w:ilvl="2">
       <w:start w:val="169"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8B40813C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7E086A1E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="788E5964" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D5248386" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0F42B8F4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E07CB6B4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ABA329D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CB16A2F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21219,51 +9388,173 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12213885"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="109E01B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="5.1.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1770" w:hanging="690"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1571" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13E02D5F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B31012D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="390"/>
         </w:tabs>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21359,140 +9650,140 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7036"/>
         </w:tabs>
         <w:ind w:left="7036" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7784"/>
         </w:tabs>
         <w:ind w:left="7784" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="155E61A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE9235EC"/>
-    <w:lvl w:ilvl="0" w:tplc="4FAAAD30">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.2.%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="9AB8FB5C" w:tentative="1">
+        <w:ind w:left="1854" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="A19445FE" w:tentative="1">
+        <w:ind w:left="2574" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="98FC5FF2" w:tentative="1">
+        <w:ind w:left="3294" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="4C9ED1E0" w:tentative="1">
+        <w:ind w:left="4014" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="384E8B5A" w:tentative="1">
+        <w:ind w:left="4734" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="967EDCBC" w:tentative="1">
+        <w:ind w:left="5454" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="B15E0180" w:tentative="1">
+        <w:ind w:left="6174" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="F9E8C8BA" w:tentative="1">
+        <w:ind w:left="6894" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7614" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17BD6DD1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8CB6B71A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="41"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="435"/>
         </w:tabs>
         <w:ind w:left="435" w:hanging="435"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21588,283 +9879,688 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="11520"/>
         </w:tabs>
         <w:ind w:left="11520" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="12960"/>
         </w:tabs>
         <w:ind w:left="12960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CCB3BB7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5B52D6A2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.7.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="652" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="3.8.2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="652" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="3.8.3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1582" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1582" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2145070E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C57EFE22"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="9.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22BA6DCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="173E1AC0"/>
-    <w:lvl w:ilvl="0" w:tplc="99C0D24E">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A5066B5C">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3BFED7DC">
+    <w:lvl w:ilvl="2">
       <w:start w:val="169"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BE52FD3E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BCD26A74" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8140002E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45AEAFC4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77429E34" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="AEA8CDA4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22BF4054"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="93443A62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22D2008A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9A7C2990"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="510" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.5.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="794" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23A536BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="24E4B786"/>
-    <w:lvl w:ilvl="0" w:tplc="90D025D2">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="6.1.24.3.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="660C6A9A">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="6.1.24.3.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F6E2C7C0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C7D0EB0E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1DC8C57A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6A82909C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5454" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4770E120" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1C880CBE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="367C9B92" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24852B1C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC9A047E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21960,51 +10656,226 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="253812D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F18C0F60"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25A601CA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91200AD8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26E56435"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="11680E04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="555"/>
         </w:tabs>
         <w:ind w:left="555" w:hanging="555"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -22118,51 +10989,407 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="290725C4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A400ED2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5288B3C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="4.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CC833F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="02747D34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="7.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30C060D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="025CC796"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="8.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33A75803"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C28B176"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="510" w:hanging="510"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="510" w:hanging="510"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -22231,346 +11458,548 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34D57D18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64CEB4A8"/>
-    <w:lvl w:ilvl="0" w:tplc="6C4AAEA8">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1845"/>
         </w:tabs>
         <w:ind w:left="1845" w:hanging="1125"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D8C2419E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D3481946" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0DB2E8F4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9FB8F6C8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1FA44BCA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FE0CBBBE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FD042726" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="345873F2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36FB6EE7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC02F46A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="8.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A761002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1888A16A"/>
-    <w:lvl w:ilvl="0" w:tplc="F80A42B4">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="6.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7EF05072" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BFBC22A0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99642E94" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4AA02B26" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A2F04ECC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7520E26C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F356DFD0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E48EBCD2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BA320DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44364C68"/>
-    <w:lvl w:ilvl="0" w:tplc="FA9A78BA">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="6.1.24.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2912" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F5BE1A4E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9ED24678" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C5A02178" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7AAEFA9A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8A6CC3F0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5B96276A" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="872AF342" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C0529708" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BEF04F8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5712B98A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="5.1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="510" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="5.1.1 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1220" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="5.1.2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C0A105D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E0B63E00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -22639,339 +12068,518 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EB56EB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B58EACF2"/>
-    <w:lvl w:ilvl="0" w:tplc="FF2C0374">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="6.1.24.3.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B49065BC">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70A6FCA6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="185CC106" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4014" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BB72A3F2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4734" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="288CFB7A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5454" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0E54FA4C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6174" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="DBB2C64A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A7ECBB0C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44D26959"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="776E29E6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44DB5B31"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F34F522"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="6.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45C901B3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DBC21D20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="1.2.3.%1.  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="851" w:hanging="454"/>
+        <w:ind w:left="1157" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1724" w:hanging="360"/>
+        <w:ind w:left="2030" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2444" w:hanging="180"/>
+        <w:ind w:left="2750" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3164" w:hanging="360"/>
+        <w:ind w:left="3470" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3884" w:hanging="360"/>
+        <w:ind w:left="4190" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4604" w:hanging="180"/>
+        <w:ind w:left="4910" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5324" w:hanging="360"/>
+        <w:ind w:left="5630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6044" w:hanging="360"/>
+        <w:ind w:left="6350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6764" w:hanging="180"/>
+        <w:ind w:left="7070" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48C45BDD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="063A278A"/>
-    <w:lvl w:ilvl="0" w:tplc="12664576">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="394EB95E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F1504A8C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35545D04" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B906C1D2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C300244" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4ABC9346" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="613C9A98" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3A7E5C7E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48E9479D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4A24DB4C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="975" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1361" w:hanging="975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -23040,191 +12648,817 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4502" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4888" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B4A2A8A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B6E7410"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2C261A42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="6.2.%1.  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4528" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6688" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E0B356B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="110697C2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="4.1.%1 "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E606F45"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="068EECD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="6.1.%1.  "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="521775DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C6E1A7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="5.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59740BD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E1A161C"/>
-    <w:lvl w:ilvl="0" w:tplc="B23C4C94">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4E905D2A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="743234DE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9E04AFB0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9C84EF80" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B366FF68" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BCA6BBDC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89D074DA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2B36FFCC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AC032F9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70DAF0C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="8.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BBE47FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0CCC7278"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="8.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C0279D1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="64BCDCEE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23320,51 +13554,163 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C590AA4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B2B42892"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.8.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="652" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="3.8.2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="652" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="3.8.3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="862" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1582" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1582" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4B796D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3020BDE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1106" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -23433,51 +13779,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4502" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4888" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60305661"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1494CD68"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -23546,280 +13892,596 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="621A53E6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BD0ADA08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="634C2E1D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3D6E02A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="510" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.6.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="794" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65845639"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B852B01E"/>
-    <w:lvl w:ilvl="0" w:tplc="3EA6CE22">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A9942B4A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FA729638" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91AAC704" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9B8AA736" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71401D8C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="027E10D2" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95E4B11A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A61E7E28" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="664C42F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1562E2E"/>
-    <w:lvl w:ilvl="0" w:tplc="BA1AF6AE">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3B241CFE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9B2C69AC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6422C3B8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="233C0764" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D044557C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D138CFAE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="DD5C9EFA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7138D798" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F090160"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E91207DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="10.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F1D7940"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -23861,191 +14523,374 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FD218D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D6C95BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="5.2.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="5.2.%2. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71423A6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A47E0582"/>
-    <w:lvl w:ilvl="0" w:tplc="F266F258">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9904B0D6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99F271CC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30B26B52" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="879266C2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7812DC1E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1AD4A248" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4378C9BE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F128296C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76980700"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E272E4F6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7749795F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0A5A8488"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1106" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -24114,316 +14959,593 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4502" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4888" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="784E1EA1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="18026EA4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="10.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="794056C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B003522"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="5.%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="12">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="39">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="17">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="44">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="45">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="46">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="19">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="47">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="48">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="49">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="50">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="51">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="52">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="53">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="54">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="55">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="56">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="57">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="21">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="58">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="22">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="59">
+    <w:abstractNumId w:val="59"/>
   </w:num>
-  <w:num w:numId="23">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="60">
+    <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="24">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="61">
+    <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="25">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="62">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="26">
-[...2 lines deleted...]
-  <w:num w:numId="27">
+  <w:num w:numId="63">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="28">
-[...13 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="61"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="1" w:directFormattingOnParagraphs="1" w:directFormattingOnRuns="1" w:directFormattingOnTables="1" w:headingStyles="0" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="0" w:tableStyles="0" w:top3HeadingStyles="1" w:visibleStyles="0"/>
+  <w:trackRevisions/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
-  <w:endnotePr>
-[...2 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE2E6E"/>
     <w:rsid w:val="00000FB2"/>
     <w:rsid w:val="00000FC6"/>
     <w:rsid w:val="00001346"/>
     <w:rsid w:val="00001492"/>
     <w:rsid w:val="00001559"/>
     <w:rsid w:val="000029ED"/>
     <w:rsid w:val="00002C18"/>
     <w:rsid w:val="00002C2A"/>
     <w:rsid w:val="00003ADF"/>
     <w:rsid w:val="00004178"/>
     <w:rsid w:val="00004435"/>
     <w:rsid w:val="00004592"/>
     <w:rsid w:val="000045D1"/>
     <w:rsid w:val="00005917"/>
     <w:rsid w:val="00006B26"/>
     <w:rsid w:val="00010353"/>
     <w:rsid w:val="0001188A"/>
     <w:rsid w:val="0001207E"/>
+    <w:rsid w:val="000164AC"/>
     <w:rsid w:val="000172B8"/>
     <w:rsid w:val="000173E5"/>
     <w:rsid w:val="00017675"/>
     <w:rsid w:val="00017859"/>
     <w:rsid w:val="00020A98"/>
     <w:rsid w:val="000212D8"/>
     <w:rsid w:val="0002205C"/>
     <w:rsid w:val="00022F01"/>
     <w:rsid w:val="000230F1"/>
     <w:rsid w:val="0002353A"/>
     <w:rsid w:val="00023B8B"/>
     <w:rsid w:val="00023E80"/>
     <w:rsid w:val="0002457E"/>
     <w:rsid w:val="00025A09"/>
     <w:rsid w:val="00025B01"/>
     <w:rsid w:val="0002604A"/>
     <w:rsid w:val="0002604D"/>
     <w:rsid w:val="00026B00"/>
+    <w:rsid w:val="00026F30"/>
     <w:rsid w:val="00027204"/>
     <w:rsid w:val="00027B1C"/>
     <w:rsid w:val="00027BAF"/>
     <w:rsid w:val="0003012A"/>
+    <w:rsid w:val="000304EA"/>
     <w:rsid w:val="0003070E"/>
     <w:rsid w:val="00030E7B"/>
     <w:rsid w:val="00031830"/>
     <w:rsid w:val="00031BAD"/>
     <w:rsid w:val="00033165"/>
     <w:rsid w:val="0003395A"/>
     <w:rsid w:val="00033CF2"/>
     <w:rsid w:val="00035ABD"/>
     <w:rsid w:val="00035BA9"/>
     <w:rsid w:val="00035E33"/>
     <w:rsid w:val="00036EEE"/>
     <w:rsid w:val="000411B8"/>
     <w:rsid w:val="00041649"/>
     <w:rsid w:val="000416DE"/>
     <w:rsid w:val="00042906"/>
     <w:rsid w:val="00042E9F"/>
     <w:rsid w:val="000430B7"/>
     <w:rsid w:val="000437E1"/>
+    <w:rsid w:val="00045D73"/>
     <w:rsid w:val="0004625F"/>
+    <w:rsid w:val="00046ADD"/>
     <w:rsid w:val="00046E7C"/>
     <w:rsid w:val="00046F14"/>
     <w:rsid w:val="0004756E"/>
     <w:rsid w:val="00047FCD"/>
     <w:rsid w:val="000522FA"/>
     <w:rsid w:val="00052F92"/>
     <w:rsid w:val="00052FF0"/>
     <w:rsid w:val="000539ED"/>
     <w:rsid w:val="00054326"/>
     <w:rsid w:val="000546BD"/>
     <w:rsid w:val="00054CB4"/>
     <w:rsid w:val="0005552C"/>
     <w:rsid w:val="0005596B"/>
     <w:rsid w:val="00055DBC"/>
     <w:rsid w:val="000566AA"/>
     <w:rsid w:val="000566C7"/>
     <w:rsid w:val="00056E29"/>
     <w:rsid w:val="000575B5"/>
     <w:rsid w:val="000577DE"/>
     <w:rsid w:val="0006030F"/>
     <w:rsid w:val="00061491"/>
     <w:rsid w:val="00061502"/>
     <w:rsid w:val="000616D7"/>
+    <w:rsid w:val="00062CFC"/>
     <w:rsid w:val="000642EB"/>
     <w:rsid w:val="00064606"/>
     <w:rsid w:val="00064997"/>
     <w:rsid w:val="00064AB0"/>
     <w:rsid w:val="00065103"/>
     <w:rsid w:val="00066671"/>
     <w:rsid w:val="00066A2A"/>
     <w:rsid w:val="00066F49"/>
     <w:rsid w:val="000676B8"/>
     <w:rsid w:val="000704E4"/>
     <w:rsid w:val="0007150B"/>
     <w:rsid w:val="00071E09"/>
     <w:rsid w:val="0007217D"/>
     <w:rsid w:val="000728C3"/>
     <w:rsid w:val="0007309B"/>
     <w:rsid w:val="000736A9"/>
     <w:rsid w:val="00073972"/>
     <w:rsid w:val="00073987"/>
     <w:rsid w:val="0007417C"/>
     <w:rsid w:val="0007478B"/>
     <w:rsid w:val="00074D32"/>
     <w:rsid w:val="00075885"/>
     <w:rsid w:val="00075F07"/>
     <w:rsid w:val="00075FDA"/>
     <w:rsid w:val="00077C29"/>
@@ -24441,297 +15563,310 @@
     <w:rsid w:val="00090103"/>
     <w:rsid w:val="00090194"/>
     <w:rsid w:val="00090FEB"/>
     <w:rsid w:val="00091806"/>
     <w:rsid w:val="00092351"/>
     <w:rsid w:val="000923FC"/>
     <w:rsid w:val="00092B8D"/>
     <w:rsid w:val="00092D01"/>
     <w:rsid w:val="00093540"/>
     <w:rsid w:val="0009397C"/>
     <w:rsid w:val="00093D07"/>
     <w:rsid w:val="00094557"/>
     <w:rsid w:val="0009471B"/>
     <w:rsid w:val="00096593"/>
     <w:rsid w:val="0009715C"/>
     <w:rsid w:val="0009725F"/>
     <w:rsid w:val="00097F68"/>
     <w:rsid w:val="000A05E3"/>
     <w:rsid w:val="000A08E7"/>
     <w:rsid w:val="000A17BB"/>
     <w:rsid w:val="000A23C7"/>
     <w:rsid w:val="000A28EB"/>
     <w:rsid w:val="000A2AD9"/>
     <w:rsid w:val="000A2CFE"/>
     <w:rsid w:val="000A3E08"/>
+    <w:rsid w:val="000A4AB8"/>
     <w:rsid w:val="000A5042"/>
     <w:rsid w:val="000A5124"/>
     <w:rsid w:val="000A60DB"/>
     <w:rsid w:val="000A71DC"/>
     <w:rsid w:val="000A72B8"/>
     <w:rsid w:val="000A72FF"/>
     <w:rsid w:val="000A773F"/>
     <w:rsid w:val="000B01D2"/>
     <w:rsid w:val="000B0A2B"/>
     <w:rsid w:val="000B0A98"/>
     <w:rsid w:val="000B15A1"/>
     <w:rsid w:val="000B1907"/>
     <w:rsid w:val="000B1A28"/>
     <w:rsid w:val="000B23CC"/>
+    <w:rsid w:val="000B32DA"/>
     <w:rsid w:val="000B3A71"/>
     <w:rsid w:val="000B4566"/>
     <w:rsid w:val="000B4635"/>
     <w:rsid w:val="000B5B75"/>
     <w:rsid w:val="000B71F5"/>
     <w:rsid w:val="000B7499"/>
     <w:rsid w:val="000C1899"/>
     <w:rsid w:val="000C3567"/>
     <w:rsid w:val="000C365A"/>
     <w:rsid w:val="000C367A"/>
+    <w:rsid w:val="000C39B0"/>
     <w:rsid w:val="000C3C28"/>
     <w:rsid w:val="000C5CF3"/>
     <w:rsid w:val="000C5E65"/>
     <w:rsid w:val="000C6114"/>
     <w:rsid w:val="000C680A"/>
     <w:rsid w:val="000C7AF4"/>
     <w:rsid w:val="000C7CC2"/>
+    <w:rsid w:val="000C7DD9"/>
     <w:rsid w:val="000D0412"/>
     <w:rsid w:val="000D0A4B"/>
     <w:rsid w:val="000D0DE3"/>
     <w:rsid w:val="000D0E7D"/>
     <w:rsid w:val="000D0EAA"/>
     <w:rsid w:val="000D11BD"/>
     <w:rsid w:val="000D148B"/>
     <w:rsid w:val="000D1940"/>
     <w:rsid w:val="000D2442"/>
     <w:rsid w:val="000D3444"/>
     <w:rsid w:val="000D4CFB"/>
     <w:rsid w:val="000D6ABA"/>
     <w:rsid w:val="000D7165"/>
     <w:rsid w:val="000D7377"/>
     <w:rsid w:val="000D77B9"/>
     <w:rsid w:val="000E1607"/>
+    <w:rsid w:val="000E2832"/>
     <w:rsid w:val="000E2D78"/>
     <w:rsid w:val="000E31CD"/>
     <w:rsid w:val="000E3A6E"/>
     <w:rsid w:val="000E4081"/>
     <w:rsid w:val="000E4582"/>
     <w:rsid w:val="000E4CBD"/>
     <w:rsid w:val="000E59A5"/>
     <w:rsid w:val="000E67E1"/>
     <w:rsid w:val="000E750E"/>
     <w:rsid w:val="000E75E8"/>
     <w:rsid w:val="000E76BC"/>
     <w:rsid w:val="000E7799"/>
     <w:rsid w:val="000E7E0D"/>
     <w:rsid w:val="000E7E91"/>
     <w:rsid w:val="000F023F"/>
     <w:rsid w:val="000F0B74"/>
     <w:rsid w:val="000F16DA"/>
     <w:rsid w:val="000F1B84"/>
     <w:rsid w:val="000F22C2"/>
     <w:rsid w:val="000F2451"/>
     <w:rsid w:val="000F2561"/>
     <w:rsid w:val="000F3635"/>
     <w:rsid w:val="000F476F"/>
     <w:rsid w:val="000F49F7"/>
     <w:rsid w:val="000F5239"/>
     <w:rsid w:val="000F609A"/>
     <w:rsid w:val="000F6665"/>
     <w:rsid w:val="000F6C8C"/>
     <w:rsid w:val="000F7842"/>
     <w:rsid w:val="000F7985"/>
     <w:rsid w:val="000F7994"/>
     <w:rsid w:val="0010047B"/>
     <w:rsid w:val="00101AA5"/>
     <w:rsid w:val="00102361"/>
     <w:rsid w:val="00102825"/>
     <w:rsid w:val="00102E2F"/>
     <w:rsid w:val="00102FE7"/>
     <w:rsid w:val="001034C1"/>
     <w:rsid w:val="001041AC"/>
     <w:rsid w:val="00106D84"/>
     <w:rsid w:val="00107847"/>
     <w:rsid w:val="00107D66"/>
     <w:rsid w:val="001105BA"/>
     <w:rsid w:val="001111F2"/>
     <w:rsid w:val="001122C8"/>
     <w:rsid w:val="001128F4"/>
+    <w:rsid w:val="00112C75"/>
     <w:rsid w:val="00112C93"/>
+    <w:rsid w:val="00112DC3"/>
     <w:rsid w:val="00113892"/>
     <w:rsid w:val="00113C9A"/>
     <w:rsid w:val="00113E7A"/>
     <w:rsid w:val="00113F9C"/>
     <w:rsid w:val="00114521"/>
     <w:rsid w:val="00114E9E"/>
     <w:rsid w:val="00115606"/>
     <w:rsid w:val="001162CF"/>
     <w:rsid w:val="00116523"/>
     <w:rsid w:val="001167AA"/>
     <w:rsid w:val="00117E23"/>
     <w:rsid w:val="00120EE7"/>
     <w:rsid w:val="0012125D"/>
     <w:rsid w:val="00121773"/>
     <w:rsid w:val="00121984"/>
     <w:rsid w:val="001221E7"/>
     <w:rsid w:val="0012469C"/>
     <w:rsid w:val="00124A3B"/>
     <w:rsid w:val="00125895"/>
+    <w:rsid w:val="00126900"/>
     <w:rsid w:val="00127713"/>
     <w:rsid w:val="00127B50"/>
     <w:rsid w:val="001307B2"/>
     <w:rsid w:val="001312FD"/>
     <w:rsid w:val="00131686"/>
     <w:rsid w:val="0013321D"/>
     <w:rsid w:val="001335BE"/>
     <w:rsid w:val="00134DE7"/>
     <w:rsid w:val="00134E94"/>
     <w:rsid w:val="001353FA"/>
     <w:rsid w:val="001357F8"/>
     <w:rsid w:val="00135E2D"/>
     <w:rsid w:val="001365BF"/>
     <w:rsid w:val="00137A78"/>
     <w:rsid w:val="00140D02"/>
     <w:rsid w:val="00140EED"/>
     <w:rsid w:val="00140EFB"/>
     <w:rsid w:val="001413DB"/>
     <w:rsid w:val="001416EE"/>
     <w:rsid w:val="00141CB8"/>
     <w:rsid w:val="00141E74"/>
     <w:rsid w:val="00141FB0"/>
     <w:rsid w:val="001424B9"/>
     <w:rsid w:val="00143991"/>
     <w:rsid w:val="001445DE"/>
     <w:rsid w:val="00145544"/>
     <w:rsid w:val="00145788"/>
     <w:rsid w:val="001458D8"/>
     <w:rsid w:val="00145997"/>
     <w:rsid w:val="001462C5"/>
     <w:rsid w:val="00147251"/>
     <w:rsid w:val="001473BC"/>
     <w:rsid w:val="00147FFB"/>
     <w:rsid w:val="001506E3"/>
     <w:rsid w:val="00150A10"/>
     <w:rsid w:val="00151C57"/>
     <w:rsid w:val="00152F22"/>
     <w:rsid w:val="001534AE"/>
     <w:rsid w:val="00154085"/>
     <w:rsid w:val="00154263"/>
     <w:rsid w:val="0015465C"/>
     <w:rsid w:val="00154BE4"/>
     <w:rsid w:val="001555EC"/>
     <w:rsid w:val="00155A4E"/>
+    <w:rsid w:val="0015607D"/>
     <w:rsid w:val="001566A4"/>
     <w:rsid w:val="001570E0"/>
     <w:rsid w:val="00160AEC"/>
     <w:rsid w:val="0016203F"/>
     <w:rsid w:val="001629ED"/>
     <w:rsid w:val="00162A29"/>
     <w:rsid w:val="00162AF8"/>
     <w:rsid w:val="00163E87"/>
     <w:rsid w:val="0016408A"/>
     <w:rsid w:val="00164282"/>
     <w:rsid w:val="001643AC"/>
     <w:rsid w:val="00164A91"/>
     <w:rsid w:val="001656A6"/>
     <w:rsid w:val="00165D4D"/>
     <w:rsid w:val="00166116"/>
     <w:rsid w:val="00166490"/>
     <w:rsid w:val="001674A1"/>
     <w:rsid w:val="0017058D"/>
     <w:rsid w:val="0017111B"/>
     <w:rsid w:val="001711AD"/>
     <w:rsid w:val="001717DB"/>
     <w:rsid w:val="00172186"/>
+    <w:rsid w:val="00172893"/>
     <w:rsid w:val="001734B1"/>
     <w:rsid w:val="0017365E"/>
     <w:rsid w:val="00173F55"/>
     <w:rsid w:val="0017440C"/>
     <w:rsid w:val="001746A9"/>
     <w:rsid w:val="00174D91"/>
     <w:rsid w:val="00174F35"/>
     <w:rsid w:val="0017766C"/>
     <w:rsid w:val="00177D2F"/>
     <w:rsid w:val="00181210"/>
     <w:rsid w:val="0018131C"/>
     <w:rsid w:val="001813FE"/>
     <w:rsid w:val="00182F9A"/>
     <w:rsid w:val="00184A8B"/>
     <w:rsid w:val="00184B14"/>
     <w:rsid w:val="00185270"/>
     <w:rsid w:val="00185340"/>
     <w:rsid w:val="00185950"/>
     <w:rsid w:val="00187508"/>
     <w:rsid w:val="00187BE2"/>
     <w:rsid w:val="00190449"/>
     <w:rsid w:val="00190B0C"/>
     <w:rsid w:val="00190E8B"/>
     <w:rsid w:val="00191AF3"/>
     <w:rsid w:val="00191DD6"/>
+    <w:rsid w:val="001921EC"/>
     <w:rsid w:val="0019254C"/>
     <w:rsid w:val="00193392"/>
     <w:rsid w:val="00193EA9"/>
     <w:rsid w:val="00194081"/>
     <w:rsid w:val="001956CA"/>
     <w:rsid w:val="001958ED"/>
     <w:rsid w:val="00195D0E"/>
     <w:rsid w:val="00196EB0"/>
     <w:rsid w:val="001A0443"/>
     <w:rsid w:val="001A08D5"/>
     <w:rsid w:val="001A094F"/>
     <w:rsid w:val="001A1F82"/>
+    <w:rsid w:val="001A20FF"/>
     <w:rsid w:val="001A279C"/>
     <w:rsid w:val="001A29C9"/>
     <w:rsid w:val="001A2CE8"/>
     <w:rsid w:val="001A3AE5"/>
     <w:rsid w:val="001A3C10"/>
     <w:rsid w:val="001A3F25"/>
     <w:rsid w:val="001A4A2A"/>
     <w:rsid w:val="001A5492"/>
     <w:rsid w:val="001A610C"/>
     <w:rsid w:val="001A629F"/>
     <w:rsid w:val="001A62A9"/>
     <w:rsid w:val="001A7234"/>
     <w:rsid w:val="001A7465"/>
     <w:rsid w:val="001B0CEE"/>
     <w:rsid w:val="001B25DF"/>
     <w:rsid w:val="001B2C98"/>
     <w:rsid w:val="001B3569"/>
     <w:rsid w:val="001B3CFB"/>
     <w:rsid w:val="001B5367"/>
     <w:rsid w:val="001B543C"/>
     <w:rsid w:val="001B5DBE"/>
     <w:rsid w:val="001B7093"/>
     <w:rsid w:val="001B7421"/>
     <w:rsid w:val="001C085E"/>
     <w:rsid w:val="001C163A"/>
     <w:rsid w:val="001C1B46"/>
     <w:rsid w:val="001C2EBF"/>
     <w:rsid w:val="001C2FA4"/>
     <w:rsid w:val="001C335C"/>
     <w:rsid w:val="001C38DF"/>
     <w:rsid w:val="001C43F2"/>
+    <w:rsid w:val="001C4703"/>
     <w:rsid w:val="001C59C0"/>
     <w:rsid w:val="001C6A53"/>
     <w:rsid w:val="001C6D1A"/>
     <w:rsid w:val="001C6F77"/>
     <w:rsid w:val="001C722F"/>
     <w:rsid w:val="001C78CC"/>
     <w:rsid w:val="001C7CE4"/>
     <w:rsid w:val="001D087C"/>
     <w:rsid w:val="001D19DD"/>
     <w:rsid w:val="001D1C0C"/>
     <w:rsid w:val="001D2625"/>
     <w:rsid w:val="001D2F78"/>
     <w:rsid w:val="001D47FB"/>
     <w:rsid w:val="001D4D84"/>
     <w:rsid w:val="001D59D2"/>
     <w:rsid w:val="001D5D6C"/>
     <w:rsid w:val="001D6BE5"/>
     <w:rsid w:val="001D6DDA"/>
     <w:rsid w:val="001D7098"/>
     <w:rsid w:val="001D74BE"/>
     <w:rsid w:val="001D7DA3"/>
     <w:rsid w:val="001E1196"/>
     <w:rsid w:val="001E136C"/>
     <w:rsid w:val="001E1C82"/>
     <w:rsid w:val="001E241C"/>
@@ -24823,104 +15958,107 @@
     <w:rsid w:val="00233D8A"/>
     <w:rsid w:val="00233FA6"/>
     <w:rsid w:val="002346A0"/>
     <w:rsid w:val="00235336"/>
     <w:rsid w:val="00235C17"/>
     <w:rsid w:val="00236830"/>
     <w:rsid w:val="002371B0"/>
     <w:rsid w:val="00237B4F"/>
     <w:rsid w:val="002401DD"/>
     <w:rsid w:val="00243249"/>
     <w:rsid w:val="00243338"/>
     <w:rsid w:val="00243454"/>
     <w:rsid w:val="00243D93"/>
     <w:rsid w:val="0024571B"/>
     <w:rsid w:val="002457B5"/>
     <w:rsid w:val="00245C96"/>
     <w:rsid w:val="00246FE1"/>
     <w:rsid w:val="0024705B"/>
     <w:rsid w:val="002503B8"/>
     <w:rsid w:val="00251082"/>
     <w:rsid w:val="00251AB8"/>
     <w:rsid w:val="00251C1F"/>
     <w:rsid w:val="00251FDE"/>
     <w:rsid w:val="002525A9"/>
     <w:rsid w:val="00252829"/>
+    <w:rsid w:val="00252E7C"/>
     <w:rsid w:val="00252EAA"/>
     <w:rsid w:val="0025363C"/>
     <w:rsid w:val="00253A8C"/>
     <w:rsid w:val="00253FBC"/>
     <w:rsid w:val="00254496"/>
     <w:rsid w:val="00254BD4"/>
     <w:rsid w:val="00254EA8"/>
     <w:rsid w:val="0025764E"/>
     <w:rsid w:val="002578FD"/>
     <w:rsid w:val="00257F89"/>
     <w:rsid w:val="002606E2"/>
     <w:rsid w:val="0026146A"/>
     <w:rsid w:val="00261B5C"/>
     <w:rsid w:val="0026235B"/>
     <w:rsid w:val="0026266B"/>
     <w:rsid w:val="002633E7"/>
     <w:rsid w:val="002638FA"/>
     <w:rsid w:val="002640A3"/>
     <w:rsid w:val="00264292"/>
     <w:rsid w:val="0026434F"/>
     <w:rsid w:val="002643DB"/>
     <w:rsid w:val="00264452"/>
     <w:rsid w:val="00264E06"/>
     <w:rsid w:val="00264EE8"/>
     <w:rsid w:val="002650F0"/>
+    <w:rsid w:val="00266041"/>
     <w:rsid w:val="0026657A"/>
     <w:rsid w:val="002669F7"/>
     <w:rsid w:val="00266BE7"/>
     <w:rsid w:val="00266C4E"/>
     <w:rsid w:val="00266F03"/>
     <w:rsid w:val="00267A39"/>
     <w:rsid w:val="00267D01"/>
     <w:rsid w:val="00270EB2"/>
     <w:rsid w:val="00271AC6"/>
     <w:rsid w:val="00272126"/>
     <w:rsid w:val="00272131"/>
     <w:rsid w:val="00272978"/>
     <w:rsid w:val="00273480"/>
     <w:rsid w:val="002744E2"/>
     <w:rsid w:val="002744EC"/>
     <w:rsid w:val="00274D16"/>
     <w:rsid w:val="00275C02"/>
     <w:rsid w:val="0027603E"/>
     <w:rsid w:val="00276CB4"/>
     <w:rsid w:val="00276E1C"/>
     <w:rsid w:val="002771DF"/>
     <w:rsid w:val="00277572"/>
     <w:rsid w:val="002775B7"/>
     <w:rsid w:val="002778A5"/>
     <w:rsid w:val="00280821"/>
     <w:rsid w:val="00280C90"/>
     <w:rsid w:val="00281A93"/>
     <w:rsid w:val="0028240A"/>
     <w:rsid w:val="00282A09"/>
+    <w:rsid w:val="00284143"/>
     <w:rsid w:val="0028414D"/>
     <w:rsid w:val="0028425E"/>
     <w:rsid w:val="00284EDD"/>
     <w:rsid w:val="00285FAF"/>
     <w:rsid w:val="00286479"/>
     <w:rsid w:val="0028758A"/>
     <w:rsid w:val="0028781F"/>
     <w:rsid w:val="00287C61"/>
     <w:rsid w:val="00287FBC"/>
     <w:rsid w:val="00291039"/>
     <w:rsid w:val="00291BCE"/>
     <w:rsid w:val="00291FBC"/>
     <w:rsid w:val="00292259"/>
     <w:rsid w:val="00292363"/>
     <w:rsid w:val="0029269F"/>
     <w:rsid w:val="00293381"/>
     <w:rsid w:val="002946DA"/>
     <w:rsid w:val="002951B1"/>
     <w:rsid w:val="002951C4"/>
     <w:rsid w:val="0029548B"/>
     <w:rsid w:val="00296FDA"/>
     <w:rsid w:val="002976F5"/>
     <w:rsid w:val="00297A72"/>
     <w:rsid w:val="002A0BD4"/>
     <w:rsid w:val="002A0DC0"/>
@@ -24970,133 +16108,140 @@
     <w:rsid w:val="002C672C"/>
     <w:rsid w:val="002C6A14"/>
     <w:rsid w:val="002C70AC"/>
     <w:rsid w:val="002C7498"/>
     <w:rsid w:val="002C7837"/>
     <w:rsid w:val="002C7D16"/>
     <w:rsid w:val="002C7FA2"/>
     <w:rsid w:val="002D07B1"/>
     <w:rsid w:val="002D0891"/>
     <w:rsid w:val="002D125E"/>
     <w:rsid w:val="002D14E6"/>
     <w:rsid w:val="002D1990"/>
     <w:rsid w:val="002D1BB5"/>
     <w:rsid w:val="002D2333"/>
     <w:rsid w:val="002D3452"/>
     <w:rsid w:val="002D36B8"/>
     <w:rsid w:val="002D3968"/>
     <w:rsid w:val="002D39C8"/>
     <w:rsid w:val="002D4804"/>
     <w:rsid w:val="002D4CE9"/>
     <w:rsid w:val="002D559D"/>
     <w:rsid w:val="002D6022"/>
     <w:rsid w:val="002D7543"/>
     <w:rsid w:val="002D78AA"/>
     <w:rsid w:val="002E09F3"/>
+    <w:rsid w:val="002E13CD"/>
     <w:rsid w:val="002E1AD1"/>
     <w:rsid w:val="002E22A1"/>
     <w:rsid w:val="002E29DE"/>
     <w:rsid w:val="002E2B11"/>
     <w:rsid w:val="002E2C05"/>
     <w:rsid w:val="002E2E8B"/>
     <w:rsid w:val="002E316D"/>
+    <w:rsid w:val="002E463D"/>
+    <w:rsid w:val="002E4664"/>
     <w:rsid w:val="002E47F8"/>
     <w:rsid w:val="002E5691"/>
+    <w:rsid w:val="002E594D"/>
     <w:rsid w:val="002E76DE"/>
     <w:rsid w:val="002F174E"/>
     <w:rsid w:val="002F1AD6"/>
     <w:rsid w:val="002F1B91"/>
     <w:rsid w:val="002F219F"/>
     <w:rsid w:val="002F22A1"/>
     <w:rsid w:val="002F5D23"/>
     <w:rsid w:val="002F6018"/>
+    <w:rsid w:val="002F7181"/>
     <w:rsid w:val="002F78F6"/>
     <w:rsid w:val="003006FB"/>
     <w:rsid w:val="00300BFA"/>
     <w:rsid w:val="00301449"/>
     <w:rsid w:val="00302125"/>
     <w:rsid w:val="003030FF"/>
     <w:rsid w:val="00303692"/>
     <w:rsid w:val="00304692"/>
     <w:rsid w:val="003062A9"/>
     <w:rsid w:val="00310255"/>
     <w:rsid w:val="00310407"/>
     <w:rsid w:val="00310AB3"/>
     <w:rsid w:val="0031182A"/>
     <w:rsid w:val="003128BC"/>
     <w:rsid w:val="00312B0A"/>
     <w:rsid w:val="0031390D"/>
     <w:rsid w:val="003139A9"/>
     <w:rsid w:val="00313D72"/>
     <w:rsid w:val="00314586"/>
     <w:rsid w:val="00314F75"/>
     <w:rsid w:val="00315127"/>
     <w:rsid w:val="00315197"/>
     <w:rsid w:val="00315678"/>
     <w:rsid w:val="00316329"/>
     <w:rsid w:val="003169FB"/>
     <w:rsid w:val="00316A64"/>
     <w:rsid w:val="003171C8"/>
     <w:rsid w:val="00317390"/>
     <w:rsid w:val="0032112E"/>
     <w:rsid w:val="003214C1"/>
     <w:rsid w:val="00321595"/>
     <w:rsid w:val="00321DDE"/>
     <w:rsid w:val="00321DED"/>
+    <w:rsid w:val="00323DF6"/>
     <w:rsid w:val="003246C7"/>
     <w:rsid w:val="00324747"/>
     <w:rsid w:val="00324840"/>
     <w:rsid w:val="003249B5"/>
     <w:rsid w:val="00324CC7"/>
     <w:rsid w:val="003254D8"/>
     <w:rsid w:val="0032609E"/>
     <w:rsid w:val="00326D2A"/>
     <w:rsid w:val="00330086"/>
     <w:rsid w:val="00330456"/>
     <w:rsid w:val="00330849"/>
     <w:rsid w:val="00330A8C"/>
     <w:rsid w:val="0033115F"/>
     <w:rsid w:val="003316CE"/>
     <w:rsid w:val="00331B62"/>
     <w:rsid w:val="0033275F"/>
     <w:rsid w:val="00332934"/>
     <w:rsid w:val="00333145"/>
     <w:rsid w:val="00333A3F"/>
     <w:rsid w:val="00333F7A"/>
     <w:rsid w:val="00334121"/>
     <w:rsid w:val="00334619"/>
     <w:rsid w:val="00334679"/>
     <w:rsid w:val="0033520A"/>
     <w:rsid w:val="00336834"/>
     <w:rsid w:val="00336BA9"/>
     <w:rsid w:val="00336D77"/>
     <w:rsid w:val="00340035"/>
     <w:rsid w:val="003401DF"/>
     <w:rsid w:val="00340E19"/>
     <w:rsid w:val="003412DB"/>
     <w:rsid w:val="003422B2"/>
     <w:rsid w:val="0034294C"/>
+    <w:rsid w:val="00342BBE"/>
     <w:rsid w:val="003434BA"/>
     <w:rsid w:val="00343C70"/>
     <w:rsid w:val="003457AB"/>
     <w:rsid w:val="00346430"/>
     <w:rsid w:val="00346806"/>
     <w:rsid w:val="003471E1"/>
     <w:rsid w:val="003475C4"/>
     <w:rsid w:val="00347685"/>
     <w:rsid w:val="0034794D"/>
     <w:rsid w:val="003505AB"/>
     <w:rsid w:val="0035074D"/>
     <w:rsid w:val="00350957"/>
     <w:rsid w:val="00351091"/>
     <w:rsid w:val="003527EA"/>
     <w:rsid w:val="00353025"/>
     <w:rsid w:val="00353519"/>
     <w:rsid w:val="00353A21"/>
     <w:rsid w:val="00354660"/>
     <w:rsid w:val="00354B48"/>
     <w:rsid w:val="00355647"/>
     <w:rsid w:val="00355C5E"/>
     <w:rsid w:val="00355E86"/>
     <w:rsid w:val="00356B69"/>
     <w:rsid w:val="00356C84"/>
     <w:rsid w:val="003578A9"/>
@@ -25146,50 +16291,51 @@
     <w:rsid w:val="003851C8"/>
     <w:rsid w:val="0038617D"/>
     <w:rsid w:val="003865A8"/>
     <w:rsid w:val="0038677C"/>
     <w:rsid w:val="00386F1D"/>
     <w:rsid w:val="0038767E"/>
     <w:rsid w:val="003901F4"/>
     <w:rsid w:val="00390CD7"/>
     <w:rsid w:val="00390F72"/>
     <w:rsid w:val="0039107F"/>
     <w:rsid w:val="0039120D"/>
     <w:rsid w:val="003935E5"/>
     <w:rsid w:val="003936C4"/>
     <w:rsid w:val="00394F8F"/>
     <w:rsid w:val="00395433"/>
     <w:rsid w:val="00395C1F"/>
     <w:rsid w:val="00396CA9"/>
     <w:rsid w:val="00396CEE"/>
     <w:rsid w:val="0039727B"/>
     <w:rsid w:val="00397A56"/>
     <w:rsid w:val="00397C2B"/>
     <w:rsid w:val="00397DCA"/>
     <w:rsid w:val="003A051C"/>
     <w:rsid w:val="003A15DE"/>
     <w:rsid w:val="003A17FE"/>
+    <w:rsid w:val="003A1A5B"/>
     <w:rsid w:val="003A1D0A"/>
     <w:rsid w:val="003A1F95"/>
     <w:rsid w:val="003A2E82"/>
     <w:rsid w:val="003A2FED"/>
     <w:rsid w:val="003A3EB4"/>
     <w:rsid w:val="003A4407"/>
     <w:rsid w:val="003A4DE0"/>
     <w:rsid w:val="003A4F61"/>
     <w:rsid w:val="003A5092"/>
     <w:rsid w:val="003A514A"/>
     <w:rsid w:val="003A5EEF"/>
     <w:rsid w:val="003A60BA"/>
     <w:rsid w:val="003A7739"/>
     <w:rsid w:val="003A7B78"/>
     <w:rsid w:val="003B0322"/>
     <w:rsid w:val="003B1143"/>
     <w:rsid w:val="003B1AFA"/>
     <w:rsid w:val="003B26BF"/>
     <w:rsid w:val="003B323B"/>
     <w:rsid w:val="003B3C61"/>
     <w:rsid w:val="003B3CC5"/>
     <w:rsid w:val="003B3ED3"/>
     <w:rsid w:val="003B3F89"/>
     <w:rsid w:val="003B439E"/>
     <w:rsid w:val="003B5298"/>
@@ -25198,153 +16344,157 @@
     <w:rsid w:val="003B6632"/>
     <w:rsid w:val="003B66D7"/>
     <w:rsid w:val="003B72E9"/>
     <w:rsid w:val="003B75C6"/>
     <w:rsid w:val="003C08A9"/>
     <w:rsid w:val="003C1BF5"/>
     <w:rsid w:val="003C28D7"/>
     <w:rsid w:val="003C33DA"/>
     <w:rsid w:val="003C3C83"/>
     <w:rsid w:val="003C3CBC"/>
     <w:rsid w:val="003C404E"/>
     <w:rsid w:val="003C5BD1"/>
     <w:rsid w:val="003C5C26"/>
     <w:rsid w:val="003C62B4"/>
     <w:rsid w:val="003C6C09"/>
     <w:rsid w:val="003C6CFA"/>
     <w:rsid w:val="003C7096"/>
     <w:rsid w:val="003C731B"/>
     <w:rsid w:val="003C7A99"/>
     <w:rsid w:val="003D0DC7"/>
     <w:rsid w:val="003D0E4B"/>
     <w:rsid w:val="003D1342"/>
     <w:rsid w:val="003D203A"/>
     <w:rsid w:val="003D275D"/>
     <w:rsid w:val="003D32DB"/>
-    <w:rsid w:val="003D345D"/>
     <w:rsid w:val="003D3C17"/>
     <w:rsid w:val="003D41E7"/>
     <w:rsid w:val="003D42AA"/>
     <w:rsid w:val="003D5279"/>
     <w:rsid w:val="003D6B0A"/>
     <w:rsid w:val="003D7E54"/>
     <w:rsid w:val="003E065F"/>
     <w:rsid w:val="003E0A91"/>
     <w:rsid w:val="003E0FA9"/>
     <w:rsid w:val="003E13C1"/>
     <w:rsid w:val="003E1A8D"/>
     <w:rsid w:val="003E256C"/>
     <w:rsid w:val="003E257C"/>
     <w:rsid w:val="003E2FA4"/>
     <w:rsid w:val="003E3D4D"/>
     <w:rsid w:val="003E4167"/>
+    <w:rsid w:val="003E4912"/>
     <w:rsid w:val="003E4B0F"/>
     <w:rsid w:val="003E4F7E"/>
     <w:rsid w:val="003E58C5"/>
     <w:rsid w:val="003E5902"/>
     <w:rsid w:val="003E5E6D"/>
     <w:rsid w:val="003E66B9"/>
     <w:rsid w:val="003E6F4C"/>
     <w:rsid w:val="003E7A56"/>
     <w:rsid w:val="003E7C3A"/>
     <w:rsid w:val="003E7E36"/>
     <w:rsid w:val="003F0033"/>
     <w:rsid w:val="003F0D7B"/>
     <w:rsid w:val="003F1011"/>
     <w:rsid w:val="003F12C6"/>
     <w:rsid w:val="003F1573"/>
     <w:rsid w:val="003F165D"/>
     <w:rsid w:val="003F28F0"/>
     <w:rsid w:val="003F2A8F"/>
     <w:rsid w:val="003F3031"/>
     <w:rsid w:val="003F359B"/>
     <w:rsid w:val="003F3CBF"/>
     <w:rsid w:val="003F5502"/>
     <w:rsid w:val="003F5604"/>
     <w:rsid w:val="003F6131"/>
     <w:rsid w:val="003F61BD"/>
     <w:rsid w:val="003F6210"/>
     <w:rsid w:val="003F6446"/>
     <w:rsid w:val="003F64A7"/>
     <w:rsid w:val="003F6A88"/>
     <w:rsid w:val="003F72BE"/>
     <w:rsid w:val="003F7BBD"/>
     <w:rsid w:val="0040039C"/>
     <w:rsid w:val="0040059E"/>
     <w:rsid w:val="004014CA"/>
     <w:rsid w:val="00402A46"/>
     <w:rsid w:val="00402C8B"/>
     <w:rsid w:val="004032F7"/>
     <w:rsid w:val="0040357D"/>
     <w:rsid w:val="004036A8"/>
+    <w:rsid w:val="004037CA"/>
     <w:rsid w:val="00403F9C"/>
     <w:rsid w:val="00405427"/>
     <w:rsid w:val="00405CAF"/>
     <w:rsid w:val="00405DE2"/>
     <w:rsid w:val="00405F21"/>
     <w:rsid w:val="00405F7A"/>
+    <w:rsid w:val="004067D6"/>
     <w:rsid w:val="00407053"/>
     <w:rsid w:val="004117AC"/>
     <w:rsid w:val="0041185D"/>
     <w:rsid w:val="00411DA4"/>
     <w:rsid w:val="0041287C"/>
     <w:rsid w:val="00412CEA"/>
     <w:rsid w:val="00413849"/>
     <w:rsid w:val="004144E5"/>
     <w:rsid w:val="0041452D"/>
     <w:rsid w:val="00414F61"/>
     <w:rsid w:val="004154E0"/>
     <w:rsid w:val="0041564D"/>
     <w:rsid w:val="00416EF9"/>
     <w:rsid w:val="004171EB"/>
     <w:rsid w:val="004205C7"/>
     <w:rsid w:val="00420852"/>
     <w:rsid w:val="004208E8"/>
     <w:rsid w:val="00420C1D"/>
     <w:rsid w:val="00421A00"/>
     <w:rsid w:val="00422469"/>
     <w:rsid w:val="0042268A"/>
     <w:rsid w:val="004236F4"/>
     <w:rsid w:val="00423745"/>
     <w:rsid w:val="00423755"/>
     <w:rsid w:val="00424AA5"/>
     <w:rsid w:val="00424DAA"/>
     <w:rsid w:val="00425632"/>
     <w:rsid w:val="004259BC"/>
     <w:rsid w:val="00425B2A"/>
     <w:rsid w:val="00425EE7"/>
     <w:rsid w:val="004262EA"/>
     <w:rsid w:val="00427443"/>
     <w:rsid w:val="00427FD0"/>
     <w:rsid w:val="00427FFA"/>
     <w:rsid w:val="00430B6C"/>
     <w:rsid w:val="00431A33"/>
     <w:rsid w:val="00431C75"/>
     <w:rsid w:val="00432C80"/>
+    <w:rsid w:val="00432CE8"/>
     <w:rsid w:val="004341BC"/>
     <w:rsid w:val="004348D1"/>
     <w:rsid w:val="00434F33"/>
+    <w:rsid w:val="004356D1"/>
     <w:rsid w:val="00435737"/>
     <w:rsid w:val="0043593B"/>
     <w:rsid w:val="0043628B"/>
     <w:rsid w:val="00436CC0"/>
     <w:rsid w:val="00437452"/>
     <w:rsid w:val="00440067"/>
     <w:rsid w:val="004400B0"/>
     <w:rsid w:val="004400C9"/>
     <w:rsid w:val="004406C3"/>
     <w:rsid w:val="00440BFC"/>
     <w:rsid w:val="004423C9"/>
     <w:rsid w:val="00442748"/>
     <w:rsid w:val="00442A23"/>
     <w:rsid w:val="00442C9D"/>
     <w:rsid w:val="0044376C"/>
     <w:rsid w:val="004441CF"/>
     <w:rsid w:val="0044456E"/>
     <w:rsid w:val="00445312"/>
     <w:rsid w:val="004454FE"/>
     <w:rsid w:val="004467D2"/>
     <w:rsid w:val="004473C9"/>
     <w:rsid w:val="00447BF1"/>
     <w:rsid w:val="0045029C"/>
     <w:rsid w:val="004502D1"/>
     <w:rsid w:val="00450783"/>
@@ -25373,317 +16523,330 @@
     <w:rsid w:val="00471906"/>
     <w:rsid w:val="0047207C"/>
     <w:rsid w:val="0047280D"/>
     <w:rsid w:val="00472C3E"/>
     <w:rsid w:val="00473881"/>
     <w:rsid w:val="00473E4E"/>
     <w:rsid w:val="004743CB"/>
     <w:rsid w:val="00474928"/>
     <w:rsid w:val="00477D73"/>
     <w:rsid w:val="0048046C"/>
     <w:rsid w:val="00481713"/>
     <w:rsid w:val="0048185B"/>
     <w:rsid w:val="00482B69"/>
     <w:rsid w:val="00482C23"/>
     <w:rsid w:val="00482D8D"/>
     <w:rsid w:val="00482F10"/>
     <w:rsid w:val="00483E0F"/>
     <w:rsid w:val="004841C2"/>
     <w:rsid w:val="004849D1"/>
     <w:rsid w:val="004856BE"/>
     <w:rsid w:val="004860D0"/>
     <w:rsid w:val="00486735"/>
     <w:rsid w:val="0048787A"/>
     <w:rsid w:val="00490098"/>
     <w:rsid w:val="004901A0"/>
+    <w:rsid w:val="00490237"/>
     <w:rsid w:val="00490C3E"/>
     <w:rsid w:val="00491275"/>
     <w:rsid w:val="004913B8"/>
     <w:rsid w:val="0049198D"/>
     <w:rsid w:val="0049217E"/>
     <w:rsid w:val="0049222C"/>
     <w:rsid w:val="00495A9C"/>
     <w:rsid w:val="004964E3"/>
     <w:rsid w:val="00496F16"/>
     <w:rsid w:val="004A0113"/>
     <w:rsid w:val="004A02A1"/>
     <w:rsid w:val="004A0734"/>
     <w:rsid w:val="004A1613"/>
     <w:rsid w:val="004A1D20"/>
     <w:rsid w:val="004A2524"/>
     <w:rsid w:val="004A4B61"/>
     <w:rsid w:val="004A4F02"/>
     <w:rsid w:val="004A5B74"/>
     <w:rsid w:val="004A5CEA"/>
     <w:rsid w:val="004A6520"/>
     <w:rsid w:val="004A6BD9"/>
+    <w:rsid w:val="004A70C3"/>
     <w:rsid w:val="004A70F0"/>
     <w:rsid w:val="004A749D"/>
     <w:rsid w:val="004B089F"/>
     <w:rsid w:val="004B100B"/>
     <w:rsid w:val="004B102A"/>
     <w:rsid w:val="004B107D"/>
     <w:rsid w:val="004B1ACA"/>
     <w:rsid w:val="004B23FA"/>
     <w:rsid w:val="004B267C"/>
     <w:rsid w:val="004B2A8F"/>
     <w:rsid w:val="004B50CB"/>
     <w:rsid w:val="004B5114"/>
     <w:rsid w:val="004B532D"/>
     <w:rsid w:val="004B5620"/>
     <w:rsid w:val="004B5B5E"/>
     <w:rsid w:val="004B66CC"/>
     <w:rsid w:val="004B6D68"/>
     <w:rsid w:val="004B6F52"/>
     <w:rsid w:val="004B7223"/>
     <w:rsid w:val="004B78BB"/>
     <w:rsid w:val="004B79F5"/>
     <w:rsid w:val="004B7D45"/>
     <w:rsid w:val="004C0D79"/>
+    <w:rsid w:val="004C3758"/>
     <w:rsid w:val="004C3D24"/>
     <w:rsid w:val="004C4267"/>
     <w:rsid w:val="004C599D"/>
     <w:rsid w:val="004C66BE"/>
     <w:rsid w:val="004C6B24"/>
     <w:rsid w:val="004C70C8"/>
     <w:rsid w:val="004C71D5"/>
     <w:rsid w:val="004D0555"/>
     <w:rsid w:val="004D056A"/>
     <w:rsid w:val="004D0B36"/>
     <w:rsid w:val="004D0D57"/>
     <w:rsid w:val="004D2126"/>
     <w:rsid w:val="004D2B4C"/>
     <w:rsid w:val="004D30A0"/>
     <w:rsid w:val="004D30F0"/>
     <w:rsid w:val="004D33CE"/>
     <w:rsid w:val="004D4755"/>
     <w:rsid w:val="004D4F29"/>
     <w:rsid w:val="004D54F5"/>
     <w:rsid w:val="004D5F95"/>
     <w:rsid w:val="004D6C3A"/>
     <w:rsid w:val="004D6C74"/>
     <w:rsid w:val="004D6F6D"/>
     <w:rsid w:val="004D6FB2"/>
     <w:rsid w:val="004D78E2"/>
     <w:rsid w:val="004D7A07"/>
     <w:rsid w:val="004E10C6"/>
     <w:rsid w:val="004E15A3"/>
     <w:rsid w:val="004E1D5C"/>
     <w:rsid w:val="004E1E78"/>
     <w:rsid w:val="004E1EF9"/>
     <w:rsid w:val="004E2091"/>
     <w:rsid w:val="004E20C4"/>
     <w:rsid w:val="004E221E"/>
     <w:rsid w:val="004E25E9"/>
     <w:rsid w:val="004E3501"/>
     <w:rsid w:val="004E3879"/>
     <w:rsid w:val="004E4107"/>
     <w:rsid w:val="004E47C9"/>
     <w:rsid w:val="004E4D9C"/>
     <w:rsid w:val="004E5253"/>
     <w:rsid w:val="004E57F9"/>
     <w:rsid w:val="004E5C17"/>
     <w:rsid w:val="004E5CEC"/>
     <w:rsid w:val="004E5F57"/>
     <w:rsid w:val="004E63BA"/>
     <w:rsid w:val="004E680F"/>
     <w:rsid w:val="004E6EBF"/>
     <w:rsid w:val="004E6EE7"/>
     <w:rsid w:val="004E76CC"/>
+    <w:rsid w:val="004E7B6D"/>
     <w:rsid w:val="004F0624"/>
     <w:rsid w:val="004F15F8"/>
     <w:rsid w:val="004F199B"/>
     <w:rsid w:val="004F2914"/>
     <w:rsid w:val="004F2A49"/>
     <w:rsid w:val="004F3012"/>
     <w:rsid w:val="004F30E1"/>
     <w:rsid w:val="004F325C"/>
     <w:rsid w:val="004F339E"/>
     <w:rsid w:val="004F384D"/>
     <w:rsid w:val="004F533D"/>
     <w:rsid w:val="004F5CA9"/>
     <w:rsid w:val="004F67BA"/>
     <w:rsid w:val="004F6BF5"/>
     <w:rsid w:val="004F7C54"/>
     <w:rsid w:val="0050234F"/>
+    <w:rsid w:val="00502B35"/>
     <w:rsid w:val="00503AED"/>
     <w:rsid w:val="00503B28"/>
     <w:rsid w:val="005053F5"/>
     <w:rsid w:val="00505E2B"/>
     <w:rsid w:val="0050639B"/>
+    <w:rsid w:val="00506477"/>
     <w:rsid w:val="00506A8E"/>
     <w:rsid w:val="00506CE2"/>
     <w:rsid w:val="0050721C"/>
     <w:rsid w:val="005072EB"/>
     <w:rsid w:val="00507305"/>
     <w:rsid w:val="0050754F"/>
     <w:rsid w:val="00507555"/>
     <w:rsid w:val="005075D1"/>
     <w:rsid w:val="00507F81"/>
     <w:rsid w:val="00507FC9"/>
     <w:rsid w:val="00510216"/>
     <w:rsid w:val="005109CB"/>
     <w:rsid w:val="00510B6B"/>
     <w:rsid w:val="00510DAE"/>
     <w:rsid w:val="00511567"/>
     <w:rsid w:val="0051168B"/>
     <w:rsid w:val="00511DDB"/>
     <w:rsid w:val="005121E4"/>
+    <w:rsid w:val="00512BA6"/>
     <w:rsid w:val="00512F27"/>
     <w:rsid w:val="005137E0"/>
     <w:rsid w:val="00513EE0"/>
     <w:rsid w:val="005145CA"/>
     <w:rsid w:val="00515E4E"/>
     <w:rsid w:val="005166CA"/>
     <w:rsid w:val="00516809"/>
     <w:rsid w:val="0051754E"/>
     <w:rsid w:val="00520A2F"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="00521923"/>
     <w:rsid w:val="00522EEB"/>
     <w:rsid w:val="005231B7"/>
     <w:rsid w:val="00523461"/>
     <w:rsid w:val="00523BAE"/>
     <w:rsid w:val="00524602"/>
     <w:rsid w:val="00524852"/>
     <w:rsid w:val="00525E36"/>
     <w:rsid w:val="005260E4"/>
     <w:rsid w:val="00526172"/>
     <w:rsid w:val="0052622F"/>
     <w:rsid w:val="00526F54"/>
     <w:rsid w:val="00527CE8"/>
     <w:rsid w:val="0053018E"/>
     <w:rsid w:val="00531343"/>
     <w:rsid w:val="0053156E"/>
     <w:rsid w:val="00532426"/>
     <w:rsid w:val="00532A22"/>
     <w:rsid w:val="00532C05"/>
     <w:rsid w:val="0053344C"/>
     <w:rsid w:val="00533E6F"/>
     <w:rsid w:val="00534410"/>
     <w:rsid w:val="00534885"/>
     <w:rsid w:val="00534B37"/>
     <w:rsid w:val="00535668"/>
     <w:rsid w:val="00535BE7"/>
     <w:rsid w:val="0053616B"/>
     <w:rsid w:val="00537B38"/>
     <w:rsid w:val="00537F42"/>
     <w:rsid w:val="005401F8"/>
+    <w:rsid w:val="005408E0"/>
     <w:rsid w:val="005416F9"/>
     <w:rsid w:val="00543349"/>
     <w:rsid w:val="0054377A"/>
     <w:rsid w:val="0054459A"/>
     <w:rsid w:val="0054465D"/>
     <w:rsid w:val="00544D7E"/>
     <w:rsid w:val="0054591C"/>
+    <w:rsid w:val="00547398"/>
+    <w:rsid w:val="0054757C"/>
     <w:rsid w:val="00547E95"/>
     <w:rsid w:val="0055092C"/>
     <w:rsid w:val="00550CFE"/>
     <w:rsid w:val="00551290"/>
     <w:rsid w:val="005516B4"/>
     <w:rsid w:val="00552CA1"/>
     <w:rsid w:val="00553B21"/>
     <w:rsid w:val="00554D91"/>
     <w:rsid w:val="00555F18"/>
     <w:rsid w:val="0055627B"/>
     <w:rsid w:val="005567CE"/>
     <w:rsid w:val="00556812"/>
     <w:rsid w:val="00556FD3"/>
     <w:rsid w:val="005571D4"/>
     <w:rsid w:val="00557409"/>
     <w:rsid w:val="0055796C"/>
     <w:rsid w:val="00557C32"/>
     <w:rsid w:val="005601A1"/>
     <w:rsid w:val="00561069"/>
     <w:rsid w:val="005610AD"/>
     <w:rsid w:val="005610BB"/>
     <w:rsid w:val="005614AC"/>
     <w:rsid w:val="005617FB"/>
+    <w:rsid w:val="00561B93"/>
     <w:rsid w:val="00563242"/>
     <w:rsid w:val="00564412"/>
     <w:rsid w:val="0056462D"/>
     <w:rsid w:val="0056535C"/>
     <w:rsid w:val="00565564"/>
     <w:rsid w:val="00565D27"/>
     <w:rsid w:val="00565F8A"/>
     <w:rsid w:val="00566A5D"/>
     <w:rsid w:val="005678A2"/>
     <w:rsid w:val="00567C39"/>
     <w:rsid w:val="005713FB"/>
     <w:rsid w:val="00571A9C"/>
     <w:rsid w:val="00571FE5"/>
     <w:rsid w:val="00572018"/>
     <w:rsid w:val="00572394"/>
     <w:rsid w:val="00573502"/>
     <w:rsid w:val="0057355F"/>
     <w:rsid w:val="00573BB5"/>
     <w:rsid w:val="00574006"/>
     <w:rsid w:val="00574616"/>
     <w:rsid w:val="005749B4"/>
     <w:rsid w:val="005749E7"/>
     <w:rsid w:val="00574ADB"/>
     <w:rsid w:val="005754F8"/>
     <w:rsid w:val="00575FD3"/>
     <w:rsid w:val="00577CE1"/>
     <w:rsid w:val="00580A61"/>
     <w:rsid w:val="00580FC2"/>
     <w:rsid w:val="00581343"/>
     <w:rsid w:val="0058183D"/>
     <w:rsid w:val="005829FE"/>
     <w:rsid w:val="00583B16"/>
     <w:rsid w:val="00584BA9"/>
     <w:rsid w:val="00584D78"/>
     <w:rsid w:val="005855B4"/>
     <w:rsid w:val="005876B3"/>
     <w:rsid w:val="00590206"/>
+    <w:rsid w:val="00591536"/>
     <w:rsid w:val="00592E0A"/>
     <w:rsid w:val="00593E6D"/>
     <w:rsid w:val="00594A9A"/>
     <w:rsid w:val="00594E99"/>
     <w:rsid w:val="0059594E"/>
     <w:rsid w:val="00597500"/>
     <w:rsid w:val="00597635"/>
     <w:rsid w:val="005978CA"/>
     <w:rsid w:val="005979B6"/>
     <w:rsid w:val="00597BFC"/>
     <w:rsid w:val="00597E64"/>
     <w:rsid w:val="005A03A9"/>
     <w:rsid w:val="005A1C62"/>
     <w:rsid w:val="005A1CE6"/>
     <w:rsid w:val="005A22E2"/>
     <w:rsid w:val="005A2D22"/>
     <w:rsid w:val="005A342F"/>
     <w:rsid w:val="005A3762"/>
     <w:rsid w:val="005A393C"/>
     <w:rsid w:val="005A3C75"/>
     <w:rsid w:val="005A55BD"/>
     <w:rsid w:val="005A6239"/>
     <w:rsid w:val="005A64F2"/>
     <w:rsid w:val="005A7D5B"/>
     <w:rsid w:val="005A7F75"/>
     <w:rsid w:val="005B120D"/>
     <w:rsid w:val="005B12D2"/>
+    <w:rsid w:val="005B190F"/>
     <w:rsid w:val="005B1AC5"/>
     <w:rsid w:val="005B242C"/>
     <w:rsid w:val="005B29AF"/>
     <w:rsid w:val="005B2AF8"/>
     <w:rsid w:val="005B439E"/>
     <w:rsid w:val="005B4A02"/>
     <w:rsid w:val="005B4C1B"/>
     <w:rsid w:val="005B4C39"/>
     <w:rsid w:val="005B55EF"/>
     <w:rsid w:val="005B5AFF"/>
     <w:rsid w:val="005B6616"/>
     <w:rsid w:val="005B684C"/>
     <w:rsid w:val="005B756E"/>
     <w:rsid w:val="005B769D"/>
     <w:rsid w:val="005B7CC3"/>
     <w:rsid w:val="005B7D18"/>
     <w:rsid w:val="005C0344"/>
     <w:rsid w:val="005C03C4"/>
     <w:rsid w:val="005C0439"/>
     <w:rsid w:val="005C0488"/>
     <w:rsid w:val="005C06DF"/>
     <w:rsid w:val="005C0B17"/>
     <w:rsid w:val="005C0BD9"/>
     <w:rsid w:val="005C0F63"/>
     <w:rsid w:val="005C1AFA"/>
@@ -25718,50 +16881,51 @@
     <w:rsid w:val="005D648A"/>
     <w:rsid w:val="005D6859"/>
     <w:rsid w:val="005D7AA6"/>
     <w:rsid w:val="005D7E7F"/>
     <w:rsid w:val="005E01F1"/>
     <w:rsid w:val="005E02B2"/>
     <w:rsid w:val="005E0801"/>
     <w:rsid w:val="005E0F49"/>
     <w:rsid w:val="005E181E"/>
     <w:rsid w:val="005E187F"/>
     <w:rsid w:val="005E1FFE"/>
     <w:rsid w:val="005E2E48"/>
     <w:rsid w:val="005E2F40"/>
     <w:rsid w:val="005E3D59"/>
     <w:rsid w:val="005E3D70"/>
     <w:rsid w:val="005E3DC2"/>
     <w:rsid w:val="005E466B"/>
     <w:rsid w:val="005E4BCD"/>
     <w:rsid w:val="005E4D9A"/>
     <w:rsid w:val="005E64D4"/>
     <w:rsid w:val="005E6520"/>
     <w:rsid w:val="005E6842"/>
     <w:rsid w:val="005E6C85"/>
     <w:rsid w:val="005E73FD"/>
     <w:rsid w:val="005F113D"/>
+    <w:rsid w:val="005F1143"/>
     <w:rsid w:val="005F2672"/>
     <w:rsid w:val="005F2A2C"/>
     <w:rsid w:val="005F2DB8"/>
     <w:rsid w:val="005F3CE7"/>
     <w:rsid w:val="005F3E18"/>
     <w:rsid w:val="005F487C"/>
     <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F63B5"/>
     <w:rsid w:val="005F7822"/>
     <w:rsid w:val="00600335"/>
     <w:rsid w:val="00600661"/>
     <w:rsid w:val="00600755"/>
     <w:rsid w:val="00601130"/>
     <w:rsid w:val="00601188"/>
     <w:rsid w:val="00601423"/>
     <w:rsid w:val="006016E4"/>
     <w:rsid w:val="00601C98"/>
     <w:rsid w:val="00601FBF"/>
     <w:rsid w:val="00602229"/>
     <w:rsid w:val="006022B3"/>
     <w:rsid w:val="00602603"/>
     <w:rsid w:val="0060314C"/>
     <w:rsid w:val="006036BA"/>
     <w:rsid w:val="00604B7F"/>
     <w:rsid w:val="00606891"/>
@@ -25825,231 +16989,241 @@
     <w:rsid w:val="0063613E"/>
     <w:rsid w:val="006376EA"/>
     <w:rsid w:val="0063797E"/>
     <w:rsid w:val="00637B19"/>
     <w:rsid w:val="00637E7E"/>
     <w:rsid w:val="00640273"/>
     <w:rsid w:val="00640D70"/>
     <w:rsid w:val="006414A3"/>
     <w:rsid w:val="0064203B"/>
     <w:rsid w:val="0064301E"/>
     <w:rsid w:val="0064379E"/>
     <w:rsid w:val="00644749"/>
     <w:rsid w:val="006452C7"/>
     <w:rsid w:val="0064530C"/>
     <w:rsid w:val="006457A2"/>
     <w:rsid w:val="006457CB"/>
     <w:rsid w:val="006460F7"/>
     <w:rsid w:val="0064704A"/>
     <w:rsid w:val="0064717F"/>
     <w:rsid w:val="0064732D"/>
     <w:rsid w:val="006501D4"/>
     <w:rsid w:val="006502B2"/>
     <w:rsid w:val="00650D9F"/>
     <w:rsid w:val="00650DC3"/>
     <w:rsid w:val="0065209F"/>
+    <w:rsid w:val="006520B9"/>
     <w:rsid w:val="00652FB8"/>
     <w:rsid w:val="00653880"/>
     <w:rsid w:val="006541AE"/>
     <w:rsid w:val="00654C14"/>
     <w:rsid w:val="00655161"/>
     <w:rsid w:val="00656143"/>
     <w:rsid w:val="00656B48"/>
     <w:rsid w:val="00657814"/>
     <w:rsid w:val="00657ACE"/>
     <w:rsid w:val="00661B4F"/>
     <w:rsid w:val="00662C0E"/>
     <w:rsid w:val="00662C10"/>
     <w:rsid w:val="00662E8C"/>
     <w:rsid w:val="006638B0"/>
     <w:rsid w:val="0066406F"/>
     <w:rsid w:val="00664847"/>
     <w:rsid w:val="00664EEF"/>
+    <w:rsid w:val="00665150"/>
     <w:rsid w:val="0066548D"/>
     <w:rsid w:val="006655C7"/>
     <w:rsid w:val="006658D9"/>
     <w:rsid w:val="0066625E"/>
     <w:rsid w:val="006667C7"/>
     <w:rsid w:val="0066689B"/>
     <w:rsid w:val="006674DB"/>
     <w:rsid w:val="00667AEE"/>
     <w:rsid w:val="00667CFB"/>
     <w:rsid w:val="00667F55"/>
     <w:rsid w:val="0067067E"/>
     <w:rsid w:val="006719B6"/>
     <w:rsid w:val="00672AF5"/>
     <w:rsid w:val="00672F20"/>
     <w:rsid w:val="00675599"/>
     <w:rsid w:val="00675CCB"/>
     <w:rsid w:val="0067664F"/>
     <w:rsid w:val="00677BD0"/>
     <w:rsid w:val="0068094C"/>
     <w:rsid w:val="00680A6E"/>
     <w:rsid w:val="00681D33"/>
     <w:rsid w:val="00682341"/>
     <w:rsid w:val="00682737"/>
     <w:rsid w:val="00682895"/>
+    <w:rsid w:val="00682B2D"/>
     <w:rsid w:val="00682BAA"/>
     <w:rsid w:val="00683CE7"/>
     <w:rsid w:val="00684209"/>
     <w:rsid w:val="006848A7"/>
     <w:rsid w:val="006849AF"/>
     <w:rsid w:val="006849B5"/>
     <w:rsid w:val="00684FD7"/>
     <w:rsid w:val="00685308"/>
     <w:rsid w:val="006870EF"/>
     <w:rsid w:val="00687F04"/>
     <w:rsid w:val="00690847"/>
     <w:rsid w:val="00690CAC"/>
     <w:rsid w:val="006911CD"/>
     <w:rsid w:val="006912E6"/>
     <w:rsid w:val="006917C5"/>
     <w:rsid w:val="00691884"/>
     <w:rsid w:val="00692007"/>
     <w:rsid w:val="0069232B"/>
     <w:rsid w:val="006927ED"/>
     <w:rsid w:val="00692B57"/>
+    <w:rsid w:val="006934C1"/>
     <w:rsid w:val="00694911"/>
     <w:rsid w:val="00694DE0"/>
     <w:rsid w:val="00694E79"/>
     <w:rsid w:val="00695112"/>
     <w:rsid w:val="00696596"/>
     <w:rsid w:val="006967C5"/>
     <w:rsid w:val="00696958"/>
     <w:rsid w:val="006A0C01"/>
     <w:rsid w:val="006A1205"/>
     <w:rsid w:val="006A1A2E"/>
     <w:rsid w:val="006A2453"/>
     <w:rsid w:val="006A24F0"/>
     <w:rsid w:val="006A26A2"/>
     <w:rsid w:val="006A2EEE"/>
     <w:rsid w:val="006A3801"/>
     <w:rsid w:val="006A4E07"/>
     <w:rsid w:val="006A57D1"/>
     <w:rsid w:val="006A59C1"/>
     <w:rsid w:val="006A6A0C"/>
     <w:rsid w:val="006A6C1D"/>
     <w:rsid w:val="006B01FB"/>
     <w:rsid w:val="006B05F0"/>
     <w:rsid w:val="006B28DB"/>
     <w:rsid w:val="006B397F"/>
     <w:rsid w:val="006B3F81"/>
     <w:rsid w:val="006B4F9B"/>
     <w:rsid w:val="006B50DF"/>
     <w:rsid w:val="006B5130"/>
     <w:rsid w:val="006B5CA5"/>
     <w:rsid w:val="006B699C"/>
     <w:rsid w:val="006B7AA7"/>
     <w:rsid w:val="006B7B86"/>
     <w:rsid w:val="006C0161"/>
     <w:rsid w:val="006C0565"/>
     <w:rsid w:val="006C1DD6"/>
     <w:rsid w:val="006C34B4"/>
     <w:rsid w:val="006C4691"/>
     <w:rsid w:val="006C61D3"/>
     <w:rsid w:val="006C6311"/>
     <w:rsid w:val="006C64F9"/>
     <w:rsid w:val="006C6CAD"/>
     <w:rsid w:val="006C7641"/>
     <w:rsid w:val="006D0021"/>
     <w:rsid w:val="006D077D"/>
     <w:rsid w:val="006D0990"/>
     <w:rsid w:val="006D0E92"/>
     <w:rsid w:val="006D1F23"/>
+    <w:rsid w:val="006D262A"/>
     <w:rsid w:val="006D2733"/>
     <w:rsid w:val="006D2748"/>
+    <w:rsid w:val="006D2E5F"/>
     <w:rsid w:val="006D3AF3"/>
     <w:rsid w:val="006D44BD"/>
     <w:rsid w:val="006D4F30"/>
     <w:rsid w:val="006D5036"/>
     <w:rsid w:val="006D69BA"/>
     <w:rsid w:val="006D6CEA"/>
     <w:rsid w:val="006D7D86"/>
     <w:rsid w:val="006E00BB"/>
     <w:rsid w:val="006E1032"/>
     <w:rsid w:val="006E16C4"/>
     <w:rsid w:val="006E1818"/>
     <w:rsid w:val="006E3A98"/>
     <w:rsid w:val="006E3F23"/>
     <w:rsid w:val="006E40E0"/>
     <w:rsid w:val="006E41E3"/>
     <w:rsid w:val="006E4552"/>
     <w:rsid w:val="006E4D29"/>
     <w:rsid w:val="006E5083"/>
     <w:rsid w:val="006E5967"/>
     <w:rsid w:val="006E59B6"/>
     <w:rsid w:val="006E5F90"/>
     <w:rsid w:val="006E689C"/>
     <w:rsid w:val="006E6C26"/>
     <w:rsid w:val="006F057D"/>
     <w:rsid w:val="006F08C9"/>
     <w:rsid w:val="006F08E6"/>
     <w:rsid w:val="006F1DDE"/>
     <w:rsid w:val="006F1E4A"/>
     <w:rsid w:val="006F411B"/>
     <w:rsid w:val="006F440E"/>
     <w:rsid w:val="006F4837"/>
     <w:rsid w:val="006F4BD8"/>
+    <w:rsid w:val="006F5054"/>
     <w:rsid w:val="006F56BE"/>
     <w:rsid w:val="006F5EB3"/>
     <w:rsid w:val="006F5F5C"/>
     <w:rsid w:val="006F7499"/>
     <w:rsid w:val="007004FB"/>
     <w:rsid w:val="007011E3"/>
     <w:rsid w:val="0070238A"/>
     <w:rsid w:val="00702BAC"/>
     <w:rsid w:val="00702F49"/>
     <w:rsid w:val="00703568"/>
     <w:rsid w:val="007037F4"/>
     <w:rsid w:val="007038D9"/>
     <w:rsid w:val="00703AC4"/>
     <w:rsid w:val="00703EB5"/>
     <w:rsid w:val="00703F45"/>
     <w:rsid w:val="00704454"/>
     <w:rsid w:val="00704749"/>
     <w:rsid w:val="00705C8A"/>
     <w:rsid w:val="007063B9"/>
     <w:rsid w:val="00706DD0"/>
     <w:rsid w:val="00707B53"/>
     <w:rsid w:val="007102C9"/>
+    <w:rsid w:val="007102D5"/>
     <w:rsid w:val="00710339"/>
     <w:rsid w:val="007104EF"/>
     <w:rsid w:val="007107D1"/>
     <w:rsid w:val="00710BB4"/>
     <w:rsid w:val="00710E30"/>
     <w:rsid w:val="00711E26"/>
     <w:rsid w:val="00711E85"/>
     <w:rsid w:val="00712932"/>
     <w:rsid w:val="00713305"/>
     <w:rsid w:val="007135E2"/>
     <w:rsid w:val="0071425B"/>
     <w:rsid w:val="00714A18"/>
+    <w:rsid w:val="00714B50"/>
     <w:rsid w:val="00715A1F"/>
     <w:rsid w:val="00715E1E"/>
     <w:rsid w:val="00716411"/>
     <w:rsid w:val="00716A73"/>
     <w:rsid w:val="00716AFF"/>
+    <w:rsid w:val="00716B6A"/>
     <w:rsid w:val="00716BC6"/>
     <w:rsid w:val="0071728B"/>
     <w:rsid w:val="007172F8"/>
     <w:rsid w:val="007200D7"/>
     <w:rsid w:val="00720E9F"/>
     <w:rsid w:val="007213AC"/>
     <w:rsid w:val="0072167F"/>
     <w:rsid w:val="00722EF4"/>
     <w:rsid w:val="007241A3"/>
     <w:rsid w:val="007242BA"/>
     <w:rsid w:val="007249D5"/>
     <w:rsid w:val="00724C3E"/>
     <w:rsid w:val="0072525E"/>
     <w:rsid w:val="00725AB0"/>
     <w:rsid w:val="00725CA3"/>
     <w:rsid w:val="00726A38"/>
     <w:rsid w:val="00726D9A"/>
     <w:rsid w:val="00726E02"/>
     <w:rsid w:val="007278D9"/>
     <w:rsid w:val="00727B19"/>
     <w:rsid w:val="00727BDD"/>
     <w:rsid w:val="00730387"/>
     <w:rsid w:val="00730404"/>
     <w:rsid w:val="007309DF"/>
     <w:rsid w:val="007315D4"/>
@@ -26066,131 +17240,135 @@
     <w:rsid w:val="0073737E"/>
     <w:rsid w:val="0073794A"/>
     <w:rsid w:val="00737A14"/>
     <w:rsid w:val="007404F3"/>
     <w:rsid w:val="00741423"/>
     <w:rsid w:val="007426DC"/>
     <w:rsid w:val="007434BC"/>
     <w:rsid w:val="00743884"/>
     <w:rsid w:val="00743D1D"/>
     <w:rsid w:val="0074479A"/>
     <w:rsid w:val="00745350"/>
     <w:rsid w:val="00745C85"/>
     <w:rsid w:val="00746686"/>
     <w:rsid w:val="007472C9"/>
     <w:rsid w:val="00747426"/>
     <w:rsid w:val="007501C9"/>
     <w:rsid w:val="00750903"/>
     <w:rsid w:val="00750EAF"/>
     <w:rsid w:val="0075170B"/>
     <w:rsid w:val="0075297D"/>
     <w:rsid w:val="00752D4A"/>
     <w:rsid w:val="00752DE5"/>
     <w:rsid w:val="007542FF"/>
     <w:rsid w:val="00754A9F"/>
     <w:rsid w:val="0075586F"/>
+    <w:rsid w:val="00755AD9"/>
     <w:rsid w:val="00755EF8"/>
     <w:rsid w:val="0075635A"/>
     <w:rsid w:val="007565B0"/>
     <w:rsid w:val="0075696F"/>
     <w:rsid w:val="007578AA"/>
     <w:rsid w:val="00760A0F"/>
     <w:rsid w:val="00760D4C"/>
     <w:rsid w:val="007610B9"/>
     <w:rsid w:val="007622F2"/>
     <w:rsid w:val="00762927"/>
     <w:rsid w:val="00762AE9"/>
     <w:rsid w:val="00763677"/>
     <w:rsid w:val="007641B8"/>
     <w:rsid w:val="00765237"/>
     <w:rsid w:val="00765461"/>
     <w:rsid w:val="0076551A"/>
     <w:rsid w:val="007655E4"/>
     <w:rsid w:val="007673F0"/>
     <w:rsid w:val="00767DA2"/>
     <w:rsid w:val="00767DD2"/>
     <w:rsid w:val="0077033B"/>
     <w:rsid w:val="00770754"/>
     <w:rsid w:val="00770CED"/>
     <w:rsid w:val="00771169"/>
     <w:rsid w:val="00771EB2"/>
     <w:rsid w:val="007726CA"/>
     <w:rsid w:val="00772FA5"/>
     <w:rsid w:val="00773490"/>
     <w:rsid w:val="0077495E"/>
     <w:rsid w:val="0077521C"/>
     <w:rsid w:val="007752F5"/>
     <w:rsid w:val="00775332"/>
     <w:rsid w:val="00776134"/>
     <w:rsid w:val="00776BE6"/>
     <w:rsid w:val="00776ED7"/>
     <w:rsid w:val="00777006"/>
     <w:rsid w:val="00780360"/>
     <w:rsid w:val="0078089B"/>
     <w:rsid w:val="00781414"/>
     <w:rsid w:val="00782184"/>
+    <w:rsid w:val="00782A51"/>
     <w:rsid w:val="00782BD9"/>
+    <w:rsid w:val="00782BDE"/>
     <w:rsid w:val="00782F48"/>
     <w:rsid w:val="007834B4"/>
     <w:rsid w:val="00783824"/>
     <w:rsid w:val="00783C46"/>
     <w:rsid w:val="00783C76"/>
     <w:rsid w:val="007843A6"/>
     <w:rsid w:val="007850CC"/>
     <w:rsid w:val="00785923"/>
     <w:rsid w:val="00785C85"/>
     <w:rsid w:val="00786AC5"/>
     <w:rsid w:val="00791CDE"/>
     <w:rsid w:val="00791D3B"/>
     <w:rsid w:val="007923E2"/>
     <w:rsid w:val="00793219"/>
     <w:rsid w:val="007932C8"/>
     <w:rsid w:val="007932E4"/>
     <w:rsid w:val="0079389F"/>
     <w:rsid w:val="00793FB6"/>
     <w:rsid w:val="0079402C"/>
     <w:rsid w:val="00794DFF"/>
     <w:rsid w:val="0079519F"/>
     <w:rsid w:val="00795296"/>
     <w:rsid w:val="0079540E"/>
     <w:rsid w:val="00795B9B"/>
     <w:rsid w:val="00796518"/>
     <w:rsid w:val="007966CC"/>
     <w:rsid w:val="00796BB8"/>
     <w:rsid w:val="00797EB3"/>
     <w:rsid w:val="007A075B"/>
     <w:rsid w:val="007A09F3"/>
     <w:rsid w:val="007A27F4"/>
     <w:rsid w:val="007A2AAC"/>
     <w:rsid w:val="007A3B8D"/>
     <w:rsid w:val="007A3DDB"/>
     <w:rsid w:val="007A3FD6"/>
     <w:rsid w:val="007A522E"/>
     <w:rsid w:val="007A5DC7"/>
     <w:rsid w:val="007A6D8C"/>
     <w:rsid w:val="007A7E42"/>
     <w:rsid w:val="007B044C"/>
+    <w:rsid w:val="007B10C4"/>
     <w:rsid w:val="007B1210"/>
     <w:rsid w:val="007B12FA"/>
     <w:rsid w:val="007B24EE"/>
     <w:rsid w:val="007B2AA4"/>
     <w:rsid w:val="007B32B5"/>
     <w:rsid w:val="007B3536"/>
     <w:rsid w:val="007B3F8D"/>
     <w:rsid w:val="007B4948"/>
     <w:rsid w:val="007B5079"/>
     <w:rsid w:val="007B56A2"/>
     <w:rsid w:val="007B5FE6"/>
     <w:rsid w:val="007B5FF7"/>
     <w:rsid w:val="007B6028"/>
     <w:rsid w:val="007B72F9"/>
     <w:rsid w:val="007B7300"/>
     <w:rsid w:val="007B7A7F"/>
     <w:rsid w:val="007C097E"/>
     <w:rsid w:val="007C1052"/>
     <w:rsid w:val="007C3A12"/>
     <w:rsid w:val="007C3E2F"/>
     <w:rsid w:val="007C4192"/>
     <w:rsid w:val="007C4604"/>
     <w:rsid w:val="007C484E"/>
     <w:rsid w:val="007C4D7A"/>
     <w:rsid w:val="007C5728"/>
@@ -26216,96 +17394,100 @@
     <w:rsid w:val="007D573C"/>
     <w:rsid w:val="007D5A59"/>
     <w:rsid w:val="007D5E00"/>
     <w:rsid w:val="007D6129"/>
     <w:rsid w:val="007D6379"/>
     <w:rsid w:val="007D639A"/>
     <w:rsid w:val="007D66CC"/>
     <w:rsid w:val="007D700F"/>
     <w:rsid w:val="007D7E7E"/>
     <w:rsid w:val="007E0144"/>
     <w:rsid w:val="007E0713"/>
     <w:rsid w:val="007E16B2"/>
     <w:rsid w:val="007E2A79"/>
     <w:rsid w:val="007E2BF0"/>
     <w:rsid w:val="007E377F"/>
     <w:rsid w:val="007E38A9"/>
     <w:rsid w:val="007E3D4D"/>
     <w:rsid w:val="007E3ED0"/>
     <w:rsid w:val="007E42EF"/>
     <w:rsid w:val="007E4B73"/>
     <w:rsid w:val="007E4BC2"/>
     <w:rsid w:val="007E5274"/>
     <w:rsid w:val="007E732A"/>
     <w:rsid w:val="007E7743"/>
     <w:rsid w:val="007F04F9"/>
+    <w:rsid w:val="007F115A"/>
     <w:rsid w:val="007F2004"/>
     <w:rsid w:val="007F21A3"/>
     <w:rsid w:val="007F3BF2"/>
     <w:rsid w:val="007F3E93"/>
     <w:rsid w:val="007F4995"/>
     <w:rsid w:val="007F531B"/>
     <w:rsid w:val="007F54AD"/>
+    <w:rsid w:val="007F5C65"/>
     <w:rsid w:val="007F70A8"/>
     <w:rsid w:val="007F789B"/>
     <w:rsid w:val="007F7CD8"/>
     <w:rsid w:val="00800093"/>
     <w:rsid w:val="008001C4"/>
     <w:rsid w:val="00800C23"/>
     <w:rsid w:val="00800EB9"/>
     <w:rsid w:val="00801296"/>
     <w:rsid w:val="008012B9"/>
     <w:rsid w:val="008012CA"/>
     <w:rsid w:val="00801505"/>
     <w:rsid w:val="00803688"/>
     <w:rsid w:val="0080371A"/>
     <w:rsid w:val="0080479D"/>
     <w:rsid w:val="00805A14"/>
     <w:rsid w:val="00805E8A"/>
     <w:rsid w:val="0080698E"/>
     <w:rsid w:val="00806B13"/>
     <w:rsid w:val="00806F23"/>
     <w:rsid w:val="00807828"/>
     <w:rsid w:val="00810648"/>
     <w:rsid w:val="00810748"/>
     <w:rsid w:val="00811690"/>
     <w:rsid w:val="008116F1"/>
     <w:rsid w:val="00811EF4"/>
     <w:rsid w:val="00812019"/>
     <w:rsid w:val="008127B1"/>
     <w:rsid w:val="0081291C"/>
+    <w:rsid w:val="00812BDD"/>
     <w:rsid w:val="00812D0C"/>
     <w:rsid w:val="00813588"/>
     <w:rsid w:val="008138C3"/>
     <w:rsid w:val="00813A4C"/>
     <w:rsid w:val="00813B17"/>
     <w:rsid w:val="008141D2"/>
     <w:rsid w:val="00814A60"/>
     <w:rsid w:val="00814AEF"/>
     <w:rsid w:val="008151E1"/>
     <w:rsid w:val="0081630E"/>
     <w:rsid w:val="008170C5"/>
+    <w:rsid w:val="0081768F"/>
     <w:rsid w:val="00817FF6"/>
     <w:rsid w:val="00820E10"/>
     <w:rsid w:val="008226A7"/>
     <w:rsid w:val="008228AB"/>
     <w:rsid w:val="00822C52"/>
     <w:rsid w:val="00823BA3"/>
     <w:rsid w:val="00823D05"/>
     <w:rsid w:val="00825677"/>
     <w:rsid w:val="008256E5"/>
     <w:rsid w:val="00825DC1"/>
     <w:rsid w:val="0082623C"/>
     <w:rsid w:val="00826AC3"/>
     <w:rsid w:val="00827A2D"/>
     <w:rsid w:val="00827CD2"/>
     <w:rsid w:val="00827D87"/>
     <w:rsid w:val="00827E36"/>
     <w:rsid w:val="008317A0"/>
     <w:rsid w:val="008321C7"/>
     <w:rsid w:val="008326E8"/>
     <w:rsid w:val="0083307C"/>
     <w:rsid w:val="00833A32"/>
     <w:rsid w:val="00833B08"/>
     <w:rsid w:val="00833B19"/>
     <w:rsid w:val="008342C0"/>
     <w:rsid w:val="00834983"/>
@@ -26471,87 +17653,94 @@
     <w:rsid w:val="008C6E4D"/>
     <w:rsid w:val="008C7170"/>
     <w:rsid w:val="008D0A7B"/>
     <w:rsid w:val="008D1411"/>
     <w:rsid w:val="008D1941"/>
     <w:rsid w:val="008D1B4C"/>
     <w:rsid w:val="008D1E05"/>
     <w:rsid w:val="008D23DF"/>
     <w:rsid w:val="008D3937"/>
     <w:rsid w:val="008D3B69"/>
     <w:rsid w:val="008D41FE"/>
     <w:rsid w:val="008D6ACF"/>
     <w:rsid w:val="008D7DB0"/>
     <w:rsid w:val="008D7E32"/>
     <w:rsid w:val="008E0EE6"/>
     <w:rsid w:val="008E0F0E"/>
     <w:rsid w:val="008E1729"/>
     <w:rsid w:val="008E2217"/>
     <w:rsid w:val="008E2928"/>
     <w:rsid w:val="008E3874"/>
     <w:rsid w:val="008E3B5E"/>
     <w:rsid w:val="008E3F95"/>
     <w:rsid w:val="008E4401"/>
     <w:rsid w:val="008E4404"/>
     <w:rsid w:val="008E646B"/>
+    <w:rsid w:val="008E6761"/>
+    <w:rsid w:val="008E6BB0"/>
     <w:rsid w:val="008E6C13"/>
+    <w:rsid w:val="008E6D89"/>
     <w:rsid w:val="008E707F"/>
     <w:rsid w:val="008E732B"/>
     <w:rsid w:val="008E7DEA"/>
     <w:rsid w:val="008F0350"/>
     <w:rsid w:val="008F0860"/>
+    <w:rsid w:val="008F299F"/>
     <w:rsid w:val="008F2B70"/>
     <w:rsid w:val="008F31E8"/>
     <w:rsid w:val="008F3768"/>
     <w:rsid w:val="008F3C8D"/>
     <w:rsid w:val="008F3E33"/>
     <w:rsid w:val="008F3FE4"/>
     <w:rsid w:val="008F420A"/>
     <w:rsid w:val="008F483E"/>
     <w:rsid w:val="008F5412"/>
     <w:rsid w:val="008F5FFC"/>
     <w:rsid w:val="008F62DC"/>
     <w:rsid w:val="008F72CA"/>
     <w:rsid w:val="008F79CC"/>
     <w:rsid w:val="008F7D5F"/>
     <w:rsid w:val="00900AFA"/>
     <w:rsid w:val="009017D8"/>
     <w:rsid w:val="00901BDD"/>
     <w:rsid w:val="00901C56"/>
     <w:rsid w:val="00902082"/>
     <w:rsid w:val="009029C0"/>
     <w:rsid w:val="00904A87"/>
     <w:rsid w:val="009055C5"/>
     <w:rsid w:val="009056B9"/>
+    <w:rsid w:val="00905AEE"/>
     <w:rsid w:val="00905DC5"/>
+    <w:rsid w:val="00905F22"/>
     <w:rsid w:val="00906123"/>
     <w:rsid w:val="00906B90"/>
     <w:rsid w:val="00906D01"/>
     <w:rsid w:val="009074C2"/>
     <w:rsid w:val="00911221"/>
     <w:rsid w:val="009123B4"/>
     <w:rsid w:val="009129B5"/>
+    <w:rsid w:val="00912EE2"/>
     <w:rsid w:val="00916B40"/>
     <w:rsid w:val="00916CBE"/>
     <w:rsid w:val="00916CED"/>
     <w:rsid w:val="00917696"/>
     <w:rsid w:val="009224F8"/>
     <w:rsid w:val="0092251C"/>
     <w:rsid w:val="00922D5E"/>
     <w:rsid w:val="00922D5F"/>
     <w:rsid w:val="00923548"/>
     <w:rsid w:val="00923F12"/>
     <w:rsid w:val="0092410D"/>
     <w:rsid w:val="0092457D"/>
     <w:rsid w:val="00924A6C"/>
     <w:rsid w:val="00925266"/>
     <w:rsid w:val="0092572A"/>
     <w:rsid w:val="009263ED"/>
     <w:rsid w:val="00926D93"/>
     <w:rsid w:val="00926E7B"/>
     <w:rsid w:val="0092740F"/>
     <w:rsid w:val="00927E80"/>
     <w:rsid w:val="00930622"/>
     <w:rsid w:val="009310AE"/>
     <w:rsid w:val="00931A0D"/>
     <w:rsid w:val="00931C8A"/>
     <w:rsid w:val="00932C8E"/>
@@ -26571,342 +17760,352 @@
     <w:rsid w:val="00940917"/>
     <w:rsid w:val="0094181F"/>
     <w:rsid w:val="00941990"/>
     <w:rsid w:val="009420B5"/>
     <w:rsid w:val="0094241C"/>
     <w:rsid w:val="009427AA"/>
     <w:rsid w:val="009427D0"/>
     <w:rsid w:val="00942B4B"/>
     <w:rsid w:val="00943035"/>
     <w:rsid w:val="00943042"/>
     <w:rsid w:val="00943A4F"/>
     <w:rsid w:val="00944745"/>
     <w:rsid w:val="00945080"/>
     <w:rsid w:val="00946299"/>
     <w:rsid w:val="0094638F"/>
     <w:rsid w:val="00946657"/>
     <w:rsid w:val="00950084"/>
     <w:rsid w:val="009506DD"/>
     <w:rsid w:val="00950D46"/>
     <w:rsid w:val="00952192"/>
     <w:rsid w:val="00953E74"/>
     <w:rsid w:val="009541E3"/>
     <w:rsid w:val="009548C2"/>
     <w:rsid w:val="009552A8"/>
     <w:rsid w:val="00957BB4"/>
+    <w:rsid w:val="009602D4"/>
     <w:rsid w:val="00960645"/>
     <w:rsid w:val="009608E7"/>
     <w:rsid w:val="00960B75"/>
     <w:rsid w:val="00960C9F"/>
     <w:rsid w:val="009617C3"/>
     <w:rsid w:val="00961998"/>
     <w:rsid w:val="00961E97"/>
     <w:rsid w:val="009621DE"/>
     <w:rsid w:val="00962209"/>
     <w:rsid w:val="00962CE6"/>
     <w:rsid w:val="0096369A"/>
     <w:rsid w:val="00964492"/>
     <w:rsid w:val="009649E4"/>
     <w:rsid w:val="0096545F"/>
     <w:rsid w:val="00965758"/>
     <w:rsid w:val="00965E5F"/>
     <w:rsid w:val="0096605B"/>
     <w:rsid w:val="0096608B"/>
     <w:rsid w:val="009662D8"/>
     <w:rsid w:val="00966B9F"/>
     <w:rsid w:val="009671FA"/>
     <w:rsid w:val="009672C4"/>
     <w:rsid w:val="009675D9"/>
     <w:rsid w:val="00970153"/>
     <w:rsid w:val="009719BB"/>
     <w:rsid w:val="00972223"/>
     <w:rsid w:val="00972600"/>
     <w:rsid w:val="00972B9F"/>
     <w:rsid w:val="0097307D"/>
+    <w:rsid w:val="00973878"/>
     <w:rsid w:val="00973B0B"/>
     <w:rsid w:val="00973DC8"/>
     <w:rsid w:val="009742A3"/>
     <w:rsid w:val="00975038"/>
     <w:rsid w:val="00975A50"/>
+    <w:rsid w:val="00975B10"/>
     <w:rsid w:val="00975EAE"/>
     <w:rsid w:val="009772F1"/>
     <w:rsid w:val="009774D1"/>
     <w:rsid w:val="00977905"/>
     <w:rsid w:val="009779A6"/>
     <w:rsid w:val="00980342"/>
     <w:rsid w:val="009804A6"/>
     <w:rsid w:val="00980979"/>
     <w:rsid w:val="00980B92"/>
     <w:rsid w:val="00981EA2"/>
     <w:rsid w:val="00982523"/>
     <w:rsid w:val="00983542"/>
     <w:rsid w:val="0098368B"/>
     <w:rsid w:val="009859E8"/>
     <w:rsid w:val="00985F3C"/>
     <w:rsid w:val="00985F3D"/>
     <w:rsid w:val="0099000F"/>
     <w:rsid w:val="00990396"/>
     <w:rsid w:val="00990811"/>
     <w:rsid w:val="00990857"/>
     <w:rsid w:val="00990998"/>
     <w:rsid w:val="009919F1"/>
     <w:rsid w:val="0099447B"/>
     <w:rsid w:val="00994C76"/>
     <w:rsid w:val="009951BD"/>
     <w:rsid w:val="0099715A"/>
     <w:rsid w:val="00997265"/>
     <w:rsid w:val="00997751"/>
     <w:rsid w:val="009A09E0"/>
     <w:rsid w:val="009A0E73"/>
     <w:rsid w:val="009A1245"/>
     <w:rsid w:val="009A13A2"/>
     <w:rsid w:val="009A259C"/>
     <w:rsid w:val="009A3148"/>
     <w:rsid w:val="009A339F"/>
     <w:rsid w:val="009A3AF3"/>
     <w:rsid w:val="009A4AD4"/>
     <w:rsid w:val="009A5163"/>
     <w:rsid w:val="009A524E"/>
     <w:rsid w:val="009A5C78"/>
     <w:rsid w:val="009A5CA4"/>
     <w:rsid w:val="009A5D2A"/>
     <w:rsid w:val="009A630D"/>
     <w:rsid w:val="009A68D5"/>
     <w:rsid w:val="009A792C"/>
+    <w:rsid w:val="009B1A2F"/>
     <w:rsid w:val="009B2AAB"/>
     <w:rsid w:val="009B3B60"/>
     <w:rsid w:val="009B3FD0"/>
     <w:rsid w:val="009B439E"/>
     <w:rsid w:val="009B43AA"/>
     <w:rsid w:val="009B4C72"/>
     <w:rsid w:val="009B4C8A"/>
     <w:rsid w:val="009B5610"/>
     <w:rsid w:val="009B6073"/>
     <w:rsid w:val="009B6F7B"/>
     <w:rsid w:val="009B7A88"/>
     <w:rsid w:val="009B7E6C"/>
     <w:rsid w:val="009B7FF9"/>
     <w:rsid w:val="009C0921"/>
     <w:rsid w:val="009C0A54"/>
     <w:rsid w:val="009C1D6E"/>
     <w:rsid w:val="009C371F"/>
     <w:rsid w:val="009C3903"/>
+    <w:rsid w:val="009C397C"/>
     <w:rsid w:val="009C3DBF"/>
     <w:rsid w:val="009C4147"/>
     <w:rsid w:val="009C49E9"/>
     <w:rsid w:val="009C4D6E"/>
     <w:rsid w:val="009C50EE"/>
     <w:rsid w:val="009C514A"/>
     <w:rsid w:val="009C58F5"/>
     <w:rsid w:val="009C5CBE"/>
     <w:rsid w:val="009C7D2F"/>
     <w:rsid w:val="009C7D3F"/>
     <w:rsid w:val="009D09CF"/>
     <w:rsid w:val="009D0B71"/>
     <w:rsid w:val="009D0E1A"/>
     <w:rsid w:val="009D5B3C"/>
     <w:rsid w:val="009D6100"/>
     <w:rsid w:val="009D6956"/>
     <w:rsid w:val="009D6ECF"/>
     <w:rsid w:val="009D75EB"/>
     <w:rsid w:val="009D78F2"/>
     <w:rsid w:val="009E03FD"/>
     <w:rsid w:val="009E1786"/>
     <w:rsid w:val="009E2282"/>
     <w:rsid w:val="009E2C6B"/>
     <w:rsid w:val="009E2DE0"/>
     <w:rsid w:val="009E3065"/>
     <w:rsid w:val="009E3539"/>
     <w:rsid w:val="009E4462"/>
     <w:rsid w:val="009E4724"/>
     <w:rsid w:val="009E4F3B"/>
     <w:rsid w:val="009E5250"/>
     <w:rsid w:val="009E5363"/>
     <w:rsid w:val="009E5671"/>
     <w:rsid w:val="009E5873"/>
     <w:rsid w:val="009E5B3F"/>
     <w:rsid w:val="009E6544"/>
     <w:rsid w:val="009E6860"/>
     <w:rsid w:val="009E69ED"/>
     <w:rsid w:val="009E6B1D"/>
     <w:rsid w:val="009E759D"/>
     <w:rsid w:val="009E762A"/>
     <w:rsid w:val="009F0631"/>
     <w:rsid w:val="009F0A7E"/>
     <w:rsid w:val="009F1F9B"/>
     <w:rsid w:val="009F2383"/>
     <w:rsid w:val="009F2DEE"/>
     <w:rsid w:val="009F2F29"/>
     <w:rsid w:val="009F51D0"/>
     <w:rsid w:val="009F52DA"/>
+    <w:rsid w:val="009F59BB"/>
     <w:rsid w:val="009F6330"/>
     <w:rsid w:val="009F636E"/>
     <w:rsid w:val="009F641A"/>
     <w:rsid w:val="009F7762"/>
     <w:rsid w:val="009F7ED3"/>
     <w:rsid w:val="00A003FF"/>
     <w:rsid w:val="00A00B2B"/>
     <w:rsid w:val="00A00B9C"/>
     <w:rsid w:val="00A02170"/>
     <w:rsid w:val="00A0258B"/>
     <w:rsid w:val="00A02CA1"/>
     <w:rsid w:val="00A031EE"/>
     <w:rsid w:val="00A036A1"/>
     <w:rsid w:val="00A037F6"/>
     <w:rsid w:val="00A03B5F"/>
     <w:rsid w:val="00A03F11"/>
     <w:rsid w:val="00A05084"/>
     <w:rsid w:val="00A0532C"/>
     <w:rsid w:val="00A05963"/>
     <w:rsid w:val="00A070B8"/>
     <w:rsid w:val="00A07A8D"/>
     <w:rsid w:val="00A111FD"/>
     <w:rsid w:val="00A12718"/>
     <w:rsid w:val="00A12A15"/>
     <w:rsid w:val="00A12B84"/>
     <w:rsid w:val="00A1304F"/>
     <w:rsid w:val="00A1309A"/>
     <w:rsid w:val="00A13A59"/>
     <w:rsid w:val="00A13C60"/>
     <w:rsid w:val="00A14F4A"/>
     <w:rsid w:val="00A15246"/>
     <w:rsid w:val="00A15773"/>
     <w:rsid w:val="00A1620B"/>
     <w:rsid w:val="00A16EB4"/>
     <w:rsid w:val="00A16F28"/>
     <w:rsid w:val="00A17037"/>
     <w:rsid w:val="00A170B3"/>
     <w:rsid w:val="00A17B6F"/>
     <w:rsid w:val="00A203D0"/>
     <w:rsid w:val="00A21B5F"/>
     <w:rsid w:val="00A21BCA"/>
     <w:rsid w:val="00A2356A"/>
     <w:rsid w:val="00A23D30"/>
     <w:rsid w:val="00A24A3E"/>
     <w:rsid w:val="00A24B14"/>
     <w:rsid w:val="00A25376"/>
     <w:rsid w:val="00A25B2D"/>
     <w:rsid w:val="00A26706"/>
     <w:rsid w:val="00A26DEE"/>
     <w:rsid w:val="00A2781C"/>
+    <w:rsid w:val="00A30627"/>
     <w:rsid w:val="00A306A2"/>
     <w:rsid w:val="00A31C46"/>
     <w:rsid w:val="00A3232E"/>
     <w:rsid w:val="00A32B0E"/>
     <w:rsid w:val="00A33AE9"/>
     <w:rsid w:val="00A34B85"/>
     <w:rsid w:val="00A34C5C"/>
     <w:rsid w:val="00A3538A"/>
     <w:rsid w:val="00A35DD2"/>
     <w:rsid w:val="00A37345"/>
     <w:rsid w:val="00A40E9A"/>
     <w:rsid w:val="00A42789"/>
     <w:rsid w:val="00A4312B"/>
     <w:rsid w:val="00A433AF"/>
     <w:rsid w:val="00A43685"/>
     <w:rsid w:val="00A4386D"/>
     <w:rsid w:val="00A43B3C"/>
     <w:rsid w:val="00A43DF7"/>
     <w:rsid w:val="00A44463"/>
     <w:rsid w:val="00A44C1A"/>
     <w:rsid w:val="00A44E62"/>
     <w:rsid w:val="00A452E2"/>
     <w:rsid w:val="00A45732"/>
     <w:rsid w:val="00A45B25"/>
     <w:rsid w:val="00A45D19"/>
     <w:rsid w:val="00A4656B"/>
     <w:rsid w:val="00A4673B"/>
     <w:rsid w:val="00A46B53"/>
     <w:rsid w:val="00A46BEB"/>
     <w:rsid w:val="00A471EE"/>
     <w:rsid w:val="00A50CDD"/>
     <w:rsid w:val="00A517CA"/>
     <w:rsid w:val="00A518AF"/>
     <w:rsid w:val="00A52D0C"/>
     <w:rsid w:val="00A53018"/>
     <w:rsid w:val="00A53048"/>
     <w:rsid w:val="00A53709"/>
     <w:rsid w:val="00A5376E"/>
     <w:rsid w:val="00A53858"/>
     <w:rsid w:val="00A5493E"/>
     <w:rsid w:val="00A54CFA"/>
     <w:rsid w:val="00A54EC5"/>
     <w:rsid w:val="00A54F00"/>
     <w:rsid w:val="00A54F14"/>
     <w:rsid w:val="00A5511B"/>
     <w:rsid w:val="00A552EA"/>
     <w:rsid w:val="00A55D35"/>
     <w:rsid w:val="00A560F8"/>
     <w:rsid w:val="00A5705F"/>
     <w:rsid w:val="00A57772"/>
+    <w:rsid w:val="00A578AF"/>
     <w:rsid w:val="00A57F22"/>
     <w:rsid w:val="00A606E0"/>
     <w:rsid w:val="00A60A81"/>
     <w:rsid w:val="00A60FED"/>
     <w:rsid w:val="00A619A2"/>
     <w:rsid w:val="00A62978"/>
     <w:rsid w:val="00A62D19"/>
     <w:rsid w:val="00A631B5"/>
     <w:rsid w:val="00A641A4"/>
     <w:rsid w:val="00A643B4"/>
     <w:rsid w:val="00A6502D"/>
     <w:rsid w:val="00A656CF"/>
     <w:rsid w:val="00A65DB7"/>
+    <w:rsid w:val="00A670CD"/>
     <w:rsid w:val="00A67EB5"/>
     <w:rsid w:val="00A70765"/>
     <w:rsid w:val="00A71098"/>
     <w:rsid w:val="00A71415"/>
     <w:rsid w:val="00A72D77"/>
     <w:rsid w:val="00A72E07"/>
     <w:rsid w:val="00A738DC"/>
     <w:rsid w:val="00A75423"/>
     <w:rsid w:val="00A7562F"/>
     <w:rsid w:val="00A77289"/>
     <w:rsid w:val="00A7735B"/>
     <w:rsid w:val="00A7786D"/>
     <w:rsid w:val="00A80A50"/>
     <w:rsid w:val="00A80D9D"/>
     <w:rsid w:val="00A816D4"/>
     <w:rsid w:val="00A82C9F"/>
     <w:rsid w:val="00A82EB6"/>
     <w:rsid w:val="00A8385D"/>
     <w:rsid w:val="00A8392E"/>
     <w:rsid w:val="00A8399A"/>
     <w:rsid w:val="00A83A51"/>
     <w:rsid w:val="00A84581"/>
     <w:rsid w:val="00A85D61"/>
     <w:rsid w:val="00A86166"/>
     <w:rsid w:val="00A863EB"/>
     <w:rsid w:val="00A86797"/>
     <w:rsid w:val="00A86F02"/>
     <w:rsid w:val="00A87463"/>
     <w:rsid w:val="00A876E9"/>
     <w:rsid w:val="00A90026"/>
     <w:rsid w:val="00A9093E"/>
     <w:rsid w:val="00A90EC3"/>
     <w:rsid w:val="00A928E0"/>
     <w:rsid w:val="00A92B25"/>
+    <w:rsid w:val="00A941BB"/>
     <w:rsid w:val="00A9615D"/>
     <w:rsid w:val="00A96898"/>
     <w:rsid w:val="00A976F5"/>
     <w:rsid w:val="00AA170C"/>
     <w:rsid w:val="00AA1B0E"/>
     <w:rsid w:val="00AA2274"/>
     <w:rsid w:val="00AA245E"/>
     <w:rsid w:val="00AA257B"/>
     <w:rsid w:val="00AA2A8D"/>
     <w:rsid w:val="00AA2E10"/>
     <w:rsid w:val="00AA3188"/>
     <w:rsid w:val="00AA366D"/>
     <w:rsid w:val="00AA4401"/>
     <w:rsid w:val="00AA50D4"/>
     <w:rsid w:val="00AA721B"/>
     <w:rsid w:val="00AA7D1C"/>
     <w:rsid w:val="00AB04B9"/>
     <w:rsid w:val="00AB0A06"/>
     <w:rsid w:val="00AB1250"/>
     <w:rsid w:val="00AB1523"/>
     <w:rsid w:val="00AB1628"/>
     <w:rsid w:val="00AB1854"/>
     <w:rsid w:val="00AB2581"/>
     <w:rsid w:val="00AB35E3"/>
     <w:rsid w:val="00AB3EE4"/>
@@ -26937,162 +18136,168 @@
     <w:rsid w:val="00AD3FC9"/>
     <w:rsid w:val="00AD5D62"/>
     <w:rsid w:val="00AD6102"/>
     <w:rsid w:val="00AD611D"/>
     <w:rsid w:val="00AD6222"/>
     <w:rsid w:val="00AD6279"/>
     <w:rsid w:val="00AD6AD8"/>
     <w:rsid w:val="00AD7D62"/>
     <w:rsid w:val="00AD7EF6"/>
     <w:rsid w:val="00AE102B"/>
     <w:rsid w:val="00AE132A"/>
     <w:rsid w:val="00AE150F"/>
     <w:rsid w:val="00AE196E"/>
     <w:rsid w:val="00AE28FE"/>
     <w:rsid w:val="00AE2B10"/>
     <w:rsid w:val="00AE2E6E"/>
     <w:rsid w:val="00AE3D04"/>
     <w:rsid w:val="00AE40B1"/>
     <w:rsid w:val="00AE4164"/>
     <w:rsid w:val="00AE4A52"/>
     <w:rsid w:val="00AE4DE6"/>
     <w:rsid w:val="00AE61ED"/>
     <w:rsid w:val="00AE6D9E"/>
     <w:rsid w:val="00AE7AF2"/>
     <w:rsid w:val="00AF1F5C"/>
-    <w:rsid w:val="00AF1F98"/>
     <w:rsid w:val="00AF2395"/>
     <w:rsid w:val="00AF2AAD"/>
+    <w:rsid w:val="00AF39C7"/>
     <w:rsid w:val="00AF4154"/>
     <w:rsid w:val="00AF43F1"/>
     <w:rsid w:val="00AF46AD"/>
     <w:rsid w:val="00AF6437"/>
     <w:rsid w:val="00AF6CFE"/>
     <w:rsid w:val="00AF7522"/>
     <w:rsid w:val="00AF7D48"/>
     <w:rsid w:val="00AF7F54"/>
     <w:rsid w:val="00B001E5"/>
     <w:rsid w:val="00B006ED"/>
     <w:rsid w:val="00B0169F"/>
     <w:rsid w:val="00B03ADD"/>
     <w:rsid w:val="00B0680E"/>
     <w:rsid w:val="00B06B1D"/>
     <w:rsid w:val="00B0713D"/>
     <w:rsid w:val="00B1017F"/>
     <w:rsid w:val="00B10D71"/>
     <w:rsid w:val="00B10F31"/>
     <w:rsid w:val="00B11D1F"/>
     <w:rsid w:val="00B12FEC"/>
     <w:rsid w:val="00B144F9"/>
     <w:rsid w:val="00B15124"/>
     <w:rsid w:val="00B156F0"/>
     <w:rsid w:val="00B15A19"/>
     <w:rsid w:val="00B15A5D"/>
     <w:rsid w:val="00B161F2"/>
     <w:rsid w:val="00B16BAB"/>
     <w:rsid w:val="00B16E3A"/>
+    <w:rsid w:val="00B16F6D"/>
     <w:rsid w:val="00B17097"/>
     <w:rsid w:val="00B17D63"/>
+    <w:rsid w:val="00B17F02"/>
     <w:rsid w:val="00B206EB"/>
     <w:rsid w:val="00B20ABD"/>
     <w:rsid w:val="00B20B18"/>
     <w:rsid w:val="00B21524"/>
     <w:rsid w:val="00B23193"/>
     <w:rsid w:val="00B2388D"/>
     <w:rsid w:val="00B23AD3"/>
     <w:rsid w:val="00B23C98"/>
     <w:rsid w:val="00B23D77"/>
     <w:rsid w:val="00B248BC"/>
     <w:rsid w:val="00B25FCB"/>
     <w:rsid w:val="00B2631E"/>
     <w:rsid w:val="00B2659B"/>
     <w:rsid w:val="00B267CF"/>
+    <w:rsid w:val="00B2691C"/>
     <w:rsid w:val="00B301D8"/>
     <w:rsid w:val="00B30338"/>
     <w:rsid w:val="00B3186D"/>
     <w:rsid w:val="00B31872"/>
     <w:rsid w:val="00B32A22"/>
     <w:rsid w:val="00B34E05"/>
+    <w:rsid w:val="00B35A2E"/>
     <w:rsid w:val="00B35E40"/>
     <w:rsid w:val="00B369D2"/>
     <w:rsid w:val="00B37055"/>
     <w:rsid w:val="00B37277"/>
     <w:rsid w:val="00B37B51"/>
     <w:rsid w:val="00B37EA2"/>
     <w:rsid w:val="00B40F7B"/>
     <w:rsid w:val="00B41F20"/>
     <w:rsid w:val="00B42DF4"/>
     <w:rsid w:val="00B42E1C"/>
     <w:rsid w:val="00B432FB"/>
     <w:rsid w:val="00B433C5"/>
     <w:rsid w:val="00B439D7"/>
     <w:rsid w:val="00B43E7E"/>
     <w:rsid w:val="00B451B4"/>
     <w:rsid w:val="00B4552B"/>
     <w:rsid w:val="00B4634A"/>
     <w:rsid w:val="00B46397"/>
     <w:rsid w:val="00B46B84"/>
     <w:rsid w:val="00B471AF"/>
     <w:rsid w:val="00B472BC"/>
     <w:rsid w:val="00B47F48"/>
     <w:rsid w:val="00B5179E"/>
     <w:rsid w:val="00B527AB"/>
     <w:rsid w:val="00B5282F"/>
+    <w:rsid w:val="00B536D1"/>
     <w:rsid w:val="00B54865"/>
     <w:rsid w:val="00B559C6"/>
     <w:rsid w:val="00B56C32"/>
     <w:rsid w:val="00B571C5"/>
     <w:rsid w:val="00B57B27"/>
     <w:rsid w:val="00B618AB"/>
     <w:rsid w:val="00B62491"/>
     <w:rsid w:val="00B6314F"/>
     <w:rsid w:val="00B633C2"/>
     <w:rsid w:val="00B649E7"/>
     <w:rsid w:val="00B64A01"/>
     <w:rsid w:val="00B6500E"/>
     <w:rsid w:val="00B6527E"/>
     <w:rsid w:val="00B657FC"/>
     <w:rsid w:val="00B65A66"/>
     <w:rsid w:val="00B66330"/>
     <w:rsid w:val="00B66545"/>
     <w:rsid w:val="00B666DC"/>
     <w:rsid w:val="00B66BEB"/>
     <w:rsid w:val="00B671E2"/>
     <w:rsid w:val="00B67A06"/>
     <w:rsid w:val="00B70010"/>
     <w:rsid w:val="00B702D8"/>
     <w:rsid w:val="00B70477"/>
     <w:rsid w:val="00B70A57"/>
     <w:rsid w:val="00B7155A"/>
     <w:rsid w:val="00B71890"/>
     <w:rsid w:val="00B71DB5"/>
     <w:rsid w:val="00B71F60"/>
     <w:rsid w:val="00B721A9"/>
     <w:rsid w:val="00B73A7E"/>
     <w:rsid w:val="00B748BC"/>
     <w:rsid w:val="00B74B38"/>
     <w:rsid w:val="00B74D93"/>
+    <w:rsid w:val="00B75569"/>
     <w:rsid w:val="00B76735"/>
     <w:rsid w:val="00B77543"/>
     <w:rsid w:val="00B77E88"/>
     <w:rsid w:val="00B808C2"/>
     <w:rsid w:val="00B80DD0"/>
     <w:rsid w:val="00B80E50"/>
     <w:rsid w:val="00B815CA"/>
     <w:rsid w:val="00B818F1"/>
     <w:rsid w:val="00B81A7D"/>
     <w:rsid w:val="00B83B22"/>
     <w:rsid w:val="00B8433A"/>
     <w:rsid w:val="00B8500B"/>
     <w:rsid w:val="00B85311"/>
     <w:rsid w:val="00B85687"/>
     <w:rsid w:val="00B8627F"/>
     <w:rsid w:val="00B86398"/>
     <w:rsid w:val="00B8657A"/>
     <w:rsid w:val="00B86719"/>
     <w:rsid w:val="00B86CCB"/>
     <w:rsid w:val="00B87370"/>
     <w:rsid w:val="00B87C82"/>
     <w:rsid w:val="00B87F82"/>
     <w:rsid w:val="00B901F3"/>
     <w:rsid w:val="00B90934"/>
     <w:rsid w:val="00B90EC1"/>
@@ -27152,50 +18357,51 @@
     <w:rsid w:val="00BC26D4"/>
     <w:rsid w:val="00BC273A"/>
     <w:rsid w:val="00BC3849"/>
     <w:rsid w:val="00BC3914"/>
     <w:rsid w:val="00BC4205"/>
     <w:rsid w:val="00BC4C4B"/>
     <w:rsid w:val="00BC5011"/>
     <w:rsid w:val="00BC52B1"/>
     <w:rsid w:val="00BC5D9D"/>
     <w:rsid w:val="00BC5FA2"/>
     <w:rsid w:val="00BC6CD4"/>
     <w:rsid w:val="00BC7A9A"/>
     <w:rsid w:val="00BC7E90"/>
     <w:rsid w:val="00BC7EB3"/>
     <w:rsid w:val="00BD0086"/>
     <w:rsid w:val="00BD02A1"/>
     <w:rsid w:val="00BD0531"/>
     <w:rsid w:val="00BD064D"/>
     <w:rsid w:val="00BD07FA"/>
     <w:rsid w:val="00BD0D7A"/>
     <w:rsid w:val="00BD25EB"/>
     <w:rsid w:val="00BD26B7"/>
     <w:rsid w:val="00BD28CB"/>
     <w:rsid w:val="00BD2CEC"/>
     <w:rsid w:val="00BD2D6F"/>
+    <w:rsid w:val="00BD3643"/>
     <w:rsid w:val="00BD36EE"/>
     <w:rsid w:val="00BD37C1"/>
     <w:rsid w:val="00BD48B7"/>
     <w:rsid w:val="00BD4CBA"/>
     <w:rsid w:val="00BD4E58"/>
     <w:rsid w:val="00BD5C47"/>
     <w:rsid w:val="00BD7CA4"/>
     <w:rsid w:val="00BE0726"/>
     <w:rsid w:val="00BE19A0"/>
     <w:rsid w:val="00BE26DD"/>
     <w:rsid w:val="00BE305F"/>
     <w:rsid w:val="00BE3361"/>
     <w:rsid w:val="00BE3664"/>
     <w:rsid w:val="00BE38A7"/>
     <w:rsid w:val="00BE3A76"/>
     <w:rsid w:val="00BE4461"/>
     <w:rsid w:val="00BE4D42"/>
     <w:rsid w:val="00BE5787"/>
     <w:rsid w:val="00BE6693"/>
     <w:rsid w:val="00BE695B"/>
     <w:rsid w:val="00BE777E"/>
     <w:rsid w:val="00BE78D0"/>
     <w:rsid w:val="00BE7915"/>
     <w:rsid w:val="00BE7C5E"/>
     <w:rsid w:val="00BF0764"/>
@@ -27264,71 +18470,73 @@
     <w:rsid w:val="00C30970"/>
     <w:rsid w:val="00C31CA1"/>
     <w:rsid w:val="00C31DE0"/>
     <w:rsid w:val="00C31E7D"/>
     <w:rsid w:val="00C32065"/>
     <w:rsid w:val="00C32D4B"/>
     <w:rsid w:val="00C33146"/>
     <w:rsid w:val="00C33BCA"/>
     <w:rsid w:val="00C33D9F"/>
     <w:rsid w:val="00C33DF9"/>
     <w:rsid w:val="00C349EA"/>
     <w:rsid w:val="00C36124"/>
     <w:rsid w:val="00C3638E"/>
     <w:rsid w:val="00C3673F"/>
     <w:rsid w:val="00C37021"/>
     <w:rsid w:val="00C400C3"/>
     <w:rsid w:val="00C411FD"/>
     <w:rsid w:val="00C4369A"/>
     <w:rsid w:val="00C4391C"/>
     <w:rsid w:val="00C439AB"/>
     <w:rsid w:val="00C44250"/>
     <w:rsid w:val="00C44CBA"/>
     <w:rsid w:val="00C44EF0"/>
     <w:rsid w:val="00C450FF"/>
     <w:rsid w:val="00C45863"/>
+    <w:rsid w:val="00C45CD6"/>
     <w:rsid w:val="00C45EAD"/>
     <w:rsid w:val="00C45F4E"/>
     <w:rsid w:val="00C46670"/>
     <w:rsid w:val="00C47C65"/>
     <w:rsid w:val="00C47DFE"/>
     <w:rsid w:val="00C50A20"/>
     <w:rsid w:val="00C531BA"/>
     <w:rsid w:val="00C53389"/>
     <w:rsid w:val="00C547ED"/>
     <w:rsid w:val="00C548FD"/>
     <w:rsid w:val="00C54D64"/>
     <w:rsid w:val="00C55F8F"/>
     <w:rsid w:val="00C56164"/>
     <w:rsid w:val="00C561FD"/>
     <w:rsid w:val="00C56872"/>
     <w:rsid w:val="00C5687F"/>
     <w:rsid w:val="00C57F53"/>
     <w:rsid w:val="00C60583"/>
     <w:rsid w:val="00C60660"/>
     <w:rsid w:val="00C60F85"/>
     <w:rsid w:val="00C617A9"/>
+    <w:rsid w:val="00C62198"/>
     <w:rsid w:val="00C641D0"/>
     <w:rsid w:val="00C6443C"/>
     <w:rsid w:val="00C64E06"/>
     <w:rsid w:val="00C6536C"/>
     <w:rsid w:val="00C65EFD"/>
     <w:rsid w:val="00C66521"/>
     <w:rsid w:val="00C667A4"/>
     <w:rsid w:val="00C66F0B"/>
     <w:rsid w:val="00C67207"/>
     <w:rsid w:val="00C67CB2"/>
     <w:rsid w:val="00C7017A"/>
     <w:rsid w:val="00C709E5"/>
     <w:rsid w:val="00C70EA8"/>
     <w:rsid w:val="00C7148C"/>
     <w:rsid w:val="00C7162B"/>
     <w:rsid w:val="00C71695"/>
     <w:rsid w:val="00C72673"/>
     <w:rsid w:val="00C7292A"/>
     <w:rsid w:val="00C72D24"/>
     <w:rsid w:val="00C72F11"/>
     <w:rsid w:val="00C72FEC"/>
     <w:rsid w:val="00C732BB"/>
     <w:rsid w:val="00C73563"/>
     <w:rsid w:val="00C7370D"/>
     <w:rsid w:val="00C73951"/>
@@ -27346,50 +18554,51 @@
     <w:rsid w:val="00C81487"/>
     <w:rsid w:val="00C81C15"/>
     <w:rsid w:val="00C81C1F"/>
     <w:rsid w:val="00C83706"/>
     <w:rsid w:val="00C84B5E"/>
     <w:rsid w:val="00C855B2"/>
     <w:rsid w:val="00C857E1"/>
     <w:rsid w:val="00C85E0D"/>
     <w:rsid w:val="00C862F2"/>
     <w:rsid w:val="00C8638A"/>
     <w:rsid w:val="00C86751"/>
     <w:rsid w:val="00C87398"/>
     <w:rsid w:val="00C873E2"/>
     <w:rsid w:val="00C87749"/>
     <w:rsid w:val="00C87F7F"/>
     <w:rsid w:val="00C90C43"/>
     <w:rsid w:val="00C91B2B"/>
     <w:rsid w:val="00C91C4E"/>
     <w:rsid w:val="00C91FCD"/>
     <w:rsid w:val="00C926DC"/>
     <w:rsid w:val="00C927AF"/>
     <w:rsid w:val="00C92FEF"/>
     <w:rsid w:val="00C933A4"/>
     <w:rsid w:val="00C94001"/>
     <w:rsid w:val="00C94101"/>
+    <w:rsid w:val="00C94B37"/>
     <w:rsid w:val="00C95237"/>
     <w:rsid w:val="00C95888"/>
     <w:rsid w:val="00C95B9A"/>
     <w:rsid w:val="00C96A8D"/>
     <w:rsid w:val="00C978EF"/>
     <w:rsid w:val="00CA0697"/>
     <w:rsid w:val="00CA10FC"/>
     <w:rsid w:val="00CA18B9"/>
     <w:rsid w:val="00CA2452"/>
     <w:rsid w:val="00CA2626"/>
     <w:rsid w:val="00CA2C8A"/>
     <w:rsid w:val="00CA3716"/>
     <w:rsid w:val="00CA3D74"/>
     <w:rsid w:val="00CA4445"/>
     <w:rsid w:val="00CA4B94"/>
     <w:rsid w:val="00CA5CB7"/>
     <w:rsid w:val="00CA61FE"/>
     <w:rsid w:val="00CA6898"/>
     <w:rsid w:val="00CA7077"/>
     <w:rsid w:val="00CA780C"/>
     <w:rsid w:val="00CA78F9"/>
     <w:rsid w:val="00CA7F62"/>
     <w:rsid w:val="00CB0B1B"/>
     <w:rsid w:val="00CB1616"/>
     <w:rsid w:val="00CB317A"/>
@@ -27407,50 +18616,51 @@
     <w:rsid w:val="00CC1A58"/>
     <w:rsid w:val="00CC28AC"/>
     <w:rsid w:val="00CC2975"/>
     <w:rsid w:val="00CC2B83"/>
     <w:rsid w:val="00CC2E89"/>
     <w:rsid w:val="00CC47D5"/>
     <w:rsid w:val="00CC4E58"/>
     <w:rsid w:val="00CC4F40"/>
     <w:rsid w:val="00CC5692"/>
     <w:rsid w:val="00CC5A48"/>
     <w:rsid w:val="00CC5D71"/>
     <w:rsid w:val="00CC6006"/>
     <w:rsid w:val="00CC7151"/>
     <w:rsid w:val="00CD0558"/>
     <w:rsid w:val="00CD09E8"/>
     <w:rsid w:val="00CD0B3D"/>
     <w:rsid w:val="00CD1D51"/>
     <w:rsid w:val="00CD1F36"/>
     <w:rsid w:val="00CD208D"/>
     <w:rsid w:val="00CD2CA5"/>
     <w:rsid w:val="00CD31F6"/>
     <w:rsid w:val="00CD4408"/>
     <w:rsid w:val="00CD466F"/>
     <w:rsid w:val="00CD4EDB"/>
     <w:rsid w:val="00CD561B"/>
+    <w:rsid w:val="00CD6505"/>
     <w:rsid w:val="00CD7219"/>
     <w:rsid w:val="00CE057F"/>
     <w:rsid w:val="00CE0AFB"/>
     <w:rsid w:val="00CE188F"/>
     <w:rsid w:val="00CE1F94"/>
     <w:rsid w:val="00CE1FDD"/>
     <w:rsid w:val="00CE244D"/>
     <w:rsid w:val="00CE27CA"/>
     <w:rsid w:val="00CE2855"/>
     <w:rsid w:val="00CE2B32"/>
     <w:rsid w:val="00CE3DD0"/>
     <w:rsid w:val="00CE3E88"/>
     <w:rsid w:val="00CE401E"/>
     <w:rsid w:val="00CE434D"/>
     <w:rsid w:val="00CE4C35"/>
     <w:rsid w:val="00CE4F75"/>
     <w:rsid w:val="00CE511F"/>
     <w:rsid w:val="00CE539A"/>
     <w:rsid w:val="00CE561A"/>
     <w:rsid w:val="00CE5C50"/>
     <w:rsid w:val="00CE5F7C"/>
     <w:rsid w:val="00CE67D3"/>
     <w:rsid w:val="00CE6CAF"/>
     <w:rsid w:val="00CE7359"/>
     <w:rsid w:val="00CF0A96"/>
@@ -27538,88 +18748,90 @@
     <w:rsid w:val="00D44CA9"/>
     <w:rsid w:val="00D44CF3"/>
     <w:rsid w:val="00D45E99"/>
     <w:rsid w:val="00D45E9A"/>
     <w:rsid w:val="00D46696"/>
     <w:rsid w:val="00D46EFE"/>
     <w:rsid w:val="00D46FB7"/>
     <w:rsid w:val="00D470C2"/>
     <w:rsid w:val="00D47632"/>
     <w:rsid w:val="00D500E1"/>
     <w:rsid w:val="00D5039A"/>
     <w:rsid w:val="00D512AB"/>
     <w:rsid w:val="00D51B5F"/>
     <w:rsid w:val="00D5230E"/>
     <w:rsid w:val="00D5257B"/>
     <w:rsid w:val="00D525F0"/>
     <w:rsid w:val="00D52676"/>
     <w:rsid w:val="00D532F3"/>
     <w:rsid w:val="00D53976"/>
     <w:rsid w:val="00D5480D"/>
     <w:rsid w:val="00D551A0"/>
     <w:rsid w:val="00D5550B"/>
     <w:rsid w:val="00D55EA8"/>
     <w:rsid w:val="00D56116"/>
     <w:rsid w:val="00D579F5"/>
+    <w:rsid w:val="00D57E49"/>
     <w:rsid w:val="00D60A41"/>
     <w:rsid w:val="00D62A7B"/>
     <w:rsid w:val="00D631D1"/>
     <w:rsid w:val="00D647A5"/>
     <w:rsid w:val="00D64B5E"/>
     <w:rsid w:val="00D64ECD"/>
     <w:rsid w:val="00D64F5E"/>
     <w:rsid w:val="00D65182"/>
     <w:rsid w:val="00D655A8"/>
     <w:rsid w:val="00D66710"/>
     <w:rsid w:val="00D66D98"/>
     <w:rsid w:val="00D67025"/>
     <w:rsid w:val="00D6793E"/>
     <w:rsid w:val="00D715AC"/>
     <w:rsid w:val="00D7160B"/>
     <w:rsid w:val="00D716CD"/>
     <w:rsid w:val="00D71D5B"/>
     <w:rsid w:val="00D71DBB"/>
     <w:rsid w:val="00D7269F"/>
     <w:rsid w:val="00D7283F"/>
     <w:rsid w:val="00D74916"/>
     <w:rsid w:val="00D74E96"/>
     <w:rsid w:val="00D75325"/>
     <w:rsid w:val="00D755B4"/>
     <w:rsid w:val="00D76489"/>
     <w:rsid w:val="00D76544"/>
     <w:rsid w:val="00D7711D"/>
     <w:rsid w:val="00D776FB"/>
     <w:rsid w:val="00D8119F"/>
     <w:rsid w:val="00D819A5"/>
     <w:rsid w:val="00D81B1A"/>
     <w:rsid w:val="00D81E44"/>
     <w:rsid w:val="00D82601"/>
     <w:rsid w:val="00D837AF"/>
     <w:rsid w:val="00D851CD"/>
     <w:rsid w:val="00D8569A"/>
     <w:rsid w:val="00D8612F"/>
     <w:rsid w:val="00D86497"/>
+    <w:rsid w:val="00D87CDE"/>
     <w:rsid w:val="00D90319"/>
     <w:rsid w:val="00D90699"/>
     <w:rsid w:val="00D90A12"/>
     <w:rsid w:val="00D91942"/>
     <w:rsid w:val="00D9231A"/>
     <w:rsid w:val="00D92A7E"/>
     <w:rsid w:val="00D92CDA"/>
     <w:rsid w:val="00D932E1"/>
     <w:rsid w:val="00D945A2"/>
     <w:rsid w:val="00D96C42"/>
     <w:rsid w:val="00D971DE"/>
     <w:rsid w:val="00D97439"/>
     <w:rsid w:val="00DA0270"/>
     <w:rsid w:val="00DA040D"/>
     <w:rsid w:val="00DA0980"/>
     <w:rsid w:val="00DA0DF9"/>
     <w:rsid w:val="00DA1A7D"/>
     <w:rsid w:val="00DA1D1D"/>
     <w:rsid w:val="00DA1D37"/>
     <w:rsid w:val="00DA24AB"/>
     <w:rsid w:val="00DA4CBE"/>
     <w:rsid w:val="00DA5150"/>
     <w:rsid w:val="00DA5350"/>
     <w:rsid w:val="00DA59FD"/>
     <w:rsid w:val="00DA5A3A"/>
@@ -27627,128 +18839,132 @@
     <w:rsid w:val="00DA603B"/>
     <w:rsid w:val="00DA6AA5"/>
     <w:rsid w:val="00DA6DE3"/>
     <w:rsid w:val="00DA6E88"/>
     <w:rsid w:val="00DA7D03"/>
     <w:rsid w:val="00DB098C"/>
     <w:rsid w:val="00DB10F8"/>
     <w:rsid w:val="00DB27AD"/>
     <w:rsid w:val="00DB3C54"/>
     <w:rsid w:val="00DB4D65"/>
     <w:rsid w:val="00DB523B"/>
     <w:rsid w:val="00DB524F"/>
     <w:rsid w:val="00DB5F6B"/>
     <w:rsid w:val="00DB6673"/>
     <w:rsid w:val="00DB6782"/>
     <w:rsid w:val="00DB6988"/>
     <w:rsid w:val="00DB69F1"/>
     <w:rsid w:val="00DB73F1"/>
     <w:rsid w:val="00DC0095"/>
     <w:rsid w:val="00DC0CE6"/>
     <w:rsid w:val="00DC12B8"/>
     <w:rsid w:val="00DC13B5"/>
     <w:rsid w:val="00DC1AA1"/>
     <w:rsid w:val="00DC1AE7"/>
     <w:rsid w:val="00DC1D3B"/>
+    <w:rsid w:val="00DC24B7"/>
     <w:rsid w:val="00DC36BB"/>
     <w:rsid w:val="00DC3E96"/>
     <w:rsid w:val="00DC530F"/>
     <w:rsid w:val="00DC558A"/>
     <w:rsid w:val="00DC5ED8"/>
     <w:rsid w:val="00DC6AD5"/>
     <w:rsid w:val="00DC75A1"/>
     <w:rsid w:val="00DC7CD9"/>
     <w:rsid w:val="00DD0BCD"/>
     <w:rsid w:val="00DD0DC9"/>
     <w:rsid w:val="00DD1680"/>
     <w:rsid w:val="00DD1B92"/>
     <w:rsid w:val="00DD1F5A"/>
     <w:rsid w:val="00DD26D8"/>
     <w:rsid w:val="00DD3180"/>
     <w:rsid w:val="00DD36D1"/>
     <w:rsid w:val="00DD4D72"/>
     <w:rsid w:val="00DD511D"/>
     <w:rsid w:val="00DD5A97"/>
     <w:rsid w:val="00DD6ACA"/>
     <w:rsid w:val="00DD6B88"/>
     <w:rsid w:val="00DD70D8"/>
     <w:rsid w:val="00DD788B"/>
+    <w:rsid w:val="00DD79A0"/>
     <w:rsid w:val="00DD7D21"/>
     <w:rsid w:val="00DE2133"/>
     <w:rsid w:val="00DE2B1A"/>
     <w:rsid w:val="00DE2EB4"/>
     <w:rsid w:val="00DE319F"/>
+    <w:rsid w:val="00DE377E"/>
     <w:rsid w:val="00DE45B0"/>
     <w:rsid w:val="00DE4D12"/>
     <w:rsid w:val="00DE536E"/>
     <w:rsid w:val="00DE5434"/>
     <w:rsid w:val="00DE5920"/>
     <w:rsid w:val="00DE5983"/>
     <w:rsid w:val="00DE5BF0"/>
     <w:rsid w:val="00DE5D07"/>
     <w:rsid w:val="00DE63D8"/>
     <w:rsid w:val="00DE6CBB"/>
     <w:rsid w:val="00DE770F"/>
     <w:rsid w:val="00DE7C8B"/>
     <w:rsid w:val="00DF0A7D"/>
     <w:rsid w:val="00DF0B4D"/>
     <w:rsid w:val="00DF0EB1"/>
     <w:rsid w:val="00DF3836"/>
     <w:rsid w:val="00DF3B33"/>
     <w:rsid w:val="00DF5317"/>
     <w:rsid w:val="00DF5B8B"/>
     <w:rsid w:val="00DF64B1"/>
     <w:rsid w:val="00DF65B0"/>
     <w:rsid w:val="00DF6615"/>
     <w:rsid w:val="00DF67C7"/>
     <w:rsid w:val="00DF6CD8"/>
     <w:rsid w:val="00DF76CA"/>
     <w:rsid w:val="00E0233D"/>
     <w:rsid w:val="00E024AA"/>
     <w:rsid w:val="00E03B37"/>
     <w:rsid w:val="00E04293"/>
     <w:rsid w:val="00E04458"/>
     <w:rsid w:val="00E04A3F"/>
     <w:rsid w:val="00E04A61"/>
     <w:rsid w:val="00E066D8"/>
     <w:rsid w:val="00E06BA3"/>
     <w:rsid w:val="00E10AE3"/>
     <w:rsid w:val="00E10DCC"/>
     <w:rsid w:val="00E1128D"/>
     <w:rsid w:val="00E11593"/>
     <w:rsid w:val="00E11873"/>
     <w:rsid w:val="00E11F44"/>
     <w:rsid w:val="00E130E8"/>
     <w:rsid w:val="00E130F1"/>
     <w:rsid w:val="00E13135"/>
     <w:rsid w:val="00E140AF"/>
     <w:rsid w:val="00E15B23"/>
     <w:rsid w:val="00E16038"/>
     <w:rsid w:val="00E1652D"/>
     <w:rsid w:val="00E1674D"/>
     <w:rsid w:val="00E172E4"/>
     <w:rsid w:val="00E17C79"/>
+    <w:rsid w:val="00E200E0"/>
     <w:rsid w:val="00E2067E"/>
     <w:rsid w:val="00E20EFF"/>
     <w:rsid w:val="00E213CA"/>
     <w:rsid w:val="00E22D08"/>
     <w:rsid w:val="00E2360D"/>
     <w:rsid w:val="00E2363F"/>
     <w:rsid w:val="00E23650"/>
     <w:rsid w:val="00E23815"/>
     <w:rsid w:val="00E2393F"/>
     <w:rsid w:val="00E24344"/>
     <w:rsid w:val="00E24C75"/>
     <w:rsid w:val="00E24FA3"/>
     <w:rsid w:val="00E25184"/>
     <w:rsid w:val="00E25D62"/>
     <w:rsid w:val="00E26D4E"/>
     <w:rsid w:val="00E3080B"/>
     <w:rsid w:val="00E30BD5"/>
     <w:rsid w:val="00E30C6D"/>
     <w:rsid w:val="00E30C95"/>
     <w:rsid w:val="00E3177B"/>
     <w:rsid w:val="00E31C6F"/>
     <w:rsid w:val="00E31D58"/>
     <w:rsid w:val="00E3221E"/>
     <w:rsid w:val="00E33976"/>
     <w:rsid w:val="00E339AC"/>
@@ -27768,50 +18984,51 @@
     <w:rsid w:val="00E41B10"/>
     <w:rsid w:val="00E422AF"/>
     <w:rsid w:val="00E44AC5"/>
     <w:rsid w:val="00E44FA4"/>
     <w:rsid w:val="00E4514C"/>
     <w:rsid w:val="00E45AE3"/>
     <w:rsid w:val="00E46396"/>
     <w:rsid w:val="00E465DF"/>
     <w:rsid w:val="00E4719C"/>
     <w:rsid w:val="00E473AD"/>
     <w:rsid w:val="00E4787B"/>
     <w:rsid w:val="00E51AE3"/>
     <w:rsid w:val="00E5211B"/>
     <w:rsid w:val="00E52374"/>
     <w:rsid w:val="00E52F1D"/>
     <w:rsid w:val="00E540B1"/>
     <w:rsid w:val="00E55346"/>
     <w:rsid w:val="00E5558C"/>
     <w:rsid w:val="00E565A9"/>
     <w:rsid w:val="00E566DE"/>
     <w:rsid w:val="00E56DEC"/>
     <w:rsid w:val="00E57601"/>
     <w:rsid w:val="00E5761C"/>
     <w:rsid w:val="00E57E56"/>
     <w:rsid w:val="00E60153"/>
+    <w:rsid w:val="00E6092F"/>
     <w:rsid w:val="00E6112D"/>
     <w:rsid w:val="00E616AE"/>
     <w:rsid w:val="00E6193D"/>
     <w:rsid w:val="00E61C29"/>
     <w:rsid w:val="00E61D41"/>
     <w:rsid w:val="00E61FC5"/>
     <w:rsid w:val="00E622D1"/>
     <w:rsid w:val="00E62964"/>
     <w:rsid w:val="00E62E5C"/>
     <w:rsid w:val="00E6395F"/>
     <w:rsid w:val="00E63A37"/>
     <w:rsid w:val="00E64410"/>
     <w:rsid w:val="00E653DF"/>
     <w:rsid w:val="00E66715"/>
     <w:rsid w:val="00E672CA"/>
     <w:rsid w:val="00E7103D"/>
     <w:rsid w:val="00E71096"/>
     <w:rsid w:val="00E7109B"/>
     <w:rsid w:val="00E71677"/>
     <w:rsid w:val="00E71863"/>
     <w:rsid w:val="00E72F50"/>
     <w:rsid w:val="00E73B67"/>
     <w:rsid w:val="00E7518F"/>
     <w:rsid w:val="00E757EE"/>
     <w:rsid w:val="00E75EB5"/>
@@ -27819,122 +19036,126 @@
     <w:rsid w:val="00E811CD"/>
     <w:rsid w:val="00E815CC"/>
     <w:rsid w:val="00E82078"/>
     <w:rsid w:val="00E82737"/>
     <w:rsid w:val="00E82904"/>
     <w:rsid w:val="00E82C6C"/>
     <w:rsid w:val="00E83174"/>
     <w:rsid w:val="00E8332C"/>
     <w:rsid w:val="00E83587"/>
     <w:rsid w:val="00E835A4"/>
     <w:rsid w:val="00E84719"/>
     <w:rsid w:val="00E84F14"/>
     <w:rsid w:val="00E85087"/>
     <w:rsid w:val="00E853C0"/>
     <w:rsid w:val="00E86215"/>
     <w:rsid w:val="00E86282"/>
     <w:rsid w:val="00E87169"/>
     <w:rsid w:val="00E90520"/>
     <w:rsid w:val="00E90CBD"/>
     <w:rsid w:val="00E90CBF"/>
     <w:rsid w:val="00E923AA"/>
     <w:rsid w:val="00E92549"/>
     <w:rsid w:val="00E92636"/>
     <w:rsid w:val="00E9270C"/>
     <w:rsid w:val="00E945D3"/>
+    <w:rsid w:val="00E947C6"/>
     <w:rsid w:val="00E947D1"/>
     <w:rsid w:val="00E94FE1"/>
     <w:rsid w:val="00E9521D"/>
     <w:rsid w:val="00E95B52"/>
     <w:rsid w:val="00E95E8C"/>
     <w:rsid w:val="00E95EBF"/>
     <w:rsid w:val="00E96748"/>
     <w:rsid w:val="00E96A32"/>
     <w:rsid w:val="00E96A82"/>
     <w:rsid w:val="00E97895"/>
     <w:rsid w:val="00EA03ED"/>
     <w:rsid w:val="00EA107B"/>
     <w:rsid w:val="00EA1392"/>
     <w:rsid w:val="00EA143D"/>
     <w:rsid w:val="00EA1901"/>
     <w:rsid w:val="00EA316C"/>
     <w:rsid w:val="00EA328C"/>
     <w:rsid w:val="00EA3539"/>
     <w:rsid w:val="00EA35FE"/>
     <w:rsid w:val="00EA361B"/>
     <w:rsid w:val="00EA3C38"/>
     <w:rsid w:val="00EA3D49"/>
     <w:rsid w:val="00EA3E15"/>
     <w:rsid w:val="00EA3F45"/>
     <w:rsid w:val="00EA3FC1"/>
     <w:rsid w:val="00EA4286"/>
     <w:rsid w:val="00EA45EB"/>
     <w:rsid w:val="00EA4680"/>
     <w:rsid w:val="00EA49C0"/>
     <w:rsid w:val="00EA5D13"/>
     <w:rsid w:val="00EA5E0F"/>
+    <w:rsid w:val="00EA719F"/>
     <w:rsid w:val="00EA731F"/>
     <w:rsid w:val="00EA7FEF"/>
     <w:rsid w:val="00EB04F8"/>
     <w:rsid w:val="00EB0830"/>
     <w:rsid w:val="00EB1B55"/>
     <w:rsid w:val="00EB2C53"/>
     <w:rsid w:val="00EB319C"/>
     <w:rsid w:val="00EB331A"/>
     <w:rsid w:val="00EB34A6"/>
     <w:rsid w:val="00EB478A"/>
     <w:rsid w:val="00EB4E3A"/>
     <w:rsid w:val="00EB5FE9"/>
     <w:rsid w:val="00EB6C05"/>
     <w:rsid w:val="00EB6F89"/>
     <w:rsid w:val="00EC089D"/>
     <w:rsid w:val="00EC0CAB"/>
+    <w:rsid w:val="00EC0F69"/>
     <w:rsid w:val="00EC1488"/>
     <w:rsid w:val="00EC19BC"/>
     <w:rsid w:val="00EC1B6E"/>
     <w:rsid w:val="00EC2A33"/>
     <w:rsid w:val="00EC52FB"/>
     <w:rsid w:val="00EC5732"/>
     <w:rsid w:val="00EC6847"/>
     <w:rsid w:val="00EC6918"/>
     <w:rsid w:val="00EC7648"/>
     <w:rsid w:val="00EC7904"/>
     <w:rsid w:val="00EC79F2"/>
     <w:rsid w:val="00EC7DEF"/>
     <w:rsid w:val="00ED0304"/>
     <w:rsid w:val="00ED18D2"/>
     <w:rsid w:val="00ED1CDC"/>
     <w:rsid w:val="00ED3B96"/>
     <w:rsid w:val="00ED4B6A"/>
     <w:rsid w:val="00ED5B6B"/>
     <w:rsid w:val="00ED5EF4"/>
     <w:rsid w:val="00ED687C"/>
     <w:rsid w:val="00ED68E2"/>
     <w:rsid w:val="00ED69A3"/>
     <w:rsid w:val="00ED6A3B"/>
     <w:rsid w:val="00ED6B63"/>
     <w:rsid w:val="00ED7223"/>
+    <w:rsid w:val="00ED7B5B"/>
     <w:rsid w:val="00ED7C91"/>
     <w:rsid w:val="00EE0384"/>
     <w:rsid w:val="00EE06FD"/>
     <w:rsid w:val="00EE1316"/>
     <w:rsid w:val="00EE1A6A"/>
     <w:rsid w:val="00EE2CAE"/>
     <w:rsid w:val="00EE2DB6"/>
     <w:rsid w:val="00EE334C"/>
     <w:rsid w:val="00EE39AF"/>
     <w:rsid w:val="00EE3EF9"/>
     <w:rsid w:val="00EE41CF"/>
     <w:rsid w:val="00EE57BD"/>
     <w:rsid w:val="00EE63F2"/>
     <w:rsid w:val="00EE6FBE"/>
     <w:rsid w:val="00EE7995"/>
     <w:rsid w:val="00EF0D7F"/>
     <w:rsid w:val="00EF1E95"/>
     <w:rsid w:val="00EF299E"/>
     <w:rsid w:val="00EF4B19"/>
     <w:rsid w:val="00EF60EF"/>
     <w:rsid w:val="00EF6D44"/>
     <w:rsid w:val="00EF72D1"/>
     <w:rsid w:val="00EF7555"/>
     <w:rsid w:val="00EF7BD4"/>
     <w:rsid w:val="00F00054"/>
@@ -27989,118 +19210,123 @@
     <w:rsid w:val="00F40AD7"/>
     <w:rsid w:val="00F40C43"/>
     <w:rsid w:val="00F411DA"/>
     <w:rsid w:val="00F415F3"/>
     <w:rsid w:val="00F42F0C"/>
     <w:rsid w:val="00F43334"/>
     <w:rsid w:val="00F43357"/>
     <w:rsid w:val="00F4446E"/>
     <w:rsid w:val="00F44FBF"/>
     <w:rsid w:val="00F4514B"/>
     <w:rsid w:val="00F45632"/>
     <w:rsid w:val="00F463C6"/>
     <w:rsid w:val="00F467BF"/>
     <w:rsid w:val="00F46C16"/>
     <w:rsid w:val="00F46C42"/>
     <w:rsid w:val="00F46FFD"/>
     <w:rsid w:val="00F47A9D"/>
     <w:rsid w:val="00F47AD5"/>
     <w:rsid w:val="00F505B6"/>
     <w:rsid w:val="00F5066F"/>
     <w:rsid w:val="00F51513"/>
     <w:rsid w:val="00F51E40"/>
     <w:rsid w:val="00F52229"/>
     <w:rsid w:val="00F522CC"/>
     <w:rsid w:val="00F52BD1"/>
+    <w:rsid w:val="00F52FD1"/>
     <w:rsid w:val="00F53DD1"/>
     <w:rsid w:val="00F55798"/>
     <w:rsid w:val="00F56677"/>
     <w:rsid w:val="00F56A2D"/>
     <w:rsid w:val="00F56EBF"/>
     <w:rsid w:val="00F6083F"/>
     <w:rsid w:val="00F62174"/>
     <w:rsid w:val="00F621BB"/>
     <w:rsid w:val="00F635AD"/>
+    <w:rsid w:val="00F64203"/>
     <w:rsid w:val="00F646B4"/>
     <w:rsid w:val="00F65C84"/>
     <w:rsid w:val="00F65EAD"/>
     <w:rsid w:val="00F665AC"/>
     <w:rsid w:val="00F6662C"/>
     <w:rsid w:val="00F66C6B"/>
     <w:rsid w:val="00F67071"/>
     <w:rsid w:val="00F67416"/>
     <w:rsid w:val="00F6766A"/>
     <w:rsid w:val="00F70C97"/>
     <w:rsid w:val="00F712BE"/>
     <w:rsid w:val="00F720F4"/>
     <w:rsid w:val="00F72F8A"/>
     <w:rsid w:val="00F737B4"/>
     <w:rsid w:val="00F748B1"/>
     <w:rsid w:val="00F74B2E"/>
     <w:rsid w:val="00F74E04"/>
     <w:rsid w:val="00F75209"/>
     <w:rsid w:val="00F7560D"/>
     <w:rsid w:val="00F75AB4"/>
     <w:rsid w:val="00F76B59"/>
     <w:rsid w:val="00F774B3"/>
     <w:rsid w:val="00F77C0D"/>
     <w:rsid w:val="00F80693"/>
     <w:rsid w:val="00F80F60"/>
     <w:rsid w:val="00F80F6A"/>
     <w:rsid w:val="00F81659"/>
     <w:rsid w:val="00F8201E"/>
     <w:rsid w:val="00F8233B"/>
     <w:rsid w:val="00F82FF1"/>
     <w:rsid w:val="00F836EF"/>
+    <w:rsid w:val="00F84170"/>
+    <w:rsid w:val="00F848AD"/>
     <w:rsid w:val="00F856A3"/>
     <w:rsid w:val="00F862CD"/>
     <w:rsid w:val="00F8675D"/>
     <w:rsid w:val="00F87366"/>
     <w:rsid w:val="00F87554"/>
     <w:rsid w:val="00F875AC"/>
     <w:rsid w:val="00F87969"/>
     <w:rsid w:val="00F879F8"/>
     <w:rsid w:val="00F90596"/>
     <w:rsid w:val="00F905A9"/>
     <w:rsid w:val="00F90EB0"/>
     <w:rsid w:val="00F90F8D"/>
     <w:rsid w:val="00F919A3"/>
     <w:rsid w:val="00F91DB2"/>
     <w:rsid w:val="00F9205A"/>
     <w:rsid w:val="00F92443"/>
     <w:rsid w:val="00F92D17"/>
     <w:rsid w:val="00F92F93"/>
     <w:rsid w:val="00F945EB"/>
     <w:rsid w:val="00F94C97"/>
     <w:rsid w:val="00F94CA4"/>
     <w:rsid w:val="00F95283"/>
     <w:rsid w:val="00F9586E"/>
     <w:rsid w:val="00F9698F"/>
     <w:rsid w:val="00FA0556"/>
     <w:rsid w:val="00FA12E7"/>
     <w:rsid w:val="00FA150B"/>
     <w:rsid w:val="00FA1893"/>
+    <w:rsid w:val="00FA1EF8"/>
     <w:rsid w:val="00FA28DC"/>
     <w:rsid w:val="00FA3207"/>
     <w:rsid w:val="00FA3490"/>
     <w:rsid w:val="00FA35D2"/>
     <w:rsid w:val="00FA3CF7"/>
     <w:rsid w:val="00FA442F"/>
     <w:rsid w:val="00FA54B8"/>
     <w:rsid w:val="00FA61BC"/>
     <w:rsid w:val="00FA6DA2"/>
     <w:rsid w:val="00FA6EB7"/>
     <w:rsid w:val="00FA6F46"/>
     <w:rsid w:val="00FA7B9B"/>
     <w:rsid w:val="00FB0AD1"/>
     <w:rsid w:val="00FB108F"/>
     <w:rsid w:val="00FB109B"/>
     <w:rsid w:val="00FB162C"/>
     <w:rsid w:val="00FB1638"/>
     <w:rsid w:val="00FB20B4"/>
     <w:rsid w:val="00FB2925"/>
     <w:rsid w:val="00FB32C8"/>
     <w:rsid w:val="00FB3314"/>
     <w:rsid w:val="00FB35FB"/>
     <w:rsid w:val="00FB37A4"/>
     <w:rsid w:val="00FB5498"/>
     <w:rsid w:val="00FB57F7"/>
@@ -28115,128 +19341,115 @@
     <w:rsid w:val="00FC2942"/>
     <w:rsid w:val="00FC2B78"/>
     <w:rsid w:val="00FC3099"/>
     <w:rsid w:val="00FC31F4"/>
     <w:rsid w:val="00FC3E49"/>
     <w:rsid w:val="00FC4085"/>
     <w:rsid w:val="00FC4927"/>
     <w:rsid w:val="00FC4A02"/>
     <w:rsid w:val="00FC4D09"/>
     <w:rsid w:val="00FC63F1"/>
     <w:rsid w:val="00FC6871"/>
     <w:rsid w:val="00FC7FA3"/>
     <w:rsid w:val="00FD083D"/>
     <w:rsid w:val="00FD08DA"/>
     <w:rsid w:val="00FD1214"/>
     <w:rsid w:val="00FD2054"/>
     <w:rsid w:val="00FD2A73"/>
     <w:rsid w:val="00FD40CF"/>
     <w:rsid w:val="00FD4114"/>
     <w:rsid w:val="00FD441A"/>
     <w:rsid w:val="00FD44C4"/>
     <w:rsid w:val="00FD4E1F"/>
     <w:rsid w:val="00FD5559"/>
     <w:rsid w:val="00FD656C"/>
     <w:rsid w:val="00FD6A11"/>
-    <w:rsid w:val="00FD6ADC"/>
     <w:rsid w:val="00FD70CB"/>
     <w:rsid w:val="00FD776D"/>
     <w:rsid w:val="00FE0C6F"/>
     <w:rsid w:val="00FE1C37"/>
     <w:rsid w:val="00FE38A6"/>
     <w:rsid w:val="00FE3E26"/>
     <w:rsid w:val="00FE4468"/>
     <w:rsid w:val="00FE4576"/>
     <w:rsid w:val="00FE575F"/>
     <w:rsid w:val="00FE5912"/>
     <w:rsid w:val="00FE6101"/>
     <w:rsid w:val="00FE68AE"/>
     <w:rsid w:val="00FE6C8D"/>
     <w:rsid w:val="00FF0BB7"/>
     <w:rsid w:val="00FF0ECF"/>
     <w:rsid w:val="00FF0F17"/>
     <w:rsid w:val="00FF14F4"/>
     <w:rsid w:val="00FF181C"/>
     <w:rsid w:val="00FF1EF3"/>
     <w:rsid w:val="00FF1F76"/>
     <w:rsid w:val="00FF234E"/>
     <w:rsid w:val="00FF24AE"/>
     <w:rsid w:val="00FF26DF"/>
     <w:rsid w:val="00FF2831"/>
     <w:rsid w:val="00FF3364"/>
     <w:rsid w:val="00FF43D2"/>
     <w:rsid w:val="00FF442A"/>
     <w:rsid w:val="00FF4B6B"/>
     <w:rsid w:val="00FF5434"/>
     <w:rsid w:val="00FF545E"/>
     <w:rsid w:val="00FF61E7"/>
     <w:rsid w:val="00FF6314"/>
     <w:rsid w:val="00FF6418"/>
     <w:rsid w:val="00FF64CB"/>
     <w:rsid w:val="00FF6D8E"/>
     <w:rsid w:val="00FF7CDC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="15E70AD5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5FEBC6C6-8EDD-419E-A33F-7F5F22734D3B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -28567,163 +19780,152 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E2363F"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00714B50"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AC052B"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
-      <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE2E6E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5580"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="18"/>
-      <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE2E6E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5580"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="40"/>
       <w:sz w:val="28"/>
-      <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00AE2E6E"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00AE2E6E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AE2E6E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE2E6E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00F36F93"/>
     <w:tblPr>
       <w:tblBorders>
@@ -28870,51 +20072,50 @@
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Parastais14pt">
     <w:name w:val="Parastais + 14 pt"/>
     <w:aliases w:val="Centrēts,Nedarīt Treknraksts,Rindstarpa:  viena"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E44FA4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="28"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00847392"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="002503B8"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
@@ -28983,92 +20184,85 @@
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008012CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyA">
     <w:name w:val="Body A"/>
     <w:rsid w:val="00CC7151"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Helvetica"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharChar">
     <w:name w:val="Char Char"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="00532A22"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naispant">
     <w:name w:val="naispant"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E25184"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E25184"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharCharRakstzRakstzCharCharRakstzRakstz">
     <w:name w:val="Char Char Char Char Rakstz. Rakstz. Char Char Rakstz. Rakstz."/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="00E25184"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstzCharCharRakstzRakstz0">
     <w:name w:val="Rakstz. Rakstz. Char Char Rakstz. Rakstz._0"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="00E2363F"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="160" w:line="240" w:lineRule="exact"/>
@@ -29254,110 +20448,104 @@
     <w:qFormat/>
     <w:rsid w:val="002B787A"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00356B69"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007C1052"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BD0086"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="002775B7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Neatrisintapieminana">
     <w:name w:val="Neatrisināta pieminēšana"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A46BEB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B8433A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nva.gov.lv" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -29577,102 +20765,93 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">210</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -29799,136 +20978,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FF33620-865A-4976-83B0-944C9CE6C407}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B85BAFD0-2908-45B2-8F77-DB1FCC21310C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{881301FC-3D91-404C-9476-86409CEFACE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC8AD83D-AC4C-43A6-B727-0BD2D5332BC8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FF33620-865A-4976-83B0-944C9CE6C407}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09CC1936-415F-47A2-AE11-3871F25EA695}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FDFEF6D-CAAA-40BC-9662-84D25275649E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>12953</Characters>
+  <Pages>11</Pages>
+  <Words>4194</Words>
+  <Characters>28948</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Lines>241</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35604</CharactersWithSpaces>
+  <CharactersWithSpaces>33076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>LigaE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>