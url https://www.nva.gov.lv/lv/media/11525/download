--- v0 (2025-10-08)
+++ v1 (2026-01-27)
@@ -1,171 +1,184 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00E9768E" w:rsidRPr="000C1D6A" w:rsidRDefault="000E7E8E" w:rsidP="000C1D6A">
+    <w:p w:rsidR="00E9768E" w:rsidRPr="000C1D6A" w:rsidRDefault="00863251" w:rsidP="000C1D6A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="center" w:pos="4678"/>
           <w:tab w:val="right" w:pos="9354"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidR="005C0547" w:rsidRPr="000C1D6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00945913" w:rsidRDefault="000E7E8E" w:rsidP="00945913">
+    <w:p w:rsidR="00945913" w:rsidRDefault="00863251" w:rsidP="00945913">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="center" w:pos="4678"/>
           <w:tab w:val="right" w:pos="9354"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Nodarbinātības valsts aģentūras</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00027B0F" w:rsidRDefault="000E7E8E" w:rsidP="00027B0F">
+    <w:p w:rsidR="00EB1024" w:rsidRDefault="00863251" w:rsidP="00EB1024">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="center" w:pos="4678"/>
           <w:tab w:val="right" w:pos="9354"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>03.09.2024. rīkojumam Nr. 1.1-1/219</w:t>
+        <w:t>08.07.2025.  rīkojumam Nr. 1.1-1/149</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B26C6C" w:rsidRPr="006641A1" w:rsidRDefault="00B26C6C" w:rsidP="00682283">
+    <w:p w:rsidR="00027B0F" w:rsidRDefault="00027B0F" w:rsidP="00027B0F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="center" w:pos="4678"/>
           <w:tab w:val="right" w:pos="9354"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B26C6C" w:rsidRPr="006641A1" w:rsidRDefault="00B26C6C" w:rsidP="00682283">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="center" w:pos="4678"/>
+          <w:tab w:val="right" w:pos="9354"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="center" w:pos="4678"/>
           <w:tab w:val="right" w:pos="9354"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk130554504"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -181,92 +194,92 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenotāju izvēles kārtība </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk97194536"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="4153"/>
           <w:tab w:val="right" w:pos="8306"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>I. Vispārīgie noteikumi</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk97631530"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -454,51 +467,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>pasākumu īstenotāju izvēles principiem” (turpmāk – Noteikumi) noteiktajam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -533,91 +546,91 @@
         </w:rPr>
         <w:t xml:space="preserve">speciālā budžeta </w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>līdzekļiem.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>II. Prasības piedāvājuma noformējumam un iesniegšanai</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRDefault="000E7E8E" w:rsidP="0041574D">
+    <w:p w:rsidR="00384BC2" w:rsidRDefault="00863251" w:rsidP="0041574D">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk161151571"/>
       <w:r w:rsidRPr="0092375E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -796,118 +809,118 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0092375E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>pēc paziņojumā norādītā</w:t>
       </w:r>
       <w:r w:rsidRPr="0092375E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas termiņa beigām, Komisija nevērtē.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="0041574D">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="0041574D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Iesniegtajiem dokumentiem jābūt skaidri salasāmiem, lai izvairītos no jebkādiem pārpratumiem. Vārdiem un skaitļiem jābūt bez iestarpinājumiem, labojumiem vai dzēsumiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Piedāvājumam</w:t>
       </w:r>
       <w:r w:rsidR="008E4289" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> jābūt valsts valodā.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRDefault="00863251" w:rsidP="002F4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -1143,51 +1156,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>a tiesīg</w:t>
       </w:r>
       <w:r w:rsidR="00A842D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>s personas izdotu pilnvaru vai normatīvajos aktos noteiktā kārtībā apliecinātu pilnvarojuma kopiju.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Līdz </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_Hlk130546375"/>
@@ -1203,187 +1216,180 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> diena</w:t>
       </w:r>
       <w:r w:rsidR="00826941">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00826941" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>preten</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006641A1">
+        <w:t xml:space="preserve">pretendents ir tiesīgs </w:t>
+      </w:r>
+      <w:r w:rsidR="003148BE" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">dents ir tiesīgs </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003148BE" w:rsidRPr="006641A1">
+        <w:t xml:space="preserve">precizēt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">precizēt </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006641A1">
+        <w:t>iesniegto pie</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6B54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>iesniegto pie</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003C6B54">
+        <w:t>dāvājumu</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2490" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>dāvājumu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004A2490" w:rsidRPr="006641A1">
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="0055490F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0055490F">
+        <w:t>novērst trūkumus</w:t>
+      </w:r>
+      <w:r w:rsidR="00744F03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>novērst trūkumus</w:t>
+        <w:t xml:space="preserve">, ja Aģentūras darbinieks CVVP </w:t>
+      </w:r>
+      <w:r w:rsidR="00A842D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saņemto </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>piedāvājumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A842D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00744F03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ja Aģentūras darbinieks CVVP </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A842D6">
+        <w:t>ir atgriezis precizēšanai</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8034F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">saņemto </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00517D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="00517D67" w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>retendents ir tiesīgs iesniegt</w:t>
+      </w:r>
+      <w:r w:rsidR="00517D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> papildu</w:t>
+      </w:r>
+      <w:r w:rsidR="00517D67" w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B8034F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>piedāvājumu</w:t>
       </w:r>
-      <w:r w:rsidR="00A842D6">
+      <w:r w:rsidR="00517D67">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006641A1">
-[...47 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009B1BDF" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="009B1BDF" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
@@ -1568,51 +1574,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD1D1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>piedāvājumu</w:t>
       </w:r>
       <w:r w:rsidR="00821431" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nevērtē</w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="00924BCD" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="00924BCD" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B1BDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepieciešamo informāciju pretendentu atlasei </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1633,107 +1639,106 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="009B1BDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ģentūras rīcībā esošā informācija neatbilst faktiskajai situācijai, attiecīgais pretendents ir tiesīgs iesniegt izziņu vai citu dokumentu, precizējot informāciju.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00924BCD" w:rsidRPr="006641A1" w:rsidRDefault="00924BCD" w:rsidP="00924BCD">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">III. </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>Pretendenta atlases dokumenti un kritēriji pretendenta vērtēšanai</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1774,80 +1779,80 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">piedāvājums </w:t>
       </w:r>
       <w:r w:rsidR="00582948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>CVVP</w:t>
       </w:r>
       <w:r w:rsidR="003C6B54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Komisija pārliecinās, ka pretendents atbilst šādām prasībām:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0096442E" w:rsidRDefault="000E7E8E" w:rsidP="008807C9">
+    <w:p w:rsidR="0096442E" w:rsidRDefault="00863251" w:rsidP="008807C9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1880,51 +1885,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> pantā noteiktajam, pretendentam, tā valdes vai padomes locekļiem, patiesā labuma guvējam, pārstāvēttiesīgai personai vai prokūristam, vai personai, kura ir pilnvarota pārstāvēt pretendentu darbībās nav noteiktas starptautiskās vai nacionālās sankcija</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>s vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="008807C9">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="008807C9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1944,60 +1949,51 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2022. gada 8. aprīļa regul</w:t>
       </w:r>
       <w:r w:rsidR="00091C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/</w:t>
-[...8 lines deleted...]
-        <w:t>2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk –</w:t>
+        <w:t xml:space="preserve"> (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (turpmāk –</w:t>
       </w:r>
       <w:r w:rsidR="007A7D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00091C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -2019,51 +2015,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) 2022/576), 5.l panta </w:t>
       </w:r>
       <w:r w:rsidR="0096442E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -2087,51 +2083,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>apakšpunkta prasībām – pretendents ir reģistrēts saskaņā ar a</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ttiecīgo saimniecisko darbību regulējošo normatīvo aktu prasībām;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -2146,51 +2142,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Noteikumu 15.2.</w:t>
       </w:r>
       <w:r w:rsidR="0028389C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>apakšpunkta prasībām – pretendentam ir licence, akreditācijas lapa, sertifikāts attiecīgo pakalpojumu sniegšanai, ja to nepieciešamību nosaka normatīvie akti;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -2248,51 +2244,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidR="009E719B" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>pasākumu īstenošanas nosacījumus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="0041574D">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="0041574D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -2340,198 +2336,198 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006119B6" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>minētajiem izslēgšanas noteikumiem:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1701" w:hanging="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>nav</w:t>
       </w:r>
       <w:r w:rsidR="008E4289" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> pasludināts pretendenta maksātnespējas process, apturēta pretendenta saimnieciskā darbība, pretendents tiek likvidēts;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1701" w:hanging="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>pretendents ar kompetentas institūcijas lēmumu, tiesas spriedumu vai prokurora priekšrakstu par sodu, kas stājies spēkā un kļuvis neapstrīdams un nepārsūdzams, ir atzīts par vainīgu un sodīts par pārkāpumu, kurš izpaužas kā:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2552" w:hanging="851"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>vienas vai vairāku personu noda</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>rbināšana, ja tām nav nepieciešamās darba atļaujas vai ja tās nav tiesīgas uzturēties Eiropas Savienības dalībvalstī;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2552" w:hanging="851"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>personas nodarbināšana bez rakstveidā noslēgta darba līguma, nodokļu normatīvajos aktos noteiktajā termiņā neiesniedzot par šo personu inf</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ormatīvo deklarāciju par darbiniekiem, kas iesniedzama par personām, kuras uzsāk darbu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Hlk97204557"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2584,51 +2580,51 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2693,51 +2689,61 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>janvāra noteikumu Nr.</w:t>
       </w:r>
       <w:r w:rsidR="009B1BDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">10 “Noteikumi par darbiem, kuros atļauts nodarbināt bērnus vecumā no 13 gadiem” (ja darba vietā plānots nodarbināt bērnus) un </w:t>
+        <w:t xml:space="preserve">10 “Noteikumi par darbiem, kuros atļauts nodarbināt bērnus vecumā no 13 gadiem” (ja darba vietā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">plānots nodarbināt bērnus) un </w:t>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="_Hlk131607160"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministru </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>kabineta 2002.</w:t>
       </w:r>
       <w:r w:rsidR="009B1BDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2784,83 +2790,73 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r w:rsidR="009B1BDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">206 “Noteikumi par darbiem, kuros aizliegts nodarbināt pusaudžus, un izņēmumi, </w:t>
-[...9 lines deleted...]
-        <w:t>kad nodarbināšana šajos darbos ir atļauta saistībā ar pusaudža profesionālo apmācību”</w:t>
+        <w:t>206 “Noteikumi par darbiem, kuros aizliegts nodarbināt pusaudžus, un izņēmumi, kad nodarbināšana šajos darbos ir atļauta saistībā ar pusaudža profesionālo apmācību”</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ja darba vietā plānots nodarbināt pusaudžus) n</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>osacījumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2892,181 +2888,181 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>punkta prasībām – pretendents pieteiktajai darba vietai mēneša darba algu normāla darba laika ietvaros noteicis ne mazāk kā valstī noteiktās minimālās mēneša darba algas apmērā vai ne mazāk kā minimālo</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> stundas tarifa likmi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00B8034F">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00B8034F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="907" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>atbilstoši Noteikumu 108.</w:t>
       </w:r>
       <w:r w:rsidR="001F7638">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>punkta prasībām – pretendents var nodrošināt Pasākuma ietvaros darba vadītāju, kurš palīdz skolēnam apgūt darbam nepieciešamās pamatprasmes un iemaņas, veic darba laika uzskaiti, kontrolē izglītojamā darbu u</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">n nodrošina izglītojamā uzraudzību darba laikā. Viens darba vadītājs var vadīt darbu ne vairāk kā 10 Pasākumā iesaistītajiem skolēniem </w:t>
+        <w:t>punkta prasībām – pretendents var nodrošināt Pasākuma ietvaros darba vadītāju, kurš palīdz skolēnam apgūt darbam nepieciešamās pamatprasmes un iemaņas, veic darba laika uzskaiti, kontrolē izglītojamā darbu un nodrošina izglītojamā uzraudzību darba laikā. V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iens darba vadītājs var vadīt darbu ne vairāk kā 10 Pasākumā iesaistītajiem skolēniem </w:t>
       </w:r>
       <w:r w:rsidR="00091C0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">vai ne vairāk kā pieciem skolēniem, </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ja darbs tiek vadīts vismaz vienam skolēns ar invaliditāti.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IV Piedāvājumu vērtēšana</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Hlk52539347"/>
     </w:p>
-    <w:p w:rsidR="000668B4" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="000668B4" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E3BE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pretendenta pie</w:t>
       </w:r>
       <w:r w:rsidR="004F41D2">
         <w:rPr>
@@ -3364,51 +3360,51 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A43B86" w:rsidRPr="00156A20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="00156A20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">punktam. </w:t>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="_Hlk112762105"/>
       <w:bookmarkStart w:id="15" w:name="_Hlk112765511"/>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -3643,51 +3639,51 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktā noteiktajam, Komisija izslēdz pretendenta </w:t>
       </w:r>
       <w:r w:rsidR="00852DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>piedāvājumu</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> no tālākas vērtēšanas.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -3727,51 +3723,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbilstību </w:t>
       </w:r>
       <w:r w:rsidR="009E719B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">šādām Noteikumu </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> prasībām:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0062214D" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="0062214D" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Hlk97632542"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3973,126 +3969,117 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Komisija izslēdz pretendenta </w:t>
       </w:r>
       <w:r w:rsidR="005D21D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>piedāvājumu</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> no tālākas vērtēšanas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Noteikumu 15.2.</w:t>
       </w:r>
       <w:r w:rsidR="00D34152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>apakšp</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">unkta prasības pārbaudē izmanto pretendenta </w:t>
+        <w:t xml:space="preserve">apakšpunkta prasības pārbaudē izmanto pretendenta </w:t>
       </w:r>
       <w:r w:rsidR="005D21D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>piedāvājumā</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> sniegto apliecinājumu un papildus iesniegto informāciju (ja attiecināms);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Hlk97216642"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4131,60 +4118,60 @@
       <w:r w:rsidR="009E719B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidR="009E719B" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>aktīvo nodarbinātības pasākumu un pasākumu sadarbības partneru</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> līgumsaistību pārkāpumu reģistru.</w:t>
+        <w:t xml:space="preserve">aktīvo nodarbinātības pasākumu un pasākumu sadarbības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>partneru līgumsaistību pārkāpumu reģistru.</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ja pretendents ir iekļauts pārkāpumu reģistrā</w:t>
       </w:r>
       <w:r w:rsidR="0062214D" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kopš pārkāpuma nav pagāj</w:t>
       </w:r>
       <w:r w:rsidR="00291C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4209,77 +4196,78 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>piedāvājumu</w:t>
       </w:r>
       <w:r w:rsidR="005F111F" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>no tālākas vērtēšanas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00020EB3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">uz lēmuma pieņemšanas dienu, </w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Noteikumu 15.5.</w:t>
       </w:r>
       <w:r w:rsidR="00D34152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4373,460 +4361,216 @@
       <w:r w:rsidR="000E07D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>piedāvājumu</w:t>
       </w:r>
       <w:r w:rsidR="000E07D1" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006119B6" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">no tālākas </w:t>
+        <w:t xml:space="preserve">no tālākas vērtēšanas ja no dienas, kad kļuvis neapstrīdams un nepārsūdzams tiesas spriedums, prokurora priekšraksts par sodu vai citas kompetentas institūcijas pieņemtais lēmums, līdz </w:t>
+      </w:r>
+      <w:r w:rsidR="00754414">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>piedāvājuma</w:t>
       </w:r>
       <w:r w:rsidR="006119B6" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        <w:t>piedāvājuma</w:t>
+        <w:t xml:space="preserve"> iesniegšanas dienai ir pagājuši trīs gadi (PIL 42.</w:t>
+      </w:r>
+      <w:r w:rsidR="00156A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006119B6" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> iesniegšanas dienai ir pagājuši trīs gadi (PIL 42.</w:t>
+        <w:t>panta ceturtās daļas</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006119B6" w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00156A20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006119B6" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>panta ceturtās daļas</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00156A20">
+        <w:t xml:space="preserve">punkts). </w:t>
+      </w:r>
+      <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja konstatē, ka pretendentam ir nodokļu parāds, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pretendenta </w:t>
+      </w:r>
+      <w:r w:rsidR="00F642FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>piedāvājums</w:t>
+      </w:r>
+      <w:r w:rsidR="00F642FD" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006119B6" w:rsidRPr="006641A1">
-[...61 lines deleted...]
-        <w:t>dienu laikā no informācijas pieprasīšanas lūdz iesniegt:</w:t>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>no dalības tālākā vērtēšanā tiek izslēgts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
-[...214 lines deleted...]
-    <w:p w:rsidR="00300A49" w:rsidRDefault="000E7E8E" w:rsidP="00300A49">
+    <w:p w:rsidR="00300A49" w:rsidRDefault="00863251" w:rsidP="00300A49">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Noteikumu 17.</w:t>
       </w:r>
       <w:r w:rsidR="00D34152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>punkta prasības pārbaudē izmanto informāc</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">iju, kas pieejama pretendenta sagatavotajā </w:t>
+        <w:t xml:space="preserve">punkta prasības pārbaudē izmanto informāciju, kas pieejama pretendenta sagatavotajā </w:t>
       </w:r>
       <w:r w:rsidR="00582948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="005D21D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>iedāvājumā</w:t>
       </w:r>
       <w:r w:rsidR="00582948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -4998,60 +4742,51 @@
       <w:r w:rsidR="000C48F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ajām</w:t>
       </w:r>
       <w:r w:rsidR="000C48F7" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>prasībām (atbilstoši, vai Pasākumā tiek iesa</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">istīts bērns vai pusaudzis), kā </w:t>
+        <w:t xml:space="preserve">prasībām (atbilstoši, vai Pasākumā tiek iesaistīts bērns vai pusaudzis), kā </w:t>
       </w:r>
       <w:r w:rsidR="00D34152" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidR="00D34152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r w:rsidR="00D34152" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5109,51 +4844,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai ne mazāk kā minimāl</w:t>
       </w:r>
       <w:r w:rsidR="00CD5B74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> stundas tarifa likme.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00300A49" w:rsidRDefault="000E7E8E" w:rsidP="00300A49">
+    <w:p w:rsidR="00300A49" w:rsidRDefault="00863251" w:rsidP="00300A49">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5193,267 +4928,257 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pārbauda norādīto informāciju par skolēnu darba vietu skaitu un pārbauda norādīto darba vadītāju skaitu</w:t>
       </w:r>
       <w:r w:rsidR="006119B6" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="008D5C24" w:rsidRDefault="000E7E8E" w:rsidP="00924BCD">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="008D5C24" w:rsidRDefault="00863251" w:rsidP="00924BCD">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Pēc visu kritēriju pārbaudes Komisija pārliecinās, vai</w:t>
+        <w:t xml:space="preserve">Pēc visu kritēriju pārbaudes Komisija pārliecinās, vai pretendenta </w:t>
+      </w:r>
+      <w:r w:rsidR="005D21D3" w:rsidRPr="008D5C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>piedāvājuma</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pretendenta </w:t>
-[...8 lines deleted...]
-        <w:t>piedāvājuma</w:t>
+        <w:t xml:space="preserve"> saturs ir sniedzis visu izvērtēšanai nepieciešamo informāciju, vai tas ir bijis atbilstoši noformēts. Ja Komisija konstatē, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="00665807" w:rsidRPr="008D5C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>piedāvājumā</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> saturs ir sniedzis visu izvērtēšanai nepieciešamo informāciju, vai tas ir bijis atbilstoši noformēts. Ja Komisija konstatē, ka </w:t>
-[...8 lines deleted...]
-        <w:t>piedāvājumā</w:t>
+        <w:t xml:space="preserve"> ietvertā vai pretendenta iesniegtā informācija vai dokuments ir neskaidrs vai nepilnīgs, Komisija rakstveidā par to </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ietvertā vai pretendenta iesniegtā informācija vai dokuments ir neskaidrs vai nepilnīgs, Kom</w:t>
+        <w:t xml:space="preserve">informē pretendentu un </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84F36" w:rsidRPr="008D5C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piecu </w:t>
+      </w:r>
+      <w:r w:rsidR="005E6191" w:rsidRPr="008D5C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">isija rakstveidā par to informē pretendentu un </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">darba </w:t>
+        <w:t>dienu laikā no informācijas pieprasīšanas brīža pieprasa, lai pretendents izskaidro vai papildina minēto informāciju vai dokumentu</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5B74" w:rsidRPr="008D5C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>dienu laikā no informācijas pieprasīšanas brīža pieprasa, lai pretendents izskaidro vai papildina minēto informāciju vai dokumentu</w:t>
-[...8 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> vai iesniedz trūkstošo dokumentu, nodrošinot vienlīdzīgu attieksmi pret visiem pretendent</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai iesniedz trūkstošo dokumentu, nodrošinot vienlīdzīgu attieksmi pret visiem pretendentiem. Ja vēstulē noteiktajā termiņā pretendents neiesniedz pieprasīto informāciju, pretendenta </w:t>
+        <w:t xml:space="preserve">iem. Ja vēstulē noteiktajā termiņā pretendents neiesniedz pieprasīto informāciju, pretendenta </w:t>
       </w:r>
       <w:r w:rsidR="00665807" w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>piedāvājumu</w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> no dalības tālākā vērtēšanā tiek izslēgts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D74635" w:rsidRPr="006641A1" w:rsidRDefault="00D74635" w:rsidP="00384BC2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>V. Lēmuma pieņem</w:t>
-[...9 lines deleted...]
-        <w:t>šana</w:t>
+        <w:t>V. Lēmuma pieņemšana</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00861EE8" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00861EE8" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Hlk532311985"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija pieņem lēmumu atbilstoši </w:t>
       </w:r>
@@ -5505,87 +5230,86 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja </w:t>
       </w:r>
       <w:r w:rsidR="00F6656C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktais </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> rezultatīvais rādītājs ir pietiekams visu pretendentu pieteikto darba vietu izveidei, Komisija pieņem lēmumu par iespējamu līguma slēgšanu ar pretendentiem, kuriem nav pieprasīta papildu informācija vai dokumenti. </w:t>
+        <w:t xml:space="preserve"> rezultatīvais rādītājs ir pietiekams visu pretendentu pieteikto darba vietu izveidei, Komisija pieņem lēmumu par iespējamu līguma slēgšanu ar pretendentiem, kuriem nav pieprasīta papildu informācija vai dokumenti.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039073B" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="0039073B" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">u informāciju vai dokumentus </w:t>
+        <w:t xml:space="preserve">Pretendentu, kuriem lūdz iesniegt papildu informāciju vai dokumentus </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>(kārtības</w:t>
       </w:r>
       <w:r w:rsidR="008D5C24" w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D5C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5667,63 +5391,54 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00665807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>piedāvājumus</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> izskata atsevišķā Komisijas sēdē pēc papildu informācijas iesniegšanas termiņa beigām vai ātrāk, ja visa papildus pieprasītā informācija vai dokumenti</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ir iesniegti.</w:t>
+        <w:t xml:space="preserve"> izskata atsevišķā Komisijas sēdē pēc papildu informācijas iesniegšanas termiņa beigām vai ātrāk, ja visa papildus pieprasītā informācija vai dokumenti ir iesniegti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija izslēdz pretendenta </w:t>
       </w:r>
       <w:r w:rsidR="00665807">
@@ -5738,51 +5453,60 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> no dalības vērtēšanā gadījumā, ja pretendent</w:t>
       </w:r>
       <w:r w:rsidR="00821431" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nav iesniedzis papildus </w:t>
+        <w:t xml:space="preserve"> nav</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniedzis papildus </w:t>
       </w:r>
       <w:r w:rsidR="0039073B" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">pieprasīto </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>informāciju vai dokumentus</w:t>
       </w:r>
       <w:r w:rsidR="00B129B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5813,51 +5537,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> pretendent</w:t>
       </w:r>
       <w:r w:rsidR="00821431" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F36806" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00F36806" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">atbilst </w:t>
       </w:r>
@@ -5931,51 +5655,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00821431" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>punktā noteiktaj</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>iem nosacījumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F36806" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00F36806" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>neatbilst Noteikumu 15.1.</w:t>
       </w:r>
@@ -6001,87 +5725,97 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">pretendents </w:t>
       </w:r>
       <w:r w:rsidR="005753DC" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">VID </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>nav reģistrēts saskaņā ar attiecīgo saimniecisko darbību regulējošo normatīvo aktu</w:t>
+        <w:t xml:space="preserve">nav </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>reģistrēts saskaņā ar attiecīgo saimniecisko darbību regulējošo normatīvo aktu</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F36806" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00F36806" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>neatbilst Noteikumu 15.2.</w:t>
       </w:r>
       <w:r w:rsidR="008A621A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">apakšpunkta prasībām – </w:t>
       </w:r>
       <w:r w:rsidR="005753DC" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6093,51 +5827,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">pretendentam </w:t>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="_Hlk97293531"/>
       <w:r w:rsidR="005753DC" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> licence, akreditācijas lapa, sertifikāts attiecīgo pakalpojumu sniegšanai, ja to nepieciešamīb</w:t>
+        <w:t xml:space="preserve"> licence, akreditācijas lapa, sertifikāts attiecīgo pakalpojumu sniegšanai, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ja to nepieciešamīb</w:t>
       </w:r>
       <w:r w:rsidR="005753DC" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> no</w:t>
       </w:r>
       <w:r w:rsidR="005753DC" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -6169,51 +5912,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> akt</w:t>
       </w:r>
       <w:r w:rsidR="005753DC" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F36806" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00F36806" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>neatbilst Noteikumu 15.4.</w:t>
       </w:r>
@@ -6239,100 +5982,91 @@
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>pēdēj</w:t>
       </w:r>
       <w:r w:rsidR="00291C22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>o divu gadu</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> laikā ir būtiski pārkāpis </w:t>
       </w:r>
       <w:r w:rsidR="009E719B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidR="009E719B" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>pasākumu īstenošanas nosacījumus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00D74635" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE60EE" w:rsidRPr="004A6641" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00DE60EE" w:rsidRPr="004A6641" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">neatbilst </w:t>
       </w:r>
@@ -6375,93 +6109,84 @@
       <w:r w:rsidR="008A621A" w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006119B6" w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">minētajiem izslēgšanas noteikumiem, vai pretendentam dienā, kad pieņemts lēmums par </w:t>
+        <w:t>minētajiem izslēgšanas noteikumiem, vai pretendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kur</w:t>
       </w:r>
       <w:r w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">150 </w:t>
+        <w:t xml:space="preserve">ā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, ir nodokļu parāds, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parāds, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidR="00D74635" w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="_Hlk123044067"/>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:p w:rsidR="00BC3AC0" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00BC3AC0" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija pieņem lēmumu par tādu pretendentu </w:t>
       </w:r>
@@ -6498,173 +6223,181 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008A621A" w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>punkta prasībām.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B84F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ja Pasākuma</w:t>
       </w:r>
       <w:r w:rsidR="00B84F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanai piešķirtais  rezultatīvais radītājs</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> nav pietiekams visu atbilstošo pretendentu pieteikto darba vietu atbalstīšanai, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B84F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Komisija atbalsta pretendentu piedāvātās darba vietas </w:t>
+        <w:t xml:space="preserve"> Komisija atbalsta pr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etendentu piedāvātās darba vietas </w:t>
       </w:r>
       <w:r w:rsidR="00665807">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>piedāvājumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B84F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reģistrēšanas secībā</w:t>
       </w:r>
       <w:r w:rsidR="00B84F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aģentūrā</w:t>
       </w:r>
       <w:r w:rsidR="00D74635" w:rsidRPr="00B84F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D40F5" w:rsidRDefault="002D40F5" w:rsidP="002D40F5">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="004A6641" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="004A6641" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Komisija pieņem lēmumu:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="004A6641" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="004A6641" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -6748,51 +6481,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00156A20" w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A6641">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>punktā atrunātajiem nosacījumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -6864,110 +6597,101 @@
       <w:r w:rsidRPr="00D80E29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00156A20" w:rsidRPr="00D80E29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D80E29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">punkta </w:t>
-[...8 lines deleted...]
-        <w:t>noteiktajiem</w:t>
+        <w:t>punkta noteiktajiem</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> papildus kritērijiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>neatbalstīt</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> pretendenta piedāvātās darba vietas, ja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009431DD" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="009431DD" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1701" w:hanging="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B55E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">pretendents neatbilst </w:t>
       </w:r>
@@ -7022,51 +6746,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>punkta</w:t>
       </w:r>
       <w:r w:rsidR="00156A20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000B55E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1701" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009431DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Pasākum</w:t>
       </w:r>
@@ -7134,149 +6858,150 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00384BC2">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00384BC2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>VI. Lēmuma paziņošana un līguma noslēgšana</w:t>
+        <w:t xml:space="preserve">VI. Lēmuma paziņošana un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>līguma noslēgšana</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00384BC2" w:rsidP="00384BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Hlk46388715"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija </w:t>
       </w:r>
-      <w:r w:rsidR="007B5D26">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> pretendentu par pieņemto lēmumu.</w:t>
+      <w:r w:rsidR="00EB1024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>darba dienu laikā pēc lēmuma pieņemšanas dienas atbilstoši Paziņošanas likumā noteiktajai kārtībai informē pretendentu par pieņemto lēmumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Hlk153524493"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendents Komisijas lēmumu var apstrīdēt </w:t>
@@ -7284,64 +7009,73 @@
       <w:r w:rsidR="009E719B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidR="009E719B" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>direktoram viena mēneša laikā no lēmuma spēkā stāšanās dienas, iesniedzot rakstveida iesniegumu</w:t>
+        <w:t xml:space="preserve">direktoram viena mēneša laikā no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006641A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>lēmuma spēkā stāšanās dienas, iesniedzot rakstveida iesniegumu</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00384BC2" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
@@ -7369,51 +7103,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Aģentūras</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C38A4" w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>mājaslapā informāciju par Komisijas lēmumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF0002" w:rsidRPr="006641A1" w:rsidRDefault="000E7E8E" w:rsidP="00CA4282">
+    <w:p w:rsidR="00BF0002" w:rsidRPr="006641A1" w:rsidRDefault="00863251" w:rsidP="00CA4282">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7446,61 +7180,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>dz</w:t>
       </w:r>
       <w:r w:rsidRPr="006641A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne vēlāk kā dienu pirms dalību Pasākumā līguma ietvaros paredzēts uzsākt pirmajam skolēnam.</w:t>
       </w:r>
       <w:r w:rsidR="00930BA3" w:rsidRPr="00930BA3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="_Hlk131160280"/>
       <w:r w:rsidR="00930BA3" w:rsidRPr="00930BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Līgums tiks parakstīts Bezdarbnieku uzskaites un reģistrēto </w:t>
-[...9 lines deleted...]
-        <w:t>vakanču informācijas sistēm</w:t>
+        <w:t>Līgums tiks parakstīts Bezdarbnieku uzskaites un reģistrēto vakanču informācijas sistēm</w:t>
       </w:r>
       <w:r w:rsidR="00595791">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="00930BA3" w:rsidRPr="00930BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> pašapkalpošanās portālā https://cvvp.nva.gov.lv</w:t>
       </w:r>
       <w:r w:rsidR="00595791">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -7525,406 +7249,329 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00930BA3" w:rsidRPr="00930BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> pantu</w:t>
       </w:r>
       <w:r w:rsidR="00930BA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:sectPr w:rsidR="00BF0002" w:rsidRPr="006641A1" w:rsidSect="00444E4D">
-      <w:headerReference w:type="even" r:id="rId15"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="680" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000E7E8E" w:rsidRDefault="000E7E8E">
+    <w:p w:rsidR="00863251" w:rsidRDefault="00863251">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000E7E8E" w:rsidRDefault="000E7E8E">
+    <w:p w:rsidR="00863251" w:rsidRDefault="00863251">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00C433BC" w:rsidRDefault="00C433BC">
-[...9 lines deleted...]
-  <w:p w:rsidR="00C433BC" w:rsidRDefault="000E7E8E">
+  <w:p w:rsidR="00C433BC" w:rsidRDefault="00863251">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00C433BC" w:rsidRDefault="00C433BC"/>
-  <w:p w:rsidR="00085B25" w:rsidRDefault="000E7E8E">
+  <w:p w:rsidR="00085B25" w:rsidRDefault="00085B25">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="009B2F35" w:rsidRDefault="00863251">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+      <w:t xml:space="preserve">Dokuments parakstīts ar drošu elektronisko </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00C433BC" w:rsidRDefault="00C433BC">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C433BC" w:rsidRDefault="000E7E8E">
+  <w:p w:rsidR="00C433BC" w:rsidRDefault="00863251">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Dokuments parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000E7E8E" w:rsidRDefault="000E7E8E" w:rsidP="002C7677">
+    <w:p w:rsidR="00863251" w:rsidRDefault="00863251">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000E7E8E" w:rsidRDefault="000E7E8E" w:rsidP="002C7677">
+    <w:p w:rsidR="00863251" w:rsidRDefault="00863251">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...44 lines deleted...]
-      </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B864355"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF8C62C2"/>
-    <w:lvl w:ilvl="0" w:tplc="901620D6">
+    <w:lvl w:ilvl="0" w:tplc="141013E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20629B80" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5F28F480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FDF668E0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="674E8B32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CAFCB110" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="7A242592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3852F62A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C0E4624A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="724C3974" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2B12CD04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7DE64840" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9F1697C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="385A3030" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3064E082" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="EB8CF39E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9AFC5F48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D5654EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EE76CC38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
@@ -8024,126 +7671,126 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49C24EED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BBF056C4"/>
-    <w:lvl w:ilvl="0" w:tplc="AFB06C26">
+    <w:lvl w:ilvl="0" w:tplc="F1061666">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4800BE12" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="898EB472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="736692DC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F47E2C84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92148D3A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48043780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7B54DECC" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A9CA1DA6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C2164628" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C0CE1B74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F21A9680" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85AA3812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14AC701E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94A4FFEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="CF98ADB4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B4BC46FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="614F6313"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="591C236A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
@@ -8358,107 +8005,105 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C7677"/>
     <w:rsid w:val="00004873"/>
     <w:rsid w:val="000076B9"/>
+    <w:rsid w:val="00020EB3"/>
     <w:rsid w:val="000210EC"/>
     <w:rsid w:val="00024F5E"/>
     <w:rsid w:val="00027B0F"/>
     <w:rsid w:val="00032387"/>
     <w:rsid w:val="0006265C"/>
     <w:rsid w:val="000668B4"/>
     <w:rsid w:val="000840CA"/>
     <w:rsid w:val="0008420A"/>
     <w:rsid w:val="00085B25"/>
     <w:rsid w:val="000878F5"/>
     <w:rsid w:val="00091261"/>
     <w:rsid w:val="000914AF"/>
     <w:rsid w:val="00091C0A"/>
     <w:rsid w:val="00092A7B"/>
     <w:rsid w:val="000944BA"/>
     <w:rsid w:val="00095BA3"/>
     <w:rsid w:val="000A00E5"/>
     <w:rsid w:val="000A1CB0"/>
     <w:rsid w:val="000B0BAC"/>
     <w:rsid w:val="000B55E8"/>
     <w:rsid w:val="000C1D6A"/>
     <w:rsid w:val="000C3461"/>
     <w:rsid w:val="000C48F7"/>
     <w:rsid w:val="000C4C11"/>
     <w:rsid w:val="000C5EA5"/>
     <w:rsid w:val="000D246E"/>
     <w:rsid w:val="000D2A49"/>
     <w:rsid w:val="000D6D90"/>
     <w:rsid w:val="000E07D1"/>
     <w:rsid w:val="000E2A87"/>
     <w:rsid w:val="000E3AE5"/>
     <w:rsid w:val="000E5EBF"/>
-    <w:rsid w:val="000E7E8E"/>
     <w:rsid w:val="000F20D6"/>
     <w:rsid w:val="000F7566"/>
     <w:rsid w:val="00112932"/>
     <w:rsid w:val="00113DEB"/>
     <w:rsid w:val="0011460C"/>
     <w:rsid w:val="0012010F"/>
     <w:rsid w:val="00132AEF"/>
     <w:rsid w:val="0015198A"/>
     <w:rsid w:val="00155434"/>
     <w:rsid w:val="00156A20"/>
     <w:rsid w:val="001674C3"/>
     <w:rsid w:val="00170483"/>
     <w:rsid w:val="00181ADB"/>
     <w:rsid w:val="00186358"/>
     <w:rsid w:val="001867EB"/>
     <w:rsid w:val="00187F55"/>
     <w:rsid w:val="00190F72"/>
     <w:rsid w:val="00196F09"/>
     <w:rsid w:val="001B0D34"/>
     <w:rsid w:val="001B1CC4"/>
     <w:rsid w:val="001B2AA7"/>
     <w:rsid w:val="001B3AAE"/>
     <w:rsid w:val="001B3C8C"/>
     <w:rsid w:val="001C142C"/>
     <w:rsid w:val="001C1558"/>
@@ -8483,50 +8128,51 @@
     <w:rsid w:val="00216303"/>
     <w:rsid w:val="00221E0E"/>
     <w:rsid w:val="0022541D"/>
     <w:rsid w:val="0022594C"/>
     <w:rsid w:val="002406B9"/>
     <w:rsid w:val="00253302"/>
     <w:rsid w:val="00260869"/>
     <w:rsid w:val="00262504"/>
     <w:rsid w:val="0026773A"/>
     <w:rsid w:val="0027461D"/>
     <w:rsid w:val="00275412"/>
     <w:rsid w:val="0028389C"/>
     <w:rsid w:val="00290613"/>
     <w:rsid w:val="00291C22"/>
     <w:rsid w:val="00294120"/>
     <w:rsid w:val="00297F76"/>
     <w:rsid w:val="002A3578"/>
     <w:rsid w:val="002B0FA7"/>
     <w:rsid w:val="002C7677"/>
     <w:rsid w:val="002D2270"/>
     <w:rsid w:val="002D40F5"/>
     <w:rsid w:val="002D4A38"/>
     <w:rsid w:val="002E105A"/>
     <w:rsid w:val="002F4232"/>
     <w:rsid w:val="002F436C"/>
+    <w:rsid w:val="002F4A07"/>
     <w:rsid w:val="00300A49"/>
     <w:rsid w:val="0030423C"/>
     <w:rsid w:val="003148BE"/>
     <w:rsid w:val="003208BD"/>
     <w:rsid w:val="003328D6"/>
     <w:rsid w:val="0034405E"/>
     <w:rsid w:val="00345A52"/>
     <w:rsid w:val="00355216"/>
     <w:rsid w:val="003606A7"/>
     <w:rsid w:val="00360CD0"/>
     <w:rsid w:val="003615AE"/>
     <w:rsid w:val="00364B95"/>
     <w:rsid w:val="00365112"/>
     <w:rsid w:val="003773C8"/>
     <w:rsid w:val="00384BC2"/>
     <w:rsid w:val="003872A8"/>
     <w:rsid w:val="0039073B"/>
     <w:rsid w:val="00390A76"/>
     <w:rsid w:val="00390CD3"/>
     <w:rsid w:val="00393054"/>
     <w:rsid w:val="003A01AE"/>
     <w:rsid w:val="003A3745"/>
     <w:rsid w:val="003A5442"/>
     <w:rsid w:val="003B3BE3"/>
     <w:rsid w:val="003B4E43"/>
@@ -8535,68 +8181,68 @@
     <w:rsid w:val="003E7693"/>
     <w:rsid w:val="003F201F"/>
     <w:rsid w:val="003F76F5"/>
     <w:rsid w:val="004038F5"/>
     <w:rsid w:val="0040648D"/>
     <w:rsid w:val="00414569"/>
     <w:rsid w:val="0041574D"/>
     <w:rsid w:val="00431CC8"/>
     <w:rsid w:val="00432DA0"/>
     <w:rsid w:val="004405FA"/>
     <w:rsid w:val="00442772"/>
     <w:rsid w:val="00444E4D"/>
     <w:rsid w:val="00460961"/>
     <w:rsid w:val="00462D6F"/>
     <w:rsid w:val="00473927"/>
     <w:rsid w:val="00494489"/>
     <w:rsid w:val="00496006"/>
     <w:rsid w:val="0049772A"/>
     <w:rsid w:val="004A2490"/>
     <w:rsid w:val="004A3038"/>
     <w:rsid w:val="004A6641"/>
     <w:rsid w:val="004A6778"/>
     <w:rsid w:val="004B39AA"/>
     <w:rsid w:val="004D1F14"/>
     <w:rsid w:val="004D7833"/>
+    <w:rsid w:val="004F2614"/>
     <w:rsid w:val="004F41D2"/>
     <w:rsid w:val="004F6695"/>
     <w:rsid w:val="004F6EA9"/>
     <w:rsid w:val="00505712"/>
     <w:rsid w:val="0051713C"/>
     <w:rsid w:val="00517D67"/>
     <w:rsid w:val="00522F3C"/>
     <w:rsid w:val="005250A2"/>
     <w:rsid w:val="0052604F"/>
     <w:rsid w:val="00527352"/>
     <w:rsid w:val="00547D67"/>
     <w:rsid w:val="00553D61"/>
     <w:rsid w:val="0055490F"/>
     <w:rsid w:val="00556B0C"/>
     <w:rsid w:val="00574CF9"/>
     <w:rsid w:val="005753DC"/>
     <w:rsid w:val="005779BE"/>
-    <w:rsid w:val="00577A71"/>
     <w:rsid w:val="0058157B"/>
     <w:rsid w:val="00582948"/>
     <w:rsid w:val="005858B9"/>
     <w:rsid w:val="00595791"/>
     <w:rsid w:val="005972C4"/>
     <w:rsid w:val="005A0B78"/>
     <w:rsid w:val="005A3A44"/>
     <w:rsid w:val="005A4659"/>
     <w:rsid w:val="005B315F"/>
     <w:rsid w:val="005C0547"/>
     <w:rsid w:val="005C312C"/>
     <w:rsid w:val="005C691B"/>
     <w:rsid w:val="005C7C18"/>
     <w:rsid w:val="005D21D3"/>
     <w:rsid w:val="005D4DDB"/>
     <w:rsid w:val="005E0C2D"/>
     <w:rsid w:val="005E23D9"/>
     <w:rsid w:val="005E46DC"/>
     <w:rsid w:val="005E6191"/>
     <w:rsid w:val="005F111F"/>
     <w:rsid w:val="005F407F"/>
     <w:rsid w:val="005F7906"/>
     <w:rsid w:val="006119B6"/>
     <w:rsid w:val="0062214D"/>
     <w:rsid w:val="00630815"/>
@@ -8621,116 +8267,120 @@
     <w:rsid w:val="006A1B68"/>
     <w:rsid w:val="006A3E8F"/>
     <w:rsid w:val="006B2209"/>
     <w:rsid w:val="006C2A88"/>
     <w:rsid w:val="006C38A4"/>
     <w:rsid w:val="006C5C91"/>
     <w:rsid w:val="006C7A84"/>
     <w:rsid w:val="006E6433"/>
     <w:rsid w:val="006F1689"/>
     <w:rsid w:val="006F4B72"/>
     <w:rsid w:val="006F5E14"/>
     <w:rsid w:val="007122AE"/>
     <w:rsid w:val="007129C3"/>
     <w:rsid w:val="00714510"/>
     <w:rsid w:val="00724264"/>
     <w:rsid w:val="00724ECF"/>
     <w:rsid w:val="007250DC"/>
     <w:rsid w:val="00742662"/>
     <w:rsid w:val="0074497B"/>
     <w:rsid w:val="00744F03"/>
     <w:rsid w:val="00751947"/>
     <w:rsid w:val="00754414"/>
     <w:rsid w:val="00754621"/>
     <w:rsid w:val="00755C66"/>
     <w:rsid w:val="00756289"/>
+    <w:rsid w:val="00756CE0"/>
     <w:rsid w:val="00757B0F"/>
     <w:rsid w:val="00766A5D"/>
     <w:rsid w:val="00784A80"/>
     <w:rsid w:val="00786F67"/>
     <w:rsid w:val="0079577B"/>
     <w:rsid w:val="007A1ACB"/>
     <w:rsid w:val="007A587D"/>
     <w:rsid w:val="007A709A"/>
     <w:rsid w:val="007A7D42"/>
     <w:rsid w:val="007B5D26"/>
     <w:rsid w:val="007C1442"/>
     <w:rsid w:val="007D322C"/>
     <w:rsid w:val="007D3F32"/>
     <w:rsid w:val="007F11B7"/>
     <w:rsid w:val="007F1889"/>
     <w:rsid w:val="00811E41"/>
     <w:rsid w:val="00812BF8"/>
     <w:rsid w:val="00814126"/>
     <w:rsid w:val="00817905"/>
     <w:rsid w:val="00820B9D"/>
     <w:rsid w:val="00820CDB"/>
     <w:rsid w:val="00821431"/>
     <w:rsid w:val="00826941"/>
     <w:rsid w:val="0083451B"/>
     <w:rsid w:val="00834BF6"/>
     <w:rsid w:val="00842F9A"/>
     <w:rsid w:val="00851529"/>
     <w:rsid w:val="00852DE9"/>
     <w:rsid w:val="00855299"/>
     <w:rsid w:val="00861EE8"/>
     <w:rsid w:val="00862F13"/>
+    <w:rsid w:val="00863251"/>
     <w:rsid w:val="0087548C"/>
     <w:rsid w:val="00877673"/>
     <w:rsid w:val="008807C9"/>
     <w:rsid w:val="008A621A"/>
     <w:rsid w:val="008A6716"/>
     <w:rsid w:val="008B4BE9"/>
     <w:rsid w:val="008C0BB9"/>
     <w:rsid w:val="008C0CB0"/>
     <w:rsid w:val="008D0FAA"/>
     <w:rsid w:val="008D5C24"/>
     <w:rsid w:val="008E3D5C"/>
     <w:rsid w:val="008E4289"/>
+    <w:rsid w:val="008F37C4"/>
     <w:rsid w:val="0090461F"/>
     <w:rsid w:val="00904681"/>
     <w:rsid w:val="00905138"/>
     <w:rsid w:val="0092375E"/>
     <w:rsid w:val="00924BCD"/>
     <w:rsid w:val="009306DA"/>
     <w:rsid w:val="00930BA3"/>
     <w:rsid w:val="00936302"/>
     <w:rsid w:val="009431DD"/>
     <w:rsid w:val="00945526"/>
     <w:rsid w:val="00945913"/>
     <w:rsid w:val="00954981"/>
     <w:rsid w:val="00954A1C"/>
     <w:rsid w:val="00956541"/>
     <w:rsid w:val="0096442E"/>
     <w:rsid w:val="00975C00"/>
     <w:rsid w:val="00980B2B"/>
     <w:rsid w:val="00995D94"/>
     <w:rsid w:val="009A7B44"/>
     <w:rsid w:val="009B111D"/>
     <w:rsid w:val="009B135B"/>
     <w:rsid w:val="009B1BDF"/>
     <w:rsid w:val="009B25B5"/>
+    <w:rsid w:val="009B2F35"/>
     <w:rsid w:val="009B5B4D"/>
     <w:rsid w:val="009B612B"/>
     <w:rsid w:val="009C1DDF"/>
     <w:rsid w:val="009C5236"/>
     <w:rsid w:val="009C7C83"/>
     <w:rsid w:val="009D5C8D"/>
     <w:rsid w:val="009E5415"/>
     <w:rsid w:val="009E719B"/>
     <w:rsid w:val="009F0CC2"/>
     <w:rsid w:val="00A13A62"/>
     <w:rsid w:val="00A17093"/>
     <w:rsid w:val="00A26CCE"/>
     <w:rsid w:val="00A274DA"/>
     <w:rsid w:val="00A37EF5"/>
     <w:rsid w:val="00A43B86"/>
     <w:rsid w:val="00A4675D"/>
     <w:rsid w:val="00A50146"/>
     <w:rsid w:val="00A60254"/>
     <w:rsid w:val="00A61EED"/>
     <w:rsid w:val="00A653B3"/>
     <w:rsid w:val="00A67ECA"/>
     <w:rsid w:val="00A67F97"/>
     <w:rsid w:val="00A7322D"/>
     <w:rsid w:val="00A737B7"/>
     <w:rsid w:val="00A8071A"/>
@@ -8774,50 +8424,51 @@
     <w:rsid w:val="00BC16DB"/>
     <w:rsid w:val="00BC3AC0"/>
     <w:rsid w:val="00BD1D1A"/>
     <w:rsid w:val="00BD6782"/>
     <w:rsid w:val="00BD708A"/>
     <w:rsid w:val="00BE76AD"/>
     <w:rsid w:val="00BF0002"/>
     <w:rsid w:val="00BF26CC"/>
     <w:rsid w:val="00C000DF"/>
     <w:rsid w:val="00C00ED4"/>
     <w:rsid w:val="00C0696C"/>
     <w:rsid w:val="00C23988"/>
     <w:rsid w:val="00C260C8"/>
     <w:rsid w:val="00C32C5D"/>
     <w:rsid w:val="00C341BF"/>
     <w:rsid w:val="00C35691"/>
     <w:rsid w:val="00C378E4"/>
     <w:rsid w:val="00C4232B"/>
     <w:rsid w:val="00C433BC"/>
     <w:rsid w:val="00C47700"/>
     <w:rsid w:val="00C535B1"/>
     <w:rsid w:val="00C55CBF"/>
     <w:rsid w:val="00C57FE7"/>
     <w:rsid w:val="00C60791"/>
     <w:rsid w:val="00C82984"/>
+    <w:rsid w:val="00C97603"/>
     <w:rsid w:val="00CA4282"/>
     <w:rsid w:val="00CA5609"/>
     <w:rsid w:val="00CC516F"/>
     <w:rsid w:val="00CC69FF"/>
     <w:rsid w:val="00CD12C3"/>
     <w:rsid w:val="00CD5B74"/>
     <w:rsid w:val="00CF2478"/>
     <w:rsid w:val="00CF658E"/>
     <w:rsid w:val="00D03C21"/>
     <w:rsid w:val="00D13F01"/>
     <w:rsid w:val="00D22441"/>
     <w:rsid w:val="00D25F08"/>
     <w:rsid w:val="00D31721"/>
     <w:rsid w:val="00D34152"/>
     <w:rsid w:val="00D35159"/>
     <w:rsid w:val="00D57327"/>
     <w:rsid w:val="00D6071E"/>
     <w:rsid w:val="00D7377C"/>
     <w:rsid w:val="00D74635"/>
     <w:rsid w:val="00D75CB0"/>
     <w:rsid w:val="00D76AD2"/>
     <w:rsid w:val="00D80E29"/>
     <w:rsid w:val="00D81243"/>
     <w:rsid w:val="00D81CAF"/>
     <w:rsid w:val="00D82B37"/>
@@ -8839,53 +8490,55 @@
     <w:rsid w:val="00DF13D6"/>
     <w:rsid w:val="00DF4557"/>
     <w:rsid w:val="00E0241A"/>
     <w:rsid w:val="00E1124E"/>
     <w:rsid w:val="00E20430"/>
     <w:rsid w:val="00E30AEA"/>
     <w:rsid w:val="00E35762"/>
     <w:rsid w:val="00E378EC"/>
     <w:rsid w:val="00E42760"/>
     <w:rsid w:val="00E43A8F"/>
     <w:rsid w:val="00E5057D"/>
     <w:rsid w:val="00E50673"/>
     <w:rsid w:val="00E516B8"/>
     <w:rsid w:val="00E55E08"/>
     <w:rsid w:val="00E63E33"/>
     <w:rsid w:val="00E6675B"/>
     <w:rsid w:val="00E80339"/>
     <w:rsid w:val="00E80800"/>
     <w:rsid w:val="00E84F36"/>
     <w:rsid w:val="00E85A43"/>
     <w:rsid w:val="00E916E9"/>
     <w:rsid w:val="00E92C29"/>
     <w:rsid w:val="00E95312"/>
     <w:rsid w:val="00E9768E"/>
     <w:rsid w:val="00EA49CB"/>
+    <w:rsid w:val="00EB1024"/>
     <w:rsid w:val="00EB2D93"/>
     <w:rsid w:val="00EC248D"/>
     <w:rsid w:val="00EC3E58"/>
+    <w:rsid w:val="00EC4297"/>
     <w:rsid w:val="00EC6D6E"/>
     <w:rsid w:val="00ED1D0E"/>
     <w:rsid w:val="00ED3834"/>
     <w:rsid w:val="00ED4534"/>
     <w:rsid w:val="00EE0934"/>
     <w:rsid w:val="00EE1968"/>
     <w:rsid w:val="00EF445F"/>
     <w:rsid w:val="00F01C1B"/>
     <w:rsid w:val="00F0343D"/>
     <w:rsid w:val="00F2454E"/>
     <w:rsid w:val="00F35910"/>
     <w:rsid w:val="00F36806"/>
     <w:rsid w:val="00F5072B"/>
     <w:rsid w:val="00F62158"/>
     <w:rsid w:val="00F642FD"/>
     <w:rsid w:val="00F6656C"/>
     <w:rsid w:val="00F666E0"/>
     <w:rsid w:val="00F71EA7"/>
     <w:rsid w:val="00F8219A"/>
     <w:rsid w:val="00F855E3"/>
     <w:rsid w:val="00FB1179"/>
     <w:rsid w:val="00FB1AE9"/>
     <w:rsid w:val="00FB2229"/>
     <w:rsid w:val="00FB25E1"/>
     <w:rsid w:val="00FB5B6E"/>
@@ -9638,55 +9291,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CD12C3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.vid.gov.lv/SDV" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.vid.gov.lv/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sankcijas.lursoft.lv/site/index" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.vid.gov.lv/STRV" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iub.gov.lv/lv/skaidrojums-nodoklu-paradu-neesamibas-apliecinasana" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.vid.gov.lv/SDV" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.vid.gov.lv/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sankcijas.lursoft.lv/site/index" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.vid.gov.lv/STRV" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10128,161 +9777,162 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>RelatedItemsNewEditForm</Edit>
+  <New>RelatedItemsNewEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <RegNr xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">2367</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <IsSysUpdate xmlns="c378985b-df90-45bd-bb96-a7893d9f901f">false</IsSysUpdate>
     <ThreeRoApprovalStatus xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
     <ThreeRoApprovalComments xmlns="c378985b-df90-45bd-bb96-a7893d9f901f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6442EA5F-3160-484D-B5DA-915B437F525D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19D7FC80-6121-4CC3-B434-A6A9180F8BC4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13E02DD1-0168-4258-90D9-FD4D5AFE48DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c378985b-df90-45bd-bb96-a7893d9f901f"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23014353-E1F5-4FEF-B379-740E1304EF11}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE7F7F8D-42C0-413E-B1DC-566B25B84464}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6245</Characters>
+  <Pages>5</Pages>
+  <Words>10428</Words>
+  <Characters>5945</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17166</CharactersWithSpaces>
+  <CharactersWithSpaces>16341</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Edgars Kainaizis</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100385BFBF87896214B9C4D01EAA747C93C</vt:lpwstr>
   </property>
 </Properties>
 </file>