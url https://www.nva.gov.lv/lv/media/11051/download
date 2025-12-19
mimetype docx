--- v0 (2025-10-10)
+++ v1 (2025-12-19)
@@ -1,76 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="4D13B996" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00EB36D5" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00817643" w:rsidRDefault="00441020" w:rsidP="00817643">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4445</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>2540</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1865630" cy="914400"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1865630" cy="914400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817643" w:rsidRDefault="00817643" w:rsidP="00183545">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00183545" w:rsidRPr="00EB36D5" w:rsidRDefault="00441020" w:rsidP="00183545">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pieteikums akt</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -132,570 +224,570 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bas pas</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kuma </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C39D1E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00712BF2" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00712BF2" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apmācība pie darba devēja</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536F3168" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(A</w:t>
       </w:r>
       <w:r w:rsidRPr="00E20B8C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F projekts „</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prasmju pilnveide pieaugušajiem” Nr.3.1.2.5.i.0/1/23/I/CFLA/001</w:t>
       </w:r>
       <w:r w:rsidRPr="00E20B8C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC754BF" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00E20B8C" w:rsidRDefault="00183545" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00E20B8C" w:rsidRDefault="00183545" w:rsidP="00183545">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="610"/>
         <w:gridCol w:w="5200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00242774" w14:paraId="19060015" w14:textId="77777777" w:rsidTr="00646147">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00646147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="590B07CA" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1736B983" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29778400" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Datums ir elektronisk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> dokumenta </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="690FAA52" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>parakst</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>īš</w:t>
             </w:r>
             <w:r>
               <w:t>anas datums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="4A9E1752" w14:textId="77777777" w:rsidTr="00646147">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00646147">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4438" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="163DD583" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000D351A" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000D351A" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D34B8B0" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="383B3B7E" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25E40908" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005252F0" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005252F0" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="1091E551" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53662478" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005252F0" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005252F0" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(pretendenta </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nosaukums/fiziskas personas vārds, uzvārds)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="356C080A" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4817001C" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005252F0" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005252F0" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="3D314606" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C7D479F" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>(amats, vārds, uzvārds)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="1B136DBE" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="265834EA" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve">personā, kurš (-a) rīkojas saskaņā ar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20F2BB98" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="004872F9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="004872F9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4904"/>
                 <w:tab w:val="right" w:pos="9808"/>
               </w:tabs>
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5365DC5A" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05C349BB" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00EB36D5" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00EB36D5" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00267A3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – Pretendents), iesniedz pieteikumu aktīvā nodarbinātības </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>pasākuma „</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:t>Apmācība</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> pie darba dev</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ja” (turpmāk – Pasākums) īstenošanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF04707" w14:textId="395D11B7" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [202_. gada __.______ sadarbības līguma par aktīvā nodarbinātības pasākuma “Apmācība pie darba devēja ar nozaru asociāciju iesaisti</w:t>
       </w:r>
       <w:r w:rsidR="00784B00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
@@ -721,759 +813,796 @@
         <w:t xml:space="preserve"> ietvaros]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00EB36D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00712BF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE1A4F2" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="0056698F" w:rsidRDefault="00183545" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A4B1F" w:rsidRPr="00753FDB" w:rsidRDefault="00441020" w:rsidP="00753FDB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A4B1F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Inform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4B1F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A4B1F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>cija par Pretendentu:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="312"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2766"/>
-        <w:gridCol w:w="6862"/>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="5947"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00242774" w14:paraId="407440EE" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E81A3BD" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00C928CB">
               <w:t>Reģistrācijas Nr.</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7382F8" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="2CBEB161" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46EBC653" w14:textId="488FC825" w:rsidR="00183545" w:rsidRPr="00443172" w:rsidRDefault="0098359C" w:rsidP="00C71D6B">
+          <w:p w:rsidR="00183545" w:rsidRPr="00443172" w:rsidRDefault="00441020" w:rsidP="00735852">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r>
-              <w:t>NACE kods (</w:t>
+              <w:t xml:space="preserve">NACE kods </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00735852">
               <w:rPr>
                 <w:bCs/>
-                <w:i/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">atbilstoši </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">atbilstoši NACE kodu </w:t>
             </w:r>
-            <w:r w:rsidRPr="00552924">
+            <w:r w:rsidRPr="00735852">
               <w:rPr>
                 <w:bCs/>
-                <w:i/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> klasifikatoram</w:t>
+              </w:rPr>
+              <w:t>klasifikatoram</w:t>
             </w:r>
             <w:r w:rsidR="00EF1C74">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C71D6B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C71D6B" w:rsidRPr="00C71D6B">
+            <w:r w:rsidR="00735852">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">norāda </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00C71D6B" w:rsidRPr="00C71D6B">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t>norāda</w:t>
+            </w:r>
+            <w:r w:rsidR="00735852">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vienu NACE kodu atbilstoši</w:t>
+            </w:r>
+            <w:r w:rsidR="00C71D6B" w:rsidRPr="00C71D6B">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EF1C74">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
-              <w:t>nozari, kurā darbojas un kurā vēlas saņemt atbalstu</w:t>
+              <w:t>nozar</w:t>
             </w:r>
-            <w:r>
-              <w:t>):</w:t>
+            <w:r w:rsidR="00735852">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1C74">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t>i, kurā darbojas un vēlas saņemt atbalstu</w:t>
+            </w:r>
+            <w:r w:rsidR="00735852">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00730CA3">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00735852">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E242C27" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="45E84AC3" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA7AE95" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00443172" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00443172" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r>
               <w:t>Banka:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE14385" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="07C9D749" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B890802" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00443172">
               <w:t>Bankas konts</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53052784" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="4229AFF4" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6554C74F" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00443172" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00443172" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r>
               <w:t>Bankas kods SWIFT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="006F1FF5" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="5F74D9E8" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="544FF517" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00C928CB">
               <w:t>Tālrunis</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7A434E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="778D65CF" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20D87991" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00C928CB">
               <w:t xml:space="preserve">E </w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00C928CB">
               <w:t xml:space="preserve"> pasta adrese</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBC72D0" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="2ABB8667" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0687A4A6" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1CC41DE4" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="008104E7" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="008104E7" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008104E7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Atbildīgā kontaktpersona Pasākuma īstenošanas laikā:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="3A8B3446" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="771FD756" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00C928CB" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Vārds, uzvārds:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B94E7BE" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="7638FEF6" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09612984" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Amats:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6F825663" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="3B236EEE" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="039A0BE5" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>Tālrunis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47C712A7" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="4CD05C1A" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2766" w:type="dxa"/>
+            <w:tcW w:w="3681" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59636744" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r>
               <w:t>E-pasta adrese:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6862" w:type="dxa"/>
+            <w:tcW w:w="5947" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="557D8E7E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00A41BAF" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="706A3399" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="006A6020" w:rsidRDefault="0098359C" w:rsidP="006E2E27">
-[...47 lines deleted...]
-    <w:p w14:paraId="354A72D6" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="006E2E27">
+    <w:p w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="006E2E27">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00267957">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pretendents, parakstot šo pieteikumu, apliecina, ka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00267957">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04245822" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pieteikumā sniegtā informācija ir patiesa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0155C268" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ir reģistrēts saskaņā ar attiecīgo saimniecisko darbību regulējošo normatīvo aktu prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="520FD025" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">tam ir licence, akreditācijas lapa vai sertifikāts </w:t>
+        <w:t xml:space="preserve">tam ir licence, </w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>attiecīgo pakalpojumu sniegšanai, ja tā nepieciešamību nosaka normatīvie akti;</w:t>
+        <w:t>akreditācijas lapa vai sertifikāts attiecīgo pakalpojumu sniegšanai, ja tā nepieciešamību nosaka normatīvie akti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B0F668" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00D47047">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00D47047">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Pasākuma īstenošanas vietā ir atbilstoša materiāli tehniskā bāze, kas nepieciešama amata aprakstā noteikto darba pienākumu veikšanai un tā izveidota jau pirms Pasākuma īstenošan</w:t>
+        <w:t>Pasākuma īstenošanas vietā ir atbilstoša materiāli tehniskā bāze, kas nepieciešama amata aprakstā noteikto darba pienākumu veikšanai un tā izv</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>as uzsākšanas;</w:t>
+        <w:t>eidota jau pirms Pasākuma īstenošanas uzsākšanas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E9C659" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00D47047">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00D47047">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Pasākuma vide atbilst darba drošības prasībām;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016B4AFB" w14:textId="6E612A3B" w:rsidR="00183545" w:rsidRPr="00EA3EFC" w:rsidRDefault="0098359C" w:rsidP="003B5F05">
+    <w:p w:rsidR="00183545" w:rsidRPr="00EA3EFC" w:rsidRDefault="00441020" w:rsidP="003B5F05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">piekrīt veikt Pasākuma īstenošanas </w:t>
       </w:r>
       <w:r w:rsidRPr="000A57FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">vides (telpas) funkcionālo pielāgojumu, t.i. nodrošina </w:t>
       </w:r>
@@ -1504,109 +1633,109 @@
       <w:r w:rsidRPr="000A57FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar invaliditāti iespēju iekļūt un brīvi pārvietoties </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Pasākuma</w:t>
       </w:r>
       <w:r w:rsidRPr="000A57FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanas vietā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C284266" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00BB4FB7" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00BB4FB7" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB4FB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nav izglītības iestāde, kuras pamatuzdevums ir izglītības programmu īstenošana, politiskā partija</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F87F3E8" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB4FB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>dalība Pasākumā ietver profesionālās kompetences apgūšanu, kas atbilst otrā</w:t>
+        <w:t>dalība Pasākumā ietver profesionālās kompetences</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB4FB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>, trešā vai ceturtā profesionālās kvalifikācijas līmeņa profesionālai kompetencei;</w:t>
+        <w:t xml:space="preserve"> apgūšanu, kas atbilst otrā, trešā vai ceturtā profesionālās kvalifikācijas līmeņa profesionālai kompetencei;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA5011C" w14:textId="64683155" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB4FB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">neorganizēs dalību </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -1619,330 +1748,752 @@
         </w:rPr>
         <w:t>asākumā nekvalificētu vai mazkvalificētu darbu veikšanai (vienkāršo profesiju darbi atbilstoši Profesiju klasifikatora devīt</w:t>
       </w:r>
       <w:r w:rsidR="00F91FDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aj</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB4FB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ai pamatgrupai)</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2847BE" w14:textId="4F47F423" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>pēdējo div</w:t>
+        <w:t>pēdējo divu gadu laikā nav būtiski pārkāpis līgumu par Aģentūra</w:t>
+      </w:r>
+      <w:r w:rsidR="008525AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>u gadu laikā nav būtiski pārkāpis līgumu par Aģentūra</w:t>
-[...6 lines deleted...]
-        <w:t>s</w:t>
+        <w:t xml:space="preserve"> organizēto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB4FB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>aktīvo nodarbinātības p</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> organizēto </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>asākumu īstenošanu noteikumus (ja šāds līgums ar Aģentūru ir bijis noslēgts)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A55232F" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">z Pretendentu neattiecas neviens no Publisko iepirkumu likuma 42. panta otrās daļas 4., </w:t>
+        <w:t>z Pretendentu neattiecas neviens no Publisko iepirkumu likuma</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. un 14. punktā minētajiem izslēgšanas noteikumiem un ir ievērots minētā likuma 42. panta ceturtās daļas 2. punktā noteiktais termiņš, un </w:t>
+        <w:t xml:space="preserve"> 42. panta otrās daļas 4., 6. un 14. punktā minētajiem izslēgšanas noteikumiem un ir ievērots minētā likuma 42. panta ceturtās daļas 2. punktā noteiktais termiņš, un </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">retendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu, Latvijā vai valstī, kurā </w:t>
+        <w:t>retendentam dienā, kad pieņemts lēmums par iespējamu līguma slēgšanas tiesību piešķiršanu</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
+        <w:t xml:space="preserve">, Latvijā vai valstī, kurā tas reģistrēts vai kurā atrodas tā pastāvīgā dzīvesvieta, nav nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kas kopsummā kādā no valstīm pārsniedz 150 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E3103">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F338FC6" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>nav pasludināts Pretendenta maksātnespējas process, netiek īst</w:t>
-[...6 lines deleted...]
-        <w:t>enots tiesiskās aizsardzības process, vai ārpustiesas tiesiskās aizsardzības process, tam nav uzsākta bankrota procedūra, nav apturēta vai izbeigta Pretendenta saimnieciskā darbība, vai Pretendents netiek likvidēts;</w:t>
+        <w:t xml:space="preserve">nav </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pasludināts Pretendenta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>maksātnespējas process, netiek īstenots tiesiskās aizsardzības process, vai ārpustiesas tiesiskās aizsardzības process, tam nav uzsākta bankrota procedūra, nav apturēta vai izbeigta Pretendenta saimnieciskā darbība, vai Pretendents netiek likvidēts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381F86A2" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00545144" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00DB5252">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Preten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>dents neveic eksportu uz tre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>aj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>m valst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>m vai Eiropas Savien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>bas dal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>bvalst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>m, t.i., neveic darb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>bas, kas tie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>i saist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>tas ar eksport</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>tajiem daudzumiem, ar izplat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>īš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>anas t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>kla izveido</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>anu un darb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>bu vai ar citiem k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>rt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>jiem izdevumiem, kas saist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ti ar eksport</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>a darb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>m;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00545144" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00DB5252">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Pretendents neveic darb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>bas, kas nodro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ina, ka import</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>tu pre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>u viet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiktu izmantotas viet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>s preces;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>tbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pantā noteiktajam, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retendentam, tā valdes vai padomes locekļiem, patiesā labuma guvējam, pārstāvēt tiesīgai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personai vai prokūristam, vai personai, kura ir pilnvarota pārstāvēt </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>a</w:t>
+        <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>tbilstoši Starptautisko un Latvijas Rep</w:t>
+        <w:t>retendentu darbībās nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>ublikas nacionālo sankciju likuma 11.</w:t>
+        <w:t xml:space="preserve"> kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas, kā arī </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:vertAlign w:val="superscript"/>
-[...2 lines deleted...]
-        <w:t>2</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>retendents nav 2022. gada 8. aprīļa Eiropas Komisija Padomes regulu (ES) 2022/576, ar kuru groza Regulu (ES) Nr. 833/2014 pa</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pantā noteiktajam, </w:t>
-[...6 lines deleted...]
-        <w:t>P</w:t>
+        <w:t>r ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā, 5.l panta pirmajā punktā minētā juridiskā persona, vienība vai struktūra, kas veic uzņēmējdarbību Krievijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">retendentam, tā valdes vai padomes locekļiem, patiesā labuma guvējam, pārstāvēt tiesīgai personai vai prokūristam, vai personai, kura ir pilnvarota pārstāvēt </w:t>
-[...48 lines deleted...]
-        <w:t>vijā un kam vairāk nekā 50 % īpašuma daļu ir valsts īpašumā vai publiskā kontrolē;</w:t>
+        <w:t xml:space="preserve"> vai publiskā kontrolē;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7CB751" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">katrā Pasākuma īstenošanas vietā, </w:t>
       </w:r>
       <w:r w:rsidRPr="006D132F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">katru </w:t>
@@ -1960,267 +2511,279 @@
         <w:t xml:space="preserve">dienu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Klientam</w:t>
       </w:r>
       <w:r w:rsidRPr="006D132F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiks nodroši</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>nāts kvalificēts darba vadītājs</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kurš ir ieguvis izglītību vai ne mazāk kā divus gadus ilgu darba pieredzi profesijā, kurā nodarbinās </w:t>
+        <w:t xml:space="preserve">, kurš ir ieguvis izglītību vai ne mazāk kā divus gadus ilgu darba pieredzi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">profesijā, kurā nodarbinās </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">lientu. Viens darba vadītājs Aģentūras organizēto pasākumu ietvaros darbu vienlaikus vada ne vairāk kā diviem </w:t>
+        <w:t>lientu. Viens darba v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adītājs Aģentūras organizēto pasākumu ietvaros darbu vienlaikus vada ne vairāk kā diviem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>lientiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47915652" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>saskaņā ar pieteikumam Pasākuma</w:t>
+        <w:t xml:space="preserve">saskaņā ar pieteikumam Pasākuma īstenošanai pievienoto (-iem) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> īstenošanai pievienoto (-iem) </w:t>
+        <w:t>lienta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (-u)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amata aprakstu (-iem) (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>lienta</w:t>
+        <w:t>lienta darba pienākumiem jāatbilst Profesiju klasifikator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā norādītajai profesijai)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> (-u)</w:t>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> amata aprakstu (-iem) (</w:t>
+        <w:t xml:space="preserve">, Pretendents spēj nodrošināt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>lienta darba pienākumiem jāatbilst Profesiju klasifikatorā norādītajai profesijai)</w:t>
-[...7 lines deleted...]
-        <w:footnoteReference w:id="6"/>
+        <w:t>lienta nepārtrauktu nodarbināšanu visu līguma ar Aģentūru par Pasākuma īstenošanu darbības laiku (t.i., profesiju ar sezonālu raksturu darba pienākumu aprakstam jāietver darba pienākumi visās sezonās</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Pretendents spēj nodrošināt </w:t>
-[...20 lines deleted...]
-        <w:t>enošanu darbības laiku (t.i., profesiju ar sezonālu raksturu darba pienākumu aprakstam jāietver darba pienākumi visās sezonās: pavasarī, vasarā, rudenī un ziemā);</w:t>
+        <w:t>: pavasarī, vasarā, rudenī un ziemā);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA974F6" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00ED09BF" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00ED09BF" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00E278DB">
         <w:t xml:space="preserve">odrošināt </w:t>
       </w:r>
       <w:r>
         <w:t>Klientam</w:t>
       </w:r>
       <w:r w:rsidRPr="00E278DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dalību Pasākumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00E278DB">
-        <w:t xml:space="preserve"> 40 astronomiskās stundas nedēļā astoņas astronomiskās stu</w:t>
-[...2 lines deleted...]
-        <w:t>ndas dienā</w:t>
+        <w:t xml:space="preserve"> 40 astronomiskās stundas nedēļā astoņas astronomiskās stundas dienā</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> normāla darba laika ietvaros</w:t>
       </w:r>
       <w:r w:rsidRPr="00E278DB">
         <w:t xml:space="preserve">, nodrošinot atbilstošu atpūtu. Ja </w:t>
       </w:r>
       <w:r>
         <w:t>Klients</w:t>
       </w:r>
       <w:r w:rsidRPr="00E278DB">
         <w:t xml:space="preserve"> ir jaunāks par 18 gadiem, </w:t>
       </w:r>
       <w:r>
         <w:t>dalību Pasākumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00E278DB">
-        <w:t xml:space="preserve"> nodrošina 35 astronomiskās stundas nedēļā septiņas astronomiskās stundas dienā, nodrošinot atbilstošu atpūtu</w:t>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E278DB">
+        <w:t>odrošina 35 astronomiskās stundas nedēļā septiņas astronomiskās stundas dienā, nodrošinot atbilstošu atpūtu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>Summ</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
-        <w:t xml:space="preserve"> darba laika ie</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">tvaros </w:t>
+        <w:t xml:space="preserve"> darba laika ietvaros </w:t>
       </w:r>
       <w:r>
         <w:t>nodarbināt</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Klientu</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ne </w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>ilg</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
@@ -2284,51 +2847,54 @@
       <w:r w:rsidRPr="00941E76">
         <w:t>inot atbilsto</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>u atp</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ū</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve">tu. </w:t>
       </w:r>
       <w:r>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
-        <w:t>a darba kopl</w:t>
+        <w:t xml:space="preserve">a darba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00941E76">
+        <w:t>kopl</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>gum</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve"> vai darba l</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
@@ -2338,55 +2904,51 @@
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve"> nav noteikts gar</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>ks p</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
-        <w:t xml:space="preserve">rskata periods (ne </w:t>
-[...3 lines deleted...]
-        <w:t>ilg</w:t>
+        <w:t>rskata periods (ne ilg</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>ks par 3 m</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>ne</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
@@ -2396,54 +2958,51 @@
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve"> darba laika p</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
-        <w:t xml:space="preserve">rskata periods ir </w:t>
-[...2 lines deleted...]
-        <w:t>viens m</w:t>
+        <w:t>rskata periods ir viens m</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve">nesis. Darbs, kuru </w:t>
       </w:r>
       <w:r>
         <w:t>Klients</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve"> veic virs p</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t>rskata period</w:t>
       </w:r>
@@ -2477,1748 +3036,2399 @@
       <w:r w:rsidRPr="00941E76">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00941E76">
         <w:t xml:space="preserve"> darba laika, </w:t>
       </w:r>
       <w:r w:rsidRPr="004C39E7">
         <w:t>uzskat</w:t>
       </w:r>
       <w:r w:rsidRPr="004C39E7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="004C39E7">
         <w:t>ms par virsstundu darbu</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F8CDCB" w14:textId="2E3C9C60" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00BE3945">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendents </w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iepazinās ar nosacījumu, ka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BFBC913" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1701" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">nepieciešamo informāciju Pretendentu atlasei Aģentūra iegūst un Pretendentu sniegto ziņu </w:t>
+        <w:t>nepieciešamo informāciju Pretendentu atlasei Aģentūra iegūst un Pretendentu sniegto ziņu patiesumu pārbauda, izmantojot publiski pieejamās datubāzes, citu institūciju datubāzes, kā arī pieprasot informāciju no kompe</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>patiesumu pārbauda, izmantojot publiski pieejamās datubāzes, citu institūciju datubāzes, kā arī pieprasot informāciju no kompetentajām valsts institūcijām. Ja Aģentūras rīcībā esošā informācija neatbilst faktiskajai situācijai, attiecīgais Pretendents ir t</w:t>
-[...6 lines deleted...]
-        <w:t>iesīgs iesniegt izziņu vai citu dokumentu, precizējot informāciju;</w:t>
+        <w:t>tentajām valsts institūcijām. Ja Aģentūras rīcībā esošā informācija neatbilst faktiskajai situācijai, attiecīgais Pretendents ir tiesīgs iesniegt izziņu vai citu dokumentu, precizējot informāciju;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="655DC00E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="007E3B93">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1701" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>ja līdz Aģentūras lēmuma pieņemšanas dienai Pretendenta pieteikumā norādītā informācija ir mainījusies, Pretendents vienas darba dienas laikā no faktiskās situācijas iestāšanās rakstiski in</w:t>
+        <w:t>ja līdz Aģentūras lēmuma pieņemšanas dienai Pretendenta pie</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>formē Aģentūru;</w:t>
+        <w:t>teikumā norādītā informācija ir mainījusies, Pretendents vienas darba dienas laikā no faktiskās situācijas iestāšanās rakstiski informē Aģentūru;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589DD757" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1701" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pretendentam, kas noslēdzis līgumu par Pasākuma īstenošanu, jāpiedalās Pasākuma līdzfinansēšanā (arī veicot valsts sociālās apdrošināšanas obligātās iemaksas par Pasākumā iesaistītajiem </w:t>
+        <w:t>Pretendentam, kas noslēdzis līgumu par Pasākuma īstenošanu, jāpiedalās Pasākuma līdzfinansēšanā (arī veicot va</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lsts sociālās apdrošināšanas obligātās iemaksas par Pasākumā iesaistītajiem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">lientiem). Darba devēja līdzfinansēto daļu jāsedz no </w:t>
-[...6 lines deleted...]
-        <w:t>līdzekļiem, kas nav komercdarbības atbalsts;</w:t>
+        <w:t>lientiem). Darba devēja līdzfinansēto daļu jāsedz no līdzekļiem, kas nav komercdarbības atbalsts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5B00EB" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00BA44F5" w:rsidRDefault="00441020">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1701" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>līgumā būs jānorāda</w:t>
+      </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">finanšu atbalstu nedrīkst summēt ar citu </w:t>
+        <w:t xml:space="preserve"> kontaktpersona, kurai jābūt sasniedzamai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, zvanot uz līgumā </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>norādītās</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-[...2 lines deleted...]
-        <w:t>de minimis</w:t>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontaktpersonas tālruņa numuru</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> atbalstu un citu valsts atbalstu attiecībā uz vienām un tām pašām attiecināmajām izmaksām vai citu valsts atbalstu tam pašam riska finansējuma pasākumam;</w:t>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lienta darba laikā ir jābūt informētai par </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lienta nodarbināšanas adresi, veicamajiem un paveiktajiem darbiem atbilstoši </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>lienta amata aprakstā norādītajiem pienākumiem, jānodrošina pieeja ar Pasākuma īstenošan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>u saistītajai dokumentācijai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pieteikumā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A166D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">norādītajai atbildīgajai personai ir tiesības parakstīt ar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Pasākuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A166D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pārbaudi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A166D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saistītos dokumentus gadījumā, ja </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A166D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>arba devēj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A166D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>nav pieejams</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503F08D1" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00BA44F5" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00486DC8" w:rsidRPr="00582356" w:rsidRDefault="00441020" w:rsidP="00486DC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1701" w:hanging="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>līgum</w:t>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ED2">
+        <w:t>arba devējs nodrošina no jauna izveidotu darba vietu vai darba vietu, kas ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ED2">
+        <w:t xml:space="preserve"> vakanta sakarā ar darba tiesisko attiecību izbeigšanu uz darbinieka uzteikuma pamata, uz darba devēja un darbinieka vienošanās pamata vai uz darba devēja uzteikuma pamata Darba likuma 101. panta pirmās daļas 1., 2., 3., 4., 5. un 11. punktā noteiktajos ga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ED2">
+        <w:t xml:space="preserve">dījumos un ja attiecīgais </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> kontaktpersona, kurai jābūt sasniedzamai</w:t>
+        <w:t>klients</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ED2">
+        <w:t xml:space="preserve"> nav ticis nodarbināts pie attiecīgā darba devēja vismaz 12 mēnešus pirm</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> kontaktpersonas tālruņa numuru</w:t>
+        <w:t>s iesaistes Pasākumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD6909">
+        <w:t>;</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...133 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4224C7" w14:textId="39CEA324" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00BA44F5" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ir informēts, ka līgumu par Pasākuma īstenošanu jāslēdz viena mēneša laikā no lēmuma par līgum</w:t>
+      </w:r>
       <w:r>
-        <w:t>d</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">kuma 101. panta pirmās daļas 1., 2., 3., 4., 5. un 11. punktā noteiktajos gadījumos un ja attiecīgais </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>slēgšanas tiesību piešķiršanu s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pēkā stāšanās dienas tikai par to darba vietu izveidi, kurās Pretendents un </w:t>
       </w:r>
       <w:r>
-        <w:t>klients</w:t>
-[...8 lines deleted...]
-        <w:t>;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lients, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>kuram Aģentūra ir noteikusi dalību Pasākumā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>, ir vienojušies par darba tiesisko attiecību nodibināšanu Pasākuma ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D899A85" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00BA44F5" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Pretendents pirms pieteikuma iesniegšanas Aģentūr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ā </w:t>
+      </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>ir informēts, ka līgumu par Pasākuma īstenošanu jāslē</w:t>
+        <w:t>ir iepazinies ar normatīvajiem aktiem, k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>dz viena mēneša laikā no lēmuma par līgum</w:t>
+        <w:t xml:space="preserve">nosaka </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">a </w:t>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">slēgšanas tiesību piešķiršanu spēkā stāšanās dienas tikai par to darba vietu izveidi, kurās Pretendents un </w:t>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta uzskaites sistēmā ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>sagatavojis un apstiprin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta uzskaitei un pie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>šķ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>nepiecie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>amo inform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ciju, ko apliecina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>šā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ds sist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izveidot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>s un apstiprin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>K</w:t>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>retendenta veidlapas</w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>lients, kurš atbilst mērķa grupas prasībām, ir vienojušies par darba tiesisko attiecību nodibināšanu Pasā</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">kuma ietvaros un informējuši Aģentūru tās noteiktajā kārtībā. Ja </w:t>
+          <w:b/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Nr. ___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E50F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  (norāda veidlapas identifikācijas Nr.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>K</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...51 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F9AAF1" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005E50F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>ir iepazinies ar normatīvajiem aktiem, k</w:t>
-[...284 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t>Finanšu atbalstu vēlas saņemt, apliecinot atbilstību:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1FDC74" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
-[...66 lines deleted...]
-    <w:p w14:paraId="3DD9E336" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="8789"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00242774" w14:paraId="1E77C593" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AEE581F" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Atzīmē ar “</w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>” vienu atbilstošo lauku</w:t>
+              <w:t xml:space="preserve">” vienu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E50F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>atbilstošo lauku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B77E5E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Nozare un Regulu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="7E399BCA" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73E361AE" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="752742C6" w14:textId="0FC9B1F2" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00A1018E">
+          <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00A1018E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Komisijas </w:t>
             </w:r>
             <w:r w:rsidR="00A1018E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">2023. gada 13. decembra Regulas (ES) </w:t>
             </w:r>
             <w:r w:rsidR="00A1018E" w:rsidRPr="006834C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0563C1"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Nr.2023/2831</w:t>
+              <w:t>Nr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A1018E" w:rsidRPr="00123295">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0563C1"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00A1018E" w:rsidRPr="006834C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0563C1"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>/2831</w:t>
             </w:r>
             <w:r w:rsidR="00A1018E" w:rsidRPr="006834C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0563C1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A1018E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam nosacījumiem</w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="006834C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Šo regulu piemēro visu nozaru uzņēmumiem piešķirtam atbalstam, izņemot atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu</w:t>
+              <w:t xml:space="preserve">Šo regulu piemēro visu nozaru uzņēmumiem </w:t>
             </w:r>
             <w:r w:rsidRPr="006834C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> primāro ražošanu vai atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
+              <w:t>piešķirtam atbalstam, izņemot atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu vai atbalstu, ko piešķir uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="0444180D" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="031A89F3" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2AE29B" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Komisijas 2013. gada 18. decembra Regulas (ES) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="005E50F9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>Nr.</w:t>
               </w:r>
               <w:r w:rsidRPr="00A1018E">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>1408</w:t>
               </w:r>
               <w:r w:rsidRPr="005E50F9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>/2013</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē nosacījumiem. </w:t>
+              <w:t xml:space="preserve"> atbalstam lauksai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E50F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mniecības nozarē nosacījumiem. </w:t>
             </w:r>
             <w:r w:rsidRPr="006834C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Šo regulu piemēro </w:t>
-[...7 lines deleted...]
-              <w:t>atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu.</w:t>
+              <w:t>Šo regulu piemēro atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar lauksaimniecības produktu primāro ražošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="726262F5" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="435B56A1" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22174943" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="005E50F9" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Komisijas 2014. gada 27. jūnija Regulas (ES) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="005E50F9">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>Nr.717/2014</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> p</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">ar Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
+              <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="005E50F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstam zvejniecības un akvakultūras nozarē nosacījumiem. </w:t>
             </w:r>
             <w:r w:rsidRPr="006834C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Šo regulu piemēro atbalstam, kas piešķirts uzņēmumiem, kuri nodarbojas ar zvejas un akvakultūras produktu primāro </w:t>
+              <w:t>Šo regulu piemēro atbalstam, kas piešķirts uzņēmumiem, kuri nodar</w:t>
             </w:r>
             <w:r w:rsidRPr="006834C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>ražošanu.</w:t>
+              <w:t>bojas ar zvejas un akvakultūras produktu primāro ražošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E79FE96" w14:textId="06D4B6BE" w:rsidR="00A1018E" w:rsidRPr="006834C9" w:rsidRDefault="0098359C" w:rsidP="006834C9">
+    <w:p w:rsidR="00F5753F" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00F5753F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pretendents ir informēts, ka finan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u atbalstu nedr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kst summ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t ar citu de minimis atbalstu un citu valsts atbalstu attiec</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz vien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m un t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m pa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m attiecin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m izmaks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m vai citu valsts atbalstu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tam pa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>am riska finans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>juma pas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kumam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5753F" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00F5753F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pretendents ir iepazinies ar nosacījumu, ka saimniecisk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s darb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bas veic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jam, kuram pie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šķ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir de minimis atbalstu saska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ņā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar Komisijas regulu Nr. 2023/2831 un kur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbojas nozar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s, kas min</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tas Komisijas regulas Nr. 2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/2831 1. panta 1. punkta "a", "b", "c" vai "d" apak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>punkt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, nodro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o nozaru darb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bu vai uzskaites nodal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>īš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anu, lai darb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bas izsl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gtaj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s nozar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s neg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ū</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tu labumu no de minimis atbalsta, ko pie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šķ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir saska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ņā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iem noteikumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1018E" w:rsidRPr="009D45EA" w:rsidRDefault="00441020" w:rsidP="009D45EA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="0" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D602F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Pretendenta piedāvātās Pasākuma īstenošanas vietas</w:t>
+        <w:t>Pretendenta piedāvātās Pasākuma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D602F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> īstenošanas vietas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="008D602F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D602F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(par katru darba vietu aizpilda atsevišķu tabulu)</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D602F">
+      <w:r w:rsidRPr="009D45EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5074" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3836"/>
-        <w:gridCol w:w="598"/>
-        <w:gridCol w:w="5336"/>
+        <w:gridCol w:w="5934"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00242774" w14:paraId="153E0C39" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="408"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B74188A" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Aģentūrā  reģistrētās vakances Nr. </w:t>
+              <w:t xml:space="preserve">Aģentūrā  reģistrētās </w:t>
+            </w:r>
+            <w:r w:rsidR="005C4173" w:rsidRPr="00AB49DE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">aktuālās </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF6E5B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">vakances Nr. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FDE45AA" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(norāda par profesiju, kādā tiek pieteikta darba vieta)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D237B4D" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="53DD1FCD" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="436"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0867929E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Profesija</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4173">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C4173" w:rsidRPr="005C4173">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(pilns nosaukums atbilstoši profesiju klasifikatoram)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08707BD0" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E4A87D1" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C495209" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="60E1EECF" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="453"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6519D11D" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Profesijas kods Profesiju </w:t>
+              <w:t xml:space="preserve">Profesijas </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>klasifikatorā</w:t>
+              <w:t>kods Profesiju klasifikatorā</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4173">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C4173" w:rsidRPr="005C4173">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(jānorāda 6 (seši) cipari atbilstoši profesiju klasifikatoram)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7836FA" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="2EAFD48F" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="1183"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="56935ACF" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="001F7A35" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="001F7A35" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Darba vietas adrese</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="10"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E0F8858" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00730CA3" w:rsidRDefault="00441020" w:rsidP="005C4173">
             <w:pPr>
               <w:spacing w:after="120"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(norāda pilsētu vai novadu un tā teritoriālā iedalījuma vienību, ielas nosaukumu, mājas Nr. vai mājas nosaukumu. Papildus norāda, veicot piezīmi</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
+              <w:t>(norāda ielas nosaukumu, mājas Nr. vai mājas nosaukumu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF6E5B">
+            <w:r w:rsidR="007E3B93">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">darbinieks var tikt nodarbināts dažādās </w:t>
+              <w:t>, pilsētu, novadu un pasta indeksu</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00730CA3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">pasākuma īstenošanas </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF6E5B">
+            <w:r w:rsidR="005C4173" w:rsidRPr="00730CA3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>vietās, ja t</w:t>
+              <w:t>Papildus norāda, vei</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF6E5B">
+            <w:r w:rsidR="0051554C" w:rsidRPr="00730CA3">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">o paredz darba pienākumi. </w:t>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4173" w:rsidRPr="00730CA3">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ot piezīmi: darbinieks var tikt nodarbināts dažādās vietās, ja to paredz darba pienākumi. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="64EE8D4E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="5BAB53F5" w14:textId="77777777" w:rsidTr="009C153F">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009C153F">
         <w:trPr>
           <w:trHeight w:val="575"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0756E286" w14:textId="726C9D55" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Bruto d</w:t>
+            </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Darba alga mēnesī</w:t>
+              <w:t xml:space="preserve">arba </w:t>
+            </w:r>
+            <w:r w:rsidR="0098359C" w:rsidRPr="00DF6E5B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>alga mēnesī</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="11"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3CEF0B" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="1EB3A7F2" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="801"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1963" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="56C0CB79" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Darba laika organizācija / </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Darba režīms</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:b/>
               </w:rPr>
               <w:footnoteReference w:id="12"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D4AC942" w14:textId="0B8B0251" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(normāls,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> su</w:t>
             </w:r>
             <w:r w:rsidR="00784B00">
@@ -4236,579 +5446,375 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mētais darba laiks, maiņu darbs</w:t>
             </w:r>
             <w:r w:rsidR="00A347D1">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> u.c.</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3037" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7917BCD1" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="1A470134" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="347"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3EB8DE" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00123295">
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Darba vadītāja vārds, uzvārds, personas kods</w:t>
+              <w:t xml:space="preserve">Darba vadītāja vārds, uzvārds, personas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF6E5B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kods</w:t>
+            </w:r>
+            <w:r w:rsidR="002F271B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006D6FB4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kontakt</w:t>
+            </w:r>
+            <w:r w:rsidR="002F271B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>tālru</w:t>
+            </w:r>
+            <w:r w:rsidR="00123295">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00545144">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>is</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="2200C3EC" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:trPr>
-          <w:trHeight w:val="507"/>
+          <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3105F8BD" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D244420" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
-[...6 lines deleted...]
-          <w:p w14:paraId="035654D3" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="0F3E10FA" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="393"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="12690117" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Darba vadītāja iegūtā izglītība vai darba pieredze</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">profesijā, kurā pieteikta darba vieta </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="615B865A" w14:textId="4310E140" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="0098359C" w:rsidP="0086503E">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00441020" w:rsidP="00AF558D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(atbilstoši pieteikuma 2.14.apakšpunktam norāda darba vadītāja profesiju kādā iegūta izglītība (pievienojot </w:t>
+              <w:t xml:space="preserve">(atbilstoši pieteikuma </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="007D3DBF">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>2.16</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.3.apakšpunktā minēto dokumenta kopiju) vai darba vadītāja darba pieredzi (dd.mm.gggg. – dd.mm.gggg.) profes</w:t>
+              <w:t xml:space="preserve">.apakšpunktam norāda darba vadītāja profesiju kādā iegūta izglītība (pievienojot </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF6E5B">
+            <w:r w:rsidR="00AF558D">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ijā, kurā pieteikta darba vieta un darba devēja (-u) nosaukumu (-us)</w:t>
+              <w:t>6.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF6E5B">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.apakšpunktā minēto dokumenta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF6E5B">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kopiju) vai darba vadītāja darba pieredzi (dd.mm.gggg. – dd.mm.gggg.) profesijā, kurā pieteikta darba vieta un darba devēja (-u) nosaukumu (-us)</w:t>
             </w:r>
             <w:r w:rsidR="0086503E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6E5B">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> pie kura (-iem) iegūta darba pieredze)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="7FB4C8CC" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="009D45EA">
         <w:trPr>
-          <w:trHeight w:val="406"/>
+          <w:trHeight w:val="934"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1DF7F9" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27BEEB4B" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="62555BEF" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00DF6E5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="21F82508" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="005F29D7">
         <w:trPr>
-          <w:trHeight w:val="2674"/>
+          <w:trHeight w:val="346"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="pct"/>
+            <w:tcW w:w="1" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3945" w:rsidRPr="005670B9" w:rsidRDefault="00441020" w:rsidP="005670B9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F29D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prasības Klienta izglītībai, darba pieredzei, zināšanām un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F29D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>prasmēm:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005817E7" w:rsidTr="00BF363E">
+        <w:trPr>
+          <w:trHeight w:val="1134"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5588264E" w14:textId="5E2A4B16" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="005F29D7" w:rsidRPr="005F29D7" w:rsidRDefault="005F29D7" w:rsidP="00183545">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...286 lines deleted...]
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47B15DD3" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="008310F3" w:rsidRDefault="00183545" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="008310F3" w:rsidRDefault="00183545" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A695126" w14:textId="599D39E2" w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="0" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00267957">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pasākuma laikā Klientam</w:t>
       </w:r>
       <w:r w:rsidR="003E5295">
@@ -4841,704 +5847,1014 @@
       <w:r w:rsidRPr="00267957">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> būs nepieciešama teorētiskā apmācība, ko organizē </w:t>
       </w:r>
       <w:r w:rsidR="00EA21E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00267957">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ģentūra, lai nodrošinātu speciālista(-u) sagatavošanu darba devējam nepieciešamajā profesijā:</w:t>
+        <w:t>ģentūra, lai nodrošinātu speciālista(-u) sagatavošanu darba devējam nepieciešamajā profesijā</w:t>
+      </w:r>
+      <w:r w:rsidR="00582356">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (atzīmēt vienu atbilstošo lauku)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267957">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="355B156B" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00123D37" w:rsidRDefault="0098359C" w:rsidP="00183545">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00183545" w:rsidRPr="00123D37" w:rsidRDefault="00441020" w:rsidP="00D74B91">
+      <w:pPr>
+        <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123D37">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="1590045816"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D74B91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0098359C" w:rsidRPr="00123D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Nē;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02517208" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00123D37" w:rsidRDefault="0098359C" w:rsidP="00183545">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00183545" w:rsidRPr="00123D37" w:rsidRDefault="00441020" w:rsidP="00D74B91">
+      <w:pPr>
+        <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123D37">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:id w:val="794648325"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F02ADA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D74B91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Jā,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00123D37">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0098359C" w:rsidRPr="00123D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> modulārās profesionālās izglītības programmas ietvaros;</w:t>
+        <w:t>Jā, modulārās profesionālās izglītības programmas ietvaros;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09904D50" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="002933E3" w:rsidRDefault="0098359C" w:rsidP="00183545">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00183545" w:rsidRPr="002933E3" w:rsidRDefault="00441020" w:rsidP="00D74B91">
+      <w:pPr>
+        <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123D37">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-77214016"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F02ADA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00D74B91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0098359C" w:rsidRPr="00123D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Jā, nozaru uzņēmuma izstrādāta un nozar</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0098359C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="002933E3">
+      <w:r w:rsidR="0098359C" w:rsidRPr="002933E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> asociācijas atzīta neformālās izglītības programma.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="83"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2196"/>
         <w:gridCol w:w="2606"/>
         <w:gridCol w:w="2680"/>
         <w:gridCol w:w="2146"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00242774" w14:paraId="084046FA" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="1226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF2B693" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Nepieciešamā </w:t>
             </w:r>
             <w:r w:rsidRPr="000C16D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>profesija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2653" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D53254C" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C16D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Nepieciešama papildu teorētiskā apmācība (moduļa nosaukums</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008166A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>nozaru uzņēmuma izstrā</w:t>
+              <w:t>nozaru uzņēmuma izstrādāta un</w:t>
             </w:r>
             <w:r w:rsidRPr="008166A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>dāta un nozaru asociācijas atzīta neformālās izglītības programma</w:t>
+              <w:t xml:space="preserve"> nozaru asociācijas atzīta neformālās izglītības programma</w:t>
             </w:r>
             <w:r w:rsidRPr="000C16D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="19CAA190" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C16D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Izglītības iestādes nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA4D9B2" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00441020" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C16D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Mācību stundu skaits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="395DCB11" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24EF98F9" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2653" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="16CC4C1F" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3690F590" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="722966E8" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00242774" w14:paraId="6C89E1EF" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:trPr>
           <w:trHeight w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E441D85" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2653" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="762D690E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="472433F3" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52E9C07A" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="000C16D9" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00AD70F5" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00E23DF5" w:rsidRDefault="0098359C" w:rsidP="007C528D">
+    <w:p w:rsidR="00264648" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00264648">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="85" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Personas datu apstrāde</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301CFA" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00AF558D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Šā pieteikuma ietvarā Pretendenta ieniegtos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personas datus Aģentūra apstrādā saziņai ar Pretendentu un Pretendenta sniegto ziņu patiesuma pārbaudei, pamatojoties uz normatīvajos aktos noteikto pienākumu izpildi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301CFA" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00AF558D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iesniedzot datus, Pretendents ir personas datu pārzinis Eiropas Parlamenta un Padomes (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ES) 2016. gada 27. aprīļa Regulas Nr. 2016/679 par fizisku personu aizsardzību attiecībā uz personas datu apstrādi un šādu datu brīvu apriti izpratnē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301CFA" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00AF558D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pretendenta pienākums ir informēt pieteikumā minēto kontaktpersonu un 3. punktā minēto darba vadītāju par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> viņu personas datu nodošanu datu apstrādei Aģentūrā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0051554C" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00AF558D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apstrādājot Pretendenta iesniegtos personas datus, personas datu apstrādes pārzinis ir Aģentūra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0051554C" w:rsidRPr="00AB49DE" w:rsidRDefault="00441020" w:rsidP="00AF558D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visa informācija par Aģentūras veikto personas datu apstrādi un datu subjekta tiesību īstenošanu ir ietve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rta Privātuma politikā, kas atrodama Aģentūras tīmekļa vietnē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www.nva.gov.lv/lv/iestades-privatuma-politika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB49DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00183545" w:rsidRPr="00E23DF5" w:rsidRDefault="00441020" w:rsidP="00AF558D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Dokumentu saraksts, ko Pretendents pievieno pielikumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00E23DF5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9638"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00242774" w14:paraId="42749598" w14:textId="77777777" w:rsidTr="00183545">
+      <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8240" w:type="dxa"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9529" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9529"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00242774" w14:paraId="67C934B4" w14:textId="77777777" w:rsidTr="00183545">
+            <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
               <w:trPr>
                 <w:trHeight w:val="550"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9529" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w14:paraId="77779DA9" w14:textId="78325B06" w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="00183545">
+                <w:p w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00AF558D">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="1"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
+                    <w:ind w:left="567" w:hanging="567"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Dokumenta, kas apliecina pieteikuma iesniedzēja paraksta tiesības, ja </w:t>
+                    <w:t>Dokumenta, kas apliecina pieteikuma iesniedzēja paraksta tiesības, ja pieteikumu iesniedz pi</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>pieteikumu iesniedz pilnvarota persona, kopija uz ___ lp.</w:t>
+                    <w:t>lnvarota persona, kopija uz ___ lp.</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="42E86075" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00183545" w:rsidP="00183545">
+                <w:p w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00183545" w:rsidP="00AF558D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
-                    <w:ind w:left="240"/>
+                    <w:ind w:left="567" w:hanging="567"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00242774" w14:paraId="3A6D53DE" w14:textId="77777777" w:rsidTr="00183545">
+            <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
               <w:trPr>
                 <w:trHeight w:val="445"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9529" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w14:paraId="2CF7D32E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="00183545">
+                <w:p w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00AF558D">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="1"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
+                    <w:ind w:left="567" w:hanging="567"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Aizpildīts Apmācības pie darba devēja </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>plāns</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rStyle w:val="FootnoteReference"/>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:footnoteReference w:id="14"/>
+                    <w:footnoteReference w:id="13"/>
                   </w:r>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> uz ___lp.;</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:bCs/>
                       <w:spacing w:val="-4"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00242774" w14:paraId="55FBC362" w14:textId="77777777" w:rsidTr="00183545">
+            <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
               <w:trPr>
                 <w:trHeight w:val="668"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9529" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w14:paraId="0F37426B" w14:textId="2CEB3B73" w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="008E3F45">
+                <w:p w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00AF558D">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="1"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
+                    <w:ind w:left="567" w:hanging="567"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Potenciālā darba vadītāja iegūtās izglītības dokumenta </w:t>
                   </w:r>
                   <w:r w:rsidR="008E3F45" w:rsidRPr="008E3F45">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">apliecināta </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
@@ -5548,841 +6864,927 @@
                     </w:rPr>
                     <w:t>kopija</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> (dokumentu pievieno gadījumā, ja darba vadītājam</w:t>
                   </w:r>
                   <w:r w:rsidR="008E3F45">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">ir iegūta </w:t>
+                    <w:t xml:space="preserve">ir iegūta izglītība profesijā, kurā </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>izglītība profesijā, kurā plānots nodarbināt klientu)</w:t>
+                    <w:t>plānots nodarbināt klientu)</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> uz ___ lp (ja attiecināms).</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00242774" w14:paraId="6B5966BA" w14:textId="77777777" w:rsidTr="00183545">
+            <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
               <w:trPr>
                 <w:trHeight w:val="415"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9529" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w14:paraId="36836F81" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="00183545">
+                <w:p w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00AF558D">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="1"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
+                    <w:ind w:left="567" w:hanging="567"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Amata apraksts uz ___ lp.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00242774" w14:paraId="6A245EB6" w14:textId="77777777" w:rsidTr="00183545">
+            <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
               <w:trPr>
                 <w:trHeight w:val="415"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9529" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w14:paraId="5FC6D69E" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="00183545">
+                <w:p w:rsidR="00183545" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00AF558D">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="1"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
+                    <w:spacing w:after="120"/>
+                    <w:ind w:left="567" w:hanging="567"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Izdrukas apliecināta kopija no Valsts ieņēmumu dienesta Elektroniskās deklarēšanas sistēmas par Pretendenta nozari, kurā tas darbojas un vēlas saņemt atbalstu (izdruka pieteikumam nav jāpievieno gadījumā, ja pieteikumā norādītais NACE kods ir Pretendenta p</w:t>
+                    <w:t>Izdrukas apliecināta kopija no Valsts ieņēmumu dienesta</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00264648">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> (turpmāk – VID)</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00267957">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>amatdarbības veids) uz ___ lp.</w:t>
+                    <w:t xml:space="preserve"> Elektroniskās deklarēšanas sistēmas par Pretendenta nozari, kurā tas darbojas un vēlas saņemt atbalstu (izdruka pieteikumam nav jāpievieno gadījumā, ja pieteikumā norādītais NACE kods ir Pretendenta pamatdarbības veids) uz ___ lp.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005817E7" w:rsidTr="00183545">
+              <w:trPr>
+                <w:trHeight w:val="415"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9529" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+                </w:tcPr>
+                <w:p w:rsidR="00264648" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00AF558D">
+                  <w:pPr>
+                    <w:pStyle w:val="ListParagraph"/>
+                    <w:numPr>
+                      <w:ilvl w:val="1"/>
+                      <w:numId w:val="14"/>
+                    </w:numPr>
+                    <w:spacing w:after="120"/>
+                    <w:ind w:left="567" w:hanging="567"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Dokumenta kopija, kas a</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">pliecina Pretendenta tiesības īstenot Pasākumu pieteikumā norādītajā adresē, ja pieteiktā Pasākuma īstenošanas adrese nav Pretendenta juridiskā adrese vai VID reģistrētā struktūrvienības adrese, uz </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00264648">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>___ lp.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="10525ADD" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00946B5B" w:rsidRDefault="00183545" w:rsidP="00183545">
+          <w:p w:rsidR="00183545" w:rsidRPr="00946B5B" w:rsidRDefault="00183545" w:rsidP="00183545">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D9BC2BC" w14:textId="77777777" w:rsidR="00183545" w:rsidRPr="00C41C5C" w:rsidRDefault="00183545" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRPr="00C41C5C" w:rsidRDefault="00183545" w:rsidP="00183545">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14D963B4" w14:textId="77777777" w:rsidR="00CF5EAF" w:rsidRDefault="00CF5EAF" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRDefault="00264648" w:rsidP="00183545">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B8A69F5" w14:textId="45F56E12" w:rsidR="00183545" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00183545" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00374D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Pieteikum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00374D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA08F8" w:rsidRPr="00374D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">kopā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ar pielikumiem</w:t>
       </w:r>
       <w:r w:rsidR="00CA08F8" w:rsidRPr="00374D82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz ___lp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780FB6AA" w14:textId="77777777" w:rsidR="00183545" w:rsidRDefault="00183545" w:rsidP="00183545">
-[...7 lines deleted...]
-    <w:p w14:paraId="2C875F22" w14:textId="006556AF" w:rsidR="006A1E50" w:rsidRPr="00C41C5C" w:rsidRDefault="006A1E50" w:rsidP="00394494">
+    <w:p w:rsidR="006A1E50" w:rsidRPr="00C41C5C" w:rsidRDefault="006A1E50" w:rsidP="00582356">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006A1E50" w:rsidRPr="00C41C5C" w:rsidSect="0052448D">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1418" w:header="425" w:footer="181" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C15425D" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="0098359C">
+    <w:p w:rsidR="00441020" w:rsidRDefault="00441020">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FEE2AED" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="0098359C">
+    <w:p w:rsidR="00441020" w:rsidRDefault="00441020">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman BaltRim">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="15AF7514" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="0098359C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00264648" w:rsidRDefault="00441020">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="15AF7515" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="006834C9">
+  <w:p w:rsidR="00264648" w:rsidRDefault="00264648">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="15AF7516" w14:textId="1A2B652B" w:rsidR="006834C9" w:rsidRDefault="0098359C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00264648" w:rsidRDefault="00441020">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00E440D5">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="60A6E8E7" w14:textId="6FB4DD71" w:rsidR="006834C9" w:rsidRPr="006834C9" w:rsidRDefault="0098359C" w:rsidP="00E057CA">
+  <w:p w:rsidR="00264648" w:rsidRPr="006834C9" w:rsidRDefault="00441020" w:rsidP="00E057CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00E90378">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>KRG_4.2.17_2.pielikums_</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00E90378">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.versija</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00E057CA">
+    <w:r w:rsidRPr="00CC04BB">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>26.06.2024.</w:t>
+      <w:t>01.12.2025.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="15AF7518" w14:textId="473BEAAE" w:rsidR="006834C9" w:rsidRPr="00E90378" w:rsidRDefault="0098359C" w:rsidP="00E90378">
+  <w:p w:rsidR="00264648" w:rsidRPr="00E90378" w:rsidRDefault="00441020" w:rsidP="00E90378">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="left" w:pos="3300"/>
         <w:tab w:val="left" w:pos="7240"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E90378">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="5F7B5881" w14:textId="08A03B41" w:rsidR="006834C9" w:rsidRPr="00E057CA" w:rsidRDefault="0098359C" w:rsidP="00E057CA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00264648" w:rsidRPr="00E057CA" w:rsidRDefault="00441020" w:rsidP="00E057CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E90378">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>KRG_4.2.17_2.pielikums_</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00E90378">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.versija</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00E057CA">
+    <w:r w:rsidRPr="00CC04BB">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>26.06.2024.</w:t>
+      <w:t>01.12.2025.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="15AF751C" w14:textId="77777777" w:rsidR="006834C9" w:rsidRPr="00F908A3" w:rsidRDefault="006834C9" w:rsidP="00E057CA">
+  <w:p w:rsidR="00264648" w:rsidRPr="00F908A3" w:rsidRDefault="00264648" w:rsidP="00E057CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E65F65F" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="0098359C">
+    <w:p w:rsidR="00441020" w:rsidRDefault="00441020">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38238F65" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="0098359C">
+    <w:p w:rsidR="00441020" w:rsidRDefault="00441020">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E6C0606" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="006834C9"/>
+    <w:p w:rsidR="00441020" w:rsidRDefault="00441020"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="19DEDAEC" w14:textId="77777777" w:rsidR="006834C9" w:rsidRPr="00470BFD" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRPr="00470BFD" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00470BFD">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00470BFD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pasākumu var organizēt komersanti </w:t>
       </w:r>
       <w:r w:rsidRPr="00435648">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(izņemot </w:t>
       </w:r>
       <w:r w:rsidRPr="00470BFD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>izglītības iestādes, kuru pamatuzdevums ir izglītības programmu īstenošana), pašnodarbinātas personas, biedrības</w:t>
+        <w:t xml:space="preserve">izglītības iestādes, kuru pamatuzdevums ir izglītības programmu īstenošana), pašnodarbinātas personas, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">individuālie uzņēmumi, </w:t>
       </w:r>
       <w:r w:rsidRPr="00470BFD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(izņemot politiskās partijas) vai </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00470BFD">
+        <w:t>biedrības</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>nodibinājumi.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(izņemot politiskās partijas) vai nodibinājumi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="158156FE" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00470BFD">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00470BFD">
-        <w:t xml:space="preserve"> Norāda, ja Pretendents ir juridiska persona.</w:t>
+        <w:t xml:space="preserve"> Norāda, ja Pretendents ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00470BFD">
+        <w:t>juridiska persona.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="1DF31E26" w14:textId="77777777" w:rsidR="006834C9" w:rsidRPr="00123D37" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRPr="00123D37" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Tekstu iekļauj, ja Pasākums tiek īstenots, pamatojoties uz nozares asociācijas pieteikumu.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="12D86369" w14:textId="77777777" w:rsidR="006834C9" w:rsidRPr="007D7DBC" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRPr="007D7DBC" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="clear" w:pos="8306"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E43716">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E43716">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pretendenta apliecinājums atbilstībai kritērijiem, kuri noteikti saskaņā ar Ministru kabineta 2011.g</w:t>
+        <w:t xml:space="preserve"> Pretendenta apliecinājums atbilstībai kritērijiem, kuri noteikti saskaņā ar Ministru kabineta 2011.gada 25.janvāra noteikumu Nr.75 “Noteikumi </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43716">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ada 25.janvāra noteikumu Nr.75 “Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba mazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles </w:t>
+        <w:t xml:space="preserve">par aktīvo nodarbinātības pasākumu un preventīvo bezdarba mazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7DBC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">principiem ”, </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7DBC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Ministru kabineta 2023. gada 20. jūnija noteikum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>iem</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7DBC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Nr. 323 </w:t>
       </w:r>
       <w:r w:rsidRPr="007D7DBC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Eiropas Savienības Atveseļošanas u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7DBC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n noturības mehānisma plāna 3.1. reformu un investīciju virziena "Reģionālā politika" 3.1.2. reformas "Sociālo un nodarbinātības pakalpojumu pieejamība minimālo ienākumu reformas atbalstam" 3.1.2.5.i. investīcijas "Bezdarbnieku, darba meklētāju un bezdarba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7DBC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> riskam pakļauto iedzīvotāju iesaiste darba tirgū" īstenošanas un uzraudzības noteikumi</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nr. 323 </w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>””</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="126A7130" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F642E4">
         <w:t>Pretendents norāda prasības</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r>
         <w:t>lientam</w:t>
       </w:r>
       <w:r w:rsidRPr="00F642E4">
-        <w:t>, saskaņā ar 2017.gada 23.maija Ministru kabineta noteikumiem Nr.264 “Noteikumi par Pr</w:t>
+        <w:t>, saskaņā ar 2017.gada 23.maija Ministru kabineta noteikumiem Nr.264 “Noteikumi par Profesiju klasifikatoru, profesijai atbilsto</w:t>
       </w:r>
       <w:r w:rsidRPr="00F642E4">
-        <w:t>ofesiju klasifikatoru, profesijai atbilstošiem pamatuzdevumiem un kvalifikācijas pamatprasībām”.</w:t>
+        <w:t>šiem pamatuzdevumiem un kvalifikācijas pamatprasībām”.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="18850134" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2217">
-        <w:t xml:space="preserve">Ministru kabineta 2018.gada 21.novembra noteikumi Nr.715 “Noteikumi par </w:t>
+        <w:t xml:space="preserve">Ministru kabineta 2018.gada 21.novembra noteikumi Nr.715 “ </w:t>
+      </w:r>
+      <w:r w:rsidR="00735852">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>De</w:t>
+      </w:r>
+      <w:r w:rsidR="00735852" w:rsidRPr="00DC2217">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2217">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>de minimis</w:t>
+        <w:t>minimis</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2217">
-        <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību un </w:t>
+        <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas </w:t>
+      </w:r>
+      <w:r w:rsidR="00735852" w:rsidRPr="00DC2217">
+        <w:t>kārtīb</w:t>
+      </w:r>
+      <w:r w:rsidR="00735852">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2217">
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>s veidlapu paraugiem”.</w:t>
+        <w:t>”.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="418BD54C" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t>Veidlapu aizpilda Valsts ieņēmumu dienesta Elektroniskās deklarēšanas sistēm</w:t>
       </w:r>
       <w:r>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="009F7E00">
           <w:rPr>
@@ -6399,267 +7801,287 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7E00">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t>tbilstoši Ministru kabineta 2018.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t>gada 21.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F239A0">
         <w:t xml:space="preserve">novembra </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7E00">
         <w:t xml:space="preserve">noteikumu </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="00A347D1">
+        <w:r w:rsidRPr="00AF558D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>Nr.715 “Noteikumi par de minimis atbalsta uzskaites un piešķiršanas kārtību un de minim</w:t>
+          <w:t xml:space="preserve">Nr.715 “ </w:t>
+        </w:r>
+        <w:r w:rsidR="00735852" w:rsidRPr="00AF558D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>De</w:t>
+        </w:r>
+        <w:r w:rsidR="00735852" w:rsidRPr="00AF558D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00AF558D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>minimis</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00AF558D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas </w:t>
+        </w:r>
+        <w:r w:rsidR="00735852" w:rsidRPr="00AF558D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>kārtīb</w:t>
+        </w:r>
+        <w:r w:rsidR="00735852" w:rsidRPr="00AF558D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>a</w:t>
         </w:r>
         <w:r w:rsidRPr="00A347D1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
-          <w:t>is atbalsta uzskaites veidlapu paraugiem”</w:t>
+          <w:t>”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005E3103">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7E00">
         <w:t>nosacījumiem</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="2C82A14C" w14:textId="006442BC" w:rsidR="006834C9" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Pieteikumu iesniedz par darba vietām, kuru vakance ir reģistrēta Aģentūrā. Ja Pretendents ar Aģentūrā reģistrētu klientu, kurš atbilst mērķa grupas prasībām, ir vienojušies par darba tiesisko attiec</w:t>
-[...5 lines deleted...]
-        <w:t>ību nodibināšanu konkrētā profesijā Pasākuma ietvaros, norāda informāciju par klientu.</w:t>
+        <w:t>Pieteikumu iesniedz par darba vietām, kuru vakance ir reģistrēta Aģentūrā.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="2A72AE89" w14:textId="77777777" w:rsidR="006834C9" w:rsidRPr="00C50E6D" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRPr="002D32CD" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C50E6D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C50E6D">
         <w:t xml:space="preserve"> Pasākum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">u īsteno </w:t>
       </w:r>
       <w:r w:rsidRPr="00C50E6D">
         <w:t>Latvijas Republikas teritorij</w:t>
       </w:r>
       <w:r>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="00C50E6D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="0C9E9404" w14:textId="7F8BEAB7" w:rsidR="006834C9" w:rsidRPr="00692666" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRPr="00692666" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00692666">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> Norāda </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t>darba alg</w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> pirms nodokļu atskaitīšanas</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Finansējumu darba algai veido Pretendenta līdzfinansējums (ja </w:t>
-[...2 lines deleted...]
-        <w:t>attiecināms) un Aģentūras</w:t>
+        <w:t>. Finansējumu darba algai veido Pretendenta līdzfinansējums (ja attiecināms) un Aģentūras</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> dotācij</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">klienta </w:t>
       </w:r>
       <w:r w:rsidRPr="00883911">
         <w:t>darba algai,</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t xml:space="preserve"> neskaitot, piemēram, piemaksas, samaksu par virsstundām</w:t>
       </w:r>
       <w:r>
         <w:t>, atvaļinājuma naud</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
-        <w:t>u.c. finansējumu</w:t>
+        <w:t>u.c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692666">
+        <w:t>. finansējumu</w:t>
       </w:r>
       <w:r>
         <w:t>, ko paredz Darba likums</w:t>
       </w:r>
       <w:r w:rsidRPr="00692666">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="3AA1138D" w14:textId="77777777" w:rsidR="006834C9" w:rsidRPr="00267957" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRPr="00267957" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F838C7">
         <w:t>Darba laika organizācija ir jānorāda atbilstoši Darba likuma nosacījumiem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="0C8B0FAA" w14:textId="25D6A203" w:rsidR="006834C9" w:rsidRPr="00EF1C74" w:rsidRDefault="0098359C">
-[...30 lines deleted...]
-    <w:p w14:paraId="5077E79B" w14:textId="77777777" w:rsidR="006834C9" w:rsidRPr="00E85AB0" w:rsidRDefault="0098359C" w:rsidP="00183545">
+    <w:p w:rsidR="00264648" w:rsidRPr="00E85AB0" w:rsidRDefault="00441020" w:rsidP="00183545">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85AB0">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E85AB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
@@ -6697,344 +8119,344 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pasākuma apmācību</w:t>
       </w:r>
       <w:r w:rsidRPr="00B62879">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> īstenošanas plāns</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="15AF7511" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="006834C9" w:rsidP="00EF28AB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00264648" w:rsidRDefault="00264648" w:rsidP="00EF28AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="15AF7512" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="006834C9" w:rsidP="0020593E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00264648" w:rsidRDefault="00264648" w:rsidP="0020593E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="15AF7513" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="006834C9">
+  <w:p w:rsidR="00264648" w:rsidRDefault="00264648">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="15AF7519" w14:textId="77777777" w:rsidR="006834C9" w:rsidRDefault="006834C9" w:rsidP="004D731B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00264648" w:rsidRDefault="00264648" w:rsidP="004D731B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B2D7C7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1124D5CC"/>
-    <w:lvl w:ilvl="0" w:tplc="30DA7EE4">
+    <w:lvl w:ilvl="0" w:tplc="85885290">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="545A9180" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B26EACB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4BF43EDC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="DD56B06E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="ED16141A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="E5A6CF26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A0706894" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8BF6E138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7F2AD17C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A1527346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="079ADCD4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="AF54DF94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72628A48" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="CD1E8CC4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7E88AC14" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D37CEB6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BE271FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0625336"/>
-    <w:lvl w:ilvl="0" w:tplc="07360978">
+    <w:lvl w:ilvl="0" w:tplc="0A0E014E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C546A524" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79DEC8BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E2C2CC9A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8EDC048E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C5C22E30" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="245C69F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47086F78" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0796631C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E5AA4138" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B79C8804" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7BD298C4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="710099E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="361C1E80" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7F649D6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77EAB482" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1976441C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2218296B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53EE41E2"/>
-    <w:lvl w:ilvl="0" w:tplc="64965A7E">
+    <w:lvl w:ilvl="0" w:tplc="A18E3828">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FCFE5A1C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="E7F64598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="705A9180" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6E682108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61D47FB2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75D01B14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52FE6B02" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1046D4AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B70001AA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7CEA79BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="465CCBEC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="045A28D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D276B22C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="4844B938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E0C209D8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="294CC4BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25C23ADF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ABA4666A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -7125,530 +8547,530 @@
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="270A5A1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D3CCBEA"/>
-    <w:lvl w:ilvl="0" w:tplc="790414F4">
+    <w:lvl w:ilvl="0" w:tplc="9A52C4F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1A0A6EC4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5C1025F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B2E48582" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="CB74AB62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4E0EC53C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4726D17A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2A1CCB20" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C83C5EB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0248C9D0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="130C23B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D4D6AFC8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DB3C150E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1BC8433C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40A8C86C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A072ACDA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="954AA7D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27D97030"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51FCC252"/>
-    <w:lvl w:ilvl="0" w:tplc="B1629F84">
+    <w:lvl w:ilvl="0" w:tplc="55C62014">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="063213BA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0FBE3AB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14F69414" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9B78CC10" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3A2C250C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0E8E9C46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C0D4F58C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C98461C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AFE8DEBE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="9C0AD19E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D2C0CDC0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2C2AC5FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F57881C8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40EC1010" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76FE5A18" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83CA7298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30D63C33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="419EA274"/>
-    <w:lvl w:ilvl="0" w:tplc="4FF0F98A">
+    <w:lvl w:ilvl="0" w:tplc="26B8DD80">
       <w:start w:val="26"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="CB340D42" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FBA6B9E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FDAC5D56" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C016815A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="02607FF4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="DA22EE44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4B30DF5C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40509298" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="524A6F8C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7302710A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EA4ABC86" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21948410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1834CDCE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BEEE5582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="05528A7A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="EE8C3AEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="326470DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1C40C6A"/>
-    <w:lvl w:ilvl="0" w:tplc="10B2FCE6">
+    <w:lvl w:ilvl="0" w:tplc="2F146A78">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1790" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C49C2C02">
+    <w:lvl w:ilvl="1" w:tplc="DB8C3C60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2510" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91D63D88" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8C40ECD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3230" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FA80C830" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B860D3C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3950" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67BAB6E0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0FB27432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27540EB4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3DAEC522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8CC25030" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6422D09E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CC1E10A0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="B64E60C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17B86D16" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1C26510A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7550" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="334F0FD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5022AA8E"/>
-    <w:lvl w:ilvl="0" w:tplc="37FA0536">
+    <w:lvl w:ilvl="0" w:tplc="0D7A3B9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="559E08FE">
+    <w:lvl w:ilvl="1" w:tplc="4A9826C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41C80C36">
+    <w:lvl w:ilvl="2" w:tplc="30848364">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="EFF2D8C2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25C08726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29DC2F24" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="443281E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F86A83E6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38929318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8E0CDBAA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A5F64296" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A6800A6A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="DCBCC8D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E766B092" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66684514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37877CCA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C602EDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
@@ -7740,393 +9162,393 @@
         <w:ind w:left="11803" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13592" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37D77CD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10B2FDC8"/>
-    <w:lvl w:ilvl="0" w:tplc="470A968C">
+    <w:lvl w:ilvl="0" w:tplc="400EB370">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26980A0C">
+    <w:lvl w:ilvl="1" w:tplc="58564BD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F3E415FC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2E1EA08A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CFC8E3E6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80B87E00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A6628EF6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2EBA2132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DBF24C38" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="C39E2264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75604E96" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="BF44415E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2FCCFE60" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="05C489E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5F48A1AE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="CD1E6CC4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BF31CFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5B4B918"/>
-    <w:lvl w:ilvl="0" w:tplc="3912E0F2">
+    <w:lvl w:ilvl="0" w:tplc="ED6834FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5C243FA4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4FEEECBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C2F25B1A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1E32E594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6A64D486" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1E8E83F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="BCA475C8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="AFE8F912" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E012ACF4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D270C4C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="769EF49C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A83C8B74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A2A88536" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6A94403A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D308687A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3B5C854C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="410E7ABA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="294834C8"/>
-    <w:lvl w:ilvl="0" w:tplc="59D223BA">
+    <w:lvl w:ilvl="0" w:tplc="98C6871C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="005C2A22" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="BEC8737A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E46697E4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="AB9E5104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6FF21362" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="745098CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E7C893A4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53463356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9608569E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E9D2DF18" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82881D26" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3A16E24A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87E01654" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C49E65B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FD428F68" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="01206B6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="456D1876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="296A3D44"/>
-    <w:lvl w:ilvl="0" w:tplc="B27CF2B8">
+    <w:lvl w:ilvl="0" w:tplc="C8363620">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C1AA276" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F1A60656" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38E290E0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="623AD5E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5178D72C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="130867CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41A0EBFA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51886652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="993402B4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B0622C0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="07B05768" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3A009A6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B6E29E1C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F690990C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="416E9328" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="06345152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52234CA6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -8182,571 +9604,571 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E87366C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C73AA3C0"/>
-    <w:lvl w:ilvl="0" w:tplc="C9463EE2">
+    <w:lvl w:ilvl="0" w:tplc="BD3C175A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C5CC97C8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4490A388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="754413C2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28B2C178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2220" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3F1EB9A4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A6B86678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7986934A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98A8E46A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E872FE6E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="340073EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6366B5A0" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6068096C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29AAD69E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F6F6FB54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="217E2A6E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="8796E5DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62065319"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01AEE256"/>
-    <w:lvl w:ilvl="0" w:tplc="874CE702">
+    <w:lvl w:ilvl="0" w:tplc="AAE6B1A2">
       <w:start w:val="26"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="BD3A0594">
+    <w:lvl w:ilvl="1" w:tplc="3852F2B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72C4492A">
+    <w:lvl w:ilvl="2" w:tplc="9FA62482">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2DE653A4">
+    <w:lvl w:ilvl="3" w:tplc="FF6C936A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2026982E">
+    <w:lvl w:ilvl="4" w:tplc="D49AD6CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93F48F7E">
+    <w:lvl w:ilvl="5" w:tplc="944A5220">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="363640D6">
+    <w:lvl w:ilvl="6" w:tplc="EABA8FD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C934699C">
+    <w:lvl w:ilvl="7" w:tplc="C3CAD89E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F1169EB8">
+    <w:lvl w:ilvl="8" w:tplc="9E82802E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65E30835"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7566355E"/>
-    <w:lvl w:ilvl="0" w:tplc="18FA9620">
+    <w:lvl w:ilvl="0" w:tplc="D17E502C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="786" w:hanging="360"/>
+        <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C36A6DEE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2668B432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1506" w:hanging="360"/>
+        <w:ind w:left="1505" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B2ECA3CE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9390794A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2226" w:hanging="360"/>
+        <w:ind w:left="2225" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8A2E819C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9F0647D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2946" w:hanging="360"/>
+        <w:ind w:left="2945" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9EC67A56" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6024AB68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3666" w:hanging="360"/>
+        <w:ind w:left="3665" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="ACC6C438" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="305487EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4386" w:hanging="360"/>
+        <w:ind w:left="4385" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23165144" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85A2F8FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5106" w:hanging="360"/>
+        <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F1665FF8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3E3279D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5826" w:hanging="360"/>
+        <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3BF8E36A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FE2C6860" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6546" w:hanging="360"/>
+        <w:ind w:left="6545" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="705408FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F866876"/>
-    <w:lvl w:ilvl="0" w:tplc="DA2A34F4">
+    <w:lvl w:ilvl="0" w:tplc="CC241A4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D5C2365C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34B6AC00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CCC07702" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25EAE65C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FD8A27E2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="171000A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7F043220" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4CCC8F02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="657E16B4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="DA56A400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="355ED5C4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1BB432DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50B21A58" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77C2DDE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0E4E3604" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1098DA8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77676E3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F2400B2"/>
-    <w:lvl w:ilvl="0" w:tplc="525E3D8C">
+    <w:lvl w:ilvl="0" w:tplc="958A3A5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7160E59E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B48A85CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="876E224A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8184184C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FAE0E684" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9C40C4D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="139EDF80" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0470A15E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AE2C67CE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FD36B7F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BF86007E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="241837B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64B0387A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0C1CFBC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0EFE7B54" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F200A3AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77890453"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7964922A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="2705" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8791,147 +10213,147 @@
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E9B41C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E641E72"/>
-    <w:lvl w:ilvl="0" w:tplc="0DD0654E">
+    <w:lvl w:ilvl="0" w:tplc="43AEF1BA">
       <w:start w:val="26"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F30CD112" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="049C52B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="258277DE" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B9A47660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F610893E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="BF74522C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7ECA6EE2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D932CC40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55AC3FE2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68C6DED2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2062D932" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="9CA05418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D6FE8CB8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81EA8C3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0DF0075A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2A6CC9E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EAB4A7E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DA36E0AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9096,462 +10518,485 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F62067"/>
     <w:rsid w:val="00000183"/>
     <w:rsid w:val="00001AB2"/>
     <w:rsid w:val="00001E8D"/>
     <w:rsid w:val="00003793"/>
     <w:rsid w:val="00005A60"/>
     <w:rsid w:val="0001135C"/>
     <w:rsid w:val="000140B1"/>
     <w:rsid w:val="00014E2F"/>
     <w:rsid w:val="00017519"/>
     <w:rsid w:val="000203A2"/>
     <w:rsid w:val="00021A0F"/>
     <w:rsid w:val="000249B0"/>
     <w:rsid w:val="00025135"/>
     <w:rsid w:val="0002608F"/>
     <w:rsid w:val="00031200"/>
     <w:rsid w:val="00031493"/>
     <w:rsid w:val="00032233"/>
     <w:rsid w:val="00035CB3"/>
     <w:rsid w:val="00037C92"/>
     <w:rsid w:val="000404C8"/>
     <w:rsid w:val="0004770F"/>
     <w:rsid w:val="00051D98"/>
     <w:rsid w:val="00053317"/>
     <w:rsid w:val="00053D4C"/>
     <w:rsid w:val="00055E7B"/>
     <w:rsid w:val="00064C30"/>
     <w:rsid w:val="00064DE5"/>
     <w:rsid w:val="00067523"/>
     <w:rsid w:val="00070087"/>
     <w:rsid w:val="00072ED6"/>
     <w:rsid w:val="000732D6"/>
     <w:rsid w:val="00074429"/>
     <w:rsid w:val="000765AF"/>
     <w:rsid w:val="00080DF2"/>
     <w:rsid w:val="00081C2A"/>
     <w:rsid w:val="0008648E"/>
     <w:rsid w:val="00090184"/>
     <w:rsid w:val="00095109"/>
     <w:rsid w:val="000A14BF"/>
+    <w:rsid w:val="000A4B1F"/>
     <w:rsid w:val="000A57FD"/>
     <w:rsid w:val="000A6B4E"/>
     <w:rsid w:val="000B165E"/>
     <w:rsid w:val="000B2DF6"/>
     <w:rsid w:val="000B3149"/>
+    <w:rsid w:val="000B577E"/>
     <w:rsid w:val="000C0754"/>
     <w:rsid w:val="000C112F"/>
     <w:rsid w:val="000C16D9"/>
     <w:rsid w:val="000C2449"/>
     <w:rsid w:val="000C302F"/>
     <w:rsid w:val="000C5227"/>
     <w:rsid w:val="000C744F"/>
     <w:rsid w:val="000D1D59"/>
     <w:rsid w:val="000D1D93"/>
     <w:rsid w:val="000D351A"/>
     <w:rsid w:val="000D42E6"/>
     <w:rsid w:val="000D4AC6"/>
     <w:rsid w:val="000D79FF"/>
     <w:rsid w:val="000E01CD"/>
     <w:rsid w:val="000E0644"/>
     <w:rsid w:val="000E0B45"/>
     <w:rsid w:val="000E14A1"/>
     <w:rsid w:val="000E4B85"/>
     <w:rsid w:val="000E5DC9"/>
+    <w:rsid w:val="000E7156"/>
     <w:rsid w:val="000F3C75"/>
     <w:rsid w:val="000F4D89"/>
     <w:rsid w:val="000F73A4"/>
     <w:rsid w:val="00101905"/>
     <w:rsid w:val="00102819"/>
     <w:rsid w:val="00103F76"/>
     <w:rsid w:val="00105436"/>
     <w:rsid w:val="00106A2C"/>
     <w:rsid w:val="001073C3"/>
+    <w:rsid w:val="0010751B"/>
     <w:rsid w:val="00107BFA"/>
     <w:rsid w:val="00110F32"/>
     <w:rsid w:val="00111F8C"/>
     <w:rsid w:val="00115A2B"/>
     <w:rsid w:val="0012256D"/>
     <w:rsid w:val="00122AA5"/>
+    <w:rsid w:val="00123295"/>
     <w:rsid w:val="00123D37"/>
     <w:rsid w:val="0012467C"/>
     <w:rsid w:val="00125C3E"/>
     <w:rsid w:val="0012614E"/>
     <w:rsid w:val="001312A4"/>
     <w:rsid w:val="00131B98"/>
     <w:rsid w:val="00133EA2"/>
     <w:rsid w:val="00135B46"/>
     <w:rsid w:val="00141388"/>
     <w:rsid w:val="00142036"/>
     <w:rsid w:val="00144DFA"/>
     <w:rsid w:val="0014528F"/>
     <w:rsid w:val="00145916"/>
     <w:rsid w:val="00147BC5"/>
     <w:rsid w:val="00153B74"/>
     <w:rsid w:val="00154DF1"/>
     <w:rsid w:val="0015621B"/>
     <w:rsid w:val="00157609"/>
     <w:rsid w:val="001605A4"/>
     <w:rsid w:val="001625FA"/>
     <w:rsid w:val="00164CAF"/>
     <w:rsid w:val="00164E31"/>
     <w:rsid w:val="001662E9"/>
     <w:rsid w:val="001729CC"/>
     <w:rsid w:val="00173564"/>
     <w:rsid w:val="00174E1F"/>
     <w:rsid w:val="00182221"/>
     <w:rsid w:val="00182611"/>
     <w:rsid w:val="001830AD"/>
     <w:rsid w:val="00183545"/>
     <w:rsid w:val="00183B31"/>
     <w:rsid w:val="001841F1"/>
+    <w:rsid w:val="00184719"/>
+    <w:rsid w:val="001868D4"/>
     <w:rsid w:val="00187324"/>
     <w:rsid w:val="001918E8"/>
     <w:rsid w:val="00193430"/>
     <w:rsid w:val="00193F11"/>
     <w:rsid w:val="00195FCE"/>
     <w:rsid w:val="001A264D"/>
     <w:rsid w:val="001A2F1D"/>
     <w:rsid w:val="001A7392"/>
     <w:rsid w:val="001A7608"/>
     <w:rsid w:val="001A7AC3"/>
     <w:rsid w:val="001B2FDF"/>
     <w:rsid w:val="001B4D11"/>
     <w:rsid w:val="001B7B07"/>
     <w:rsid w:val="001C0659"/>
     <w:rsid w:val="001C0BED"/>
     <w:rsid w:val="001C0DC7"/>
     <w:rsid w:val="001C21B6"/>
     <w:rsid w:val="001C25D7"/>
     <w:rsid w:val="001C50DE"/>
     <w:rsid w:val="001C5B86"/>
     <w:rsid w:val="001C75B3"/>
     <w:rsid w:val="001D12F8"/>
     <w:rsid w:val="001D2612"/>
     <w:rsid w:val="001D2A94"/>
     <w:rsid w:val="001D2FE0"/>
     <w:rsid w:val="001D3952"/>
     <w:rsid w:val="001D3D87"/>
     <w:rsid w:val="001E34FB"/>
     <w:rsid w:val="001E3A14"/>
     <w:rsid w:val="001E4F16"/>
     <w:rsid w:val="001E65A0"/>
     <w:rsid w:val="001E7120"/>
     <w:rsid w:val="001F3031"/>
     <w:rsid w:val="001F30F8"/>
     <w:rsid w:val="001F7A35"/>
     <w:rsid w:val="0020548C"/>
     <w:rsid w:val="0020593E"/>
     <w:rsid w:val="002069B0"/>
     <w:rsid w:val="00206A99"/>
     <w:rsid w:val="00207992"/>
     <w:rsid w:val="0021052B"/>
     <w:rsid w:val="002131C0"/>
+    <w:rsid w:val="002140B5"/>
     <w:rsid w:val="00214D57"/>
     <w:rsid w:val="00215E8D"/>
     <w:rsid w:val="002166E2"/>
     <w:rsid w:val="00216A6C"/>
+    <w:rsid w:val="00216D8D"/>
     <w:rsid w:val="0021725F"/>
     <w:rsid w:val="002176B4"/>
     <w:rsid w:val="00221C0D"/>
     <w:rsid w:val="002225FD"/>
     <w:rsid w:val="0022488B"/>
     <w:rsid w:val="0022597C"/>
     <w:rsid w:val="00226CB7"/>
     <w:rsid w:val="00227287"/>
     <w:rsid w:val="00227AF6"/>
     <w:rsid w:val="00234A6D"/>
     <w:rsid w:val="00234AD0"/>
     <w:rsid w:val="002357B5"/>
     <w:rsid w:val="00235806"/>
     <w:rsid w:val="0023667E"/>
     <w:rsid w:val="00237067"/>
     <w:rsid w:val="002372F9"/>
     <w:rsid w:val="00242774"/>
     <w:rsid w:val="00243A47"/>
     <w:rsid w:val="00244F6E"/>
+    <w:rsid w:val="00246A66"/>
     <w:rsid w:val="002470B8"/>
     <w:rsid w:val="00247FB1"/>
     <w:rsid w:val="0025007B"/>
     <w:rsid w:val="002527E6"/>
     <w:rsid w:val="00252A3C"/>
     <w:rsid w:val="00253AB3"/>
     <w:rsid w:val="002557D2"/>
     <w:rsid w:val="00257FED"/>
     <w:rsid w:val="00260D32"/>
     <w:rsid w:val="00260E74"/>
     <w:rsid w:val="0026125B"/>
     <w:rsid w:val="002627CF"/>
     <w:rsid w:val="0026285A"/>
     <w:rsid w:val="00262E98"/>
     <w:rsid w:val="0026346B"/>
     <w:rsid w:val="00263A61"/>
     <w:rsid w:val="00263B1C"/>
     <w:rsid w:val="00263C64"/>
+    <w:rsid w:val="00264648"/>
     <w:rsid w:val="002657FB"/>
     <w:rsid w:val="002663F0"/>
     <w:rsid w:val="002667C9"/>
     <w:rsid w:val="00267503"/>
     <w:rsid w:val="00267957"/>
     <w:rsid w:val="00267A3B"/>
     <w:rsid w:val="00270A25"/>
     <w:rsid w:val="0027198B"/>
     <w:rsid w:val="00281757"/>
     <w:rsid w:val="00281B0F"/>
     <w:rsid w:val="00281CC0"/>
     <w:rsid w:val="00282F6A"/>
     <w:rsid w:val="0028370B"/>
     <w:rsid w:val="00283F1C"/>
     <w:rsid w:val="0028406D"/>
     <w:rsid w:val="00285E98"/>
     <w:rsid w:val="002866CA"/>
     <w:rsid w:val="002910A9"/>
     <w:rsid w:val="00292DA5"/>
     <w:rsid w:val="002933E3"/>
     <w:rsid w:val="00294731"/>
     <w:rsid w:val="00294BEA"/>
     <w:rsid w:val="002976A9"/>
     <w:rsid w:val="002979B1"/>
     <w:rsid w:val="002A0184"/>
     <w:rsid w:val="002A340C"/>
     <w:rsid w:val="002A3CDD"/>
     <w:rsid w:val="002A42D4"/>
     <w:rsid w:val="002A7846"/>
     <w:rsid w:val="002A799F"/>
     <w:rsid w:val="002B14C3"/>
     <w:rsid w:val="002B2484"/>
     <w:rsid w:val="002B395F"/>
     <w:rsid w:val="002B40A5"/>
     <w:rsid w:val="002B7CC3"/>
     <w:rsid w:val="002B7DE8"/>
     <w:rsid w:val="002C197E"/>
     <w:rsid w:val="002C22CB"/>
     <w:rsid w:val="002C417F"/>
     <w:rsid w:val="002C4C90"/>
     <w:rsid w:val="002C5BAB"/>
     <w:rsid w:val="002C783A"/>
     <w:rsid w:val="002D2E41"/>
+    <w:rsid w:val="002D32CD"/>
     <w:rsid w:val="002D73B3"/>
     <w:rsid w:val="002E1C2F"/>
     <w:rsid w:val="002E5634"/>
     <w:rsid w:val="002F03DF"/>
     <w:rsid w:val="002F156E"/>
     <w:rsid w:val="002F1CD4"/>
+    <w:rsid w:val="002F271B"/>
     <w:rsid w:val="002F272B"/>
     <w:rsid w:val="002F27FB"/>
     <w:rsid w:val="002F3330"/>
     <w:rsid w:val="002F3A3D"/>
     <w:rsid w:val="002F7DE2"/>
     <w:rsid w:val="003005B3"/>
     <w:rsid w:val="00300EA3"/>
     <w:rsid w:val="00300EBF"/>
+    <w:rsid w:val="00301CFA"/>
     <w:rsid w:val="00302165"/>
     <w:rsid w:val="00302436"/>
     <w:rsid w:val="00302964"/>
     <w:rsid w:val="00302BDC"/>
     <w:rsid w:val="003033BD"/>
     <w:rsid w:val="00305238"/>
     <w:rsid w:val="00305C78"/>
     <w:rsid w:val="003064FA"/>
     <w:rsid w:val="00310A2F"/>
     <w:rsid w:val="00312A1C"/>
     <w:rsid w:val="00316043"/>
     <w:rsid w:val="00317A04"/>
     <w:rsid w:val="00320F36"/>
     <w:rsid w:val="00321AAC"/>
     <w:rsid w:val="00324E18"/>
     <w:rsid w:val="0032514F"/>
     <w:rsid w:val="00332F5F"/>
     <w:rsid w:val="0033391B"/>
     <w:rsid w:val="00336344"/>
     <w:rsid w:val="0033656B"/>
     <w:rsid w:val="00337A3D"/>
     <w:rsid w:val="003420FB"/>
     <w:rsid w:val="003438AA"/>
     <w:rsid w:val="00345D3D"/>
     <w:rsid w:val="003471A5"/>
     <w:rsid w:val="00347DD2"/>
     <w:rsid w:val="00347F3B"/>
     <w:rsid w:val="00353196"/>
     <w:rsid w:val="0035386D"/>
     <w:rsid w:val="00355E2C"/>
     <w:rsid w:val="003564A6"/>
     <w:rsid w:val="003616F5"/>
     <w:rsid w:val="00361E53"/>
     <w:rsid w:val="00362921"/>
     <w:rsid w:val="0036396C"/>
     <w:rsid w:val="00364AA9"/>
     <w:rsid w:val="00364CA9"/>
     <w:rsid w:val="0037142F"/>
     <w:rsid w:val="003716E8"/>
     <w:rsid w:val="00372CE3"/>
+    <w:rsid w:val="00374634"/>
     <w:rsid w:val="00374D82"/>
     <w:rsid w:val="00382E79"/>
     <w:rsid w:val="00393C50"/>
     <w:rsid w:val="00394494"/>
     <w:rsid w:val="003A0259"/>
     <w:rsid w:val="003A32BB"/>
     <w:rsid w:val="003A43D4"/>
     <w:rsid w:val="003A51CC"/>
     <w:rsid w:val="003A5233"/>
     <w:rsid w:val="003A5586"/>
     <w:rsid w:val="003A6818"/>
     <w:rsid w:val="003B023B"/>
     <w:rsid w:val="003B0F18"/>
     <w:rsid w:val="003B1E50"/>
     <w:rsid w:val="003B1E7B"/>
     <w:rsid w:val="003B5F05"/>
     <w:rsid w:val="003B68E7"/>
     <w:rsid w:val="003C30B6"/>
     <w:rsid w:val="003C3BDF"/>
     <w:rsid w:val="003C4A27"/>
     <w:rsid w:val="003C55B6"/>
     <w:rsid w:val="003C5A2D"/>
     <w:rsid w:val="003C7D6F"/>
     <w:rsid w:val="003D1F77"/>
     <w:rsid w:val="003D3449"/>
     <w:rsid w:val="003D3E58"/>
     <w:rsid w:val="003D47DC"/>
     <w:rsid w:val="003D4958"/>
     <w:rsid w:val="003D577A"/>
     <w:rsid w:val="003E20BA"/>
     <w:rsid w:val="003E33F5"/>
     <w:rsid w:val="003E4F8F"/>
     <w:rsid w:val="003E5295"/>
     <w:rsid w:val="003E67D7"/>
     <w:rsid w:val="003F2213"/>
     <w:rsid w:val="003F25D9"/>
     <w:rsid w:val="003F64D1"/>
     <w:rsid w:val="003F7033"/>
     <w:rsid w:val="003F722B"/>
     <w:rsid w:val="00403360"/>
     <w:rsid w:val="00403487"/>
     <w:rsid w:val="00403C50"/>
     <w:rsid w:val="0040483C"/>
     <w:rsid w:val="00404972"/>
     <w:rsid w:val="0040560F"/>
+    <w:rsid w:val="00405CED"/>
     <w:rsid w:val="00405FDF"/>
     <w:rsid w:val="00406813"/>
     <w:rsid w:val="00410673"/>
     <w:rsid w:val="004112F1"/>
     <w:rsid w:val="004146EE"/>
     <w:rsid w:val="00416EA4"/>
     <w:rsid w:val="0042144C"/>
     <w:rsid w:val="00425769"/>
+    <w:rsid w:val="004257B1"/>
     <w:rsid w:val="00426AA9"/>
     <w:rsid w:val="004316A9"/>
     <w:rsid w:val="00433DBD"/>
     <w:rsid w:val="0043456A"/>
     <w:rsid w:val="00434EF4"/>
     <w:rsid w:val="00435648"/>
     <w:rsid w:val="0043778A"/>
     <w:rsid w:val="00437FE4"/>
     <w:rsid w:val="004403F1"/>
+    <w:rsid w:val="00441020"/>
     <w:rsid w:val="00441A94"/>
     <w:rsid w:val="0044236F"/>
     <w:rsid w:val="00443172"/>
     <w:rsid w:val="004450C2"/>
     <w:rsid w:val="00447E86"/>
     <w:rsid w:val="00451348"/>
     <w:rsid w:val="0045220C"/>
     <w:rsid w:val="00452F59"/>
     <w:rsid w:val="00454507"/>
     <w:rsid w:val="00454689"/>
     <w:rsid w:val="004566FC"/>
     <w:rsid w:val="00456BAE"/>
+    <w:rsid w:val="00456F90"/>
     <w:rsid w:val="004605D5"/>
     <w:rsid w:val="00460921"/>
     <w:rsid w:val="00460BC8"/>
     <w:rsid w:val="00461AE4"/>
     <w:rsid w:val="00462722"/>
     <w:rsid w:val="00463C3F"/>
     <w:rsid w:val="00466E33"/>
     <w:rsid w:val="004676E7"/>
     <w:rsid w:val="00470BFD"/>
     <w:rsid w:val="004718F7"/>
     <w:rsid w:val="00472ED3"/>
+    <w:rsid w:val="004738ED"/>
     <w:rsid w:val="00474B55"/>
+    <w:rsid w:val="004768A9"/>
     <w:rsid w:val="00480FB7"/>
     <w:rsid w:val="00481C97"/>
     <w:rsid w:val="004825A5"/>
     <w:rsid w:val="00483696"/>
     <w:rsid w:val="00485B60"/>
+    <w:rsid w:val="00486DC8"/>
     <w:rsid w:val="004872F9"/>
     <w:rsid w:val="004925EC"/>
     <w:rsid w:val="00492AEF"/>
     <w:rsid w:val="00493386"/>
     <w:rsid w:val="00494588"/>
     <w:rsid w:val="00497889"/>
     <w:rsid w:val="004A04E4"/>
     <w:rsid w:val="004A05C7"/>
     <w:rsid w:val="004A2632"/>
     <w:rsid w:val="004A2CD2"/>
     <w:rsid w:val="004A3645"/>
     <w:rsid w:val="004A4A89"/>
     <w:rsid w:val="004B05EA"/>
     <w:rsid w:val="004B06CB"/>
     <w:rsid w:val="004B0E4A"/>
     <w:rsid w:val="004B4C5B"/>
     <w:rsid w:val="004B5B8D"/>
     <w:rsid w:val="004B63F3"/>
     <w:rsid w:val="004C39E7"/>
     <w:rsid w:val="004C3D21"/>
     <w:rsid w:val="004C55C8"/>
     <w:rsid w:val="004D0B33"/>
     <w:rsid w:val="004D1F68"/>
     <w:rsid w:val="004D22B6"/>
     <w:rsid w:val="004D2C82"/>
@@ -9561,141 +11006,153 @@
     <w:rsid w:val="004D5B44"/>
     <w:rsid w:val="004D7306"/>
     <w:rsid w:val="004D731B"/>
     <w:rsid w:val="004E0020"/>
     <w:rsid w:val="004E14B4"/>
     <w:rsid w:val="004E255B"/>
     <w:rsid w:val="004E37A9"/>
     <w:rsid w:val="004E401E"/>
     <w:rsid w:val="004E4702"/>
     <w:rsid w:val="004E5C93"/>
     <w:rsid w:val="004E74D5"/>
     <w:rsid w:val="004F0227"/>
     <w:rsid w:val="004F0EC3"/>
     <w:rsid w:val="004F2D5F"/>
     <w:rsid w:val="004F7BD4"/>
     <w:rsid w:val="005009C6"/>
     <w:rsid w:val="0050299F"/>
     <w:rsid w:val="00503E82"/>
     <w:rsid w:val="00506187"/>
     <w:rsid w:val="00506849"/>
     <w:rsid w:val="00506CCC"/>
     <w:rsid w:val="00506EFE"/>
     <w:rsid w:val="00507AFC"/>
     <w:rsid w:val="005108CA"/>
     <w:rsid w:val="0051237A"/>
+    <w:rsid w:val="0051554C"/>
     <w:rsid w:val="00515AF3"/>
     <w:rsid w:val="00515F8C"/>
     <w:rsid w:val="00516021"/>
     <w:rsid w:val="005166B4"/>
     <w:rsid w:val="005204FE"/>
     <w:rsid w:val="00520D1C"/>
     <w:rsid w:val="005226EB"/>
     <w:rsid w:val="00523029"/>
     <w:rsid w:val="0052448D"/>
     <w:rsid w:val="005252F0"/>
     <w:rsid w:val="005262FC"/>
     <w:rsid w:val="005271DF"/>
     <w:rsid w:val="005301D3"/>
+    <w:rsid w:val="00530BC2"/>
     <w:rsid w:val="00535924"/>
     <w:rsid w:val="005379C8"/>
     <w:rsid w:val="00537CFC"/>
     <w:rsid w:val="00541643"/>
     <w:rsid w:val="00541BD8"/>
     <w:rsid w:val="005440A1"/>
+    <w:rsid w:val="00545144"/>
     <w:rsid w:val="00546183"/>
     <w:rsid w:val="00546C51"/>
     <w:rsid w:val="005475B6"/>
     <w:rsid w:val="005500F7"/>
+    <w:rsid w:val="005515A5"/>
+    <w:rsid w:val="005520F2"/>
     <w:rsid w:val="00552924"/>
     <w:rsid w:val="0055335B"/>
     <w:rsid w:val="00554D42"/>
     <w:rsid w:val="00555925"/>
     <w:rsid w:val="00555A65"/>
     <w:rsid w:val="00556AA9"/>
     <w:rsid w:val="00556F1D"/>
+    <w:rsid w:val="00561012"/>
     <w:rsid w:val="0056698F"/>
     <w:rsid w:val="005669BE"/>
+    <w:rsid w:val="005670B9"/>
     <w:rsid w:val="005714E4"/>
     <w:rsid w:val="00572C5E"/>
     <w:rsid w:val="00573FBC"/>
     <w:rsid w:val="00575991"/>
     <w:rsid w:val="00575E83"/>
     <w:rsid w:val="0058167D"/>
+    <w:rsid w:val="005817E7"/>
+    <w:rsid w:val="00582356"/>
     <w:rsid w:val="00582ABB"/>
     <w:rsid w:val="00582BF3"/>
     <w:rsid w:val="00582E08"/>
     <w:rsid w:val="00583F97"/>
     <w:rsid w:val="0058487A"/>
     <w:rsid w:val="005907C6"/>
     <w:rsid w:val="005912FB"/>
     <w:rsid w:val="00592477"/>
     <w:rsid w:val="00593AE4"/>
     <w:rsid w:val="00596552"/>
     <w:rsid w:val="00597DF8"/>
     <w:rsid w:val="005A05BF"/>
     <w:rsid w:val="005A0A6C"/>
     <w:rsid w:val="005A4FD0"/>
     <w:rsid w:val="005A5751"/>
     <w:rsid w:val="005A5F9D"/>
     <w:rsid w:val="005A79C7"/>
     <w:rsid w:val="005A7C29"/>
     <w:rsid w:val="005B12CF"/>
     <w:rsid w:val="005B15A1"/>
     <w:rsid w:val="005B1DDE"/>
     <w:rsid w:val="005B2A02"/>
     <w:rsid w:val="005B3694"/>
     <w:rsid w:val="005B3A54"/>
     <w:rsid w:val="005B48E4"/>
     <w:rsid w:val="005B4B60"/>
     <w:rsid w:val="005B4FC6"/>
     <w:rsid w:val="005B7424"/>
     <w:rsid w:val="005C08F8"/>
     <w:rsid w:val="005C0EAA"/>
     <w:rsid w:val="005C1798"/>
     <w:rsid w:val="005C3887"/>
+    <w:rsid w:val="005C4173"/>
     <w:rsid w:val="005C4ACB"/>
     <w:rsid w:val="005C5ADB"/>
     <w:rsid w:val="005C5D18"/>
     <w:rsid w:val="005C5DDD"/>
     <w:rsid w:val="005C60C2"/>
     <w:rsid w:val="005C628C"/>
     <w:rsid w:val="005C7262"/>
     <w:rsid w:val="005D036D"/>
     <w:rsid w:val="005D11C3"/>
     <w:rsid w:val="005D1D73"/>
     <w:rsid w:val="005D21FA"/>
+    <w:rsid w:val="005D6AEA"/>
     <w:rsid w:val="005D72C8"/>
     <w:rsid w:val="005E3103"/>
     <w:rsid w:val="005E3B4C"/>
     <w:rsid w:val="005E50F9"/>
     <w:rsid w:val="005E7110"/>
     <w:rsid w:val="005E7596"/>
     <w:rsid w:val="005F01E7"/>
     <w:rsid w:val="005F2091"/>
     <w:rsid w:val="005F2173"/>
     <w:rsid w:val="005F24D4"/>
+    <w:rsid w:val="005F29D7"/>
     <w:rsid w:val="005F3F08"/>
     <w:rsid w:val="005F6D7D"/>
     <w:rsid w:val="005F6FC2"/>
     <w:rsid w:val="0060075F"/>
     <w:rsid w:val="006033E0"/>
     <w:rsid w:val="00604D07"/>
     <w:rsid w:val="006138D8"/>
     <w:rsid w:val="00615137"/>
     <w:rsid w:val="00616B4C"/>
     <w:rsid w:val="00616EBB"/>
     <w:rsid w:val="00622B70"/>
     <w:rsid w:val="006246BF"/>
     <w:rsid w:val="00630313"/>
     <w:rsid w:val="006311E4"/>
     <w:rsid w:val="006317AA"/>
     <w:rsid w:val="00632589"/>
     <w:rsid w:val="0063422F"/>
     <w:rsid w:val="00634374"/>
     <w:rsid w:val="00634CCB"/>
     <w:rsid w:val="00634F89"/>
     <w:rsid w:val="00635078"/>
     <w:rsid w:val="00635A64"/>
     <w:rsid w:val="00636924"/>
     <w:rsid w:val="006417E6"/>
     <w:rsid w:val="00645B63"/>
@@ -9737,178 +11194,190 @@
     <w:rsid w:val="006A6020"/>
     <w:rsid w:val="006A6D90"/>
     <w:rsid w:val="006A7117"/>
     <w:rsid w:val="006A728D"/>
     <w:rsid w:val="006A7FAE"/>
     <w:rsid w:val="006B10AA"/>
     <w:rsid w:val="006B15D9"/>
     <w:rsid w:val="006B1963"/>
     <w:rsid w:val="006B24F9"/>
     <w:rsid w:val="006B30F6"/>
     <w:rsid w:val="006B3A62"/>
     <w:rsid w:val="006B58D1"/>
     <w:rsid w:val="006C0A0D"/>
     <w:rsid w:val="006C3F5E"/>
     <w:rsid w:val="006C4FFC"/>
     <w:rsid w:val="006C5017"/>
     <w:rsid w:val="006D05D3"/>
     <w:rsid w:val="006D09E0"/>
     <w:rsid w:val="006D0E4C"/>
     <w:rsid w:val="006D132F"/>
     <w:rsid w:val="006D18B8"/>
     <w:rsid w:val="006D3454"/>
     <w:rsid w:val="006D38AA"/>
     <w:rsid w:val="006D4B1A"/>
     <w:rsid w:val="006D623C"/>
+    <w:rsid w:val="006D6FB4"/>
     <w:rsid w:val="006D72B4"/>
     <w:rsid w:val="006E2E27"/>
     <w:rsid w:val="006E4A7A"/>
+    <w:rsid w:val="006E4C42"/>
     <w:rsid w:val="006E66D1"/>
     <w:rsid w:val="006E7BFB"/>
     <w:rsid w:val="006F0CA6"/>
     <w:rsid w:val="006F38F3"/>
     <w:rsid w:val="006F5BE2"/>
     <w:rsid w:val="006F5DDA"/>
     <w:rsid w:val="006F644C"/>
     <w:rsid w:val="006F7325"/>
     <w:rsid w:val="006F763A"/>
     <w:rsid w:val="00700446"/>
     <w:rsid w:val="00702B8E"/>
     <w:rsid w:val="00703B6F"/>
     <w:rsid w:val="007106D5"/>
     <w:rsid w:val="007120F8"/>
     <w:rsid w:val="00712BF2"/>
     <w:rsid w:val="00712E06"/>
     <w:rsid w:val="007130CE"/>
     <w:rsid w:val="007137CB"/>
     <w:rsid w:val="0071537F"/>
+    <w:rsid w:val="007154C3"/>
     <w:rsid w:val="007165D3"/>
     <w:rsid w:val="00720A16"/>
     <w:rsid w:val="00723970"/>
     <w:rsid w:val="0072444C"/>
     <w:rsid w:val="00725220"/>
+    <w:rsid w:val="00725EFA"/>
     <w:rsid w:val="00727CED"/>
+    <w:rsid w:val="00730CA3"/>
     <w:rsid w:val="007314C4"/>
     <w:rsid w:val="00731699"/>
     <w:rsid w:val="0073214E"/>
+    <w:rsid w:val="00735852"/>
     <w:rsid w:val="0073691E"/>
     <w:rsid w:val="0074084B"/>
     <w:rsid w:val="00741672"/>
     <w:rsid w:val="00741936"/>
     <w:rsid w:val="00741983"/>
     <w:rsid w:val="00744101"/>
     <w:rsid w:val="00744804"/>
     <w:rsid w:val="007502A8"/>
     <w:rsid w:val="00751299"/>
     <w:rsid w:val="00752148"/>
     <w:rsid w:val="007521E5"/>
+    <w:rsid w:val="00753FDB"/>
     <w:rsid w:val="00757448"/>
     <w:rsid w:val="007577FC"/>
     <w:rsid w:val="00760160"/>
     <w:rsid w:val="00760994"/>
     <w:rsid w:val="007613E2"/>
     <w:rsid w:val="00761BF6"/>
     <w:rsid w:val="00761EDA"/>
     <w:rsid w:val="00764157"/>
     <w:rsid w:val="00765EB5"/>
     <w:rsid w:val="007666B2"/>
     <w:rsid w:val="007675EF"/>
     <w:rsid w:val="00767F34"/>
     <w:rsid w:val="007704AD"/>
     <w:rsid w:val="007712D8"/>
     <w:rsid w:val="007714FF"/>
     <w:rsid w:val="00772FED"/>
     <w:rsid w:val="00773BC9"/>
     <w:rsid w:val="00774169"/>
     <w:rsid w:val="00776C34"/>
     <w:rsid w:val="00777CC5"/>
     <w:rsid w:val="00781E4B"/>
     <w:rsid w:val="00783BA4"/>
     <w:rsid w:val="00783BD2"/>
+    <w:rsid w:val="0078439D"/>
     <w:rsid w:val="00784B00"/>
     <w:rsid w:val="0078630F"/>
     <w:rsid w:val="00792931"/>
     <w:rsid w:val="0079349F"/>
     <w:rsid w:val="00793979"/>
     <w:rsid w:val="0079434C"/>
     <w:rsid w:val="007A1057"/>
     <w:rsid w:val="007A1669"/>
     <w:rsid w:val="007A33DE"/>
     <w:rsid w:val="007A3D48"/>
     <w:rsid w:val="007A55AD"/>
     <w:rsid w:val="007A6BB2"/>
     <w:rsid w:val="007B0207"/>
     <w:rsid w:val="007B0C24"/>
     <w:rsid w:val="007B131F"/>
     <w:rsid w:val="007B16EB"/>
     <w:rsid w:val="007B5844"/>
     <w:rsid w:val="007C082B"/>
     <w:rsid w:val="007C2B2D"/>
     <w:rsid w:val="007C46E1"/>
     <w:rsid w:val="007C528D"/>
     <w:rsid w:val="007C5C87"/>
     <w:rsid w:val="007C6181"/>
     <w:rsid w:val="007C621C"/>
     <w:rsid w:val="007C643C"/>
     <w:rsid w:val="007C7D9D"/>
+    <w:rsid w:val="007D065C"/>
     <w:rsid w:val="007D0899"/>
+    <w:rsid w:val="007D3DBF"/>
     <w:rsid w:val="007D4965"/>
     <w:rsid w:val="007D6D19"/>
     <w:rsid w:val="007D7DBC"/>
     <w:rsid w:val="007E06F5"/>
     <w:rsid w:val="007E1FC8"/>
     <w:rsid w:val="007E2709"/>
     <w:rsid w:val="007E278A"/>
+    <w:rsid w:val="007E3B93"/>
     <w:rsid w:val="007E58AD"/>
     <w:rsid w:val="007E6178"/>
     <w:rsid w:val="007E669E"/>
     <w:rsid w:val="007E67C8"/>
     <w:rsid w:val="007E698D"/>
     <w:rsid w:val="007E6E1A"/>
     <w:rsid w:val="007F0EF0"/>
     <w:rsid w:val="007F3E25"/>
     <w:rsid w:val="007F4222"/>
     <w:rsid w:val="007F42A4"/>
     <w:rsid w:val="007F452F"/>
     <w:rsid w:val="007F6542"/>
     <w:rsid w:val="007F70CA"/>
     <w:rsid w:val="008004C6"/>
     <w:rsid w:val="0080050B"/>
     <w:rsid w:val="0080207B"/>
     <w:rsid w:val="00806399"/>
     <w:rsid w:val="0080731C"/>
     <w:rsid w:val="008103C7"/>
     <w:rsid w:val="008104E7"/>
     <w:rsid w:val="00810B57"/>
     <w:rsid w:val="008112CC"/>
     <w:rsid w:val="00811656"/>
     <w:rsid w:val="00813296"/>
     <w:rsid w:val="00815419"/>
     <w:rsid w:val="008166A6"/>
     <w:rsid w:val="008167A0"/>
     <w:rsid w:val="00817551"/>
     <w:rsid w:val="008175B9"/>
+    <w:rsid w:val="00817643"/>
     <w:rsid w:val="00817D0E"/>
     <w:rsid w:val="00822DE6"/>
     <w:rsid w:val="008233AE"/>
     <w:rsid w:val="008254E2"/>
     <w:rsid w:val="0082568D"/>
     <w:rsid w:val="00825B9A"/>
     <w:rsid w:val="008310A0"/>
     <w:rsid w:val="008310F3"/>
     <w:rsid w:val="00832A88"/>
     <w:rsid w:val="00832E69"/>
     <w:rsid w:val="00835A68"/>
     <w:rsid w:val="00835F08"/>
     <w:rsid w:val="00840F64"/>
     <w:rsid w:val="00840F6E"/>
     <w:rsid w:val="0084360C"/>
     <w:rsid w:val="008449B8"/>
     <w:rsid w:val="008525AB"/>
     <w:rsid w:val="0085494C"/>
     <w:rsid w:val="00855744"/>
     <w:rsid w:val="0085586A"/>
     <w:rsid w:val="008559FC"/>
     <w:rsid w:val="00855EAB"/>
     <w:rsid w:val="00857F64"/>
     <w:rsid w:val="008621C9"/>
     <w:rsid w:val="00862228"/>
@@ -9925,92 +11394,94 @@
     <w:rsid w:val="00877E03"/>
     <w:rsid w:val="00883911"/>
     <w:rsid w:val="008842F8"/>
     <w:rsid w:val="00884936"/>
     <w:rsid w:val="00884C62"/>
     <w:rsid w:val="00885DDF"/>
     <w:rsid w:val="00887570"/>
     <w:rsid w:val="00891353"/>
     <w:rsid w:val="008914EE"/>
     <w:rsid w:val="0089201C"/>
     <w:rsid w:val="00892D59"/>
     <w:rsid w:val="00895CED"/>
     <w:rsid w:val="00897FBC"/>
     <w:rsid w:val="008A131A"/>
     <w:rsid w:val="008A2003"/>
     <w:rsid w:val="008A6AAD"/>
     <w:rsid w:val="008A72A4"/>
     <w:rsid w:val="008B2359"/>
     <w:rsid w:val="008B4F6C"/>
     <w:rsid w:val="008B52D7"/>
     <w:rsid w:val="008B6654"/>
     <w:rsid w:val="008C1084"/>
     <w:rsid w:val="008C1493"/>
     <w:rsid w:val="008C22EC"/>
     <w:rsid w:val="008C2671"/>
+    <w:rsid w:val="008C3581"/>
     <w:rsid w:val="008C3C46"/>
     <w:rsid w:val="008C4008"/>
     <w:rsid w:val="008C4C81"/>
     <w:rsid w:val="008C7413"/>
     <w:rsid w:val="008C76C7"/>
     <w:rsid w:val="008C7752"/>
     <w:rsid w:val="008D208A"/>
     <w:rsid w:val="008D380D"/>
     <w:rsid w:val="008D602F"/>
     <w:rsid w:val="008D6ED3"/>
     <w:rsid w:val="008E0CBD"/>
     <w:rsid w:val="008E20C8"/>
     <w:rsid w:val="008E2596"/>
     <w:rsid w:val="008E3666"/>
     <w:rsid w:val="008E3F45"/>
     <w:rsid w:val="008E4C48"/>
     <w:rsid w:val="008E5B1D"/>
     <w:rsid w:val="008E6A35"/>
     <w:rsid w:val="008E6DE0"/>
     <w:rsid w:val="008E733E"/>
     <w:rsid w:val="008F0CA0"/>
     <w:rsid w:val="008F1C51"/>
     <w:rsid w:val="008F4F73"/>
     <w:rsid w:val="008F5B5A"/>
     <w:rsid w:val="008F7856"/>
     <w:rsid w:val="00901456"/>
     <w:rsid w:val="00901A24"/>
     <w:rsid w:val="00904E1A"/>
     <w:rsid w:val="009076C7"/>
     <w:rsid w:val="00907C60"/>
     <w:rsid w:val="00911AC7"/>
     <w:rsid w:val="00912AF4"/>
     <w:rsid w:val="00913BA1"/>
     <w:rsid w:val="0091482B"/>
     <w:rsid w:val="00914942"/>
     <w:rsid w:val="00916E8C"/>
     <w:rsid w:val="0092187E"/>
     <w:rsid w:val="00921D68"/>
     <w:rsid w:val="00921E57"/>
     <w:rsid w:val="0092288E"/>
     <w:rsid w:val="00923BC1"/>
     <w:rsid w:val="0092562F"/>
+    <w:rsid w:val="00925C80"/>
     <w:rsid w:val="009303D4"/>
     <w:rsid w:val="00931FB8"/>
     <w:rsid w:val="0093304B"/>
     <w:rsid w:val="00933261"/>
     <w:rsid w:val="00933831"/>
     <w:rsid w:val="00935C8A"/>
     <w:rsid w:val="00940E5F"/>
     <w:rsid w:val="00941421"/>
     <w:rsid w:val="00941E76"/>
     <w:rsid w:val="00942700"/>
     <w:rsid w:val="00943534"/>
     <w:rsid w:val="0094520B"/>
     <w:rsid w:val="00945502"/>
     <w:rsid w:val="00946B5B"/>
     <w:rsid w:val="00947ED1"/>
     <w:rsid w:val="00950045"/>
     <w:rsid w:val="00952B01"/>
     <w:rsid w:val="00954F87"/>
     <w:rsid w:val="00954FE4"/>
     <w:rsid w:val="00960A56"/>
     <w:rsid w:val="00960F30"/>
     <w:rsid w:val="00961084"/>
     <w:rsid w:val="00963356"/>
     <w:rsid w:val="00965DBB"/>
     <w:rsid w:val="00967096"/>
@@ -10032,60 +11503,62 @@
     <w:rsid w:val="00993C9F"/>
     <w:rsid w:val="00994582"/>
     <w:rsid w:val="00996064"/>
     <w:rsid w:val="009A27E7"/>
     <w:rsid w:val="009A2967"/>
     <w:rsid w:val="009A2B31"/>
     <w:rsid w:val="009A3790"/>
     <w:rsid w:val="009A4F72"/>
     <w:rsid w:val="009A576F"/>
     <w:rsid w:val="009A6C5B"/>
     <w:rsid w:val="009B285E"/>
     <w:rsid w:val="009B4201"/>
     <w:rsid w:val="009B517F"/>
     <w:rsid w:val="009B6438"/>
     <w:rsid w:val="009B76AE"/>
     <w:rsid w:val="009C0DF2"/>
     <w:rsid w:val="009C153F"/>
     <w:rsid w:val="009C3AAE"/>
     <w:rsid w:val="009C3CB5"/>
     <w:rsid w:val="009D116C"/>
     <w:rsid w:val="009D131E"/>
     <w:rsid w:val="009D1C3E"/>
     <w:rsid w:val="009D39D9"/>
     <w:rsid w:val="009D3E81"/>
     <w:rsid w:val="009D4014"/>
+    <w:rsid w:val="009D45EA"/>
     <w:rsid w:val="009D56EC"/>
     <w:rsid w:val="009D75C1"/>
     <w:rsid w:val="009D799C"/>
     <w:rsid w:val="009E00C5"/>
     <w:rsid w:val="009E0498"/>
     <w:rsid w:val="009E079B"/>
     <w:rsid w:val="009E0DEE"/>
     <w:rsid w:val="009E326D"/>
     <w:rsid w:val="009E3658"/>
     <w:rsid w:val="009E41C2"/>
+    <w:rsid w:val="009E5125"/>
     <w:rsid w:val="009E5F13"/>
     <w:rsid w:val="009F1CF4"/>
     <w:rsid w:val="009F2970"/>
     <w:rsid w:val="009F2A98"/>
     <w:rsid w:val="009F3385"/>
     <w:rsid w:val="009F343B"/>
     <w:rsid w:val="009F368F"/>
     <w:rsid w:val="009F4AE9"/>
     <w:rsid w:val="009F6CBA"/>
     <w:rsid w:val="009F7E00"/>
     <w:rsid w:val="00A0067D"/>
     <w:rsid w:val="00A03C84"/>
     <w:rsid w:val="00A04CC6"/>
     <w:rsid w:val="00A05DB2"/>
     <w:rsid w:val="00A0778E"/>
     <w:rsid w:val="00A1018E"/>
     <w:rsid w:val="00A10819"/>
     <w:rsid w:val="00A10B9E"/>
     <w:rsid w:val="00A11FE0"/>
     <w:rsid w:val="00A13942"/>
     <w:rsid w:val="00A13E5A"/>
     <w:rsid w:val="00A15C59"/>
     <w:rsid w:val="00A16644"/>
     <w:rsid w:val="00A166D1"/>
     <w:rsid w:val="00A174A8"/>
@@ -10111,164 +11584,171 @@
     <w:rsid w:val="00A7362B"/>
     <w:rsid w:val="00A744AE"/>
     <w:rsid w:val="00A747A8"/>
     <w:rsid w:val="00A765DA"/>
     <w:rsid w:val="00A8050C"/>
     <w:rsid w:val="00A82ACF"/>
     <w:rsid w:val="00A84DD3"/>
     <w:rsid w:val="00A92BBB"/>
     <w:rsid w:val="00A93CAE"/>
     <w:rsid w:val="00A945A0"/>
     <w:rsid w:val="00A960A7"/>
     <w:rsid w:val="00A96779"/>
     <w:rsid w:val="00A9696A"/>
     <w:rsid w:val="00A96B8F"/>
     <w:rsid w:val="00A977C3"/>
     <w:rsid w:val="00AA2893"/>
     <w:rsid w:val="00AA3378"/>
     <w:rsid w:val="00AA3C58"/>
     <w:rsid w:val="00AA40B2"/>
     <w:rsid w:val="00AA40C6"/>
     <w:rsid w:val="00AA4D93"/>
     <w:rsid w:val="00AA7E58"/>
     <w:rsid w:val="00AB01CB"/>
     <w:rsid w:val="00AB14E9"/>
     <w:rsid w:val="00AB2122"/>
+    <w:rsid w:val="00AB49DE"/>
     <w:rsid w:val="00AB6981"/>
     <w:rsid w:val="00AC062D"/>
     <w:rsid w:val="00AC0891"/>
+    <w:rsid w:val="00AC22DD"/>
     <w:rsid w:val="00AC5A7E"/>
+    <w:rsid w:val="00AC7A41"/>
     <w:rsid w:val="00AD0CC5"/>
     <w:rsid w:val="00AD13A2"/>
     <w:rsid w:val="00AD3DE0"/>
     <w:rsid w:val="00AD54D4"/>
     <w:rsid w:val="00AD5AE2"/>
     <w:rsid w:val="00AD64E3"/>
     <w:rsid w:val="00AD6909"/>
     <w:rsid w:val="00AD6B17"/>
     <w:rsid w:val="00AE001C"/>
     <w:rsid w:val="00AE0772"/>
     <w:rsid w:val="00AE1BBE"/>
     <w:rsid w:val="00AE2B59"/>
     <w:rsid w:val="00AF0C65"/>
     <w:rsid w:val="00AF21F3"/>
     <w:rsid w:val="00AF4A4D"/>
+    <w:rsid w:val="00AF558D"/>
     <w:rsid w:val="00AF57CC"/>
     <w:rsid w:val="00B000BE"/>
     <w:rsid w:val="00B000DD"/>
     <w:rsid w:val="00B003A2"/>
     <w:rsid w:val="00B00466"/>
     <w:rsid w:val="00B045FB"/>
     <w:rsid w:val="00B04CC3"/>
     <w:rsid w:val="00B064E4"/>
     <w:rsid w:val="00B06DEF"/>
     <w:rsid w:val="00B11798"/>
     <w:rsid w:val="00B13EB0"/>
     <w:rsid w:val="00B171E8"/>
     <w:rsid w:val="00B176C6"/>
     <w:rsid w:val="00B20DE1"/>
     <w:rsid w:val="00B22875"/>
     <w:rsid w:val="00B31898"/>
     <w:rsid w:val="00B324F1"/>
     <w:rsid w:val="00B33D23"/>
     <w:rsid w:val="00B372E1"/>
     <w:rsid w:val="00B40F8E"/>
     <w:rsid w:val="00B41D03"/>
     <w:rsid w:val="00B42643"/>
     <w:rsid w:val="00B433EA"/>
     <w:rsid w:val="00B443A9"/>
     <w:rsid w:val="00B50E43"/>
     <w:rsid w:val="00B5195E"/>
     <w:rsid w:val="00B51B86"/>
     <w:rsid w:val="00B54454"/>
     <w:rsid w:val="00B566D6"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00B614B5"/>
     <w:rsid w:val="00B61A1C"/>
     <w:rsid w:val="00B61D62"/>
     <w:rsid w:val="00B62879"/>
     <w:rsid w:val="00B63599"/>
     <w:rsid w:val="00B63630"/>
     <w:rsid w:val="00B63886"/>
     <w:rsid w:val="00B63D9E"/>
     <w:rsid w:val="00B6506C"/>
     <w:rsid w:val="00B66284"/>
     <w:rsid w:val="00B66348"/>
     <w:rsid w:val="00B66BED"/>
     <w:rsid w:val="00B73268"/>
     <w:rsid w:val="00B73FFD"/>
     <w:rsid w:val="00B74BA1"/>
+    <w:rsid w:val="00B76F19"/>
     <w:rsid w:val="00B7744A"/>
     <w:rsid w:val="00B800BE"/>
     <w:rsid w:val="00B823DA"/>
     <w:rsid w:val="00B836E7"/>
     <w:rsid w:val="00B868FA"/>
     <w:rsid w:val="00B87181"/>
     <w:rsid w:val="00B91545"/>
     <w:rsid w:val="00B91903"/>
     <w:rsid w:val="00B93B72"/>
     <w:rsid w:val="00B93B8A"/>
     <w:rsid w:val="00B93E00"/>
     <w:rsid w:val="00B96189"/>
     <w:rsid w:val="00BA2C15"/>
     <w:rsid w:val="00BA2FAB"/>
     <w:rsid w:val="00BA44F5"/>
     <w:rsid w:val="00BA4C55"/>
     <w:rsid w:val="00BA7DB9"/>
     <w:rsid w:val="00BB0970"/>
     <w:rsid w:val="00BB150D"/>
     <w:rsid w:val="00BB15CB"/>
     <w:rsid w:val="00BB39D2"/>
     <w:rsid w:val="00BB3E0E"/>
     <w:rsid w:val="00BB482B"/>
     <w:rsid w:val="00BB4FB7"/>
     <w:rsid w:val="00BB57AB"/>
     <w:rsid w:val="00BB57B6"/>
     <w:rsid w:val="00BB6522"/>
     <w:rsid w:val="00BB67CD"/>
     <w:rsid w:val="00BB6803"/>
     <w:rsid w:val="00BC06EF"/>
     <w:rsid w:val="00BC1A14"/>
     <w:rsid w:val="00BC1AFA"/>
     <w:rsid w:val="00BC2457"/>
     <w:rsid w:val="00BC457E"/>
     <w:rsid w:val="00BC4B3E"/>
     <w:rsid w:val="00BC6EFE"/>
     <w:rsid w:val="00BD0281"/>
     <w:rsid w:val="00BD0F6C"/>
     <w:rsid w:val="00BD21A3"/>
     <w:rsid w:val="00BD2E90"/>
     <w:rsid w:val="00BD37F9"/>
     <w:rsid w:val="00BD438D"/>
     <w:rsid w:val="00BD4DD8"/>
     <w:rsid w:val="00BD7429"/>
     <w:rsid w:val="00BD7FD9"/>
     <w:rsid w:val="00BE13D3"/>
+    <w:rsid w:val="00BE3945"/>
     <w:rsid w:val="00BE411B"/>
     <w:rsid w:val="00BE73AF"/>
     <w:rsid w:val="00BE7956"/>
     <w:rsid w:val="00BF2606"/>
+    <w:rsid w:val="00BF363E"/>
     <w:rsid w:val="00BF38D6"/>
     <w:rsid w:val="00BF42DA"/>
     <w:rsid w:val="00BF45BD"/>
     <w:rsid w:val="00BF753E"/>
     <w:rsid w:val="00C010A9"/>
     <w:rsid w:val="00C01E97"/>
     <w:rsid w:val="00C0259E"/>
     <w:rsid w:val="00C03C42"/>
     <w:rsid w:val="00C04282"/>
     <w:rsid w:val="00C04B4C"/>
     <w:rsid w:val="00C07B75"/>
     <w:rsid w:val="00C13C96"/>
     <w:rsid w:val="00C20F1E"/>
     <w:rsid w:val="00C20F3D"/>
     <w:rsid w:val="00C25669"/>
     <w:rsid w:val="00C25A28"/>
     <w:rsid w:val="00C27593"/>
     <w:rsid w:val="00C30674"/>
     <w:rsid w:val="00C31566"/>
     <w:rsid w:val="00C337A5"/>
     <w:rsid w:val="00C41C5C"/>
     <w:rsid w:val="00C42CDD"/>
     <w:rsid w:val="00C435C8"/>
     <w:rsid w:val="00C46C63"/>
     <w:rsid w:val="00C46F80"/>
@@ -10295,50 +11775,51 @@
     <w:rsid w:val="00C7678E"/>
     <w:rsid w:val="00C80C4F"/>
     <w:rsid w:val="00C8284C"/>
     <w:rsid w:val="00C9154A"/>
     <w:rsid w:val="00C9234E"/>
     <w:rsid w:val="00C928CB"/>
     <w:rsid w:val="00C92C9C"/>
     <w:rsid w:val="00C93122"/>
     <w:rsid w:val="00C9326A"/>
     <w:rsid w:val="00C93A2D"/>
     <w:rsid w:val="00C95748"/>
     <w:rsid w:val="00C96EA9"/>
     <w:rsid w:val="00C9743A"/>
     <w:rsid w:val="00C97668"/>
     <w:rsid w:val="00CA08F8"/>
     <w:rsid w:val="00CA3226"/>
     <w:rsid w:val="00CA3DF5"/>
     <w:rsid w:val="00CA4A3C"/>
     <w:rsid w:val="00CA676E"/>
     <w:rsid w:val="00CB051B"/>
     <w:rsid w:val="00CB21F4"/>
     <w:rsid w:val="00CB2403"/>
     <w:rsid w:val="00CB4619"/>
     <w:rsid w:val="00CB632B"/>
     <w:rsid w:val="00CC038B"/>
+    <w:rsid w:val="00CC04BB"/>
     <w:rsid w:val="00CC0C61"/>
     <w:rsid w:val="00CC2780"/>
     <w:rsid w:val="00CC2A24"/>
     <w:rsid w:val="00CC39C0"/>
     <w:rsid w:val="00CC6966"/>
     <w:rsid w:val="00CC7C9A"/>
     <w:rsid w:val="00CC7DFB"/>
     <w:rsid w:val="00CD451C"/>
     <w:rsid w:val="00CD45CD"/>
     <w:rsid w:val="00CD49F1"/>
     <w:rsid w:val="00CD4C8D"/>
     <w:rsid w:val="00CD73F4"/>
     <w:rsid w:val="00CE0C3E"/>
     <w:rsid w:val="00CE386C"/>
     <w:rsid w:val="00CE57A8"/>
     <w:rsid w:val="00CE5C39"/>
     <w:rsid w:val="00CE76FD"/>
     <w:rsid w:val="00CF176D"/>
     <w:rsid w:val="00CF20A8"/>
     <w:rsid w:val="00CF4C36"/>
     <w:rsid w:val="00CF5EAF"/>
     <w:rsid w:val="00CF6614"/>
     <w:rsid w:val="00CF6E12"/>
     <w:rsid w:val="00D0186F"/>
     <w:rsid w:val="00D0248F"/>
@@ -10363,138 +11844,144 @@
     <w:rsid w:val="00D41E7A"/>
     <w:rsid w:val="00D44917"/>
     <w:rsid w:val="00D45004"/>
     <w:rsid w:val="00D452BD"/>
     <w:rsid w:val="00D46FD7"/>
     <w:rsid w:val="00D47047"/>
     <w:rsid w:val="00D51594"/>
     <w:rsid w:val="00D52221"/>
     <w:rsid w:val="00D52311"/>
     <w:rsid w:val="00D544A2"/>
     <w:rsid w:val="00D5518A"/>
     <w:rsid w:val="00D5525C"/>
     <w:rsid w:val="00D55E6F"/>
     <w:rsid w:val="00D64A35"/>
     <w:rsid w:val="00D64BAA"/>
     <w:rsid w:val="00D656FB"/>
     <w:rsid w:val="00D65F61"/>
     <w:rsid w:val="00D664F0"/>
     <w:rsid w:val="00D678CF"/>
     <w:rsid w:val="00D67CF7"/>
     <w:rsid w:val="00D67E51"/>
     <w:rsid w:val="00D70526"/>
     <w:rsid w:val="00D72E61"/>
     <w:rsid w:val="00D73737"/>
     <w:rsid w:val="00D73F8C"/>
+    <w:rsid w:val="00D74B91"/>
     <w:rsid w:val="00D75EA4"/>
     <w:rsid w:val="00D771F0"/>
     <w:rsid w:val="00D7731B"/>
     <w:rsid w:val="00D80EE1"/>
     <w:rsid w:val="00D810B9"/>
     <w:rsid w:val="00D81C78"/>
     <w:rsid w:val="00D81DDA"/>
     <w:rsid w:val="00D83604"/>
     <w:rsid w:val="00D85F07"/>
     <w:rsid w:val="00D8764D"/>
     <w:rsid w:val="00D9044F"/>
     <w:rsid w:val="00D90B71"/>
     <w:rsid w:val="00D91A1A"/>
     <w:rsid w:val="00D91C4B"/>
     <w:rsid w:val="00D9342F"/>
     <w:rsid w:val="00D937AA"/>
     <w:rsid w:val="00D93D3C"/>
     <w:rsid w:val="00D947C6"/>
     <w:rsid w:val="00D94F68"/>
     <w:rsid w:val="00D95281"/>
     <w:rsid w:val="00D97809"/>
     <w:rsid w:val="00D97CAE"/>
     <w:rsid w:val="00DA0BC2"/>
     <w:rsid w:val="00DA535A"/>
     <w:rsid w:val="00DA55E9"/>
     <w:rsid w:val="00DA6CBC"/>
     <w:rsid w:val="00DA7B03"/>
+    <w:rsid w:val="00DB0720"/>
     <w:rsid w:val="00DB14DF"/>
     <w:rsid w:val="00DB221C"/>
     <w:rsid w:val="00DB28C8"/>
     <w:rsid w:val="00DB3A07"/>
     <w:rsid w:val="00DB3E48"/>
+    <w:rsid w:val="00DB5252"/>
     <w:rsid w:val="00DB5B25"/>
     <w:rsid w:val="00DC2217"/>
     <w:rsid w:val="00DC2EBF"/>
     <w:rsid w:val="00DC31F5"/>
     <w:rsid w:val="00DC5459"/>
     <w:rsid w:val="00DC580E"/>
     <w:rsid w:val="00DC5D41"/>
     <w:rsid w:val="00DC7047"/>
     <w:rsid w:val="00DC763F"/>
     <w:rsid w:val="00DC7BA0"/>
     <w:rsid w:val="00DD0B1E"/>
     <w:rsid w:val="00DD3354"/>
     <w:rsid w:val="00DD65CE"/>
     <w:rsid w:val="00DD7086"/>
     <w:rsid w:val="00DD76C3"/>
+    <w:rsid w:val="00DD7EDE"/>
     <w:rsid w:val="00DE0678"/>
     <w:rsid w:val="00DE2A03"/>
     <w:rsid w:val="00DE548B"/>
     <w:rsid w:val="00DF068F"/>
     <w:rsid w:val="00DF1FC6"/>
     <w:rsid w:val="00DF2E86"/>
     <w:rsid w:val="00DF306B"/>
     <w:rsid w:val="00DF392A"/>
     <w:rsid w:val="00DF393E"/>
     <w:rsid w:val="00DF3DE2"/>
     <w:rsid w:val="00DF5E39"/>
     <w:rsid w:val="00DF6E5B"/>
     <w:rsid w:val="00DF6EB1"/>
     <w:rsid w:val="00DF74EA"/>
     <w:rsid w:val="00DF7C87"/>
     <w:rsid w:val="00DF7FC9"/>
     <w:rsid w:val="00E00192"/>
     <w:rsid w:val="00E01DF0"/>
     <w:rsid w:val="00E03FCB"/>
     <w:rsid w:val="00E057CA"/>
     <w:rsid w:val="00E12D81"/>
     <w:rsid w:val="00E13519"/>
     <w:rsid w:val="00E15CDD"/>
     <w:rsid w:val="00E15D62"/>
     <w:rsid w:val="00E20B8C"/>
     <w:rsid w:val="00E214D5"/>
     <w:rsid w:val="00E23DF5"/>
     <w:rsid w:val="00E25587"/>
+    <w:rsid w:val="00E26046"/>
     <w:rsid w:val="00E276B8"/>
     <w:rsid w:val="00E278DB"/>
     <w:rsid w:val="00E309EA"/>
     <w:rsid w:val="00E32E88"/>
     <w:rsid w:val="00E33B6A"/>
     <w:rsid w:val="00E33E56"/>
     <w:rsid w:val="00E357B3"/>
     <w:rsid w:val="00E35994"/>
     <w:rsid w:val="00E3795C"/>
     <w:rsid w:val="00E42024"/>
     <w:rsid w:val="00E4239C"/>
     <w:rsid w:val="00E43716"/>
     <w:rsid w:val="00E437CF"/>
+    <w:rsid w:val="00E440D5"/>
     <w:rsid w:val="00E45DEF"/>
     <w:rsid w:val="00E45DFD"/>
     <w:rsid w:val="00E461B4"/>
     <w:rsid w:val="00E528CD"/>
     <w:rsid w:val="00E52A92"/>
     <w:rsid w:val="00E52CA1"/>
     <w:rsid w:val="00E5474A"/>
     <w:rsid w:val="00E564E3"/>
     <w:rsid w:val="00E603E3"/>
     <w:rsid w:val="00E61710"/>
     <w:rsid w:val="00E618CB"/>
     <w:rsid w:val="00E628A9"/>
     <w:rsid w:val="00E63019"/>
     <w:rsid w:val="00E64336"/>
     <w:rsid w:val="00E66729"/>
     <w:rsid w:val="00E67CB4"/>
     <w:rsid w:val="00E720BF"/>
     <w:rsid w:val="00E722C7"/>
     <w:rsid w:val="00E72451"/>
     <w:rsid w:val="00E72CAF"/>
     <w:rsid w:val="00E736D9"/>
     <w:rsid w:val="00E73DB2"/>
     <w:rsid w:val="00E75B9A"/>
     <w:rsid w:val="00E75D4B"/>
     <w:rsid w:val="00E76948"/>
@@ -10525,71 +12012,75 @@
     <w:rsid w:val="00EC0690"/>
     <w:rsid w:val="00EC09CA"/>
     <w:rsid w:val="00EC0ED2"/>
     <w:rsid w:val="00EC117C"/>
     <w:rsid w:val="00EC6C72"/>
     <w:rsid w:val="00EC770F"/>
     <w:rsid w:val="00ED09BF"/>
     <w:rsid w:val="00ED45DB"/>
     <w:rsid w:val="00ED52D4"/>
     <w:rsid w:val="00ED56A8"/>
     <w:rsid w:val="00ED69FE"/>
     <w:rsid w:val="00ED6EFE"/>
     <w:rsid w:val="00ED7087"/>
     <w:rsid w:val="00ED7B2F"/>
     <w:rsid w:val="00EE0A4B"/>
     <w:rsid w:val="00EE2581"/>
     <w:rsid w:val="00EE259E"/>
     <w:rsid w:val="00EE29DA"/>
     <w:rsid w:val="00EE604C"/>
     <w:rsid w:val="00EF1C74"/>
     <w:rsid w:val="00EF28AB"/>
     <w:rsid w:val="00EF308B"/>
     <w:rsid w:val="00EF36B7"/>
     <w:rsid w:val="00EF44CB"/>
     <w:rsid w:val="00F00484"/>
+    <w:rsid w:val="00F02ADA"/>
     <w:rsid w:val="00F047ED"/>
     <w:rsid w:val="00F04A04"/>
     <w:rsid w:val="00F04CCD"/>
     <w:rsid w:val="00F11495"/>
     <w:rsid w:val="00F15E63"/>
     <w:rsid w:val="00F20C78"/>
+    <w:rsid w:val="00F211C0"/>
     <w:rsid w:val="00F23923"/>
     <w:rsid w:val="00F239A0"/>
     <w:rsid w:val="00F24056"/>
     <w:rsid w:val="00F256CC"/>
     <w:rsid w:val="00F3185F"/>
+    <w:rsid w:val="00F34D62"/>
     <w:rsid w:val="00F355CA"/>
     <w:rsid w:val="00F356A8"/>
     <w:rsid w:val="00F35E8E"/>
     <w:rsid w:val="00F37071"/>
     <w:rsid w:val="00F3766E"/>
     <w:rsid w:val="00F4202D"/>
     <w:rsid w:val="00F4429D"/>
     <w:rsid w:val="00F475DE"/>
     <w:rsid w:val="00F51E73"/>
     <w:rsid w:val="00F55FB5"/>
+    <w:rsid w:val="00F5753F"/>
     <w:rsid w:val="00F57708"/>
     <w:rsid w:val="00F57FD8"/>
     <w:rsid w:val="00F60F94"/>
     <w:rsid w:val="00F61350"/>
     <w:rsid w:val="00F62067"/>
     <w:rsid w:val="00F642E4"/>
     <w:rsid w:val="00F66230"/>
     <w:rsid w:val="00F72E91"/>
     <w:rsid w:val="00F73365"/>
     <w:rsid w:val="00F736D8"/>
     <w:rsid w:val="00F74FFC"/>
     <w:rsid w:val="00F76252"/>
     <w:rsid w:val="00F76BCE"/>
     <w:rsid w:val="00F8199E"/>
     <w:rsid w:val="00F82623"/>
     <w:rsid w:val="00F82CAE"/>
     <w:rsid w:val="00F82D6A"/>
     <w:rsid w:val="00F838C7"/>
     <w:rsid w:val="00F84F17"/>
     <w:rsid w:val="00F8565E"/>
     <w:rsid w:val="00F86565"/>
     <w:rsid w:val="00F87009"/>
     <w:rsid w:val="00F908A3"/>
     <w:rsid w:val="00F91FDE"/>
     <w:rsid w:val="00F9496C"/>
@@ -10626,68 +12117,67 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="15AF7441"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7598E9E3-2C4F-404B-B217-D7F2D95AE6C3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11015,54 +12505,59 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F5753F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:right="-43"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11739,61 +13234,67 @@
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:rsid w:val="005252F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman BaltRim" w:hAnsi="Times New Roman BaltRim"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00FE6E6C"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="oj-italic">
+    <w:name w:val="oj-italic"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00725EFA"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0717-20231025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02013R1408-20231025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02013R1408-20231025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0717-20231025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/303512-noteikumi-par-ide-minimisi-atbalsta-uzskaites-un-pieskirsanas-kartibu-un-ide-minimisi-atbalsta-uzskaites-veidlapu-paraugiem" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eds.vid.gov.lv/login/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -12072,51 +13573,56 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100975A8901862D2A47AFD73703472CD4A1" ma:contentTypeVersion="5" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="399a749a670c3a2fca697050f5f1be0c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1a64a90a-d99c-4130-ba30-10c4724e7bc9" xmlns:ns3="0967018b-cd50-4cc6-91ff-cbead3b506cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a35bd0bfa12018ba06132a1b9a068662" ns2:_="" ns3:_="">
     <xsd:import namespace="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <xsd:import namespace="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sagatavotajs" minOccurs="0"/>
                 <xsd:element ref="ns3:RegNr" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:ThreeRoApprovalComments" minOccurs="0"/>
                 <xsd:element ref="ns3:IsSysUpdate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -12247,177 +13753,166 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <IsSysUpdate xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <ThreeRoApprovalStatus xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
     <RegNr xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc">268</RegNr>
     <Sagatavotajs xmlns="1a64a90a-d99c-4130-ba30-10c4724e7bc9">
       <UserInfo>
         <DisplayName/>
         <AccountId>231</AccountId>
         <AccountType/>
       </UserInfo>
     </Sagatavotajs>
     <ThreeRoApprovalComments xmlns="0967018b-cd50-4cc6-91ff-cbead3b506cc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A6E1D7B-7900-4559-A1B5-BC7C59DF56FA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A8CECB8-CD11-4991-BDDA-0325D2637A22}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FECE0915-43BA-4DCC-B99A-C92CF6EE51BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
     <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A8CECB8-CD11-4991-BDDA-0325D2637A22}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A6E1D7B-7900-4559-A1B5-BC7C59DF56FA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF1C60A-DAB6-4362-A6D8-F6AB46A9256D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="0967018b-cd50-4cc6-91ff-cbead3b506cc"/>
     <ds:schemaRef ds:uri="1a64a90a-d99c-4130-ba30-10c4724e7bc9"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC9AA83E-8A70-44DE-967E-A79CDD43D8AD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B087A822-B3C4-43B5-BE71-ADDF031DD0CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1638</Words>
-  <Characters>11598</Characters>
+  <Words>9401</Words>
+  <Characters>5360</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>1.pielikums_v14_Pieteikums apmācības pie darba devēja īstenošanai</vt:lpstr>
-      <vt:lpstr>Pieteikums</vt:lpstr>
+      <vt:lpstr>1.pielikums_v14_Pieteikums apmācības pie darba devēja īstenošanai</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NVA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13210</CharactersWithSpaces>
+  <CharactersWithSpaces>14732</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>1.pielikums_v14_Pieteikums apmācības pie darba devēja īstenošanai</dc:title>
   <dc:creator>SolveigaR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Sagatavotajs">
     <vt:lpwstr>Karina Opaļeva</vt:lpwstr>
   </property>
 </Properties>
 </file>